--- v0 (2025-10-08)
+++ v1 (2025-11-03)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20338"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{840890A5-DAB2-4610-8059-165310407C5D}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{07228427-F43F-47EA-ABED-DC2D2FC9AD39}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="22260" windowHeight="12645" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2381" uniqueCount="2095">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2397" uniqueCount="2103">
   <si>
     <t xml:space="preserve">Komersanti, kas saņēmuši Nodarbinātības valsts aģentūras licenci darbiekārtošanas pakalpojumu sniegšanai </t>
   </si>
   <si>
     <t>N.p.k.</t>
   </si>
   <si>
     <t>Darbiekārtošanas pakalpojumu sniedzējs nosaukums (firma)</t>
   </si>
   <si>
     <t>Reģ.Nr.</t>
   </si>
   <si>
     <t>Juridiskā adrese</t>
   </si>
   <si>
     <t>Darbības vietas adrese</t>
   </si>
   <si>
     <t>Kontaktinformācija</t>
   </si>
   <si>
     <t>Licences Nr.</t>
   </si>
   <si>
@@ -485,57 +485,57 @@
   <si>
     <t xml:space="preserve">Tālr. Nr.67803355. E-pasta adrese: gregory@cef.lv </t>
   </si>
   <si>
     <t>20/2015</t>
   </si>
   <si>
     <t xml:space="preserve">Latvija (2) - 23.12.2015. Vācija (1.c, 2) -  23.12.2015.          </t>
   </si>
   <si>
     <t>SIA Alma Career Latvia</t>
   </si>
   <si>
     <t>Baznīcas iela 20/22-30, Rīga</t>
   </si>
   <si>
     <t xml:space="preserve">Tālr. Nr.67356110. Faksa Nr.67356113. E-pasta adrese:  info@cv.lv. Mājas lapa: www.cv.lv </t>
   </si>
   <si>
     <t xml:space="preserve">Austrija, Amerikas Savienotās valstis, Beļģija, Baltkrievija, Čehija, Francija, Grieķija, Kazahstāna, Kanāda, Luksemburga, Polija, Portugāle, Slovākija,  Spānija, Šveice, Ungārija, Ukraina (1.c) – 24.07.2014. Dānija, Īrija, Igaunija, Krievija, Kipra, Lielbritānija, Nīderlande, Norvēģija, Somija, Vācija, Zviedrija (1.c) - 16.01.2013.                 </t>
   </si>
   <si>
     <t>Elevate jobs</t>
   </si>
   <si>
-    <t>Beverīnas iela 6-2, Rīga</t>
+    <t>Kuldīgas iela 32 - 17C, Rīga</t>
   </si>
   <si>
     <t>Mazā Nometņu iela 31, Rīga</t>
   </si>
   <si>
-    <t>Tālr. Nr.29251447 E-pasta adrese info@elevate.jobs</t>
+    <t>Tālr. Nr. 29535335 E-pasta adrese info@elevate.jobs. Mājas lapa: www.elevate.jobs</t>
   </si>
   <si>
     <t>82/2019</t>
   </si>
   <si>
     <t xml:space="preserve">Latvija, Nīderlande, Norvēģija, Somija, Zviedrija (2) - 12.09.2019.; Austrija (2) - 17.10.2024.     </t>
   </si>
   <si>
     <t>EIRO PERSONĀLS</t>
   </si>
   <si>
     <t>40003493932</t>
   </si>
   <si>
     <t>Blaumaņa iela 36-1, Rīga</t>
   </si>
   <si>
     <t>Tālr. Nr.67324212, e-pasta adrese: eiropersonals@eiropersonals.lv. Mājas lapa:
 www.eiropersonals.lv</t>
   </si>
   <si>
     <t>Latvija (2) - 01.11.2007.,Lietuva, Igaunija, Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Horvātija, Īrija, Itālija, Kipra, Luksemburga, Malta, Nīderlande, Ungārija, Vācija, Zviedrija (2) - 27.07.2022.</t>
   </si>
   <si>
     <t>EOTA</t>
@@ -630,63 +630,60 @@
   <si>
     <t>22/2018</t>
   </si>
   <si>
     <t xml:space="preserve">Latvija (2) - 16.05.2018.                                </t>
   </si>
   <si>
     <t xml:space="preserve">Hansavest Latvija </t>
   </si>
   <si>
     <t>Valmieras iela 6 - 9, Rīga</t>
   </si>
   <si>
     <t>Ausekļa iela 5, Sigulda</t>
   </si>
   <si>
     <t>Tālr. Nr.25632888. E-pasta adrese: info@hansavestlatvija.lv</t>
   </si>
   <si>
     <t>67/2019</t>
   </si>
   <si>
     <t>Igaunija, Somija (1.c); Igaunija, Latvija, Somija (2) – 08.08.2019.</t>
   </si>
   <si>
-    <t>Hansavest</t>
+    <t>Sinerga</t>
   </si>
   <si>
     <t>42103082357</t>
   </si>
   <si>
-    <t>Aspazijas bulvāris 30-6, Rīga</t>
-[...5 lines deleted...]
-    <t>Tālr. Nr.28669339. E-pasta adrese: vladimir@hansavest.com; Biroja darba laiks - mēneša pēdējā trešdiena no plkst. 10.00 līdz plkst. 11.00</t>
+    <t>Krišjāņa Barona iela 88 k-2 - 5, Rīga</t>
+  </si>
+  <si>
+    <t>Tālr. Nr.28669339. E-pasta adrese: info@sinerga.lv. Mājas lapa: sinerga.lv; Biroja darba laiks - mēneša pēdējā trešdiena no plkst. 10.00 līdz plkst. 11.00</t>
   </si>
   <si>
     <t>30/2018</t>
   </si>
   <si>
     <t xml:space="preserve">Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Itālija, Igaunija, Īrija, Islande, Kipra, Latvija, Lietuva, Luksemburga, Lihtenšteina, Lielbritānija, Malta, Norvēģija, Nīderlande, Polija, Portugāle, Rumānija, Somija, Slovākija, Slovēnija, Spānija, Ungārija, Vācija, Zviedrija (2) - 07.06.2018. Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Itālija, Igaunija, Īrija, Islande, Kipra, Lietuva, Luksemburga, Lihtenšteina, Lielbritānija, Malta, Norvēģija, Nīderlande, Polija, Portugāle, Rumānija, Somija, Slovākija, Slovēnija, Spānija, Ungārija, Vācija, Zviedrija (1.C) – 31.05.2023.                  </t>
   </si>
   <si>
     <t>HEKSA</t>
   </si>
   <si>
     <t>41203034566</t>
   </si>
   <si>
     <t>Lielā iela 4, Ventspils</t>
   </si>
   <si>
     <t xml:space="preserve">Tālr. Nr.29624532. E-pasta adrese: indraapse@inbox.lv           </t>
   </si>
   <si>
     <t>53/2018</t>
   </si>
   <si>
     <t xml:space="preserve">Zviedrija (2) - 26.11.2018.; Norvēģija (2) - 16.07.2024.                                                             </t>
   </si>
@@ -727,63 +724,60 @@
   <si>
     <t>HR factor</t>
   </si>
   <si>
     <t>40103887160</t>
   </si>
   <si>
     <t>Aleksandra Čaka iela 109-13, Rīga</t>
   </si>
   <si>
     <t>Aleksandra Čaka iela 83/85-7/2, Rīga</t>
   </si>
   <si>
     <t>Tālr. Nr.29275157. Mājas lapa: www.hrfactor.lv</t>
   </si>
   <si>
     <t>17/2016</t>
   </si>
   <si>
     <t>Latvija (2) - 17.08.2016. Igaunija (2) - 09.05.2018.</t>
   </si>
   <si>
     <t xml:space="preserve">Human Source </t>
   </si>
   <si>
-    <t>Kalpaka bulvāris 11-10, Rīga</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">Tālr.  Nr.29567882; E-pasta adrese: info@humansource.lv                </t>
+    <t>Blaumaņa iela 5A - 25, Rīga</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tālr.  Nr. 20199991; E-pasta adrese: info@humansource.lv. Mājas lapa: https://humansource.lv/                </t>
   </si>
   <si>
     <t>16/2017</t>
   </si>
   <si>
-    <t xml:space="preserve">Baltkrievija, Dānija,Francija, Igaunija, Krievija, Kipra, Lietuva, Lielbritanija, Malta, Norvēģija,, Polija, Somija, Ukraina, Vācija, Zviedrija (1.C) - 03.05.2018.     </t>
+    <t xml:space="preserve">Baltkrievija, Dānija,Francija, Igaunija, Krievija, Kipra, Lietuva, Lielbritanija, Malta, Norvēģija, Polija, Somija, Ukraina, Vācija, Zviedrija (1.C) - 03.05.2018.     </t>
   </si>
   <si>
     <t xml:space="preserve">IGMA SERVISS </t>
   </si>
   <si>
     <t>40203212504</t>
   </si>
   <si>
     <t>Ulbrokas iela 6-2, Rīga</t>
   </si>
   <si>
     <t>Tālr. Nr.24248248. E-pasta adrese: igmaserviss@inbox.lv</t>
   </si>
   <si>
     <t>94/2019</t>
   </si>
   <si>
     <t>Francija, Spānija, Somija, Šveice, Zviedrija (2) – 10.10.2019.</t>
   </si>
   <si>
     <t>IT Camp</t>
   </si>
   <si>
     <t>Kaivas iela 50 k-2 - 24C, Rīga</t>
   </si>
@@ -913,57 +907,57 @@
     <t>13/2014</t>
   </si>
   <si>
     <t xml:space="preserve">Latvija (2) - 25.08.2014. </t>
   </si>
   <si>
     <t>SAS MANPOWER LIT filiāle MANPOWER LIT</t>
   </si>
   <si>
     <t>40003865148</t>
   </si>
   <si>
     <t>Krišjāņa Valdemāra iela 33-17, Rīga</t>
   </si>
   <si>
     <t>Tālr. Nr.67852920. Faksa Nr.67852921. Mājas lapa: www.manpower.com</t>
   </si>
   <si>
     <t>Kipra (1.c) - 03.06.2015. Nīderlande (1.b, 1.c, 2), Latvija (1.b, 2) - 01.10.2008.                
 Ungārija (1.c) - 14.10.2013</t>
   </si>
   <si>
     <t>METTEK</t>
   </si>
   <si>
-    <t>Zaubes iela 9-3, Rīga</t>
-[...5 lines deleted...]
-    <t>Tālr. Nr.28669339. E-pasta adrese: vladimirsaveljev@gmail.com</t>
+    <t>Latgales iela 254 k - 3 - 4, Rīga</t>
+  </si>
+  <si>
+    <t>Krišjāņa Barona iela 88 - k - 2 - 5, Rīga</t>
+  </si>
+  <si>
+    <t>Tālr. Nr.28669339. E-pasta adrese: vladimirsaveljev@gmail.com; biroja darba laiks: mēneša pēdējā trešdienā, 10:00-11:00</t>
   </si>
   <si>
     <t>66/2018</t>
   </si>
   <si>
     <t xml:space="preserve">Igaunija, Latvija, Lietuva, Somija (2) - 28.06.2019.          </t>
   </si>
   <si>
     <t>MIATEKS</t>
   </si>
   <si>
     <t>Krišjāņa Valdemāra iela 61 - 3, Rīga</t>
   </si>
   <si>
     <t>Krišjāņa Valdemāra iela 149 - 506, Rīga</t>
   </si>
   <si>
     <t xml:space="preserve">Tālr. Nr.29204811. E-pasta adrese: miateks@4nets.lv
 </t>
   </si>
   <si>
     <t>5/2012</t>
   </si>
   <si>
     <t xml:space="preserve">Austrija (2) – 27.06.2013. Francija, Latvija, Vācija
@@ -1259,53 +1253,50 @@
   <si>
     <t>Beļģija, Lietuva, Lielbritānija, Nīderlande, Vācija (1.c) – 24.08.2012.</t>
   </si>
   <si>
     <t xml:space="preserve">Recruitment Management </t>
   </si>
   <si>
     <t>40103204159</t>
   </si>
   <si>
     <t>Ventspils šoseja 32, Jūrmala</t>
   </si>
   <si>
     <t xml:space="preserve">Tālr. Nr.29712942. E-pasta adrese: recruite.management@gmail.com              </t>
   </si>
   <si>
     <t>13/2018</t>
   </si>
   <si>
     <t xml:space="preserve">Beļģija, Luksemburga, Lielbritānija, Nīderlande (1.c, 2), Latvija (2) - 09.05.2018.                                                             </t>
   </si>
   <si>
     <t xml:space="preserve">RICH HOLIDAYS </t>
   </si>
   <si>
-    <t>Krišjāņa Barona iela 88 k-2 - 5, Rīga</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Tālr. Nr.29481210. E-pasta adrese: mao@inbox.lv, info@richholidays.lv       </t>
   </si>
   <si>
     <t>106/2019</t>
   </si>
   <si>
     <t xml:space="preserve"> Igaunija, Latvija, Lietuva, Zviedrija (2) - 26.11.2019.; Norvēģija, Polija (2)- 22.10.2024.                                 </t>
   </si>
   <si>
     <t xml:space="preserve">RENTRANS </t>
   </si>
   <si>
     <t>40003492424</t>
   </si>
   <si>
     <t>Rencēnu iela 10A, Rīga</t>
   </si>
   <si>
     <t>Tālr. Nr.28784288. E-pasta adrese: rentrans@inbox.lv, jelena.koleda@inbox.lv</t>
   </si>
   <si>
     <t>5/2017</t>
   </si>
   <si>
     <t xml:space="preserve">Austrija, Beļģija, Čehija, Dānija, Francija, Itālija, Igaunija, Latvija, Lietuva, Lielbritānija,Luksemburga, Nīderlande, Portugāle, Polija, Somija, Spānija, Ungārija, Vācija, Zviedrija (2) - 12.04.2017.                        </t>
@@ -1362,57 +1353,54 @@
   </si>
   <si>
     <t>Emīlijas Benjamiņas iela 14, Rīga</t>
   </si>
   <si>
     <t>Emīlijas Benjamiņas iela 14, Rīga;
 Atbrīvošanas aleja 155, Rēzekne;
 Kuršu iela 1, Liepāja</t>
   </si>
   <si>
     <t xml:space="preserve">Tālr. Nr. 24202099, e-pasta adrese: i.baklasova@stipt.com </t>
   </si>
   <si>
     <t>16/2019</t>
   </si>
   <si>
     <t>Nīderlande (1.c) – 28.03.2019.; Beļģija (1.C) - 04.09.2024.</t>
   </si>
   <si>
     <t>STRATEGIC STAFFING SOLUTIONS INTERNATIONAL</t>
   </si>
   <si>
     <t>40103686708</t>
   </si>
   <si>
-    <t>Torņa iela 4, Rīga</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">Tālr. Nr.20022800.
+    <t>Dzirnavu  iela 67, Rīga</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tālr. Nr. +370 52526156.
 E-pasta adrese: s3riga@strategicstaff.com
 </t>
   </si>
   <si>
     <t>71/2019</t>
   </si>
   <si>
     <t>Latvija (2) – 03.01.2019. Austrija, Beļģija, Čehija, Dānija, Francija, Grieķija, Horvātija, Īrija, Itālija, Igaunija, Lielbritānija, Lietuva, Nīderlande, Polija, Somija, Spānija, Ungārija, Vācija, Zviedrija (1.c, 2) – 24.04.2019.</t>
   </si>
   <si>
     <t xml:space="preserve">Sunny HR Solutions </t>
   </si>
   <si>
     <t>40103860927</t>
   </si>
   <si>
     <t>Ernesta Birzniekas-Upīša iela 18-8, Rīga</t>
   </si>
   <si>
     <t>Ernesta Birznieka-Upīša iela 18-8, Rīga</t>
   </si>
   <si>
     <t>Tālr. Nr.25171782. E-pasta adrese: aleksandrs@sunnyhr.lv; artjoms@suynnyhr.lv</t>
   </si>
   <si>
@@ -1814,72 +1802,50 @@
     <t>81/2020</t>
   </si>
   <si>
     <t xml:space="preserve">Latvija (2) - 10.12.2020. </t>
   </si>
   <si>
     <t>NAMEJS LV</t>
   </si>
   <si>
     <t>40203265520</t>
   </si>
   <si>
     <t>Raiņa iela 56A, Madona, Madonas novads</t>
   </si>
   <si>
     <t>Tālr. Nr.26177779.
 E-pasta adrese: namejs-lv@inbox.lv. Biroja darba laiks: no plkst.10:00 līdz plkst.16:00.</t>
   </si>
   <si>
     <t>82/2020</t>
   </si>
   <si>
     <t xml:space="preserve">Latvija (2) - 11.12.2020. Dānija, Igaunija, Lietuva, Norvēģija, Polija, Somija, Vācija, Zviedrija (2) - 08.05.2021. </t>
   </si>
   <si>
-    <t>LatRecruitment</t>
-[...20 lines deleted...]
-  <si>
     <t>TURIN</t>
   </si>
   <si>
     <t>40203280290</t>
   </si>
   <si>
     <t>Rīgas iela 2-12, Salaspils, Salaspils novads</t>
   </si>
   <si>
     <t>Tālr. Nr.29396944.
 E-pasta adrese: info@turin.lv</t>
   </si>
   <si>
     <t>2/2021</t>
   </si>
   <si>
     <t xml:space="preserve">Igaunija, Lietuva, Somija,Zviedrija (2) - 15.01.2021. </t>
   </si>
   <si>
     <t>DKK Group</t>
   </si>
   <si>
     <t>50203277201</t>
   </si>
   <si>
@@ -2080,66 +2046,50 @@
   </si>
   <si>
     <t>Tālr.Nr.25105503. E-pasta adrese: anastasija.zele@csolutions.lv</t>
   </si>
   <si>
     <t>37/2021</t>
   </si>
   <si>
     <t>Igaunija, Latvija, Lietuva (2) - 18.08.2021.</t>
   </si>
   <si>
     <t>PW Consulting</t>
   </si>
   <si>
     <t>Līgo iela 26, Berģi, Garkalnes pagasts, Ropažu novads</t>
   </si>
   <si>
     <t>Buču iela 9-2, Salaspils</t>
   </si>
   <si>
     <t xml:space="preserve">Tālr. Nr.27050705.
 E-pasta adrese: peter@peterwilliams.tech. Mājas lapa: www.peterwilliams.tech </t>
   </si>
   <si>
     <t>38/2021</t>
-  </si>
-[...14 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Visas Iespējas</t>
   </si>
   <si>
     <t>Ausekļa prospekts 17, Ogre, Ogres novads</t>
   </si>
   <si>
     <t xml:space="preserve">Tālr. Nr.28663646. E-pasta adrese: info@visasiespejas.lv. Mājas lapa: www.visasiespejas.lv.
 </t>
   </si>
   <si>
     <t>44/2021</t>
   </si>
   <si>
     <t>Latvija (1.b, 2) - 23.09.2021.</t>
   </si>
   <si>
     <t>Bloktrans</t>
   </si>
   <si>
     <t>Tirgus iela 5-77, Iecava, Bauskas novads</t>
   </si>
   <si>
     <t>Mazcenu aleja43B, Jaunmārupe, Mārupes novads</t>
@@ -2387,51 +2337,51 @@
   <si>
     <t>14/2022</t>
   </si>
   <si>
     <t>Latvija, Vācija, Norvēģija, Nīderlande, Zviedrija (2) - 18.02.2022. Dānija (2)- 28.11.2022.</t>
   </si>
   <si>
     <t>MIIM</t>
   </si>
   <si>
     <t>Ģertrūdes iela 66, Rīga</t>
   </si>
   <si>
     <t>Tālr.Nr.23305999, e-pasta adrese:dainis@miim.lv       Biroja darba laiks: no plkst.9.00 līdz plkst.18.00</t>
   </si>
   <si>
     <t>16/2022</t>
   </si>
   <si>
     <t>Latvija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Īrija, Itālija, Igaunija, Islande, Kipra, Lietuva, Luksemburga, Lielbritānija, Lihtenšteina, Malta, Norvēģija, Nīderlande, Polija, Rumānija, Slovākija, Slovēnija, Somija, Ungārija, Vācija, Zviedrija  (2) - 24.02.2022.</t>
   </si>
   <si>
     <t>Veliev Transport Logistik</t>
   </si>
   <si>
-    <t>Mellužu iela 17-3, Rīga</t>
+    <t>Slokas iela 203 - 20, Rīga</t>
   </si>
   <si>
     <t>Tālr.Nr.25693953, e-pasta adrese: info@vtlsia.com</t>
   </si>
   <si>
     <t>17/2022</t>
   </si>
   <si>
     <t xml:space="preserve"> Latvija (2),  Lietuva, Igaunija, Polija, Vācija, Dānija, Norvēģija, Somija, Zviedrija, Gruzija, Beļģija, Austrija, Šveice, Islande, Lihtenšteina, Lielbritānija, Spānija, Portugāle, Rumānija, Slovēnija, Slovākija, Malta, Nīderlande, Bulgārija, Horvātija, Kipra, Čehija, Francija, Grieķija, Ungārija, Īrija, Itālija, Luksemburga (1.C, 2) – 24.02.2022.</t>
   </si>
   <si>
     <t>EPS International</t>
   </si>
   <si>
     <t>Lielā iela 19 k-2-4E, Mārupe</t>
   </si>
   <si>
     <t>Tālr.Nr.20250757, e-pasta adrese: silvestr@nikav.lv</t>
   </si>
   <si>
     <t>18/2022</t>
   </si>
   <si>
     <t>Latvija, Vācija, Beļģija (2) - 02.03.2022., Polija (2) -04.09.2023.</t>
   </si>
@@ -2494,74 +2444,58 @@
 Biroja darba laiks: no plkst.08.30. līdz plkst. 17.30.</t>
   </si>
   <si>
     <t>23/2022</t>
   </si>
   <si>
     <t>Igaunija, Latvija, Lietuva (2) - 21.03.2022.</t>
   </si>
   <si>
     <t>IK Employer&amp;Employee International</t>
   </si>
   <si>
     <t>Ozolciema iela 36/62, Rīga</t>
   </si>
   <si>
     <t>Tālr.Nr.20010529, e-pasta adrese:kristine1129@inbox.lv
 Biroja darba laiks: no plkst.10.00. līdz plkst. 18.00.</t>
   </si>
   <si>
     <t>25/2022</t>
   </si>
   <si>
     <t>Igaunija, Lietuva, Somija, Norvēģija, Zviedrija, Dānija, Nīderlande, Vācija, Austrija, Beļģija, Malta, Francija, Spānija, Itālija, Portugāle, Īslande, Lielbritānija, Albānija, Serbija, Slovākija, Slovēnija, Amerikas Savienotās Valstis, Kanāda, Šveice, Ungārija, Rumānija, Polija, Horvātija, Austrālija, Jaunzēlande, Apvienotie Arābu Emirāti, Saūda Arābija, Katara (1.C) - 12.04.2022.; Baltkrievija, Bulgārija, Ēģipte, Grieķija, Īrija, Kipra, Malaizija, Singapūra, Turcija, Ukraina, Vjetnama (1.C) - 14.12.2022.</t>
   </si>
   <si>
-    <t>UZ Jointing</t>
-[...14 lines deleted...]
-  <si>
     <t>E-Synergy</t>
   </si>
   <si>
     <t>Pārslas iela 3b, Rīga</t>
   </si>
   <si>
     <t>Tālr.Nr.25105503, e-pasta adrese: anastasija.zele@esynergy.lv; 
-mājaslpas adrese: www.esynergy.lv</t>
+mājaslapas adrese: www.esynergy.lv</t>
   </si>
   <si>
     <t>28/2022</t>
   </si>
   <si>
     <t>Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Igaunija, Horvātija, Īrija, Itālija, Kipra, Latvija,  Lietuva, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Ungārija, Vācija, Zviedrija (2) - 26.04.2022.</t>
   </si>
   <si>
     <t>BBCEmployment</t>
   </si>
   <si>
     <t>Tālr.Nr.28488716, e-pasta adrese: bbcrigahr@gmail.com 
 Biroja darba laiks: I-IV no plkst.09.00. līdz plkst. 18.00.; V no plkst.09.00. līdz plkst.16.30.</t>
   </si>
   <si>
     <t>29/2022</t>
   </si>
   <si>
     <t>Apvienotā Karaliste, Austrija, Baltkrievija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Igaunija, Horvātija, Islande, Īrija, Itālija, Kipra, Krievija, Latvija,  Lihtenšteina, Lietuva, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Šveice,  Ukraina, Ungārija, Vācija, Zviedrija (2) - 26.04.2022.</t>
   </si>
   <si>
     <t>Aurumus</t>
   </si>
   <si>
     <t>Uzvaras prospekts 9-9, Baloži, Ķekavas novads</t>
@@ -2695,52 +2629,54 @@
     <t>Latvija (2) - 09.06.2022.</t>
   </si>
   <si>
     <t>UberHint</t>
   </si>
   <si>
     <t>Tautas iela 7, Daugavpils</t>
   </si>
   <si>
     <t xml:space="preserve">Birojs Nr. 9, Tautas iela 7, Daugavpils, </t>
   </si>
   <si>
     <t>Tālr.27274251, e-pasta adrese: yl@uberhint.com          Biroja darba laiks: darba dienās no plkst.10.00 līdz plkst.18.00</t>
   </si>
   <si>
     <t>44/2022</t>
   </si>
   <si>
     <t>Latvija (2) - 10.06.2022.; 
 Austrija, Amerikas Savienotās Valstis, Apvienotie Arābu Emirāti, Armēnija, Austrālija, Azerbaidžāna, Baltkrievija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Gruzija, Horvātija, Igaunija, Islande, Itālija, Izraēla, Īrija, Kanāda, Kazahstāna, Kipra, Krievija, Lielbritānija, Lietuva, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Šveice, Tadžikistāna, Turcija, Ukraina, Ungārija, Uzbekistāna,Vācija, Zviedrija (1.C; 2) - 10.06.2022.</t>
   </si>
   <si>
     <t>Puron</t>
   </si>
   <si>
-    <t>Tālr.29656141, e-pasta adrese: sia.puron@gmail.com, 
-Biroja darba laiks: no plkst.10.00 līdz plkst.16.00</t>
+    <t>Cēsu iela 31A, Rīga</t>
+  </si>
+  <si>
+    <t>Tālr.22071120, e-pasta adrese: info@puron.lv, mājas lapa: puron.lv</t>
   </si>
   <si>
     <t>45/2022</t>
   </si>
   <si>
     <t>Latvija (2) - 10.06.2022.; 
 Austrija,  Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Gruzija, Horvātija, Igaunija, Itālija,  Īrija, Islande,  Kipra,  Lietuva, Lihtenšteina, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Ungārija, Vācija, Zviedrija (1.C; 2) - 10.06.2022.</t>
   </si>
   <si>
     <t>Nirus K</t>
   </si>
   <si>
     <t>Krustpils iela 12, Rīga</t>
   </si>
   <si>
     <t>Tālr.29401027, e-pasta adrese: nirus@inbox.lv,            
 Biroja darba laiks: no plkst.10.00 līdz plkst.16.00</t>
   </si>
   <si>
     <t>46/2022</t>
   </si>
   <si>
     <t>Latvija (2) - 10.06.2022.; 
 Austrija,  Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Gruzija, Horvātija, Igaunija, Itālija,  Īrija, Islande,  Kipra,  Lietuva, Lihtenšteina, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Vācija, Zviedrija (1.C; 2) - 10.06.2022.</t>
   </si>
@@ -2982,66 +2918,65 @@
 </t>
   </si>
   <si>
     <t>66/2022</t>
   </si>
   <si>
     <t>Zviedrija (2)- 14.09.2022.</t>
   </si>
   <si>
     <t>Savitra</t>
   </si>
   <si>
     <t xml:space="preserve">Tālr.28666216, e-pasta adrese: gints@savitra.net
 </t>
   </si>
   <si>
     <t>69/2022</t>
   </si>
   <si>
     <t>Austrija,  Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Horvātija, Igaunija, Itālija,  Īrija, Islande,  Kipra, Latvija, Lietuva, Lihtenšteina, Luksemburga, Lielbritānija, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Slovākija, Slovēnija, Somija, Spānija, Ungārija, Vācija, Zviedrija ( 2) - 28.09.2022.</t>
   </si>
   <si>
     <t>Brondes Logistics</t>
   </si>
   <si>
-    <t>Antonijas iela 16A - 33, Rīga</t>
-[...7 lines deleted...]
-Biroja darba laiks: no plkst.09.00 līdz plkst.18.00
+    <t>“Mazķurbji 1” – 7, Skārduciems, Babītes pag., Mārupes nov.</t>
+  </si>
+  <si>
+    <t>Dārzaugļu 1B, Rīga</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tālr. 26136064,  e-pasta adrese: brondes.logistics@inbox.lv
+Biroja darba laiks: no plkst.09.00 līdz plkst.16.00
 </t>
   </si>
   <si>
     <t>71/2022</t>
   </si>
   <si>
-    <t>Latvija (2) - 03.10.2022., Lietuva (2) - 14.02.2025.</t>
+    <t>Latvija (2) - 03.10.2022., Lietuva (2) - 14.02.2025., Zviedrija (2) - 17.10.2025.</t>
   </si>
   <si>
     <t>Gammanet</t>
   </si>
   <si>
     <t>Rankas iela 13, Rīga</t>
   </si>
   <si>
     <t xml:space="preserve">Tālr.25730170,  e-pasta adrese: gammanet@inbox.lv
 Biroja darba laiks: no plkst.09.00 līdz plkst.16.30
 </t>
   </si>
   <si>
     <t>72/2022</t>
   </si>
   <si>
     <t>Beļģija, Francija, Igaunija, Latvija, Lietuva, Nīderlande, Norvēģija, Polija, Somija, Vācija, Zviedrija (2) - 06.10.2022.</t>
   </si>
   <si>
     <t>CPT Group</t>
   </si>
   <si>
     <t>Cēsu iela 5B-33, Rīga</t>
   </si>
   <si>
@@ -3123,83 +3058,67 @@
   <si>
     <t>82/2022</t>
   </si>
   <si>
     <t>Somija (1.B; 2) - 25.11.2022., Vācija (1.B, 2) -01.09.2023., Latvija, Zviedrija, Spānija, Nīderlande, Lietuva, Beļģija, Francija, Dānija (1.B, 2)- 18.09.2023.</t>
   </si>
   <si>
     <t>Aloitte</t>
   </si>
   <si>
     <t>Mežotnes iela 33, Rīga</t>
   </si>
   <si>
     <t>Čiekurkalna 4.šķērslīnija 15-3, Rīga</t>
   </si>
   <si>
     <t>Tālr.26634444,  e-pasta adrese: aloittesia@gmail.com</t>
   </si>
   <si>
     <t>84/2022</t>
   </si>
   <si>
     <t>ASV, Islande, Kanāda, Latvija, Vācija, Zviedrija (2) - 05.12.2022.</t>
   </si>
   <si>
-    <t>European Solutions LLC</t>
-[...17 lines deleted...]
-  <si>
     <t>People 2.0. Latvia</t>
   </si>
   <si>
     <t>Krišjāņa Valdemāra iela 33-1, Rīga</t>
   </si>
   <si>
     <t>Krišjāņa Vlademāra iela 33-1, Rīga</t>
   </si>
   <si>
     <t>Tālr.29325015, e-pasta adrese:info@rer.legal
 Biroja darba laiks: katra mēneša pirmā darba dienā no plkst.10.00. līdz plkst.11.00.</t>
   </si>
   <si>
     <t>87/2022</t>
+  </si>
+  <si>
+    <t>Igaunija, Latvija, Lietuva, Malta, Polija, Portuāle, Zviedrija (2) - 09.12.2022.</t>
   </si>
   <si>
     <t>Migavaz Solution</t>
   </si>
   <si>
     <t>Daugavgrīvas iela 132 k-1, Rīga</t>
   </si>
   <si>
     <t>Tālr23222297, e-pasta adrese:sia.migavaz.solution@gmail.com
 Biroja darba laiks: no plkst.09.00. līdz plkst.18.00.</t>
   </si>
   <si>
     <t>88/2022</t>
   </si>
   <si>
     <t>Beļģija, Dānija, Francija, Igaunija, Lietuva, Nīderlande, Norvēģija, Polija, Somija, Vācija, Zviedrija  (1.C; 2) - 14.12.2022.
 Latvija (2) - 14.12.2022.</t>
   </si>
   <si>
     <t>JobCentre.EU</t>
   </si>
   <si>
     <t>Krišjāņa Valdemāra iela 18-7, Rīga</t>
   </si>
   <si>
@@ -4393,70 +4312,50 @@
   </si>
   <si>
     <t>Latvija, Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Horvātija, Igaunija, Īrija, Itālija,Kipra,  Lietuva, Luksemburga, Malta, Nīderlande, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Ungārija, Vācija, Zviedrija, Islande, Lihtenšteina, Norvēģija  (2) - 04.04.2024.</t>
   </si>
   <si>
     <t>FRIENDLY GROUP</t>
   </si>
   <si>
     <t>Matīsa iela 41-9, Rīga</t>
   </si>
   <si>
     <t>Latgales iela 322, Rīga, 305. kab.</t>
   </si>
   <si>
     <t xml:space="preserve">Tālr. 29229785; e-pasts: friendlygroupeu@gmail.com
 Biroja darba laiks: no plkst.10.00 līdz plkst.15.00
 </t>
   </si>
   <si>
     <t>24/2024</t>
   </si>
   <si>
     <t>Latvija, Austrija, Beļģija, Dānija, Francija,  Igaunija, Īrija, Itālija,Lietuva, Lielbritānija, Norvēģija, Nīderlande, Polija, Somija, Spānija, Šveice, Vācija, Zviedrija  (2) - 04.04.2024.</t>
   </si>
   <si>
-    <t>Job Industries</t>
-[...18 lines deleted...]
-  <si>
     <t>MB Motors</t>
   </si>
   <si>
     <t>Lienes iela 1-3, Rīga</t>
   </si>
   <si>
     <t xml:space="preserve">Tār.26912650; e-pasts: mbmotors@inbox.lv
 </t>
   </si>
   <si>
     <t>27/2024</t>
   </si>
   <si>
     <t>Latvija, Vācija  (2) - 11.04.2024.</t>
   </si>
   <si>
     <t>FM Solutions</t>
   </si>
   <si>
     <t xml:space="preserve">Tār. 28442601; e-pasts: info@fmsolutions.lv
 Biroja darba laiks: no plkst.9.00 līdz plkst.18.00
 </t>
   </si>
   <si>
     <t>28/2024</t>
@@ -4841,111 +4740,95 @@
   </si>
   <si>
     <t>All The Hires</t>
   </si>
   <si>
     <t>Skanstes iela 52, Rīga</t>
   </si>
   <si>
     <t xml:space="preserve">Tālr. 27679388, e-pasta adrese: ak@allthehires.com
 Mājas lapas adrese: www.allthehires.com
 Biroja darba laiks: no plkst.9.00 līdz plkst.18.00                                                            </t>
   </si>
   <si>
     <t>53/2024</t>
   </si>
   <si>
     <t>Amerikas Savienotās Valstis,  Apvienotā Karaliste, Igaunija, Kipra, Lietuva, Malta, Nīderlande, Polija, Portugāle (1.C) - 09.07.2024.</t>
   </si>
   <si>
     <t>M-BTSH</t>
   </si>
   <si>
     <t>Latgales iela 250 k-1 - 32, Rīga</t>
   </si>
   <si>
+    <t>Dižozolu iela 9-1, Rīga</t>
+  </si>
+  <si>
     <t>Tālr. 25633987, e-pasta adrese: tolibbabadjanov@gmail.com
 Biroja darba laiks: no plkst.10.00 līdz plkst.16.00.</t>
   </si>
   <si>
     <t>54/2024</t>
   </si>
   <si>
     <t>Dānija, Francija, Horvātija, Igaunija, Īrija, Kipra, Latvija, Lietuva, Nīderlande, Polija, Somija, Vācija, Zviedrija (2) - 26.07.2024.</t>
   </si>
   <si>
     <t>RE TEHNIKS</t>
   </si>
   <si>
     <t>Slokas iela 187 - 5, Rīga</t>
   </si>
   <si>
     <t>TC "Spice", kopstrādes telpa</t>
   </si>
   <si>
     <t>Tālr. 26041946, e-pasta adrese: siaretehniks@gmail.com
 Biroja darba laiks: mēneša pirmā pirmdiena no plkst.12.00 līdz plkst. 15.00.</t>
   </si>
   <si>
     <t>55/2024</t>
   </si>
   <si>
     <t>Latvija, Lietuva, Čehija, Beļģija, Vācija, Nīderlande, Polija, Zviedrija, Somija (2) - 02.08.2024.</t>
   </si>
   <si>
     <t>SD Team</t>
   </si>
   <si>
     <t>Baltāsbaznīcas iela 36-2, Rīga</t>
   </si>
   <si>
     <t>Tālr. 29176696, e-pasta adrese: lgk@inbox.lv</t>
   </si>
   <si>
     <t>56/2024</t>
   </si>
   <si>
     <t>Latvija (2) - 13.08.2024.</t>
-  </si>
-[...17 lines deleted...]
-    <t>Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Horvātija, Igaunija, Itālija, Īrija, Kipra, Latvija, Lielbritānija, Lietuva, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Ungārija, Vācija, Zviedrija (2) - 13.08.2024.</t>
   </si>
   <si>
     <t xml:space="preserve">Dream factory </t>
   </si>
   <si>
     <t>Igates iela 2, Rģa</t>
   </si>
   <si>
     <t>Tālr. 27099016, e-pasta adrese: siadreamfactory@inbox.lv
 Biroja darba laiks:no plkst.09.00 līdz plkst. 15.00.</t>
   </si>
   <si>
     <t>58/2024</t>
   </si>
   <si>
     <t>Latvija, Vācija (2) - 26.08.2024.</t>
   </si>
   <si>
     <t>Stradfer</t>
   </si>
   <si>
     <t>Aleksa iela 11-32, Rīga</t>
   </si>
   <si>
     <t>Tālr. 26154865, e-pasta adrese: info@stradfer.lv
@@ -5370,68 +5253,50 @@
   <si>
     <t>84/2024</t>
   </si>
   <si>
     <t>Austrija, Beļģija, Dānija, Francija, Holande, Rumānija, Ung;arija, Vācija, Zviedrija (2) - 09.12.2024.;                        Šveice (2) - 10.01.2025.</t>
   </si>
   <si>
     <t>FELDMAN</t>
   </si>
   <si>
     <t>Ezermalas iela 19-22, Rīga</t>
   </si>
   <si>
     <t>Baznīcas iela 31, Liepāja (3.stāvs)</t>
   </si>
   <si>
     <t>Tālr. +37065043406, e-pasts: danchikas3@gmail.com, biroja darba laiks: darba dienās no plkst. 9.00 līdz plkst. 18.00</t>
   </si>
   <si>
     <t>85/2024</t>
   </si>
   <si>
     <t>Amerikas Savienotās Valstis, Austrija, Beļģija, Dānija, Francija, Grieķija, Igaunija, Itālija, Kanāda, Latvija, Lietuva, Malta, Nīderlande, Norvēģija, Polija, Somija, Spānija, Šveice, Vācija, Zviedrija (2) - 20.12.2024.</t>
   </si>
   <si>
-    <t>LA LUZ</t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve"> Crickeat</t>
   </si>
   <si>
     <t>50203516411</t>
   </si>
   <si>
     <t>Vaidavas iela 2 k-1 - 59, Rīga</t>
   </si>
   <si>
     <t>Artilērijas iela 64-10, Rīga</t>
   </si>
   <si>
     <t>Tālr. 26156101, e-pasts: siacrickeat@gmail.com, biroja darba laiks: pirmdienās, otrdienās, trešdienās, ceturtdienās no plkst. 10.00 līdz plkst. 15.00.</t>
   </si>
   <si>
     <t>2/2025</t>
   </si>
   <si>
     <t>Amerikas Savienotās Valstis, Albānija, Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Horvātija, Igaunija, Īrija, Islande, Itālija, Kanāda, Kipra, Latvija, Lielbritānija, Lietuva, Lihtenšteina, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Šveice, Ungārija, Vācija, Zviedrija (2) - 02.01.2025.</t>
   </si>
   <si>
     <t>Sanlinijas</t>
   </si>
   <si>
     <t>Mazā Nometņu iela 1-3, Rīga</t>
@@ -5752,64 +5617,64 @@
   <si>
     <t>23/2025</t>
   </si>
   <si>
     <t>Latvija (2) - 17.03.2025.</t>
   </si>
   <si>
     <t>Leģenda TNT</t>
   </si>
   <si>
     <t>"Baloži", Vīpes pag., Jēkabpils nov.</t>
   </si>
   <si>
     <t>Tālr. 22494955; e-pasts: sialegendatnt@gmail.com</t>
   </si>
   <si>
     <t>24/2025</t>
   </si>
   <si>
     <t>Latvija, Norvēģija (2) - 26.03.2025.</t>
   </si>
   <si>
     <t>MGN WORKS</t>
   </si>
   <si>
-    <t>Katrīnas iela 3 - 17, Rīga</t>
+    <t>Stirnu iela 47 - 57, Rīga</t>
   </si>
   <si>
     <t>Tallinas iela 36A - 1, Rīga</t>
   </si>
   <si>
-    <t>Tālr. 28279002; e-pasts: Mushfig.dadashov@yahoo.com;
- biroja darba laiks:pirmdiena, trešdiena, piektdiena no plkst. 12.00 līdz plkst. 17.00.</t>
+    <t>Tālr. 28279002; e-pasts: info@mgnworks.eu;
+ biroja darba laiks: darba dienas no plkst. 9:00 līdz 17.00 (pēc iepriekšēja pieraksta).</t>
   </si>
   <si>
     <t>25/2025</t>
   </si>
   <si>
-    <t>Latvija, Zviedrija (2) - 26.03.2025.</t>
+    <t>Latvija, Zviedrija (2) - 26.03.2025; Nīderlande (2) - 24.10.2025.</t>
   </si>
   <si>
     <t>JobVision</t>
   </si>
   <si>
     <t>Ģertrūdes iela 33/35-2, Rīga</t>
   </si>
   <si>
     <t>Ziedu iela 14. Carnikava, Ādažu novads</t>
   </si>
   <si>
     <t>Tālr. 26434445; e-pasts: documents@thejobvision.com;
 biroja darba laiks: darba dienās no plkst. 10.00 līdz plkst. 17.00 (pēc iepriekšēja pieraksta)</t>
   </si>
   <si>
     <t>26/2025</t>
   </si>
   <si>
     <t>Latvija (2) – 04.04.2025.; Austrija, Amerikas Savienotās valstis, Beļģija, Čehija, Dānija, Francija, Horvātija, Igaunija, 
 Itālija, Īrija, Kanāda, Kipra, Lielbritānija, Lietuva, Nīderlande, Norvēģija, Polija, Portugāle, Rumānija, 
 Somija, Spānija, Šveice, Vācija, Zviedrija (1.C, 2) – 04.04.2025.</t>
   </si>
   <si>
     <t>ERTON HOLDING</t>
   </si>
@@ -6106,57 +5971,57 @@
   <si>
     <t>Vācija (2) - 20.05.2025.</t>
   </si>
   <si>
     <t>Orient</t>
   </si>
   <si>
     <t>Čiekurkalna 1. līnija 33, Rīga</t>
   </si>
   <si>
     <t>Tālr. 29591112; e-pasts: orient.latvia@gmail.com; biroja darba laiks no plkst. 9.00 līdz 17.00.</t>
   </si>
   <si>
     <t>45/2025</t>
   </si>
   <si>
     <t>Austrija, Beļģija, Dānija, Francija, Igaunija, Itālija, Īrija, Latvija, Lielbritānija, Lietuva, Nīderlande, Norvēģija, Polija, Somija, Spānija, Šveice, Vācija, Zviedrija (2) - 22.05.2025.</t>
   </si>
   <si>
     <t>Krismar Baltic</t>
   </si>
   <si>
     <t>Brīvības iela 76 - 34, Rīga</t>
   </si>
   <si>
-    <t>Tālr. 20768001; 20768002; 20768005;                                           e-pasts: office@krismar-latvia.eu; mājas lapas  adrese: https://krismar-latvia.eu/</t>
+    <t>Tālr. 20768001; e-pasts: office@krismar-latvia.eu, a.stechenko@krismar-latvia.eu; mājas lapas  adrese: https://krismar-latvia.eu/</t>
   </si>
   <si>
     <t>46/2025</t>
   </si>
   <si>
-    <t>Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Horvātija, Igaunija, Itālija, Īrija, Islande, Kipra, Latvija, Lielbritānija, Lietuva, Lihtenšteina, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Slovākija, Slovēnija, Somija, Spānija, Ungārija, Vācija, Zviedrija (2) - 22.05.2025.</t>
+    <t>Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Horvātija, Igaunija, Itālija, Īrija, Islande, Kipra, Latvija, Lielbritānija, Lietuva, Lihtenšteina, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Slovākija, Slovēnija, Somija, Spānija, Ungārija, Vācija, Zviedrija (2) – 22.05.2025., Latvija (1.B) - 17.10.2025., Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Horvātija, Igaunija, Itālija, Īrija, Islande, Kipra, Lielbritānija, Lietuva, Lihtenšteina, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Slovākija, Slovēnija, Somija, Spānija, Ungārija, Vācija, Zviedrija (1.B, 1.C) – 17.10.2025.</t>
   </si>
   <si>
     <t>UAB "Cargo 24" filiāle "Cargo24 Latvia"</t>
   </si>
   <si>
     <t>Sērenes iela 4 - 14, Rīga</t>
   </si>
   <si>
     <t>Tālr. +37060521566; e-pasts: info@cargo24latvia.lv; mājas lapas adrese: https://cargo24latvija.lv; biroja darba laiks: no plkst. 10.00 līdz 17.00</t>
   </si>
   <si>
     <t>47/2025</t>
   </si>
   <si>
     <t>Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Horvātija, Igaunija, Islande, Itālija, Īrija, Kipra, Latvija, Lietuva, Lihtenšteina, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Ungārija, Vācija, Zviedrija (2) - 27.05.2025.</t>
   </si>
   <si>
     <t>Global PEO Services Latvia</t>
   </si>
   <si>
     <t>Tālr. 27005054; e-pasts: Marinapuskina@safeguardglobal.com; mājas lapas adrese: https://globalpeoservices.com/latvia-peo-payroll-services/; biroja darba laiks: piektdienās no plkst. 10.00 līdz 17.00</t>
   </si>
   <si>
     <t>48/2025</t>
   </si>
@@ -6599,521 +6464,657 @@
     <t>Duntes iela 28 - 41, Rīga</t>
   </si>
   <si>
     <t xml:space="preserve">Tālr. +371 29028999; e-pasts: niks00@inbox.lv, biroja darba laiks: pirmdiena - piektdiena, no plkst. 8:00 līdz 17:00
 </t>
   </si>
   <si>
     <t>76/2025</t>
   </si>
   <si>
     <t>Lietuva, Igaunija, Austrija, Beļģija, Bulgārija, Čehijas Republika, Dānija, Francija, Grieķija, Horvātija, Īrija, Itālija, Kipra, Luksemburga, Malta, Nīderlande, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Ungārija, Vācija, Zviedrija, Islande, Lihtenšteina, Norvēģija (1.C), Latvija, Lietuva, Igaunija, Austrija, Beļģija, Bulgārija, Čehijas Republika, Dānija, Francija, Grieķija, Horvātija, Īrija, Itālija, Kipra, Luksemburga, Malta, Nīderlande, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Ungārija, Vācija, Zviedrija, Islande, Lihtenšteina, Norvēgija (2) - 16.09.2025.</t>
   </si>
   <si>
     <t>EGO international</t>
   </si>
   <si>
     <t>Marijas iela 2A, Rīga</t>
   </si>
   <si>
     <t>Tālr. 28317071; e-pasts: egointernationalltd@gmail.com</t>
   </si>
   <si>
     <t>78/2025</t>
   </si>
   <si>
-    <t>Čehijas Republika, Dānija, Igaunija, Somija, Francija, Vācija, Grieķija, Ungārija, Islande, Itālija, Latvija, Lihtenšteina, Lietuva, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Slovākija, Slovēnija, Spānija, Zviedrija, Šveice, Bulgārija, Rumānija (2) - 18.09.2025</t>
+    <t>Čehijas Republika, Dānija, Igaunija, Somija, Francija, Vācija, Grieķija, Ungārija, Islande, Itālija, Latvija, Lihtenšteina, Lietuva, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Slovākija, Slovēnija, Spānija, Zviedrija, Šveice, Bulgārija, Rumānija (2) - 18.09.2025.</t>
   </si>
   <si>
     <t>City Fruits</t>
   </si>
   <si>
     <t xml:space="preserve">Rīgas iela 51 - 14, Jūrmala </t>
   </si>
   <si>
     <t>Pļaviņu iela 25 - 73, Rīga</t>
   </si>
   <si>
     <t>Tālr. 28949344; e-pasts: cityfruits@inbox.lv</t>
   </si>
   <si>
     <t>77/2025</t>
   </si>
   <si>
-    <t>Polija (1.C) - 18.09.2025</t>
+    <t>Polija (1.C) - 18.09.2025.</t>
+  </si>
+  <si>
+    <t>LeadStaff</t>
+  </si>
+  <si>
+    <t>"Cekule 137/139", Salaspils pag., Salaspils nov.</t>
+  </si>
+  <si>
+    <t>Braslas iela 20 (406 kabinets), Rīga</t>
+  </si>
+  <si>
+    <t>Tālr. 29940569; e-pasts: leadstaff2025@gmail.com, biroja darba laiks: darba dienās no 9:00 - 17:00</t>
+  </si>
+  <si>
+    <t>79/2025</t>
+  </si>
+  <si>
+    <t>Latvija (2) - 08.10.2025.</t>
+  </si>
+  <si>
+    <t>Optima HR</t>
+  </si>
+  <si>
+    <t>Tālr. 25666657; info@optimahr.lv, biroja darba laiks: darba dienās, no plkst. 10.00 līdz plkst. 14.00</t>
+  </si>
+  <si>
+    <t>80/2025</t>
+  </si>
+  <si>
+    <t>Latvija, Lietuva, Polija (2) - 08.10.2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E.S. </t>
+  </si>
+  <si>
+    <t>Jaunā iela 17 - 10, Limbaži, Limbažu nov.</t>
+  </si>
+  <si>
+    <t>"Apakšstacija 1", Limbažu pag., Limbažu nov.</t>
+  </si>
+  <si>
+    <t>Tālr. 27867433; e-pasts: e.s.info@inbox.lv</t>
+  </si>
+  <si>
+    <t>81/2025</t>
+  </si>
+  <si>
+    <t>KANJON</t>
+  </si>
+  <si>
+    <t>Dzirnavu iela 57A - 4, Rīga</t>
+  </si>
+  <si>
+    <t>Tālr. 26877178; e-pasts: kanionlv@inbox.lv, biroja darba laiks: no 9.00 līdz 18.00</t>
+  </si>
+  <si>
+    <t>82/2025</t>
+  </si>
+  <si>
+    <t>Latvija, Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Horvātija, Igaunija, Īrija, Itālija, Kipra, Lietuva, Luksemburga, Malta, Nīderlande, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Ungārija, Vācija, Zviedrija, Islande, Lihtenšteina, Norvēģija, Šveice, Moldova, Uzbekistāna, Tadžikistāna, Ukraina (2) - 08.10.2025.</t>
+  </si>
+  <si>
+    <t>Universify</t>
+  </si>
+  <si>
+    <t>Garozes iela 19 - 31, Rīga</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tālr. 29184154; e-pasts: info@u-recruit.lv; mājas lapa adrese:    www.u-recruit.lv; biroja darba laiks no plkst. 12.00 līdz 16.00. </t>
+  </si>
+  <si>
+    <t>83/2025</t>
+  </si>
+  <si>
+    <t>Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Horvātija, Īrija, Itālija, Igaunija, Islande, Kipra, Latvija, Lietuva, Luksemburga, Lihtenšteina, Malta, Norvēgija, Nīderlande, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Ungārija, Vācija Zviedrija (2) - 10.10.2025.</t>
+  </si>
+  <si>
+    <t>Diamond Logistic</t>
+  </si>
+  <si>
+    <t>Tālr. 24500059; e-pasts: info@diamondlog.eu; biroja darba laiks no plkst. 10.00 līdz 17.00</t>
+  </si>
+  <si>
+    <t>84/2025</t>
+  </si>
+  <si>
+    <t>Vācija (2) - 23.10.2025.</t>
+  </si>
+  <si>
+    <t>IGJ&amp;CO</t>
+  </si>
+  <si>
+    <t>Lāčplēša iela 15 - 65, Aizkraukle, Aizkraukles nov.</t>
+  </si>
+  <si>
+    <t>Tālr. 22558712; e-pasts: igj.co.sia@gmail.com; biroja darba laiks: pirmdiena - piektdiena, no plkst. 9:00 līdz 17:00</t>
+  </si>
+  <si>
+    <t>85/2025</t>
+  </si>
+  <si>
+    <t>Latvija (2) - 23.10.2025.</t>
+  </si>
+  <si>
+    <t>LATKO BŪVE</t>
+  </si>
+  <si>
+    <t>Tirgoņu iela 13, Vaiņode, Vaiņodes pag., Dienvidkurzemes nov.</t>
+  </si>
+  <si>
+    <t>Meistaru iela 5, Valdlauči, Ķekavas pag., Ķekavas nov.</t>
+  </si>
+  <si>
+    <t>Tālr. 22156600; latko_buve@inbox.lv</t>
+  </si>
+  <si>
+    <t>86/2025</t>
+  </si>
+  <si>
+    <t>Latvija, Lietuva, Igaunija, Somija, Zviedrija, Norvēgija, Dānija, Holande, Vācija, Francija, Itālija, Šveice, Beļģija (2) - 23.10.2025.</t>
+  </si>
+  <si>
+    <t>KOMODO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Akmeņu iela 29, Ogre, Ogres nov. </t>
+  </si>
+  <si>
+    <t>Tālr. 29218977; komodo@darbarokas.lv; biroja darba laiks: darba dienās 10:00 - 17:00.</t>
+  </si>
+  <si>
+    <t>87/2025</t>
+  </si>
+  <si>
+    <t>Latvija, Apvienotā Karaliste, Austrija, Beļģija, Čehija, Dānija, Francija, Grieķija, Horvātija, Igaunija, Itālija, Īrija, Islande, Lietuva, Lihtenšteina, Nīderlande, Norvēģija, Polija, Portugāle, Slovākija, Slovēnija, Somija, Spānija, Šveice, Vācija, Zviedrija (2) - 24.10.2025.</t>
+  </si>
+  <si>
+    <t>Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Horvātija, Igaunija, Itālija, Īrija, Kipra, Luksemburga, Malta, Nīderlande, Norvēģija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Šveice, Ungārija, Vācija, Zviedrija (1.c) - 25.08.2021.;
+Amerikas Savienotās valstis, Kanāda, Lielbritānija, Lietuva  (1.C) - 27.07.2022.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="13">
+  <fonts count="11">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="BaltOptima"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
-      <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
-      <color theme="1"/>
-[...6 lines deleted...]
-      <color indexed="8"/>
+      <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
-      <color theme="0" tint="-0.14999847407452621"/>
+      <color rgb="FFD9D9D9"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <charset val="186"/>
-[...6 lines deleted...]
-      <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
-      <color theme="1"/>
+      <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
-    </font>
-[...6 lines deleted...]
-      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="6" tint="0.79998168889431442"/>
-        <bgColor indexed="64"/>
+        <fgColor rgb="FFEBF1DE"/>
+        <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.14999847407452621"/>
-        <bgColor indexed="64"/>
+        <fgColor rgb="FFD9D9D9"/>
+        <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor indexed="47"/>
-        <bgColor indexed="64"/>
+        <fgColor rgb="FFFFCC99"/>
+        <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
-        <bgColor indexed="64"/>
+        <fgColor rgb="FFFFFFFF"/>
+        <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="9">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
-        <color indexed="55"/>
+        <color rgb="FF969696"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
-        <color indexed="55"/>
+        <color rgb="FF969696"/>
       </top>
       <bottom style="thin">
-        <color indexed="55"/>
+        <color rgb="FF969696"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color theme="0" tint="-0.34998626667073579"/>
+        <color rgb="FFA6A6A6"/>
       </left>
       <right style="thin">
-        <color theme="0" tint="-0.34998626667073579"/>
+        <color rgb="FFA6A6A6"/>
       </right>
       <top style="thin">
-        <color theme="0" tint="-0.34998626667073579"/>
+        <color rgb="FFA6A6A6"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color theme="0" tint="-0.34998626667073579"/>
+        <color rgb="FFA6A6A6"/>
       </left>
       <right style="thin">
-        <color theme="0" tint="-0.34998626667073579"/>
+        <color rgb="FFA6A6A6"/>
       </right>
       <top style="thin">
-        <color theme="0" tint="-0.34998626667073579"/>
+        <color rgb="FFA6A6A6"/>
       </top>
       <bottom style="thin">
-        <color theme="0" tint="-0.34998626667073579"/>
+        <color rgb="FFA6A6A6"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color theme="0" tint="-0.34998626667073579"/>
+        <color rgb="FFA6A6A6"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
-        <color theme="0" tint="-0.34998626667073579"/>
+        <color rgb="FFA6A6A6"/>
       </top>
       <bottom style="thin">
-        <color theme="0" tint="-0.34998626667073579"/>
+        <color rgb="FFA6A6A6"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="71">
+  <cellXfs count="64">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="4" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="4" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="0" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="5" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="8" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="8" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="8" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="0" borderId="8" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="5" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="8" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="8" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="5" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="8" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="8" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="8" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="14" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1"/>
-[...16 lines deleted...]
-    <xf numFmtId="14" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
-    </xf>
-[...26 lines deleted...]
-      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2 3" xfId="3" xr:uid="{D0EB9490-55C2-4C90-84F9-088DF0060E0C}"/>
-[...1 lines deleted...]
-    <cellStyle name="Parasts 2" xfId="2" xr:uid="{F715A8BF-12C4-4D6D-89ED-D25C78F1051B}"/>
+    <cellStyle name="Normal 2 3" xfId="3" xr:uid="{CEBA7578-59B2-4647-8F13-60EB332F5D6A}"/>
+    <cellStyle name="Normal 6" xfId="1" xr:uid="{37259120-88D8-4AF6-9BF0-FAB1139B0DEF}"/>
+    <cellStyle name="Parasts 2" xfId="2" xr:uid="{AEE5A752-39BE-4DEF-B3D2-ECFE3B8E847C}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -7355,13272 +7356,13382 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@qbis.lv" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:K387"/>
+  <dimension ref="A1:K388"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A127" workbookViewId="0">
-      <selection activeCell="C367" sqref="C367"/>
+    <sheetView tabSelected="1" topLeftCell="A376" workbookViewId="0">
+      <selection activeCell="B358" sqref="B358"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="4.7109375" customWidth="1"/>
-[...512 lines deleted...]
-    <col min="16128" max="16128" width="45.5703125" customWidth="1"/>
+    <col min="1" max="1" width="4.7109375" style="5" customWidth="1"/>
+    <col min="2" max="2" width="29" style="56" customWidth="1"/>
+    <col min="3" max="3" width="16.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="4" max="5" width="31.42578125" style="56" customWidth="1"/>
+    <col min="6" max="6" width="37.42578125" style="56" customWidth="1"/>
+    <col min="7" max="7" width="12.28515625" style="56" customWidth="1"/>
+    <col min="8" max="8" width="14" style="56" customWidth="1"/>
+    <col min="9" max="9" width="19.5703125" style="5" customWidth="1"/>
+    <col min="10" max="10" width="11.140625" style="53" customWidth="1"/>
+    <col min="11" max="11" width="71.5703125" style="54" customWidth="1"/>
+    <col min="12" max="247" width="9.140625" style="5"/>
+    <col min="248" max="248" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="249" max="249" width="20" style="5" customWidth="1"/>
+    <col min="250" max="250" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="251" max="251" width="39.5703125" style="5" customWidth="1"/>
+    <col min="252" max="252" width="37.42578125" style="5" customWidth="1"/>
+    <col min="253" max="254" width="34.7109375" style="5" customWidth="1"/>
+    <col min="255" max="255" width="71.5703125" style="5" customWidth="1"/>
+    <col min="256" max="256" width="45.5703125" style="5" customWidth="1"/>
+    <col min="257" max="503" width="9.140625" style="5"/>
+    <col min="504" max="504" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="505" max="505" width="20" style="5" customWidth="1"/>
+    <col min="506" max="506" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="507" max="507" width="39.5703125" style="5" customWidth="1"/>
+    <col min="508" max="508" width="37.42578125" style="5" customWidth="1"/>
+    <col min="509" max="510" width="34.7109375" style="5" customWidth="1"/>
+    <col min="511" max="511" width="71.5703125" style="5" customWidth="1"/>
+    <col min="512" max="512" width="45.5703125" style="5" customWidth="1"/>
+    <col min="513" max="759" width="9.140625" style="5"/>
+    <col min="760" max="760" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="761" max="761" width="20" style="5" customWidth="1"/>
+    <col min="762" max="762" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="763" max="763" width="39.5703125" style="5" customWidth="1"/>
+    <col min="764" max="764" width="37.42578125" style="5" customWidth="1"/>
+    <col min="765" max="766" width="34.7109375" style="5" customWidth="1"/>
+    <col min="767" max="767" width="71.5703125" style="5" customWidth="1"/>
+    <col min="768" max="768" width="45.5703125" style="5" customWidth="1"/>
+    <col min="769" max="1015" width="9.140625" style="5"/>
+    <col min="1016" max="1016" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="1017" max="1017" width="20" style="5" customWidth="1"/>
+    <col min="1018" max="1018" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="1019" max="1019" width="39.5703125" style="5" customWidth="1"/>
+    <col min="1020" max="1020" width="37.42578125" style="5" customWidth="1"/>
+    <col min="1021" max="1022" width="34.7109375" style="5" customWidth="1"/>
+    <col min="1023" max="1023" width="71.5703125" style="5" customWidth="1"/>
+    <col min="1024" max="1024" width="45.5703125" style="5" customWidth="1"/>
+    <col min="1025" max="1271" width="9.140625" style="5"/>
+    <col min="1272" max="1272" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="1273" max="1273" width="20" style="5" customWidth="1"/>
+    <col min="1274" max="1274" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="1275" max="1275" width="39.5703125" style="5" customWidth="1"/>
+    <col min="1276" max="1276" width="37.42578125" style="5" customWidth="1"/>
+    <col min="1277" max="1278" width="34.7109375" style="5" customWidth="1"/>
+    <col min="1279" max="1279" width="71.5703125" style="5" customWidth="1"/>
+    <col min="1280" max="1280" width="45.5703125" style="5" customWidth="1"/>
+    <col min="1281" max="1527" width="9.140625" style="5"/>
+    <col min="1528" max="1528" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="1529" max="1529" width="20" style="5" customWidth="1"/>
+    <col min="1530" max="1530" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="1531" max="1531" width="39.5703125" style="5" customWidth="1"/>
+    <col min="1532" max="1532" width="37.42578125" style="5" customWidth="1"/>
+    <col min="1533" max="1534" width="34.7109375" style="5" customWidth="1"/>
+    <col min="1535" max="1535" width="71.5703125" style="5" customWidth="1"/>
+    <col min="1536" max="1536" width="45.5703125" style="5" customWidth="1"/>
+    <col min="1537" max="1783" width="9.140625" style="5"/>
+    <col min="1784" max="1784" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="1785" max="1785" width="20" style="5" customWidth="1"/>
+    <col min="1786" max="1786" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="1787" max="1787" width="39.5703125" style="5" customWidth="1"/>
+    <col min="1788" max="1788" width="37.42578125" style="5" customWidth="1"/>
+    <col min="1789" max="1790" width="34.7109375" style="5" customWidth="1"/>
+    <col min="1791" max="1791" width="71.5703125" style="5" customWidth="1"/>
+    <col min="1792" max="1792" width="45.5703125" style="5" customWidth="1"/>
+    <col min="1793" max="2039" width="9.140625" style="5"/>
+    <col min="2040" max="2040" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="2041" max="2041" width="20" style="5" customWidth="1"/>
+    <col min="2042" max="2042" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="2043" max="2043" width="39.5703125" style="5" customWidth="1"/>
+    <col min="2044" max="2044" width="37.42578125" style="5" customWidth="1"/>
+    <col min="2045" max="2046" width="34.7109375" style="5" customWidth="1"/>
+    <col min="2047" max="2047" width="71.5703125" style="5" customWidth="1"/>
+    <col min="2048" max="2048" width="45.5703125" style="5" customWidth="1"/>
+    <col min="2049" max="2295" width="9.140625" style="5"/>
+    <col min="2296" max="2296" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="2297" max="2297" width="20" style="5" customWidth="1"/>
+    <col min="2298" max="2298" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="2299" max="2299" width="39.5703125" style="5" customWidth="1"/>
+    <col min="2300" max="2300" width="37.42578125" style="5" customWidth="1"/>
+    <col min="2301" max="2302" width="34.7109375" style="5" customWidth="1"/>
+    <col min="2303" max="2303" width="71.5703125" style="5" customWidth="1"/>
+    <col min="2304" max="2304" width="45.5703125" style="5" customWidth="1"/>
+    <col min="2305" max="2551" width="9.140625" style="5"/>
+    <col min="2552" max="2552" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="2553" max="2553" width="20" style="5" customWidth="1"/>
+    <col min="2554" max="2554" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="2555" max="2555" width="39.5703125" style="5" customWidth="1"/>
+    <col min="2556" max="2556" width="37.42578125" style="5" customWidth="1"/>
+    <col min="2557" max="2558" width="34.7109375" style="5" customWidth="1"/>
+    <col min="2559" max="2559" width="71.5703125" style="5" customWidth="1"/>
+    <col min="2560" max="2560" width="45.5703125" style="5" customWidth="1"/>
+    <col min="2561" max="2807" width="9.140625" style="5"/>
+    <col min="2808" max="2808" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="2809" max="2809" width="20" style="5" customWidth="1"/>
+    <col min="2810" max="2810" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="2811" max="2811" width="39.5703125" style="5" customWidth="1"/>
+    <col min="2812" max="2812" width="37.42578125" style="5" customWidth="1"/>
+    <col min="2813" max="2814" width="34.7109375" style="5" customWidth="1"/>
+    <col min="2815" max="2815" width="71.5703125" style="5" customWidth="1"/>
+    <col min="2816" max="2816" width="45.5703125" style="5" customWidth="1"/>
+    <col min="2817" max="3063" width="9.140625" style="5"/>
+    <col min="3064" max="3064" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="3065" max="3065" width="20" style="5" customWidth="1"/>
+    <col min="3066" max="3066" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="3067" max="3067" width="39.5703125" style="5" customWidth="1"/>
+    <col min="3068" max="3068" width="37.42578125" style="5" customWidth="1"/>
+    <col min="3069" max="3070" width="34.7109375" style="5" customWidth="1"/>
+    <col min="3071" max="3071" width="71.5703125" style="5" customWidth="1"/>
+    <col min="3072" max="3072" width="45.5703125" style="5" customWidth="1"/>
+    <col min="3073" max="3319" width="9.140625" style="5"/>
+    <col min="3320" max="3320" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="3321" max="3321" width="20" style="5" customWidth="1"/>
+    <col min="3322" max="3322" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="3323" max="3323" width="39.5703125" style="5" customWidth="1"/>
+    <col min="3324" max="3324" width="37.42578125" style="5" customWidth="1"/>
+    <col min="3325" max="3326" width="34.7109375" style="5" customWidth="1"/>
+    <col min="3327" max="3327" width="71.5703125" style="5" customWidth="1"/>
+    <col min="3328" max="3328" width="45.5703125" style="5" customWidth="1"/>
+    <col min="3329" max="3575" width="9.140625" style="5"/>
+    <col min="3576" max="3576" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="3577" max="3577" width="20" style="5" customWidth="1"/>
+    <col min="3578" max="3578" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="3579" max="3579" width="39.5703125" style="5" customWidth="1"/>
+    <col min="3580" max="3580" width="37.42578125" style="5" customWidth="1"/>
+    <col min="3581" max="3582" width="34.7109375" style="5" customWidth="1"/>
+    <col min="3583" max="3583" width="71.5703125" style="5" customWidth="1"/>
+    <col min="3584" max="3584" width="45.5703125" style="5" customWidth="1"/>
+    <col min="3585" max="3831" width="9.140625" style="5"/>
+    <col min="3832" max="3832" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="3833" max="3833" width="20" style="5" customWidth="1"/>
+    <col min="3834" max="3834" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="3835" max="3835" width="39.5703125" style="5" customWidth="1"/>
+    <col min="3836" max="3836" width="37.42578125" style="5" customWidth="1"/>
+    <col min="3837" max="3838" width="34.7109375" style="5" customWidth="1"/>
+    <col min="3839" max="3839" width="71.5703125" style="5" customWidth="1"/>
+    <col min="3840" max="3840" width="45.5703125" style="5" customWidth="1"/>
+    <col min="3841" max="4087" width="9.140625" style="5"/>
+    <col min="4088" max="4088" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="4089" max="4089" width="20" style="5" customWidth="1"/>
+    <col min="4090" max="4090" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="4091" max="4091" width="39.5703125" style="5" customWidth="1"/>
+    <col min="4092" max="4092" width="37.42578125" style="5" customWidth="1"/>
+    <col min="4093" max="4094" width="34.7109375" style="5" customWidth="1"/>
+    <col min="4095" max="4095" width="71.5703125" style="5" customWidth="1"/>
+    <col min="4096" max="4096" width="45.5703125" style="5" customWidth="1"/>
+    <col min="4097" max="4343" width="9.140625" style="5"/>
+    <col min="4344" max="4344" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="4345" max="4345" width="20" style="5" customWidth="1"/>
+    <col min="4346" max="4346" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="4347" max="4347" width="39.5703125" style="5" customWidth="1"/>
+    <col min="4348" max="4348" width="37.42578125" style="5" customWidth="1"/>
+    <col min="4349" max="4350" width="34.7109375" style="5" customWidth="1"/>
+    <col min="4351" max="4351" width="71.5703125" style="5" customWidth="1"/>
+    <col min="4352" max="4352" width="45.5703125" style="5" customWidth="1"/>
+    <col min="4353" max="4599" width="9.140625" style="5"/>
+    <col min="4600" max="4600" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="4601" max="4601" width="20" style="5" customWidth="1"/>
+    <col min="4602" max="4602" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="4603" max="4603" width="39.5703125" style="5" customWidth="1"/>
+    <col min="4604" max="4604" width="37.42578125" style="5" customWidth="1"/>
+    <col min="4605" max="4606" width="34.7109375" style="5" customWidth="1"/>
+    <col min="4607" max="4607" width="71.5703125" style="5" customWidth="1"/>
+    <col min="4608" max="4608" width="45.5703125" style="5" customWidth="1"/>
+    <col min="4609" max="4855" width="9.140625" style="5"/>
+    <col min="4856" max="4856" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="4857" max="4857" width="20" style="5" customWidth="1"/>
+    <col min="4858" max="4858" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="4859" max="4859" width="39.5703125" style="5" customWidth="1"/>
+    <col min="4860" max="4860" width="37.42578125" style="5" customWidth="1"/>
+    <col min="4861" max="4862" width="34.7109375" style="5" customWidth="1"/>
+    <col min="4863" max="4863" width="71.5703125" style="5" customWidth="1"/>
+    <col min="4864" max="4864" width="45.5703125" style="5" customWidth="1"/>
+    <col min="4865" max="5111" width="9.140625" style="5"/>
+    <col min="5112" max="5112" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="5113" max="5113" width="20" style="5" customWidth="1"/>
+    <col min="5114" max="5114" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="5115" max="5115" width="39.5703125" style="5" customWidth="1"/>
+    <col min="5116" max="5116" width="37.42578125" style="5" customWidth="1"/>
+    <col min="5117" max="5118" width="34.7109375" style="5" customWidth="1"/>
+    <col min="5119" max="5119" width="71.5703125" style="5" customWidth="1"/>
+    <col min="5120" max="5120" width="45.5703125" style="5" customWidth="1"/>
+    <col min="5121" max="5367" width="9.140625" style="5"/>
+    <col min="5368" max="5368" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="5369" max="5369" width="20" style="5" customWidth="1"/>
+    <col min="5370" max="5370" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="5371" max="5371" width="39.5703125" style="5" customWidth="1"/>
+    <col min="5372" max="5372" width="37.42578125" style="5" customWidth="1"/>
+    <col min="5373" max="5374" width="34.7109375" style="5" customWidth="1"/>
+    <col min="5375" max="5375" width="71.5703125" style="5" customWidth="1"/>
+    <col min="5376" max="5376" width="45.5703125" style="5" customWidth="1"/>
+    <col min="5377" max="5623" width="9.140625" style="5"/>
+    <col min="5624" max="5624" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="5625" max="5625" width="20" style="5" customWidth="1"/>
+    <col min="5626" max="5626" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="5627" max="5627" width="39.5703125" style="5" customWidth="1"/>
+    <col min="5628" max="5628" width="37.42578125" style="5" customWidth="1"/>
+    <col min="5629" max="5630" width="34.7109375" style="5" customWidth="1"/>
+    <col min="5631" max="5631" width="71.5703125" style="5" customWidth="1"/>
+    <col min="5632" max="5632" width="45.5703125" style="5" customWidth="1"/>
+    <col min="5633" max="5879" width="9.140625" style="5"/>
+    <col min="5880" max="5880" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="5881" max="5881" width="20" style="5" customWidth="1"/>
+    <col min="5882" max="5882" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="5883" max="5883" width="39.5703125" style="5" customWidth="1"/>
+    <col min="5884" max="5884" width="37.42578125" style="5" customWidth="1"/>
+    <col min="5885" max="5886" width="34.7109375" style="5" customWidth="1"/>
+    <col min="5887" max="5887" width="71.5703125" style="5" customWidth="1"/>
+    <col min="5888" max="5888" width="45.5703125" style="5" customWidth="1"/>
+    <col min="5889" max="6135" width="9.140625" style="5"/>
+    <col min="6136" max="6136" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="6137" max="6137" width="20" style="5" customWidth="1"/>
+    <col min="6138" max="6138" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="6139" max="6139" width="39.5703125" style="5" customWidth="1"/>
+    <col min="6140" max="6140" width="37.42578125" style="5" customWidth="1"/>
+    <col min="6141" max="6142" width="34.7109375" style="5" customWidth="1"/>
+    <col min="6143" max="6143" width="71.5703125" style="5" customWidth="1"/>
+    <col min="6144" max="6144" width="45.5703125" style="5" customWidth="1"/>
+    <col min="6145" max="6391" width="9.140625" style="5"/>
+    <col min="6392" max="6392" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="6393" max="6393" width="20" style="5" customWidth="1"/>
+    <col min="6394" max="6394" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="6395" max="6395" width="39.5703125" style="5" customWidth="1"/>
+    <col min="6396" max="6396" width="37.42578125" style="5" customWidth="1"/>
+    <col min="6397" max="6398" width="34.7109375" style="5" customWidth="1"/>
+    <col min="6399" max="6399" width="71.5703125" style="5" customWidth="1"/>
+    <col min="6400" max="6400" width="45.5703125" style="5" customWidth="1"/>
+    <col min="6401" max="6647" width="9.140625" style="5"/>
+    <col min="6648" max="6648" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="6649" max="6649" width="20" style="5" customWidth="1"/>
+    <col min="6650" max="6650" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="6651" max="6651" width="39.5703125" style="5" customWidth="1"/>
+    <col min="6652" max="6652" width="37.42578125" style="5" customWidth="1"/>
+    <col min="6653" max="6654" width="34.7109375" style="5" customWidth="1"/>
+    <col min="6655" max="6655" width="71.5703125" style="5" customWidth="1"/>
+    <col min="6656" max="6656" width="45.5703125" style="5" customWidth="1"/>
+    <col min="6657" max="6903" width="9.140625" style="5"/>
+    <col min="6904" max="6904" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="6905" max="6905" width="20" style="5" customWidth="1"/>
+    <col min="6906" max="6906" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="6907" max="6907" width="39.5703125" style="5" customWidth="1"/>
+    <col min="6908" max="6908" width="37.42578125" style="5" customWidth="1"/>
+    <col min="6909" max="6910" width="34.7109375" style="5" customWidth="1"/>
+    <col min="6911" max="6911" width="71.5703125" style="5" customWidth="1"/>
+    <col min="6912" max="6912" width="45.5703125" style="5" customWidth="1"/>
+    <col min="6913" max="7159" width="9.140625" style="5"/>
+    <col min="7160" max="7160" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="7161" max="7161" width="20" style="5" customWidth="1"/>
+    <col min="7162" max="7162" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="7163" max="7163" width="39.5703125" style="5" customWidth="1"/>
+    <col min="7164" max="7164" width="37.42578125" style="5" customWidth="1"/>
+    <col min="7165" max="7166" width="34.7109375" style="5" customWidth="1"/>
+    <col min="7167" max="7167" width="71.5703125" style="5" customWidth="1"/>
+    <col min="7168" max="7168" width="45.5703125" style="5" customWidth="1"/>
+    <col min="7169" max="7415" width="9.140625" style="5"/>
+    <col min="7416" max="7416" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="7417" max="7417" width="20" style="5" customWidth="1"/>
+    <col min="7418" max="7418" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="7419" max="7419" width="39.5703125" style="5" customWidth="1"/>
+    <col min="7420" max="7420" width="37.42578125" style="5" customWidth="1"/>
+    <col min="7421" max="7422" width="34.7109375" style="5" customWidth="1"/>
+    <col min="7423" max="7423" width="71.5703125" style="5" customWidth="1"/>
+    <col min="7424" max="7424" width="45.5703125" style="5" customWidth="1"/>
+    <col min="7425" max="7671" width="9.140625" style="5"/>
+    <col min="7672" max="7672" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="7673" max="7673" width="20" style="5" customWidth="1"/>
+    <col min="7674" max="7674" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="7675" max="7675" width="39.5703125" style="5" customWidth="1"/>
+    <col min="7676" max="7676" width="37.42578125" style="5" customWidth="1"/>
+    <col min="7677" max="7678" width="34.7109375" style="5" customWidth="1"/>
+    <col min="7679" max="7679" width="71.5703125" style="5" customWidth="1"/>
+    <col min="7680" max="7680" width="45.5703125" style="5" customWidth="1"/>
+    <col min="7681" max="7927" width="9.140625" style="5"/>
+    <col min="7928" max="7928" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="7929" max="7929" width="20" style="5" customWidth="1"/>
+    <col min="7930" max="7930" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="7931" max="7931" width="39.5703125" style="5" customWidth="1"/>
+    <col min="7932" max="7932" width="37.42578125" style="5" customWidth="1"/>
+    <col min="7933" max="7934" width="34.7109375" style="5" customWidth="1"/>
+    <col min="7935" max="7935" width="71.5703125" style="5" customWidth="1"/>
+    <col min="7936" max="7936" width="45.5703125" style="5" customWidth="1"/>
+    <col min="7937" max="8183" width="9.140625" style="5"/>
+    <col min="8184" max="8184" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="8185" max="8185" width="20" style="5" customWidth="1"/>
+    <col min="8186" max="8186" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="8187" max="8187" width="39.5703125" style="5" customWidth="1"/>
+    <col min="8188" max="8188" width="37.42578125" style="5" customWidth="1"/>
+    <col min="8189" max="8190" width="34.7109375" style="5" customWidth="1"/>
+    <col min="8191" max="8191" width="71.5703125" style="5" customWidth="1"/>
+    <col min="8192" max="8192" width="45.5703125" style="5" customWidth="1"/>
+    <col min="8193" max="8439" width="9.140625" style="5"/>
+    <col min="8440" max="8440" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="8441" max="8441" width="20" style="5" customWidth="1"/>
+    <col min="8442" max="8442" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="8443" max="8443" width="39.5703125" style="5" customWidth="1"/>
+    <col min="8444" max="8444" width="37.42578125" style="5" customWidth="1"/>
+    <col min="8445" max="8446" width="34.7109375" style="5" customWidth="1"/>
+    <col min="8447" max="8447" width="71.5703125" style="5" customWidth="1"/>
+    <col min="8448" max="8448" width="45.5703125" style="5" customWidth="1"/>
+    <col min="8449" max="8695" width="9.140625" style="5"/>
+    <col min="8696" max="8696" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="8697" max="8697" width="20" style="5" customWidth="1"/>
+    <col min="8698" max="8698" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="8699" max="8699" width="39.5703125" style="5" customWidth="1"/>
+    <col min="8700" max="8700" width="37.42578125" style="5" customWidth="1"/>
+    <col min="8701" max="8702" width="34.7109375" style="5" customWidth="1"/>
+    <col min="8703" max="8703" width="71.5703125" style="5" customWidth="1"/>
+    <col min="8704" max="8704" width="45.5703125" style="5" customWidth="1"/>
+    <col min="8705" max="8951" width="9.140625" style="5"/>
+    <col min="8952" max="8952" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="8953" max="8953" width="20" style="5" customWidth="1"/>
+    <col min="8954" max="8954" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="8955" max="8955" width="39.5703125" style="5" customWidth="1"/>
+    <col min="8956" max="8956" width="37.42578125" style="5" customWidth="1"/>
+    <col min="8957" max="8958" width="34.7109375" style="5" customWidth="1"/>
+    <col min="8959" max="8959" width="71.5703125" style="5" customWidth="1"/>
+    <col min="8960" max="8960" width="45.5703125" style="5" customWidth="1"/>
+    <col min="8961" max="9207" width="9.140625" style="5"/>
+    <col min="9208" max="9208" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="9209" max="9209" width="20" style="5" customWidth="1"/>
+    <col min="9210" max="9210" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="9211" max="9211" width="39.5703125" style="5" customWidth="1"/>
+    <col min="9212" max="9212" width="37.42578125" style="5" customWidth="1"/>
+    <col min="9213" max="9214" width="34.7109375" style="5" customWidth="1"/>
+    <col min="9215" max="9215" width="71.5703125" style="5" customWidth="1"/>
+    <col min="9216" max="9216" width="45.5703125" style="5" customWidth="1"/>
+    <col min="9217" max="9463" width="9.140625" style="5"/>
+    <col min="9464" max="9464" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="9465" max="9465" width="20" style="5" customWidth="1"/>
+    <col min="9466" max="9466" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="9467" max="9467" width="39.5703125" style="5" customWidth="1"/>
+    <col min="9468" max="9468" width="37.42578125" style="5" customWidth="1"/>
+    <col min="9469" max="9470" width="34.7109375" style="5" customWidth="1"/>
+    <col min="9471" max="9471" width="71.5703125" style="5" customWidth="1"/>
+    <col min="9472" max="9472" width="45.5703125" style="5" customWidth="1"/>
+    <col min="9473" max="9719" width="9.140625" style="5"/>
+    <col min="9720" max="9720" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="9721" max="9721" width="20" style="5" customWidth="1"/>
+    <col min="9722" max="9722" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="9723" max="9723" width="39.5703125" style="5" customWidth="1"/>
+    <col min="9724" max="9724" width="37.42578125" style="5" customWidth="1"/>
+    <col min="9725" max="9726" width="34.7109375" style="5" customWidth="1"/>
+    <col min="9727" max="9727" width="71.5703125" style="5" customWidth="1"/>
+    <col min="9728" max="9728" width="45.5703125" style="5" customWidth="1"/>
+    <col min="9729" max="9975" width="9.140625" style="5"/>
+    <col min="9976" max="9976" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="9977" max="9977" width="20" style="5" customWidth="1"/>
+    <col min="9978" max="9978" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="9979" max="9979" width="39.5703125" style="5" customWidth="1"/>
+    <col min="9980" max="9980" width="37.42578125" style="5" customWidth="1"/>
+    <col min="9981" max="9982" width="34.7109375" style="5" customWidth="1"/>
+    <col min="9983" max="9983" width="71.5703125" style="5" customWidth="1"/>
+    <col min="9984" max="9984" width="45.5703125" style="5" customWidth="1"/>
+    <col min="9985" max="10231" width="9.140625" style="5"/>
+    <col min="10232" max="10232" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="10233" max="10233" width="20" style="5" customWidth="1"/>
+    <col min="10234" max="10234" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="10235" max="10235" width="39.5703125" style="5" customWidth="1"/>
+    <col min="10236" max="10236" width="37.42578125" style="5" customWidth="1"/>
+    <col min="10237" max="10238" width="34.7109375" style="5" customWidth="1"/>
+    <col min="10239" max="10239" width="71.5703125" style="5" customWidth="1"/>
+    <col min="10240" max="10240" width="45.5703125" style="5" customWidth="1"/>
+    <col min="10241" max="10487" width="9.140625" style="5"/>
+    <col min="10488" max="10488" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="10489" max="10489" width="20" style="5" customWidth="1"/>
+    <col min="10490" max="10490" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="10491" max="10491" width="39.5703125" style="5" customWidth="1"/>
+    <col min="10492" max="10492" width="37.42578125" style="5" customWidth="1"/>
+    <col min="10493" max="10494" width="34.7109375" style="5" customWidth="1"/>
+    <col min="10495" max="10495" width="71.5703125" style="5" customWidth="1"/>
+    <col min="10496" max="10496" width="45.5703125" style="5" customWidth="1"/>
+    <col min="10497" max="10743" width="9.140625" style="5"/>
+    <col min="10744" max="10744" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="10745" max="10745" width="20" style="5" customWidth="1"/>
+    <col min="10746" max="10746" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="10747" max="10747" width="39.5703125" style="5" customWidth="1"/>
+    <col min="10748" max="10748" width="37.42578125" style="5" customWidth="1"/>
+    <col min="10749" max="10750" width="34.7109375" style="5" customWidth="1"/>
+    <col min="10751" max="10751" width="71.5703125" style="5" customWidth="1"/>
+    <col min="10752" max="10752" width="45.5703125" style="5" customWidth="1"/>
+    <col min="10753" max="10999" width="9.140625" style="5"/>
+    <col min="11000" max="11000" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="11001" max="11001" width="20" style="5" customWidth="1"/>
+    <col min="11002" max="11002" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="11003" max="11003" width="39.5703125" style="5" customWidth="1"/>
+    <col min="11004" max="11004" width="37.42578125" style="5" customWidth="1"/>
+    <col min="11005" max="11006" width="34.7109375" style="5" customWidth="1"/>
+    <col min="11007" max="11007" width="71.5703125" style="5" customWidth="1"/>
+    <col min="11008" max="11008" width="45.5703125" style="5" customWidth="1"/>
+    <col min="11009" max="11255" width="9.140625" style="5"/>
+    <col min="11256" max="11256" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="11257" max="11257" width="20" style="5" customWidth="1"/>
+    <col min="11258" max="11258" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="11259" max="11259" width="39.5703125" style="5" customWidth="1"/>
+    <col min="11260" max="11260" width="37.42578125" style="5" customWidth="1"/>
+    <col min="11261" max="11262" width="34.7109375" style="5" customWidth="1"/>
+    <col min="11263" max="11263" width="71.5703125" style="5" customWidth="1"/>
+    <col min="11264" max="11264" width="45.5703125" style="5" customWidth="1"/>
+    <col min="11265" max="11511" width="9.140625" style="5"/>
+    <col min="11512" max="11512" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="11513" max="11513" width="20" style="5" customWidth="1"/>
+    <col min="11514" max="11514" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="11515" max="11515" width="39.5703125" style="5" customWidth="1"/>
+    <col min="11516" max="11516" width="37.42578125" style="5" customWidth="1"/>
+    <col min="11517" max="11518" width="34.7109375" style="5" customWidth="1"/>
+    <col min="11519" max="11519" width="71.5703125" style="5" customWidth="1"/>
+    <col min="11520" max="11520" width="45.5703125" style="5" customWidth="1"/>
+    <col min="11521" max="11767" width="9.140625" style="5"/>
+    <col min="11768" max="11768" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="11769" max="11769" width="20" style="5" customWidth="1"/>
+    <col min="11770" max="11770" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="11771" max="11771" width="39.5703125" style="5" customWidth="1"/>
+    <col min="11772" max="11772" width="37.42578125" style="5" customWidth="1"/>
+    <col min="11773" max="11774" width="34.7109375" style="5" customWidth="1"/>
+    <col min="11775" max="11775" width="71.5703125" style="5" customWidth="1"/>
+    <col min="11776" max="11776" width="45.5703125" style="5" customWidth="1"/>
+    <col min="11777" max="12023" width="9.140625" style="5"/>
+    <col min="12024" max="12024" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="12025" max="12025" width="20" style="5" customWidth="1"/>
+    <col min="12026" max="12026" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="12027" max="12027" width="39.5703125" style="5" customWidth="1"/>
+    <col min="12028" max="12028" width="37.42578125" style="5" customWidth="1"/>
+    <col min="12029" max="12030" width="34.7109375" style="5" customWidth="1"/>
+    <col min="12031" max="12031" width="71.5703125" style="5" customWidth="1"/>
+    <col min="12032" max="12032" width="45.5703125" style="5" customWidth="1"/>
+    <col min="12033" max="12279" width="9.140625" style="5"/>
+    <col min="12280" max="12280" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="12281" max="12281" width="20" style="5" customWidth="1"/>
+    <col min="12282" max="12282" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="12283" max="12283" width="39.5703125" style="5" customWidth="1"/>
+    <col min="12284" max="12284" width="37.42578125" style="5" customWidth="1"/>
+    <col min="12285" max="12286" width="34.7109375" style="5" customWidth="1"/>
+    <col min="12287" max="12287" width="71.5703125" style="5" customWidth="1"/>
+    <col min="12288" max="12288" width="45.5703125" style="5" customWidth="1"/>
+    <col min="12289" max="12535" width="9.140625" style="5"/>
+    <col min="12536" max="12536" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="12537" max="12537" width="20" style="5" customWidth="1"/>
+    <col min="12538" max="12538" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="12539" max="12539" width="39.5703125" style="5" customWidth="1"/>
+    <col min="12540" max="12540" width="37.42578125" style="5" customWidth="1"/>
+    <col min="12541" max="12542" width="34.7109375" style="5" customWidth="1"/>
+    <col min="12543" max="12543" width="71.5703125" style="5" customWidth="1"/>
+    <col min="12544" max="12544" width="45.5703125" style="5" customWidth="1"/>
+    <col min="12545" max="12791" width="9.140625" style="5"/>
+    <col min="12792" max="12792" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="12793" max="12793" width="20" style="5" customWidth="1"/>
+    <col min="12794" max="12794" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="12795" max="12795" width="39.5703125" style="5" customWidth="1"/>
+    <col min="12796" max="12796" width="37.42578125" style="5" customWidth="1"/>
+    <col min="12797" max="12798" width="34.7109375" style="5" customWidth="1"/>
+    <col min="12799" max="12799" width="71.5703125" style="5" customWidth="1"/>
+    <col min="12800" max="12800" width="45.5703125" style="5" customWidth="1"/>
+    <col min="12801" max="13047" width="9.140625" style="5"/>
+    <col min="13048" max="13048" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="13049" max="13049" width="20" style="5" customWidth="1"/>
+    <col min="13050" max="13050" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="13051" max="13051" width="39.5703125" style="5" customWidth="1"/>
+    <col min="13052" max="13052" width="37.42578125" style="5" customWidth="1"/>
+    <col min="13053" max="13054" width="34.7109375" style="5" customWidth="1"/>
+    <col min="13055" max="13055" width="71.5703125" style="5" customWidth="1"/>
+    <col min="13056" max="13056" width="45.5703125" style="5" customWidth="1"/>
+    <col min="13057" max="13303" width="9.140625" style="5"/>
+    <col min="13304" max="13304" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="13305" max="13305" width="20" style="5" customWidth="1"/>
+    <col min="13306" max="13306" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="13307" max="13307" width="39.5703125" style="5" customWidth="1"/>
+    <col min="13308" max="13308" width="37.42578125" style="5" customWidth="1"/>
+    <col min="13309" max="13310" width="34.7109375" style="5" customWidth="1"/>
+    <col min="13311" max="13311" width="71.5703125" style="5" customWidth="1"/>
+    <col min="13312" max="13312" width="45.5703125" style="5" customWidth="1"/>
+    <col min="13313" max="13559" width="9.140625" style="5"/>
+    <col min="13560" max="13560" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="13561" max="13561" width="20" style="5" customWidth="1"/>
+    <col min="13562" max="13562" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="13563" max="13563" width="39.5703125" style="5" customWidth="1"/>
+    <col min="13564" max="13564" width="37.42578125" style="5" customWidth="1"/>
+    <col min="13565" max="13566" width="34.7109375" style="5" customWidth="1"/>
+    <col min="13567" max="13567" width="71.5703125" style="5" customWidth="1"/>
+    <col min="13568" max="13568" width="45.5703125" style="5" customWidth="1"/>
+    <col min="13569" max="13815" width="9.140625" style="5"/>
+    <col min="13816" max="13816" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="13817" max="13817" width="20" style="5" customWidth="1"/>
+    <col min="13818" max="13818" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="13819" max="13819" width="39.5703125" style="5" customWidth="1"/>
+    <col min="13820" max="13820" width="37.42578125" style="5" customWidth="1"/>
+    <col min="13821" max="13822" width="34.7109375" style="5" customWidth="1"/>
+    <col min="13823" max="13823" width="71.5703125" style="5" customWidth="1"/>
+    <col min="13824" max="13824" width="45.5703125" style="5" customWidth="1"/>
+    <col min="13825" max="14071" width="9.140625" style="5"/>
+    <col min="14072" max="14072" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="14073" max="14073" width="20" style="5" customWidth="1"/>
+    <col min="14074" max="14074" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="14075" max="14075" width="39.5703125" style="5" customWidth="1"/>
+    <col min="14076" max="14076" width="37.42578125" style="5" customWidth="1"/>
+    <col min="14077" max="14078" width="34.7109375" style="5" customWidth="1"/>
+    <col min="14079" max="14079" width="71.5703125" style="5" customWidth="1"/>
+    <col min="14080" max="14080" width="45.5703125" style="5" customWidth="1"/>
+    <col min="14081" max="14327" width="9.140625" style="5"/>
+    <col min="14328" max="14328" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="14329" max="14329" width="20" style="5" customWidth="1"/>
+    <col min="14330" max="14330" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="14331" max="14331" width="39.5703125" style="5" customWidth="1"/>
+    <col min="14332" max="14332" width="37.42578125" style="5" customWidth="1"/>
+    <col min="14333" max="14334" width="34.7109375" style="5" customWidth="1"/>
+    <col min="14335" max="14335" width="71.5703125" style="5" customWidth="1"/>
+    <col min="14336" max="14336" width="45.5703125" style="5" customWidth="1"/>
+    <col min="14337" max="14583" width="9.140625" style="5"/>
+    <col min="14584" max="14584" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="14585" max="14585" width="20" style="5" customWidth="1"/>
+    <col min="14586" max="14586" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="14587" max="14587" width="39.5703125" style="5" customWidth="1"/>
+    <col min="14588" max="14588" width="37.42578125" style="5" customWidth="1"/>
+    <col min="14589" max="14590" width="34.7109375" style="5" customWidth="1"/>
+    <col min="14591" max="14591" width="71.5703125" style="5" customWidth="1"/>
+    <col min="14592" max="14592" width="45.5703125" style="5" customWidth="1"/>
+    <col min="14593" max="14839" width="9.140625" style="5"/>
+    <col min="14840" max="14840" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="14841" max="14841" width="20" style="5" customWidth="1"/>
+    <col min="14842" max="14842" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="14843" max="14843" width="39.5703125" style="5" customWidth="1"/>
+    <col min="14844" max="14844" width="37.42578125" style="5" customWidth="1"/>
+    <col min="14845" max="14846" width="34.7109375" style="5" customWidth="1"/>
+    <col min="14847" max="14847" width="71.5703125" style="5" customWidth="1"/>
+    <col min="14848" max="14848" width="45.5703125" style="5" customWidth="1"/>
+    <col min="14849" max="15095" width="9.140625" style="5"/>
+    <col min="15096" max="15096" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="15097" max="15097" width="20" style="5" customWidth="1"/>
+    <col min="15098" max="15098" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="15099" max="15099" width="39.5703125" style="5" customWidth="1"/>
+    <col min="15100" max="15100" width="37.42578125" style="5" customWidth="1"/>
+    <col min="15101" max="15102" width="34.7109375" style="5" customWidth="1"/>
+    <col min="15103" max="15103" width="71.5703125" style="5" customWidth="1"/>
+    <col min="15104" max="15104" width="45.5703125" style="5" customWidth="1"/>
+    <col min="15105" max="15351" width="9.140625" style="5"/>
+    <col min="15352" max="15352" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="15353" max="15353" width="20" style="5" customWidth="1"/>
+    <col min="15354" max="15354" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="15355" max="15355" width="39.5703125" style="5" customWidth="1"/>
+    <col min="15356" max="15356" width="37.42578125" style="5" customWidth="1"/>
+    <col min="15357" max="15358" width="34.7109375" style="5" customWidth="1"/>
+    <col min="15359" max="15359" width="71.5703125" style="5" customWidth="1"/>
+    <col min="15360" max="15360" width="45.5703125" style="5" customWidth="1"/>
+    <col min="15361" max="15607" width="9.140625" style="5"/>
+    <col min="15608" max="15608" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="15609" max="15609" width="20" style="5" customWidth="1"/>
+    <col min="15610" max="15610" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="15611" max="15611" width="39.5703125" style="5" customWidth="1"/>
+    <col min="15612" max="15612" width="37.42578125" style="5" customWidth="1"/>
+    <col min="15613" max="15614" width="34.7109375" style="5" customWidth="1"/>
+    <col min="15615" max="15615" width="71.5703125" style="5" customWidth="1"/>
+    <col min="15616" max="15616" width="45.5703125" style="5" customWidth="1"/>
+    <col min="15617" max="15863" width="9.140625" style="5"/>
+    <col min="15864" max="15864" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="15865" max="15865" width="20" style="5" customWidth="1"/>
+    <col min="15866" max="15866" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="15867" max="15867" width="39.5703125" style="5" customWidth="1"/>
+    <col min="15868" max="15868" width="37.42578125" style="5" customWidth="1"/>
+    <col min="15869" max="15870" width="34.7109375" style="5" customWidth="1"/>
+    <col min="15871" max="15871" width="71.5703125" style="5" customWidth="1"/>
+    <col min="15872" max="15872" width="45.5703125" style="5" customWidth="1"/>
+    <col min="15873" max="16119" width="9.140625" style="5"/>
+    <col min="16120" max="16120" width="36.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="16121" max="16121" width="20" style="5" customWidth="1"/>
+    <col min="16122" max="16122" width="43.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="16123" max="16123" width="39.5703125" style="5" customWidth="1"/>
+    <col min="16124" max="16124" width="37.42578125" style="5" customWidth="1"/>
+    <col min="16125" max="16126" width="34.7109375" style="5" customWidth="1"/>
+    <col min="16127" max="16127" width="71.5703125" style="5" customWidth="1"/>
+    <col min="16128" max="16128" width="45.5703125" style="5" customWidth="1"/>
+    <col min="16129" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="27.95" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
-      <c r="C1" s="2"/>
+      <c r="C1" s="3"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
-      <c r="I1" s="2"/>
+      <c r="I1" s="3"/>
       <c r="J1" s="2"/>
-      <c r="K1" s="3"/>
+      <c r="K1" s="4"/>
     </row>
     <row r="2" spans="1:11" ht="30" customHeight="1">
-      <c r="A2" s="4" t="s">
+      <c r="A2" s="6" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="5" t="s">
+      <c r="B2" s="7" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="6" t="s">
+      <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="7" t="s">
+      <c r="D2" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="7" t="s">
+      <c r="E2" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="7" t="s">
+      <c r="F2" s="9" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="8" t="s">
+      <c r="G2" s="10" t="s">
         <v>7</v>
       </c>
-      <c r="H2" s="7" t="s">
+      <c r="H2" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="I2" s="7" t="s">
+      <c r="I2" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="J2" s="7" t="s">
+      <c r="J2" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="K2" s="9" t="s">
+      <c r="K2" s="11" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:11" ht="22.5">
-      <c r="A3" s="10">
+      <c r="A3" s="12">
         <v>1</v>
       </c>
-      <c r="B3" s="11" t="s">
+      <c r="B3" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="C3" s="12" t="s">
+      <c r="C3" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="D3" s="12" t="s">
+      <c r="D3" s="14" t="s">
         <v>14</v>
       </c>
-      <c r="E3" s="12" t="s">
+      <c r="E3" s="14" t="s">
         <v>15</v>
       </c>
-      <c r="F3" s="12" t="s">
+      <c r="F3" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="G3" s="12" t="s">
+      <c r="G3" s="14" t="s">
         <v>17</v>
       </c>
-      <c r="H3" s="13">
+      <c r="H3" s="15">
         <v>43808</v>
       </c>
-      <c r="I3" s="12"/>
-[...3 lines deleted...]
-      <c r="K3" s="12" t="s">
+      <c r="I3" s="14"/>
+      <c r="J3" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K3" s="14" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:11" ht="45">
-      <c r="A4" s="10">
+      <c r="A4" s="12">
         <v>2</v>
       </c>
-      <c r="B4" s="14" t="s">
+      <c r="B4" s="16" t="s">
         <v>19</v>
       </c>
-      <c r="C4" s="12" t="s">
+      <c r="C4" s="14" t="s">
         <v>20</v>
       </c>
-      <c r="D4" s="12" t="s">
+      <c r="D4" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="E4" s="12" t="s">
+      <c r="E4" s="14" t="s">
         <v>22</v>
       </c>
-      <c r="F4" s="12" t="s">
+      <c r="F4" s="14" t="s">
         <v>23</v>
       </c>
-      <c r="G4" s="12" t="s">
+      <c r="G4" s="14" t="s">
         <v>24</v>
       </c>
-      <c r="H4" s="13">
+      <c r="H4" s="15">
         <v>43276</v>
       </c>
-      <c r="I4" s="12"/>
-[...3 lines deleted...]
-      <c r="K4" s="12" t="s">
+      <c r="I4" s="14"/>
+      <c r="J4" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K4" s="14" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="33.75">
-      <c r="A5" s="10">
+      <c r="A5" s="12">
         <v>3</v>
       </c>
-      <c r="B5" s="14" t="s">
+      <c r="B5" s="16" t="s">
         <v>26</v>
       </c>
-      <c r="C5" s="12" t="s">
+      <c r="C5" s="14" t="s">
         <v>27</v>
       </c>
-      <c r="D5" s="12" t="s">
+      <c r="D5" s="14" t="s">
         <v>28</v>
       </c>
-      <c r="E5" s="12" t="s">
+      <c r="E5" s="14" t="s">
         <v>28</v>
       </c>
-      <c r="F5" s="12" t="s">
+      <c r="F5" s="14" t="s">
         <v>29</v>
       </c>
-      <c r="G5" s="12" t="s">
+      <c r="G5" s="14" t="s">
         <v>30</v>
       </c>
-      <c r="H5" s="13">
+      <c r="H5" s="15">
         <v>43654</v>
       </c>
-      <c r="I5" s="12"/>
-[...3 lines deleted...]
-      <c r="K5" s="12" t="s">
+      <c r="I5" s="14"/>
+      <c r="J5" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K5" s="14" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:11" ht="22.5">
-      <c r="A6" s="10">
+      <c r="A6" s="12">
         <v>4</v>
       </c>
-      <c r="B6" s="14" t="s">
+      <c r="B6" s="16" t="s">
         <v>32</v>
       </c>
-      <c r="C6" s="12" t="s">
+      <c r="C6" s="14" t="s">
         <v>33</v>
       </c>
-      <c r="D6" s="14" t="s">
+      <c r="D6" s="16" t="s">
         <v>34</v>
       </c>
-      <c r="E6" s="14" t="s">
+      <c r="E6" s="16" t="s">
         <v>35</v>
       </c>
-      <c r="F6" s="12" t="s">
+      <c r="F6" s="14" t="s">
         <v>36</v>
       </c>
-      <c r="G6" s="12" t="s">
+      <c r="G6" s="14" t="s">
         <v>37</v>
       </c>
-      <c r="H6" s="13">
+      <c r="H6" s="15">
         <v>43570</v>
       </c>
-      <c r="I6" s="14"/>
-[...3 lines deleted...]
-      <c r="K6" s="14" t="s">
+      <c r="I6" s="16"/>
+      <c r="J6" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K6" s="16" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:11" ht="56.25">
-      <c r="A7" s="10">
+      <c r="A7" s="12">
         <v>5</v>
       </c>
-      <c r="B7" s="14" t="s">
+      <c r="B7" s="16" t="s">
         <v>39</v>
       </c>
-      <c r="C7" s="12" t="s">
+      <c r="C7" s="14" t="s">
         <v>40</v>
       </c>
-      <c r="D7" s="14" t="s">
+      <c r="D7" s="16" t="s">
         <v>41</v>
       </c>
-      <c r="E7" s="14" t="s">
+      <c r="E7" s="16" t="s">
         <v>42</v>
       </c>
-      <c r="F7" s="14" t="s">
+      <c r="F7" s="16" t="s">
         <v>43</v>
       </c>
-      <c r="G7" s="12" t="s">
+      <c r="G7" s="14" t="s">
         <v>44</v>
       </c>
-      <c r="H7" s="13">
+      <c r="H7" s="15">
         <v>42348</v>
       </c>
-      <c r="I7" s="14"/>
-[...3 lines deleted...]
-      <c r="K7" s="14" t="s">
+      <c r="I7" s="16"/>
+      <c r="J7" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K7" s="16" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="67.5">
-      <c r="A8" s="10">
+      <c r="A8" s="12">
         <v>6</v>
       </c>
-      <c r="B8" s="14" t="s">
+      <c r="B8" s="16" t="s">
         <v>46</v>
       </c>
-      <c r="C8" s="14">
+      <c r="C8" s="16">
         <v>42103096874</v>
       </c>
-      <c r="D8" s="14" t="s">
+      <c r="D8" s="16" t="s">
         <v>47</v>
       </c>
-      <c r="E8" s="14" t="s">
+      <c r="E8" s="16" t="s">
         <v>47</v>
       </c>
-      <c r="F8" s="14" t="s">
+      <c r="F8" s="16" t="s">
         <v>48</v>
       </c>
-      <c r="G8" s="12" t="s">
+      <c r="G8" s="14" t="s">
         <v>49</v>
       </c>
-      <c r="H8" s="13">
+      <c r="H8" s="15">
         <v>43732</v>
       </c>
-      <c r="I8" s="14"/>
-[...3 lines deleted...]
-      <c r="K8" s="14" t="s">
+      <c r="I8" s="16"/>
+      <c r="J8" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K8" s="16" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="78.75">
-      <c r="A9" s="10">
+      <c r="A9" s="12">
         <v>7</v>
       </c>
-      <c r="B9" s="14" t="s">
+      <c r="B9" s="16" t="s">
         <v>51</v>
       </c>
-      <c r="C9" s="12" t="s">
+      <c r="C9" s="14" t="s">
         <v>52</v>
       </c>
-      <c r="D9" s="14" t="s">
+      <c r="D9" s="16" t="s">
         <v>53</v>
       </c>
-      <c r="E9" s="14" t="s">
+      <c r="E9" s="16" t="s">
         <v>53</v>
       </c>
-      <c r="F9" s="14" t="s">
+      <c r="F9" s="16" t="s">
         <v>54</v>
       </c>
-      <c r="G9" s="12" t="s">
+      <c r="G9" s="14" t="s">
         <v>55</v>
       </c>
-      <c r="H9" s="13">
+      <c r="H9" s="15">
         <v>40597</v>
       </c>
-      <c r="I9" s="14"/>
-[...3 lines deleted...]
-      <c r="K9" s="14" t="s">
+      <c r="I9" s="16"/>
+      <c r="J9" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K9" s="16" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="33.75">
-      <c r="A10" s="10">
+      <c r="A10" s="12">
         <v>8</v>
       </c>
-      <c r="B10" s="14" t="s">
+      <c r="B10" s="16" t="s">
         <v>57</v>
       </c>
-      <c r="C10" s="12" t="s">
+      <c r="C10" s="14" t="s">
         <v>58</v>
       </c>
-      <c r="D10" s="12" t="s">
+      <c r="D10" s="14" t="s">
         <v>59</v>
       </c>
-      <c r="E10" s="12" t="s">
+      <c r="E10" s="14" t="s">
         <v>60</v>
       </c>
-      <c r="F10" s="12" t="s">
+      <c r="F10" s="14" t="s">
         <v>61</v>
       </c>
-      <c r="G10" s="12" t="s">
+      <c r="G10" s="14" t="s">
         <v>62</v>
       </c>
-      <c r="H10" s="13">
+      <c r="H10" s="15">
         <v>42957</v>
       </c>
-      <c r="I10" s="12"/>
-[...3 lines deleted...]
-      <c r="K10" s="12" t="s">
+      <c r="I10" s="14"/>
+      <c r="J10" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K10" s="14" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="33.75">
-      <c r="A11" s="10">
+      <c r="A11" s="12">
         <v>9</v>
       </c>
-      <c r="B11" s="15" t="s">
+      <c r="B11" s="17" t="s">
         <v>64</v>
       </c>
-      <c r="C11" s="16" t="s">
+      <c r="C11" s="18" t="s">
         <v>65</v>
       </c>
-      <c r="D11" s="16" t="s">
+      <c r="D11" s="18" t="s">
         <v>66</v>
       </c>
-      <c r="E11" s="16" t="s">
+      <c r="E11" s="18" t="s">
         <v>66</v>
       </c>
-      <c r="F11" s="16" t="s">
+      <c r="F11" s="18" t="s">
         <v>67</v>
       </c>
-      <c r="G11" s="12" t="s">
+      <c r="G11" s="14" t="s">
         <v>68</v>
       </c>
-      <c r="H11" s="17">
+      <c r="H11" s="19">
         <v>43899</v>
       </c>
-      <c r="I11" s="16"/>
-[...3 lines deleted...]
-      <c r="K11" s="16" t="s">
+      <c r="I11" s="18"/>
+      <c r="J11" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K11" s="18" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="33.75">
-      <c r="A12" s="10">
+      <c r="A12" s="12">
         <v>10</v>
       </c>
-      <c r="B12" s="14" t="s">
+      <c r="B12" s="16" t="s">
         <v>70</v>
       </c>
-      <c r="C12" s="12">
+      <c r="C12" s="14">
         <v>40203103252</v>
       </c>
-      <c r="D12" s="12" t="s">
+      <c r="D12" s="14" t="s">
         <v>71</v>
       </c>
-      <c r="E12" s="12" t="s">
+      <c r="E12" s="14" t="s">
         <v>71</v>
       </c>
-      <c r="F12" s="12" t="s">
+      <c r="F12" s="14" t="s">
         <v>72</v>
       </c>
-      <c r="G12" s="12" t="s">
+      <c r="G12" s="14" t="s">
         <v>73</v>
       </c>
-      <c r="H12" s="13">
+      <c r="H12" s="15">
         <v>43315</v>
       </c>
-      <c r="I12" s="12"/>
-[...3 lines deleted...]
-      <c r="K12" s="12" t="s">
+      <c r="I12" s="14"/>
+      <c r="J12" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K12" s="14" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="33.75">
-      <c r="A13" s="10">
+      <c r="A13" s="12">
         <v>11</v>
       </c>
-      <c r="B13" s="14" t="s">
+      <c r="B13" s="16" t="s">
         <v>75</v>
       </c>
-      <c r="C13" s="12">
+      <c r="C13" s="14">
         <v>40103354574</v>
       </c>
-      <c r="D13" s="12" t="s">
+      <c r="D13" s="14" t="s">
         <v>76</v>
       </c>
-      <c r="E13" s="12" t="s">
+      <c r="E13" s="14" t="s">
         <v>77</v>
       </c>
-      <c r="F13" s="12" t="s">
+      <c r="F13" s="14" t="s">
         <v>78</v>
       </c>
-      <c r="G13" s="12" t="s">
+      <c r="G13" s="14" t="s">
         <v>79</v>
       </c>
-      <c r="H13" s="13">
+      <c r="H13" s="15">
         <v>42618</v>
       </c>
-      <c r="I13" s="12"/>
-[...3 lines deleted...]
-      <c r="K13" s="12" t="s">
+      <c r="I13" s="14"/>
+      <c r="J13" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K13" s="14" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="22.5">
-      <c r="A14" s="10">
+      <c r="A14" s="12">
         <v>12</v>
       </c>
-      <c r="B14" s="11" t="s">
+      <c r="B14" s="13" t="s">
         <v>81</v>
       </c>
-      <c r="C14" s="14">
+      <c r="C14" s="16">
         <v>40003847585</v>
       </c>
-      <c r="D14" s="14" t="s">
+      <c r="D14" s="16" t="s">
         <v>82</v>
       </c>
-      <c r="E14" s="14" t="s">
+      <c r="E14" s="16" t="s">
         <v>82</v>
       </c>
-      <c r="F14" s="14" t="s">
+      <c r="F14" s="16" t="s">
         <v>83</v>
       </c>
-      <c r="G14" s="12" t="s">
+      <c r="G14" s="14" t="s">
         <v>84</v>
       </c>
-      <c r="H14" s="13">
+      <c r="H14" s="15">
         <v>43990</v>
       </c>
-      <c r="I14" s="14"/>
-[...3 lines deleted...]
-      <c r="K14" s="14" t="s">
+      <c r="I14" s="16"/>
+      <c r="J14" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K14" s="16" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="33.75">
-      <c r="A15" s="10">
+      <c r="A15" s="12">
         <v>13</v>
       </c>
-      <c r="B15" s="18" t="s">
+      <c r="B15" s="20" t="s">
         <v>86</v>
       </c>
-      <c r="C15" s="12" t="s">
+      <c r="C15" s="14" t="s">
         <v>87</v>
       </c>
-      <c r="D15" s="14" t="s">
+      <c r="D15" s="16" t="s">
         <v>88</v>
       </c>
-      <c r="E15" s="14" t="s">
+      <c r="E15" s="16" t="s">
         <v>88</v>
       </c>
-      <c r="F15" s="14" t="s">
+      <c r="F15" s="16" t="s">
         <v>89</v>
       </c>
-      <c r="G15" s="12" t="s">
+      <c r="G15" s="14" t="s">
         <v>90</v>
       </c>
-      <c r="H15" s="13">
+      <c r="H15" s="15">
         <v>43768</v>
       </c>
-      <c r="I15" s="14"/>
-[...3 lines deleted...]
-      <c r="K15" s="14" t="s">
+      <c r="I15" s="16"/>
+      <c r="J15" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K15" s="16" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="43.15" customHeight="1">
-      <c r="A16" s="10">
+      <c r="A16" s="12">
         <v>14</v>
       </c>
-      <c r="B16" s="14" t="s">
+      <c r="B16" s="16" t="s">
         <v>92</v>
       </c>
-      <c r="C16" s="14">
+      <c r="C16" s="16">
         <v>50103810561</v>
       </c>
-      <c r="D16" s="14" t="s">
+      <c r="D16" s="16" t="s">
         <v>93</v>
       </c>
-      <c r="E16" s="14" t="s">
+      <c r="E16" s="16" t="s">
         <v>94</v>
       </c>
-      <c r="F16" s="14" t="s">
+      <c r="F16" s="16" t="s">
         <v>95</v>
       </c>
-      <c r="G16" s="12" t="s">
+      <c r="G16" s="14" t="s">
         <v>96</v>
       </c>
-      <c r="H16" s="13">
+      <c r="H16" s="15">
         <v>44979</v>
       </c>
-      <c r="I16" s="14"/>
-[...3 lines deleted...]
-      <c r="K16" s="14" t="s">
+      <c r="I16" s="16"/>
+      <c r="J16" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K16" s="16" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="33.75">
-      <c r="A17" s="10">
+      <c r="A17" s="12">
         <v>15</v>
       </c>
-      <c r="B17" s="14" t="s">
+      <c r="B17" s="16" t="s">
         <v>98</v>
       </c>
-      <c r="C17" s="12" t="s">
+      <c r="C17" s="14" t="s">
         <v>99</v>
       </c>
-      <c r="D17" s="14" t="s">
+      <c r="D17" s="16" t="s">
         <v>100</v>
       </c>
-      <c r="E17" s="14" t="s">
+      <c r="E17" s="16" t="s">
         <v>100</v>
       </c>
-      <c r="F17" s="14" t="s">
+      <c r="F17" s="16" t="s">
         <v>101</v>
       </c>
-      <c r="G17" s="12" t="s">
+      <c r="G17" s="14" t="s">
         <v>102</v>
       </c>
-      <c r="H17" s="13">
+      <c r="H17" s="15">
         <v>42060</v>
       </c>
-      <c r="I17" s="14"/>
-[...3 lines deleted...]
-      <c r="K17" s="14" t="s">
+      <c r="I17" s="16"/>
+      <c r="J17" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K17" s="16" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="49.15" customHeight="1">
-      <c r="A18" s="10">
+      <c r="A18" s="12">
         <v>16</v>
       </c>
-      <c r="B18" s="14" t="s">
+      <c r="B18" s="16" t="s">
         <v>104</v>
       </c>
-      <c r="C18" s="14">
+      <c r="C18" s="16">
         <v>40203077250</v>
       </c>
-      <c r="D18" s="14" t="s">
+      <c r="D18" s="16" t="s">
         <v>105</v>
       </c>
-      <c r="E18" s="14" t="s">
+      <c r="E18" s="16" t="s">
         <v>105</v>
       </c>
-      <c r="F18" s="14" t="s">
+      <c r="F18" s="16" t="s">
         <v>106</v>
       </c>
-      <c r="G18" s="12" t="s">
+      <c r="G18" s="14" t="s">
         <v>107</v>
       </c>
-      <c r="H18" s="13">
+      <c r="H18" s="15">
         <v>43516</v>
       </c>
-      <c r="I18" s="14"/>
-[...3 lines deleted...]
-      <c r="K18" s="14" t="s">
+      <c r="I18" s="16"/>
+      <c r="J18" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K18" s="16" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="22.5">
-      <c r="A19" s="10">
+      <c r="A19" s="12">
         <v>17</v>
       </c>
-      <c r="B19" s="14" t="s">
+      <c r="B19" s="16" t="s">
         <v>109</v>
       </c>
-      <c r="C19" s="12" t="s">
+      <c r="C19" s="14" t="s">
         <v>110</v>
       </c>
-      <c r="D19" s="12" t="s">
+      <c r="D19" s="14" t="s">
         <v>111</v>
       </c>
-      <c r="E19" s="12" t="s">
+      <c r="E19" s="14" t="s">
         <v>111</v>
       </c>
-      <c r="F19" s="12" t="s">
+      <c r="F19" s="14" t="s">
         <v>112</v>
       </c>
-      <c r="G19" s="12" t="s">
+      <c r="G19" s="14" t="s">
         <v>113</v>
       </c>
-      <c r="H19" s="13">
+      <c r="H19" s="15">
         <v>43791</v>
       </c>
-      <c r="I19" s="12"/>
-[...3 lines deleted...]
-      <c r="K19" s="12" t="s">
+      <c r="I19" s="14"/>
+      <c r="J19" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K19" s="14" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="33.75">
-      <c r="A20" s="10">
+      <c r="A20" s="12">
         <v>18</v>
       </c>
-      <c r="B20" s="14" t="s">
+      <c r="B20" s="16" t="s">
         <v>115</v>
       </c>
-      <c r="C20" s="12" t="s">
+      <c r="C20" s="14" t="s">
         <v>116</v>
       </c>
-      <c r="D20" s="12" t="s">
+      <c r="D20" s="14" t="s">
         <v>117</v>
       </c>
-      <c r="E20" s="12" t="s">
+      <c r="E20" s="14" t="s">
         <v>117</v>
       </c>
-      <c r="F20" s="12" t="s">
+      <c r="F20" s="14" t="s">
         <v>118</v>
       </c>
-      <c r="G20" s="12" t="s">
+      <c r="G20" s="14" t="s">
         <v>119</v>
       </c>
-      <c r="H20" s="13">
+      <c r="H20" s="15">
         <v>41443</v>
       </c>
-      <c r="I20" s="12"/>
-[...3 lines deleted...]
-      <c r="K20" s="12" t="s">
+      <c r="I20" s="14"/>
+      <c r="J20" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K20" s="14" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="42.75" customHeight="1">
-      <c r="A21" s="10">
+      <c r="A21" s="12">
         <v>19</v>
       </c>
-      <c r="B21" s="14" t="s">
+      <c r="B21" s="16" t="s">
         <v>121</v>
       </c>
-      <c r="C21" s="12">
+      <c r="C21" s="14">
         <v>40003896190</v>
       </c>
-      <c r="D21" s="12" t="s">
+      <c r="D21" s="14" t="s">
         <v>122</v>
       </c>
-      <c r="E21" s="12" t="s">
+      <c r="E21" s="14" t="s">
         <v>122</v>
       </c>
-      <c r="F21" s="12" t="s">
+      <c r="F21" s="14" t="s">
         <v>123</v>
       </c>
-      <c r="G21" s="12" t="s">
+      <c r="G21" s="14" t="s">
         <v>124</v>
       </c>
-      <c r="H21" s="13">
+      <c r="H21" s="15">
         <v>43813</v>
       </c>
-      <c r="I21" s="12"/>
-[...3 lines deleted...]
-      <c r="K21" s="12" t="s">
+      <c r="I21" s="14"/>
+      <c r="J21" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K21" s="14" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="45">
-      <c r="A22" s="10">
+      <c r="A22" s="12">
         <v>20</v>
       </c>
-      <c r="B22" s="14" t="s">
+      <c r="B22" s="16" t="s">
         <v>125</v>
       </c>
-      <c r="C22" s="12" t="s">
+      <c r="C22" s="14" t="s">
         <v>126</v>
       </c>
-      <c r="D22" s="12" t="s">
+      <c r="D22" s="14" t="s">
         <v>127</v>
       </c>
-      <c r="E22" s="12" t="s">
+      <c r="E22" s="14" t="s">
         <v>127</v>
       </c>
-      <c r="F22" s="12" t="s">
+      <c r="F22" s="14" t="s">
         <v>128</v>
       </c>
-      <c r="G22" s="12" t="s">
+      <c r="G22" s="14" t="s">
         <v>129</v>
       </c>
-      <c r="H22" s="13">
+      <c r="H22" s="15">
         <v>42277</v>
       </c>
-      <c r="I22" s="12"/>
-[...3 lines deleted...]
-      <c r="K22" s="12" t="s">
+      <c r="I22" s="14"/>
+      <c r="J22" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K22" s="14" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="30.75" customHeight="1">
-      <c r="A23" s="10">
+      <c r="A23" s="12">
         <v>21</v>
       </c>
-      <c r="B23" s="11" t="s">
+      <c r="B23" s="13" t="s">
         <v>131</v>
       </c>
-      <c r="C23" s="14">
+      <c r="C23" s="16">
         <v>40103855061</v>
       </c>
-      <c r="D23" s="14" t="s">
+      <c r="D23" s="16" t="s">
         <v>132</v>
       </c>
-      <c r="E23" s="14" t="s">
+      <c r="E23" s="16" t="s">
         <v>132</v>
       </c>
-      <c r="F23" s="14" t="s">
+      <c r="F23" s="16" t="s">
         <v>133</v>
       </c>
-      <c r="G23" s="12" t="s">
+      <c r="G23" s="14" t="s">
         <v>134</v>
       </c>
-      <c r="H23" s="13">
+      <c r="H23" s="15">
         <v>42718</v>
       </c>
-      <c r="I23" s="14"/>
-[...3 lines deleted...]
-      <c r="K23" s="14" t="s">
+      <c r="I23" s="16"/>
+      <c r="J23" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K23" s="16" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="24" spans="1:11">
-      <c r="A24" s="10">
+      <c r="A24" s="12">
         <v>22</v>
       </c>
-      <c r="B24" s="14" t="s">
+      <c r="B24" s="16" t="s">
         <v>136</v>
       </c>
-      <c r="C24" s="12" t="s">
+      <c r="C24" s="14" t="s">
         <v>137</v>
       </c>
-      <c r="D24" s="14" t="s">
+      <c r="D24" s="16" t="s">
         <v>138</v>
       </c>
-      <c r="E24" s="14" t="s">
+      <c r="E24" s="16" t="s">
         <v>139</v>
       </c>
-      <c r="F24" s="14" t="s">
+      <c r="F24" s="16" t="s">
         <v>140</v>
       </c>
-      <c r="G24" s="12" t="s">
+      <c r="G24" s="14" t="s">
         <v>141</v>
       </c>
-      <c r="H24" s="13">
+      <c r="H24" s="15">
         <v>42361</v>
       </c>
-      <c r="I24" s="14"/>
-[...3 lines deleted...]
-      <c r="K24" s="14" t="s">
+      <c r="I24" s="16"/>
+      <c r="J24" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K24" s="16" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="44.65" customHeight="1">
-      <c r="A25" s="10">
+      <c r="A25" s="12">
         <v>23</v>
       </c>
-      <c r="B25" s="14" t="s">
+      <c r="B25" s="16" t="s">
         <v>143</v>
       </c>
-      <c r="C25" s="14">
+      <c r="C25" s="16">
         <v>40003480317</v>
       </c>
-      <c r="D25" s="14" t="s">
+      <c r="D25" s="16" t="s">
         <v>144</v>
       </c>
-      <c r="E25" s="14" t="s">
+      <c r="E25" s="16" t="s">
         <v>144</v>
       </c>
-      <c r="F25" s="14" t="s">
+      <c r="F25" s="16" t="s">
         <v>145</v>
       </c>
-      <c r="G25" s="12">
+      <c r="G25" s="14">
         <v>73</v>
       </c>
-      <c r="H25" s="13">
+      <c r="H25" s="15">
         <v>39671</v>
       </c>
-      <c r="I25" s="14"/>
-[...3 lines deleted...]
-      <c r="K25" s="14" t="s">
+      <c r="I25" s="16"/>
+      <c r="J25" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K25" s="16" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="22.5" customHeight="1">
-      <c r="A26" s="10">
+      <c r="A26" s="12">
         <v>24</v>
       </c>
-      <c r="B26" s="14" t="s">
+      <c r="B26" s="16" t="s">
         <v>147</v>
       </c>
-      <c r="C26" s="12">
+      <c r="C26" s="14">
         <v>40103797168</v>
       </c>
-      <c r="D26" s="12" t="s">
+      <c r="D26" s="14" t="s">
         <v>148</v>
       </c>
-      <c r="E26" s="12" t="s">
+      <c r="E26" s="14" t="s">
         <v>149</v>
       </c>
-      <c r="F26" s="12" t="s">
+      <c r="F26" s="14" t="s">
         <v>150</v>
       </c>
-      <c r="G26" s="12" t="s">
+      <c r="G26" s="14" t="s">
         <v>151</v>
       </c>
-      <c r="H26" s="13">
+      <c r="H26" s="15">
         <v>43720</v>
       </c>
-      <c r="I26" s="12"/>
-[...3 lines deleted...]
-      <c r="K26" s="12" t="s">
+      <c r="I26" s="14"/>
+      <c r="J26" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K26" s="14" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="33.75">
-      <c r="A27" s="10">
+      <c r="A27" s="12">
         <v>25</v>
       </c>
-      <c r="B27" s="14" t="s">
+      <c r="B27" s="16" t="s">
         <v>153</v>
       </c>
-      <c r="C27" s="12" t="s">
+      <c r="C27" s="14" t="s">
         <v>154</v>
       </c>
-      <c r="D27" s="14" t="s">
+      <c r="D27" s="16" t="s">
         <v>155</v>
       </c>
-      <c r="E27" s="14" t="s">
+      <c r="E27" s="16" t="s">
         <v>155</v>
       </c>
-      <c r="F27" s="14" t="s">
+      <c r="F27" s="16" t="s">
         <v>156</v>
       </c>
-      <c r="G27" s="12">
+      <c r="G27" s="14">
         <v>21</v>
       </c>
-      <c r="H27" s="13">
+      <c r="H27" s="15">
         <v>44769</v>
       </c>
-      <c r="I27" s="14"/>
-[...3 lines deleted...]
-      <c r="K27" s="14" t="s">
+      <c r="I27" s="16"/>
+      <c r="J27" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K27" s="16" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="67.5">
-      <c r="A28" s="10">
+      <c r="A28" s="12">
         <v>26</v>
       </c>
-      <c r="B28" s="14" t="s">
+      <c r="B28" s="16" t="s">
         <v>158</v>
       </c>
-      <c r="C28" s="12" t="s">
+      <c r="C28" s="14" t="s">
         <v>159</v>
       </c>
-      <c r="D28" s="14" t="s">
+      <c r="D28" s="16" t="s">
         <v>160</v>
       </c>
-      <c r="E28" s="14" t="s">
+      <c r="E28" s="16" t="s">
         <v>160</v>
       </c>
-      <c r="F28" s="14" t="s">
+      <c r="F28" s="16" t="s">
         <v>161</v>
       </c>
-      <c r="G28" s="12" t="s">
+      <c r="G28" s="14" t="s">
         <v>162</v>
       </c>
-      <c r="H28" s="13">
+      <c r="H28" s="15">
         <v>43860</v>
       </c>
-      <c r="I28" s="14"/>
-[...3 lines deleted...]
-      <c r="K28" s="14" t="s">
+      <c r="I28" s="16"/>
+      <c r="J28" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K28" s="16" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="45">
-      <c r="A29" s="10">
+      <c r="A29" s="12">
         <v>27</v>
       </c>
-      <c r="B29" s="14" t="s">
+      <c r="B29" s="16" t="s">
         <v>164</v>
       </c>
-      <c r="C29" s="12">
+      <c r="C29" s="14">
         <v>40203060108</v>
       </c>
-      <c r="D29" s="12" t="s">
+      <c r="D29" s="14" t="s">
         <v>165</v>
       </c>
-      <c r="E29" s="12" t="s">
+      <c r="E29" s="14" t="s">
         <v>165</v>
       </c>
-      <c r="F29" s="12" t="s">
+      <c r="F29" s="14" t="s">
         <v>166</v>
       </c>
-      <c r="G29" s="12" t="s">
+      <c r="G29" s="14" t="s">
         <v>167</v>
       </c>
-      <c r="H29" s="13">
+      <c r="H29" s="15">
         <v>43131</v>
       </c>
-      <c r="I29" s="12"/>
-[...3 lines deleted...]
-      <c r="K29" s="12" t="s">
+      <c r="I29" s="14"/>
+      <c r="J29" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K29" s="14" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="45">
-      <c r="A30" s="10">
+      <c r="A30" s="12">
         <v>28</v>
       </c>
-      <c r="B30" s="14" t="s">
+      <c r="B30" s="16" t="s">
         <v>169</v>
       </c>
-      <c r="C30" s="14">
+      <c r="C30" s="16">
         <v>40203090691</v>
       </c>
-      <c r="D30" s="14" t="s">
+      <c r="D30" s="16" t="s">
         <v>170</v>
       </c>
-      <c r="E30" s="14" t="s">
+      <c r="E30" s="16" t="s">
         <v>171</v>
       </c>
-      <c r="F30" s="14" t="s">
+      <c r="F30" s="16" t="s">
         <v>172</v>
       </c>
-      <c r="G30" s="12" t="s">
+      <c r="G30" s="14" t="s">
         <v>173</v>
       </c>
-      <c r="H30" s="13">
+      <c r="H30" s="15">
         <v>43271</v>
       </c>
-      <c r="I30" s="14"/>
-[...3 lines deleted...]
-      <c r="K30" s="14" t="s">
+      <c r="I30" s="16"/>
+      <c r="J30" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K30" s="16" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="67.5">
-      <c r="A31" s="10">
+      <c r="A31" s="12">
         <v>29</v>
       </c>
-      <c r="B31" s="19" t="s">
+      <c r="B31" s="21" t="s">
         <v>175</v>
       </c>
-      <c r="C31" s="20" t="s">
+      <c r="C31" s="22" t="s">
         <v>176</v>
       </c>
-      <c r="D31" s="19" t="s">
+      <c r="D31" s="21" t="s">
         <v>177</v>
       </c>
-      <c r="E31" s="19" t="s">
+      <c r="E31" s="21" t="s">
         <v>178</v>
       </c>
-      <c r="F31" s="19" t="s">
+      <c r="F31" s="21" t="s">
         <v>179</v>
       </c>
-      <c r="G31" s="12">
+      <c r="G31" s="14">
         <v>48</v>
       </c>
-      <c r="H31" s="21">
+      <c r="H31" s="23">
         <v>39507</v>
       </c>
-      <c r="I31" s="19"/>
-[...3 lines deleted...]
-      <c r="K31" s="19" t="s">
+      <c r="I31" s="21"/>
+      <c r="J31" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K31" s="21" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="22.5">
-      <c r="A32" s="10">
+      <c r="A32" s="12">
         <v>30</v>
       </c>
-      <c r="B32" s="14" t="s">
+      <c r="B32" s="16" t="s">
         <v>181</v>
       </c>
-      <c r="C32" s="14" t="s">
+      <c r="C32" s="16" t="s">
         <v>182</v>
       </c>
-      <c r="D32" s="14" t="s">
+      <c r="D32" s="16" t="s">
         <v>183</v>
       </c>
-      <c r="E32" s="14" t="s">
+      <c r="E32" s="16" t="s">
         <v>183</v>
       </c>
-      <c r="F32" s="14" t="s">
+      <c r="F32" s="16" t="s">
         <v>184</v>
       </c>
-      <c r="G32" s="12" t="s">
+      <c r="G32" s="14" t="s">
         <v>185</v>
       </c>
-      <c r="H32" s="13">
+      <c r="H32" s="15">
         <v>43236</v>
       </c>
-      <c r="I32" s="14"/>
-[...3 lines deleted...]
-      <c r="K32" s="14" t="s">
+      <c r="I32" s="16"/>
+      <c r="J32" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K32" s="16" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="22.5">
-      <c r="A33" s="10">
+      <c r="A33" s="12">
         <v>31</v>
       </c>
-      <c r="B33" s="14" t="s">
+      <c r="B33" s="16" t="s">
         <v>187</v>
       </c>
-      <c r="C33" s="14">
+      <c r="C33" s="16">
         <v>40103542562</v>
       </c>
-      <c r="D33" s="14" t="s">
+      <c r="D33" s="16" t="s">
         <v>188</v>
       </c>
-      <c r="E33" s="14" t="s">
+      <c r="E33" s="16" t="s">
         <v>189</v>
       </c>
-      <c r="F33" s="14" t="s">
+      <c r="F33" s="16" t="s">
         <v>190</v>
       </c>
-      <c r="G33" s="12" t="s">
+      <c r="G33" s="14" t="s">
         <v>191</v>
       </c>
-      <c r="H33" s="13">
+      <c r="H33" s="15">
         <v>43685</v>
       </c>
-      <c r="I33" s="14"/>
-[...3 lines deleted...]
-      <c r="K33" s="14" t="s">
+      <c r="I33" s="16"/>
+      <c r="J33" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K33" s="16" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="67.5">
-      <c r="A34" s="10">
+      <c r="A34" s="12">
         <v>32</v>
       </c>
-      <c r="B34" s="14" t="s">
+      <c r="B34" s="16" t="s">
         <v>193</v>
       </c>
-      <c r="C34" s="14" t="s">
+      <c r="C34" s="16" t="s">
         <v>194</v>
       </c>
-      <c r="D34" s="14" t="s">
+      <c r="D34" s="16" t="s">
         <v>195</v>
       </c>
-      <c r="E34" s="14" t="s">
+      <c r="E34" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="F34" s="16" t="s">
         <v>196</v>
       </c>
-      <c r="F34" s="14" t="s">
+      <c r="G34" s="14" t="s">
         <v>197</v>
       </c>
-      <c r="G34" s="12" t="s">
+      <c r="H34" s="15">
+        <v>43258</v>
+      </c>
+      <c r="I34" s="16"/>
+      <c r="J34" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K34" s="16" t="s">
         <v>198</v>
       </c>
-      <c r="H34" s="13">
-[...6 lines deleted...]
-      <c r="K34" s="14" t="s">
+    </row>
+    <row r="35" spans="1:11" ht="22.5" customHeight="1">
+      <c r="A35" s="12">
+        <v>33</v>
+      </c>
+      <c r="B35" s="16" t="s">
         <v>199</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B35" s="14" t="s">
+      <c r="C35" s="16" t="s">
         <v>200</v>
       </c>
-      <c r="C35" s="14" t="s">
+      <c r="D35" s="16" t="s">
         <v>201</v>
       </c>
-      <c r="D35" s="14" t="s">
+      <c r="E35" s="16" t="s">
+        <v>201</v>
+      </c>
+      <c r="F35" s="16" t="s">
         <v>202</v>
       </c>
-      <c r="E35" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F35" s="14" t="s">
+      <c r="G35" s="14" t="s">
         <v>203</v>
       </c>
-      <c r="G35" s="12" t="s">
+      <c r="H35" s="15">
+        <v>43430</v>
+      </c>
+      <c r="I35" s="16"/>
+      <c r="J35" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K35" s="16" t="s">
         <v>204</v>
       </c>
-      <c r="H35" s="13">
-[...6 lines deleted...]
-      <c r="K35" s="14" t="s">
+    </row>
+    <row r="36" spans="1:11" ht="101.25" customHeight="1">
+      <c r="A36" s="12">
+        <v>34</v>
+      </c>
+      <c r="B36" s="16" t="s">
         <v>205</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B36" s="14" t="s">
+      <c r="C36" s="16">
+        <v>40203238607</v>
+      </c>
+      <c r="D36" s="16" t="s">
         <v>206</v>
       </c>
-      <c r="C36" s="14">
-[...2 lines deleted...]
-      <c r="D36" s="14" t="s">
+      <c r="E36" s="16" t="s">
+        <v>206</v>
+      </c>
+      <c r="F36" s="16" t="s">
         <v>207</v>
       </c>
-      <c r="E36" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F36" s="14" t="s">
+      <c r="G36" s="14" t="s">
         <v>208</v>
       </c>
-      <c r="G36" s="12" t="s">
+      <c r="H36" s="15">
+        <v>43896</v>
+      </c>
+      <c r="I36" s="16"/>
+      <c r="J36" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K36" s="16" t="s">
         <v>209</v>
       </c>
-      <c r="H36" s="13">
-[...6 lines deleted...]
-      <c r="K36" s="14" t="s">
+    </row>
+    <row r="37" spans="1:11" ht="33.75">
+      <c r="A37" s="12">
+        <v>35</v>
+      </c>
+      <c r="B37" s="16" t="s">
         <v>210</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B37" s="14" t="s">
+      <c r="C37" s="14" t="s">
         <v>211</v>
       </c>
-      <c r="C37" s="12" t="s">
+      <c r="D37" s="14" t="s">
         <v>212</v>
       </c>
-      <c r="D37" s="12" t="s">
+      <c r="E37" s="14" t="s">
+        <v>212</v>
+      </c>
+      <c r="F37" s="14" t="s">
         <v>213</v>
       </c>
-      <c r="E37" s="12" t="s">
-[...2 lines deleted...]
-      <c r="F37" s="12" t="s">
+      <c r="G37" s="14" t="s">
         <v>214</v>
       </c>
-      <c r="G37" s="12" t="s">
+      <c r="H37" s="15">
+        <v>42821</v>
+      </c>
+      <c r="I37" s="14"/>
+      <c r="J37" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K37" s="16" t="s">
         <v>215</v>
       </c>
-      <c r="H37" s="13">
-[...6 lines deleted...]
-      <c r="K37" s="14" t="s">
+    </row>
+    <row r="38" spans="1:11">
+      <c r="A38" s="12">
+        <v>36</v>
+      </c>
+      <c r="B38" s="16" t="s">
         <v>216</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B38" s="14" t="s">
+      <c r="C38" s="14" t="s">
         <v>217</v>
       </c>
-      <c r="C38" s="12" t="s">
+      <c r="D38" s="14" t="s">
         <v>218</v>
       </c>
-      <c r="D38" s="12" t="s">
+      <c r="E38" s="14" t="s">
         <v>219</v>
       </c>
-      <c r="E38" s="12" t="s">
+      <c r="F38" s="14" t="s">
         <v>220</v>
       </c>
-      <c r="F38" s="12" t="s">
+      <c r="G38" s="14" t="s">
         <v>221</v>
       </c>
-      <c r="G38" s="12" t="s">
+      <c r="H38" s="15">
+        <v>42599</v>
+      </c>
+      <c r="I38" s="14"/>
+      <c r="J38" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K38" s="14" t="s">
         <v>222</v>
       </c>
-      <c r="H38" s="13">
-[...6 lines deleted...]
-      <c r="K38" s="12" t="s">
+    </row>
+    <row r="39" spans="1:11" ht="33.75">
+      <c r="A39" s="12">
+        <v>37</v>
+      </c>
+      <c r="B39" s="24" t="s">
         <v>223</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B39" s="22" t="s">
+      <c r="C39" s="17">
+        <v>40103991769</v>
+      </c>
+      <c r="D39" s="17" t="s">
         <v>224</v>
       </c>
-      <c r="C39" s="23">
-[...2 lines deleted...]
-      <c r="D39" s="23" t="s">
+      <c r="E39" s="17" t="s">
+        <v>224</v>
+      </c>
+      <c r="F39" s="17" t="s">
         <v>225</v>
       </c>
-      <c r="E39" s="23" t="s">
+      <c r="G39" s="14" t="s">
         <v>226</v>
       </c>
-      <c r="F39" s="23" t="s">
+      <c r="H39" s="19">
+        <v>42923</v>
+      </c>
+      <c r="I39" s="17"/>
+      <c r="J39" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K39" s="17" t="s">
         <v>227</v>
       </c>
-      <c r="G39" s="12" t="s">
+    </row>
+    <row r="40" spans="1:11" ht="22.5">
+      <c r="A40" s="12">
+        <v>38</v>
+      </c>
+      <c r="B40" s="16" t="s">
         <v>228</v>
       </c>
-      <c r="H39" s="24">
-[...6 lines deleted...]
-      <c r="K39" s="23" t="s">
+      <c r="C40" s="14" t="s">
         <v>229</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B40" s="14" t="s">
+      <c r="D40" s="14" t="s">
         <v>230</v>
       </c>
-      <c r="C40" s="12" t="s">
+      <c r="E40" s="14" t="s">
+        <v>230</v>
+      </c>
+      <c r="F40" s="14" t="s">
         <v>231</v>
       </c>
-      <c r="D40" s="12" t="s">
+      <c r="G40" s="14" t="s">
         <v>232</v>
       </c>
-      <c r="E40" s="12" t="s">
-[...2 lines deleted...]
-      <c r="F40" s="12" t="s">
+      <c r="H40" s="15">
+        <v>43748</v>
+      </c>
+      <c r="I40" s="14"/>
+      <c r="J40" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K40" s="14" t="s">
         <v>233</v>
       </c>
-      <c r="G40" s="12" t="s">
+    </row>
+    <row r="41" spans="1:11" ht="56.25">
+      <c r="A41" s="12">
+        <v>39</v>
+      </c>
+      <c r="B41" s="16" t="s">
         <v>234</v>
       </c>
-      <c r="H40" s="13">
-[...6 lines deleted...]
-      <c r="K40" s="12" t="s">
+      <c r="C41" s="14">
+        <v>40103908693</v>
+      </c>
+      <c r="D41" s="14" t="s">
         <v>235</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B41" s="14" t="s">
+      <c r="E41" s="14" t="s">
+        <v>235</v>
+      </c>
+      <c r="F41" s="14" t="s">
         <v>236</v>
       </c>
-      <c r="C41" s="12">
-[...2 lines deleted...]
-      <c r="D41" s="12" t="s">
+      <c r="G41" s="14" t="s">
         <v>237</v>
       </c>
-      <c r="E41" s="12" t="s">
-[...2 lines deleted...]
-      <c r="F41" s="12" t="s">
+      <c r="H41" s="15">
+        <v>42632</v>
+      </c>
+      <c r="I41" s="14"/>
+      <c r="J41" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K41" s="14" t="s">
         <v>238</v>
       </c>
-      <c r="G41" s="12" t="s">
+    </row>
+    <row r="42" spans="1:11" ht="22.5" customHeight="1">
+      <c r="A42" s="12">
+        <v>40</v>
+      </c>
+      <c r="B42" s="16" t="s">
         <v>239</v>
       </c>
-      <c r="H41" s="13">
-[...6 lines deleted...]
-      <c r="K41" s="12" t="s">
+      <c r="C42" s="14" t="s">
         <v>240</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B42" s="14" t="s">
+      <c r="D42" s="14" t="s">
         <v>241</v>
       </c>
-      <c r="C42" s="12" t="s">
+      <c r="E42" s="14" t="s">
+        <v>241</v>
+      </c>
+      <c r="F42" s="14" t="s">
         <v>242</v>
       </c>
-      <c r="D42" s="12" t="s">
+      <c r="G42" s="14" t="s">
         <v>243</v>
       </c>
-      <c r="E42" s="12" t="s">
-[...2 lines deleted...]
-      <c r="F42" s="12" t="s">
+      <c r="H42" s="15">
+        <v>43388</v>
+      </c>
+      <c r="I42" s="14"/>
+      <c r="J42" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K42" s="14" t="s">
         <v>244</v>
       </c>
-      <c r="G42" s="12" t="s">
+    </row>
+    <row r="43" spans="1:11" ht="52.5" customHeight="1">
+      <c r="A43" s="12">
+        <v>41</v>
+      </c>
+      <c r="B43" s="16" t="s">
         <v>245</v>
       </c>
-      <c r="H42" s="13">
-[...6 lines deleted...]
-      <c r="K42" s="12" t="s">
+      <c r="C43" s="14">
+        <v>40003652334</v>
+      </c>
+      <c r="D43" s="14" t="s">
+        <v>94</v>
+      </c>
+      <c r="E43" s="14" t="s">
+        <v>94</v>
+      </c>
+      <c r="F43" s="14" t="s">
         <v>246</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B43" s="14" t="s">
+      <c r="G43" s="14" t="s">
         <v>247</v>
       </c>
-      <c r="C43" s="12">
-[...8 lines deleted...]
-      <c r="F43" s="12" t="s">
+      <c r="H43" s="15">
+        <v>45006</v>
+      </c>
+      <c r="I43" s="14"/>
+      <c r="J43" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K43" s="14" t="s">
         <v>248</v>
       </c>
-      <c r="G43" s="12" t="s">
+    </row>
+    <row r="44" spans="1:11" ht="44.65" customHeight="1">
+      <c r="A44" s="12">
+        <v>42</v>
+      </c>
+      <c r="B44" s="16" t="s">
         <v>249</v>
       </c>
-      <c r="H43" s="13">
-[...6 lines deleted...]
-      <c r="K43" s="12" t="s">
+      <c r="C44" s="14">
+        <v>45403054646</v>
+      </c>
+      <c r="D44" s="14" t="s">
         <v>250</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B44" s="14" t="s">
+      <c r="E44" s="14" t="s">
         <v>251</v>
       </c>
-      <c r="C44" s="12">
-[...2 lines deleted...]
-      <c r="D44" s="12" t="s">
+      <c r="F44" s="14" t="s">
         <v>252</v>
       </c>
-      <c r="E44" s="12" t="s">
+      <c r="G44" s="14" t="s">
         <v>253</v>
       </c>
-      <c r="F44" s="12" t="s">
+      <c r="H44" s="15">
+        <v>43770</v>
+      </c>
+      <c r="I44" s="14"/>
+      <c r="J44" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K44" s="14" t="s">
         <v>254</v>
       </c>
-      <c r="G44" s="12" t="s">
+    </row>
+    <row r="45" spans="1:11" ht="45" customHeight="1">
+      <c r="A45" s="12">
+        <v>43</v>
+      </c>
+      <c r="B45" s="25" t="s">
         <v>255</v>
-      </c>
-[...16 lines deleted...]
-        <v>257</v>
       </c>
       <c r="C45" s="26">
         <v>50003931021</v>
       </c>
       <c r="D45" s="26" t="s">
+        <v>256</v>
+      </c>
+      <c r="E45" s="26" t="s">
+        <v>256</v>
+      </c>
+      <c r="F45" s="26" t="s">
+        <v>257</v>
+      </c>
+      <c r="G45" s="14" t="s">
         <v>258</v>
-      </c>
-[...7 lines deleted...]
-        <v>260</v>
       </c>
       <c r="H45" s="27">
         <v>43717</v>
       </c>
       <c r="I45" s="26"/>
-      <c r="J45" s="13">
+      <c r="J45" s="15">
         <v>46507</v>
       </c>
       <c r="K45" s="26" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="46" spans="1:11" ht="54" customHeight="1">
+      <c r="A46" s="12">
+        <v>44</v>
+      </c>
+      <c r="B46" s="16" t="s">
+        <v>260</v>
+      </c>
+      <c r="C46" s="14" t="s">
         <v>261</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B46" s="14" t="s">
+      <c r="D46" s="16" t="s">
         <v>262</v>
       </c>
-      <c r="C46" s="12" t="s">
+      <c r="E46" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="F46" s="16" t="s">
         <v>263</v>
       </c>
-      <c r="D46" s="14" t="s">
+      <c r="G46" s="14" t="s">
         <v>264</v>
       </c>
-      <c r="E46" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F46" s="14" t="s">
+      <c r="H46" s="15">
+        <v>42424</v>
+      </c>
+      <c r="I46" s="16"/>
+      <c r="J46" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K46" s="16" t="s">
         <v>265</v>
       </c>
-      <c r="G46" s="12" t="s">
+    </row>
+    <row r="47" spans="1:11" ht="22.5">
+      <c r="A47" s="12">
+        <v>45</v>
+      </c>
+      <c r="B47" s="16" t="s">
         <v>266</v>
       </c>
-      <c r="H46" s="13">
-[...6 lines deleted...]
-      <c r="K46" s="14" t="s">
+      <c r="C47" s="14" t="s">
         <v>267</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B47" s="14" t="s">
+      <c r="D47" s="16" t="s">
         <v>268</v>
       </c>
-      <c r="C47" s="12" t="s">
+      <c r="E47" s="16" t="s">
+        <v>268</v>
+      </c>
+      <c r="F47" s="16" t="s">
         <v>269</v>
       </c>
-      <c r="D47" s="14" t="s">
+      <c r="G47" s="14" t="s">
         <v>270</v>
       </c>
-      <c r="E47" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F47" s="14" t="s">
+      <c r="H47" s="15">
+        <v>41619</v>
+      </c>
+      <c r="I47" s="16"/>
+      <c r="J47" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K47" s="16" t="s">
         <v>271</v>
       </c>
-      <c r="G47" s="12" t="s">
+    </row>
+    <row r="48" spans="1:11" ht="37.5" customHeight="1">
+      <c r="A48" s="12">
+        <v>46</v>
+      </c>
+      <c r="B48" s="16" t="s">
         <v>272</v>
       </c>
-      <c r="H47" s="13">
-[...6 lines deleted...]
-      <c r="K47" s="14" t="s">
+      <c r="C48" s="16">
+        <v>40103526835</v>
+      </c>
+      <c r="D48" s="16" t="s">
         <v>273</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B48" s="14" t="s">
+      <c r="E48" s="16" t="s">
         <v>274</v>
       </c>
-      <c r="C48" s="14">
-[...2 lines deleted...]
-      <c r="D48" s="14" t="s">
+      <c r="F48" s="16" t="s">
         <v>275</v>
       </c>
-      <c r="E48" s="14" t="s">
+      <c r="G48" s="14" t="s">
         <v>276</v>
       </c>
-      <c r="F48" s="14" t="s">
+      <c r="H48" s="15">
+        <v>41876</v>
+      </c>
+      <c r="I48" s="16"/>
+      <c r="J48" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K48" s="16" t="s">
         <v>277</v>
       </c>
-      <c r="G48" s="12" t="s">
+    </row>
+    <row r="49" spans="1:11" ht="22.5" customHeight="1">
+      <c r="A49" s="12">
+        <v>47</v>
+      </c>
+      <c r="B49" s="16" t="s">
         <v>278</v>
       </c>
-      <c r="H48" s="13">
-[...6 lines deleted...]
-      <c r="K48" s="14" t="s">
+      <c r="C49" s="14" t="s">
         <v>279</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B49" s="14" t="s">
+      <c r="D49" s="16" t="s">
         <v>280</v>
       </c>
-      <c r="C49" s="12" t="s">
+      <c r="E49" s="16" t="s">
+        <v>280</v>
+      </c>
+      <c r="F49" s="16" t="s">
         <v>281</v>
       </c>
-      <c r="D49" s="14" t="s">
+      <c r="G49" s="14">
+        <v>79</v>
+      </c>
+      <c r="H49" s="15">
+        <v>39722</v>
+      </c>
+      <c r="I49" s="16"/>
+      <c r="J49" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K49" s="16" t="s">
         <v>282</v>
       </c>
-      <c r="E49" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F49" s="14" t="s">
+    </row>
+    <row r="50" spans="1:11" ht="33.75">
+      <c r="A50" s="12">
+        <v>48</v>
+      </c>
+      <c r="B50" s="16" t="s">
         <v>283</v>
       </c>
-      <c r="G49" s="12">
-[...9 lines deleted...]
-      <c r="K49" s="14" t="s">
+      <c r="C50" s="14">
+        <v>40203160043</v>
+      </c>
+      <c r="D50" s="14" t="s">
         <v>284</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B50" s="14" t="s">
+      <c r="E50" s="14" t="s">
         <v>285</v>
       </c>
-      <c r="C50" s="12">
-[...2 lines deleted...]
-      <c r="D50" s="12" t="s">
+      <c r="F50" s="14" t="s">
         <v>286</v>
       </c>
-      <c r="E50" s="12" t="s">
+      <c r="G50" s="14" t="s">
         <v>287</v>
       </c>
-      <c r="F50" s="12" t="s">
+      <c r="H50" s="15">
+        <v>43644</v>
+      </c>
+      <c r="I50" s="14"/>
+      <c r="J50" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K50" s="14" t="s">
         <v>288</v>
       </c>
-      <c r="G50" s="12" t="s">
+    </row>
+    <row r="51" spans="1:11" ht="33.75">
+      <c r="A51" s="12">
+        <v>49</v>
+      </c>
+      <c r="B51" s="16" t="s">
         <v>289</v>
       </c>
-      <c r="H50" s="13">
-[...6 lines deleted...]
-      <c r="K50" s="12" t="s">
+      <c r="C51" s="16">
+        <v>41503028111</v>
+      </c>
+      <c r="D51" s="16" t="s">
         <v>290</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B51" s="14" t="s">
+      <c r="E51" s="16" t="s">
         <v>291</v>
       </c>
-      <c r="C51" s="14">
-[...2 lines deleted...]
-      <c r="D51" s="14" t="s">
+      <c r="F51" s="16" t="s">
         <v>292</v>
       </c>
-      <c r="E51" s="14" t="s">
+      <c r="G51" s="14" t="s">
         <v>293</v>
       </c>
-      <c r="F51" s="14" t="s">
+      <c r="H51" s="15">
+        <v>41024</v>
+      </c>
+      <c r="I51" s="14"/>
+      <c r="J51" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K51" s="16" t="s">
         <v>294</v>
       </c>
-      <c r="G51" s="12" t="s">
+    </row>
+    <row r="52" spans="1:11" ht="33.75">
+      <c r="A52" s="12">
+        <v>50</v>
+      </c>
+      <c r="B52" s="16" t="s">
         <v>295</v>
       </c>
-      <c r="H51" s="13">
-[...6 lines deleted...]
-      <c r="K51" s="14" t="s">
+      <c r="C52" s="16">
+        <v>40003545666</v>
+      </c>
+      <c r="D52" s="16" t="s">
         <v>296</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B52" s="14" t="s">
+      <c r="E52" s="16" t="s">
+        <v>296</v>
+      </c>
+      <c r="F52" s="16" t="s">
         <v>297</v>
       </c>
-      <c r="C52" s="14">
-[...2 lines deleted...]
-      <c r="D52" s="14" t="s">
+      <c r="G52" s="14" t="s">
         <v>298</v>
       </c>
-      <c r="E52" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F52" s="14" t="s">
+      <c r="H52" s="15">
+        <v>43488</v>
+      </c>
+      <c r="I52" s="16"/>
+      <c r="J52" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K52" s="16" t="s">
         <v>299</v>
       </c>
-      <c r="G52" s="12" t="s">
+    </row>
+    <row r="53" spans="1:11" ht="22.5">
+      <c r="A53" s="12">
+        <v>51</v>
+      </c>
+      <c r="B53" s="16" t="s">
         <v>300</v>
       </c>
-      <c r="H52" s="13">
-[...6 lines deleted...]
-      <c r="K52" s="14" t="s">
+      <c r="C53" s="14" t="s">
         <v>301</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B53" s="14" t="s">
+      <c r="D53" s="14" t="s">
         <v>302</v>
       </c>
-      <c r="C53" s="12" t="s">
+      <c r="E53" s="14" t="s">
         <v>303</v>
       </c>
-      <c r="D53" s="12" t="s">
+      <c r="F53" s="14" t="s">
         <v>304</v>
       </c>
-      <c r="E53" s="12" t="s">
+      <c r="G53" s="14" t="s">
         <v>305</v>
       </c>
-      <c r="F53" s="12" t="s">
+      <c r="H53" s="15">
+        <v>43909</v>
+      </c>
+      <c r="I53" s="16"/>
+      <c r="J53" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K53" s="14" t="s">
         <v>306</v>
       </c>
-      <c r="G53" s="12" t="s">
+    </row>
+    <row r="54" spans="1:11" ht="22.5">
+      <c r="A54" s="12">
+        <v>52</v>
+      </c>
+      <c r="B54" s="16" t="s">
         <v>307</v>
       </c>
-      <c r="H53" s="13">
-[...6 lines deleted...]
-      <c r="K53" s="12" t="s">
+      <c r="C54" s="14" t="s">
         <v>308</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B54" s="14" t="s">
+      <c r="D54" s="14" t="s">
         <v>309</v>
       </c>
-      <c r="C54" s="12" t="s">
+      <c r="E54" s="14" t="s">
+        <v>309</v>
+      </c>
+      <c r="F54" s="14" t="s">
         <v>310</v>
       </c>
-      <c r="D54" s="12" t="s">
+      <c r="G54" s="14" t="s">
         <v>311</v>
       </c>
-      <c r="E54" s="12" t="s">
-[...2 lines deleted...]
-      <c r="F54" s="12" t="s">
+      <c r="H54" s="15">
+        <v>43984</v>
+      </c>
+      <c r="I54" s="16"/>
+      <c r="J54" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K54" s="14" t="s">
         <v>312</v>
       </c>
-      <c r="G54" s="12" t="s">
+    </row>
+    <row r="55" spans="1:11" ht="123.75">
+      <c r="A55" s="12">
+        <v>53</v>
+      </c>
+      <c r="B55" s="21" t="s">
         <v>313</v>
       </c>
-      <c r="H54" s="13">
-[...6 lines deleted...]
-      <c r="K54" s="12" t="s">
+      <c r="C55" s="22" t="s">
         <v>314</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B55" s="19" t="s">
+      <c r="D55" s="21" t="s">
         <v>315</v>
       </c>
-      <c r="C55" s="20" t="s">
+      <c r="E55" s="22" t="s">
         <v>316</v>
       </c>
-      <c r="D55" s="19" t="s">
+      <c r="F55" s="22" t="s">
         <v>317</v>
       </c>
-      <c r="E55" s="20" t="s">
+      <c r="G55" s="14" t="s">
         <v>318</v>
       </c>
-      <c r="F55" s="20" t="s">
+      <c r="H55" s="23">
+        <v>42487</v>
+      </c>
+      <c r="I55" s="21"/>
+      <c r="J55" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K55" s="21" t="s">
         <v>319</v>
       </c>
-      <c r="G55" s="12" t="s">
+    </row>
+    <row r="56" spans="1:11" ht="33.75">
+      <c r="A56" s="12">
+        <v>54</v>
+      </c>
+      <c r="B56" s="16" t="s">
         <v>320</v>
       </c>
-      <c r="H55" s="21">
-[...6 lines deleted...]
-      <c r="K55" s="19" t="s">
+      <c r="C56" s="16" t="s">
         <v>321</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B56" s="14" t="s">
+      <c r="D56" s="16" t="s">
         <v>322</v>
       </c>
-      <c r="C56" s="14" t="s">
+      <c r="E56" s="16" t="s">
         <v>323</v>
       </c>
-      <c r="D56" s="14" t="s">
+      <c r="F56" s="16" t="s">
         <v>324</v>
       </c>
-      <c r="E56" s="14" t="s">
+      <c r="G56" s="14" t="s">
         <v>325</v>
       </c>
-      <c r="F56" s="14" t="s">
+      <c r="H56" s="15">
+        <v>42493</v>
+      </c>
+      <c r="I56" s="16"/>
+      <c r="J56" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K56" s="16" t="s">
         <v>326</v>
       </c>
-      <c r="G56" s="12" t="s">
+    </row>
+    <row r="57" spans="1:11" ht="30.75" customHeight="1">
+      <c r="A57" s="12">
+        <v>55</v>
+      </c>
+      <c r="B57" s="16" t="s">
         <v>327</v>
       </c>
-      <c r="H56" s="13">
-[...6 lines deleted...]
-      <c r="K56" s="14" t="s">
+      <c r="C57" s="14" t="s">
         <v>328</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B57" s="14" t="s">
+      <c r="D57" s="14" t="s">
         <v>329</v>
       </c>
-      <c r="C57" s="12" t="s">
+      <c r="E57" s="14" t="s">
         <v>330</v>
       </c>
-      <c r="D57" s="12" t="s">
+      <c r="F57" s="14" t="s">
         <v>331</v>
       </c>
-      <c r="E57" s="12" t="s">
+      <c r="G57" s="14" t="s">
         <v>332</v>
       </c>
-      <c r="F57" s="12" t="s">
+      <c r="H57" s="15">
+        <v>43173</v>
+      </c>
+      <c r="I57" s="14"/>
+      <c r="J57" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K57" s="14" t="s">
         <v>333</v>
       </c>
-      <c r="G57" s="12" t="s">
+    </row>
+    <row r="58" spans="1:11" ht="28.5" customHeight="1">
+      <c r="A58" s="12">
+        <v>56</v>
+      </c>
+      <c r="B58" s="16" t="s">
         <v>334</v>
       </c>
-      <c r="H57" s="13">
-[...6 lines deleted...]
-      <c r="K57" s="12" t="s">
+      <c r="C58" s="14">
+        <v>40103313025</v>
+      </c>
+      <c r="D58" s="16" t="s">
         <v>335</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A58" s="10">
+      <c r="E58" s="16" t="s">
+        <v>335</v>
+      </c>
+      <c r="F58" s="16" t="s">
+        <v>336</v>
+      </c>
+      <c r="G58" s="14" t="s">
+        <v>337</v>
+      </c>
+      <c r="H58" s="15">
+        <v>43714</v>
+      </c>
+      <c r="I58" s="16"/>
+      <c r="J58" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K58" s="16" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="59" spans="1:11" ht="45">
+      <c r="A59" s="12">
+        <v>57</v>
+      </c>
+      <c r="B59" s="16" t="s">
+        <v>339</v>
+      </c>
+      <c r="C59" s="14" t="s">
+        <v>340</v>
+      </c>
+      <c r="D59" s="14" t="s">
+        <v>341</v>
+      </c>
+      <c r="E59" s="14" t="s">
+        <v>342</v>
+      </c>
+      <c r="F59" s="14" t="s">
+        <v>343</v>
+      </c>
+      <c r="G59" s="14" t="s">
+        <v>344</v>
+      </c>
+      <c r="H59" s="15">
+        <v>43143</v>
+      </c>
+      <c r="I59" s="14"/>
+      <c r="J59" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K59" s="14" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="60" spans="1:11" ht="45">
+      <c r="A60" s="12">
+        <v>58</v>
+      </c>
+      <c r="B60" s="14" t="s">
+        <v>346</v>
+      </c>
+      <c r="C60" s="14" t="s">
+        <v>347</v>
+      </c>
+      <c r="D60" s="16" t="s">
+        <v>348</v>
+      </c>
+      <c r="E60" s="16" t="s">
+        <v>349</v>
+      </c>
+      <c r="F60" s="16" t="s">
+        <v>350</v>
+      </c>
+      <c r="G60" s="14" t="s">
+        <v>351</v>
+      </c>
+      <c r="H60" s="15">
+        <v>40704</v>
+      </c>
+      <c r="I60" s="16"/>
+      <c r="J60" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K60" s="14" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="61" spans="1:11" ht="61.5" customHeight="1">
+      <c r="A61" s="12">
+        <v>59</v>
+      </c>
+      <c r="B61" s="16" t="s">
+        <v>353</v>
+      </c>
+      <c r="C61" s="16" t="s">
+        <v>354</v>
+      </c>
+      <c r="D61" s="16" t="s">
+        <v>355</v>
+      </c>
+      <c r="E61" s="16" t="s">
+        <v>356</v>
+      </c>
+      <c r="F61" s="16" t="s">
+        <v>357</v>
+      </c>
+      <c r="G61" s="14" t="s">
+        <v>358</v>
+      </c>
+      <c r="H61" s="15">
+        <v>42851</v>
+      </c>
+      <c r="I61" s="16"/>
+      <c r="J61" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K61" s="16" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="62" spans="1:11" ht="40.15" customHeight="1">
+      <c r="A62" s="12">
+        <v>60</v>
+      </c>
+      <c r="B62" s="16" t="s">
+        <v>360</v>
+      </c>
+      <c r="C62" s="16">
+        <v>40103545037</v>
+      </c>
+      <c r="D62" s="16" t="s">
+        <v>361</v>
+      </c>
+      <c r="E62" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="F62" s="16" t="s">
+        <v>362</v>
+      </c>
+      <c r="G62" s="14" t="s">
+        <v>363</v>
+      </c>
+      <c r="H62" s="15">
+        <v>43410</v>
+      </c>
+      <c r="I62" s="16"/>
+      <c r="J62" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K62" s="16" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="63" spans="1:11" ht="45" customHeight="1">
+      <c r="A63" s="12">
+        <v>61</v>
+      </c>
+      <c r="B63" s="16" t="s">
+        <v>365</v>
+      </c>
+      <c r="C63" s="16">
+        <v>40103933169</v>
+      </c>
+      <c r="D63" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="E63" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="F63" s="16" t="s">
+        <v>366</v>
+      </c>
+      <c r="G63" s="14" t="s">
+        <v>367</v>
+      </c>
+      <c r="H63" s="15">
+        <v>42614</v>
+      </c>
+      <c r="I63" s="16"/>
+      <c r="J63" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K63" s="16" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="64" spans="1:11" ht="33.75">
+      <c r="A64" s="12">
+        <v>62</v>
+      </c>
+      <c r="B64" s="17" t="s">
+        <v>369</v>
+      </c>
+      <c r="C64" s="17">
+        <v>40003685161</v>
+      </c>
+      <c r="D64" s="17" t="s">
+        <v>370</v>
+      </c>
+      <c r="E64" s="17" t="s">
+        <v>370</v>
+      </c>
+      <c r="F64" s="17" t="s">
+        <v>371</v>
+      </c>
+      <c r="G64" s="14" t="s">
+        <v>372</v>
+      </c>
+      <c r="H64" s="19">
+        <v>43900</v>
+      </c>
+      <c r="I64" s="17"/>
+      <c r="J64" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K64" s="17" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="65" spans="1:11" ht="45" customHeight="1">
+      <c r="A65" s="12">
+        <v>63</v>
+      </c>
+      <c r="B65" s="16" t="s">
+        <v>374</v>
+      </c>
+      <c r="C65" s="16">
+        <v>40203217569</v>
+      </c>
+      <c r="D65" s="16" t="s">
+        <v>127</v>
+      </c>
+      <c r="E65" s="16" t="s">
+        <v>127</v>
+      </c>
+      <c r="F65" s="16" t="s">
+        <v>375</v>
+      </c>
+      <c r="G65" s="14" t="s">
+        <v>376</v>
+      </c>
+      <c r="H65" s="15">
+        <v>43697</v>
+      </c>
+      <c r="I65" s="16"/>
+      <c r="J65" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K65" s="16" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="66" spans="1:11" ht="22.5">
+      <c r="A66" s="12">
+        <v>64</v>
+      </c>
+      <c r="B66" s="16" t="s">
+        <v>378</v>
+      </c>
+      <c r="C66" s="16">
+        <v>50203093261</v>
+      </c>
+      <c r="D66" s="16" t="s">
+        <v>379</v>
+      </c>
+      <c r="E66" s="16" t="s">
+        <v>379</v>
+      </c>
+      <c r="F66" s="16" t="s">
+        <v>380</v>
+      </c>
+      <c r="G66" s="14" t="s">
+        <v>381</v>
+      </c>
+      <c r="H66" s="15">
+        <v>43136</v>
+      </c>
+      <c r="I66" s="16"/>
+      <c r="J66" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K66" s="16" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="67" spans="1:11" ht="22.5">
+      <c r="A67" s="12">
+        <v>65</v>
+      </c>
+      <c r="B67" s="16" t="s">
+        <v>383</v>
+      </c>
+      <c r="C67" s="16" t="s">
+        <v>384</v>
+      </c>
+      <c r="D67" s="16" t="s">
+        <v>385</v>
+      </c>
+      <c r="E67" s="16" t="s">
+        <v>385</v>
+      </c>
+      <c r="F67" s="16" t="s">
+        <v>386</v>
+      </c>
+      <c r="G67" s="14" t="s">
+        <v>387</v>
+      </c>
+      <c r="H67" s="15">
+        <v>43229</v>
+      </c>
+      <c r="I67" s="16"/>
+      <c r="J67" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K67" s="16" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="68" spans="1:11" ht="22.5">
+      <c r="A68" s="12">
+        <v>66</v>
+      </c>
+      <c r="B68" s="16" t="s">
+        <v>389</v>
+      </c>
+      <c r="C68" s="16">
+        <v>40103839298</v>
+      </c>
+      <c r="D68" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="E68" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="F68" s="16" t="s">
+        <v>390</v>
+      </c>
+      <c r="G68" s="14" t="s">
+        <v>391</v>
+      </c>
+      <c r="H68" s="15">
+        <v>43795</v>
+      </c>
+      <c r="I68" s="16"/>
+      <c r="J68" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K68" s="16" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="69" spans="1:11" ht="22.5">
+      <c r="A69" s="12">
+        <v>67</v>
+      </c>
+      <c r="B69" s="16" t="s">
+        <v>393</v>
+      </c>
+      <c r="C69" s="16" t="s">
+        <v>394</v>
+      </c>
+      <c r="D69" s="16" t="s">
+        <v>395</v>
+      </c>
+      <c r="E69" s="16" t="s">
+        <v>395</v>
+      </c>
+      <c r="F69" s="16" t="s">
+        <v>396</v>
+      </c>
+      <c r="G69" s="14" t="s">
+        <v>397</v>
+      </c>
+      <c r="H69" s="15">
+        <v>42837</v>
+      </c>
+      <c r="I69" s="16"/>
+      <c r="J69" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K69" s="16" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="70" spans="1:11" ht="22.5">
+      <c r="A70" s="12">
+        <v>68</v>
+      </c>
+      <c r="B70" s="16" t="s">
+        <v>399</v>
+      </c>
+      <c r="C70" s="16">
+        <v>40103716947</v>
+      </c>
+      <c r="D70" s="16" t="s">
+        <v>400</v>
+      </c>
+      <c r="E70" s="16" t="s">
+        <v>400</v>
+      </c>
+      <c r="F70" s="16" t="s">
+        <v>401</v>
+      </c>
+      <c r="G70" s="14" t="s">
+        <v>402</v>
+      </c>
+      <c r="H70" s="15">
+        <v>43815</v>
+      </c>
+      <c r="I70" s="16"/>
+      <c r="J70" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K70" s="16" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="71" spans="1:11" ht="22.5">
+      <c r="A71" s="12">
+        <v>69</v>
+      </c>
+      <c r="B71" s="16" t="s">
+        <v>404</v>
+      </c>
+      <c r="C71" s="16">
+        <v>40003955719</v>
+      </c>
+      <c r="D71" s="16" t="s">
+        <v>405</v>
+      </c>
+      <c r="E71" s="16" t="s">
+        <v>405</v>
+      </c>
+      <c r="F71" s="16" t="s">
+        <v>406</v>
+      </c>
+      <c r="G71" s="14">
         <v>56</v>
       </c>
-      <c r="B58" s="14" t="s">
-[...425 lines deleted...]
-      <c r="A71" s="10">
+      <c r="H71" s="15">
+        <v>39556</v>
+      </c>
+      <c r="I71" s="16"/>
+      <c r="J71" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K71" s="16" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="72" spans="1:11" ht="33.75">
+      <c r="A72" s="12">
+        <v>70</v>
+      </c>
+      <c r="B72" s="16" t="s">
+        <v>408</v>
+      </c>
+      <c r="C72" s="14" t="s">
+        <v>409</v>
+      </c>
+      <c r="D72" s="16" t="s">
+        <v>410</v>
+      </c>
+      <c r="E72" s="16" t="s">
+        <v>410</v>
+      </c>
+      <c r="F72" s="16" t="s">
+        <v>411</v>
+      </c>
+      <c r="G72" s="14">
         <v>69</v>
       </c>
-      <c r="B71" s="14" t="s">
-[...35 lines deleted...]
-      <c r="C72" s="12" t="s">
+      <c r="H72" s="15">
+        <v>39679</v>
+      </c>
+      <c r="I72" s="16"/>
+      <c r="J72" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K72" s="16" t="s">
         <v>412</v>
       </c>
-      <c r="D72" s="14" t="s">
+    </row>
+    <row r="73" spans="1:11" ht="33.75">
+      <c r="A73" s="12">
+        <v>71</v>
+      </c>
+      <c r="B73" s="21" t="s">
         <v>413</v>
       </c>
-      <c r="E72" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F72" s="14" t="s">
+      <c r="C73" s="22" t="s">
         <v>414</v>
       </c>
-      <c r="G72" s="12">
-[...9 lines deleted...]
-      <c r="K72" s="14" t="s">
+      <c r="D73" s="21" t="s">
         <v>415</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B73" s="19" t="s">
+      <c r="E73" s="22" t="s">
         <v>416</v>
       </c>
-      <c r="C73" s="20" t="s">
+      <c r="F73" s="21" t="s">
         <v>417</v>
       </c>
-      <c r="D73" s="19" t="s">
+      <c r="G73" s="14" t="s">
         <v>418</v>
       </c>
-      <c r="E73" s="20" t="s">
+      <c r="H73" s="23">
+        <v>43552</v>
+      </c>
+      <c r="I73" s="21"/>
+      <c r="J73" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K73" s="21" t="s">
         <v>419</v>
       </c>
-      <c r="F73" s="19" t="s">
+    </row>
+    <row r="74" spans="1:11" ht="43.5" customHeight="1">
+      <c r="A74" s="12">
+        <v>72</v>
+      </c>
+      <c r="B74" s="16" t="s">
         <v>420</v>
       </c>
-      <c r="G73" s="12" t="s">
+      <c r="C74" s="14" t="s">
         <v>421</v>
       </c>
-      <c r="H73" s="21">
-[...6 lines deleted...]
-      <c r="K73" s="19" t="s">
+      <c r="D74" s="16" t="s">
         <v>422</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B74" s="14" t="s">
+      <c r="E74" s="16" t="s">
+        <v>422</v>
+      </c>
+      <c r="F74" s="16" t="s">
         <v>423</v>
       </c>
-      <c r="C74" s="12" t="s">
+      <c r="G74" s="14" t="s">
         <v>424</v>
       </c>
-      <c r="D74" s="14" t="s">
+      <c r="H74" s="15">
+        <v>43468</v>
+      </c>
+      <c r="I74" s="16"/>
+      <c r="J74" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K74" s="16" t="s">
         <v>425</v>
       </c>
-      <c r="E74" s="14" t="s">
+    </row>
+    <row r="75" spans="1:11" ht="37.5" customHeight="1">
+      <c r="A75" s="12">
+        <v>73</v>
+      </c>
+      <c r="B75" s="16" t="s">
         <v>426</v>
       </c>
-      <c r="F74" s="14" t="s">
+      <c r="C75" s="14" t="s">
         <v>427</v>
       </c>
-      <c r="G74" s="12" t="s">
+      <c r="D75" s="14" t="s">
         <v>428</v>
       </c>
-      <c r="H74" s="13">
-[...6 lines deleted...]
-      <c r="K74" s="14" t="s">
+      <c r="E75" s="14" t="s">
         <v>429</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B75" s="14" t="s">
+      <c r="F75" s="14" t="s">
         <v>430</v>
       </c>
-      <c r="C75" s="12" t="s">
+      <c r="G75" s="14" t="s">
         <v>431</v>
       </c>
-      <c r="D75" s="12" t="s">
+      <c r="H75" s="15">
+        <v>44705</v>
+      </c>
+      <c r="I75" s="14"/>
+      <c r="J75" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K75" s="14" t="s">
         <v>432</v>
       </c>
-      <c r="E75" s="12" t="s">
+    </row>
+    <row r="76" spans="1:11" ht="22.5">
+      <c r="A76" s="12">
+        <v>74</v>
+      </c>
+      <c r="B76" s="16" t="s">
         <v>433</v>
       </c>
-      <c r="F75" s="12" t="s">
+      <c r="C76" s="14" t="s">
         <v>434</v>
       </c>
-      <c r="G75" s="12" t="s">
+      <c r="D76" s="14" t="s">
         <v>435</v>
       </c>
-      <c r="H75" s="13">
-[...6 lines deleted...]
-      <c r="K75" s="12" t="s">
+      <c r="E76" s="14" t="s">
+        <v>435</v>
+      </c>
+      <c r="F76" s="14" t="s">
         <v>436</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B76" s="14" t="s">
+      <c r="G76" s="14" t="s">
         <v>437</v>
       </c>
-      <c r="C76" s="12" t="s">
+      <c r="H76" s="15">
+        <v>43930</v>
+      </c>
+      <c r="I76" s="14"/>
+      <c r="J76" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K76" s="14" t="s">
         <v>438</v>
       </c>
-      <c r="D76" s="12" t="s">
+    </row>
+    <row r="77" spans="1:11" ht="63.6" customHeight="1">
+      <c r="A77" s="12">
+        <v>75</v>
+      </c>
+      <c r="B77" s="16" t="s">
         <v>439</v>
       </c>
-      <c r="E76" s="12" t="s">
-[...2 lines deleted...]
-      <c r="F76" s="12" t="s">
+      <c r="C77" s="14" t="s">
         <v>440</v>
       </c>
-      <c r="G76" s="12" t="s">
+      <c r="D77" s="16" t="s">
         <v>441</v>
       </c>
-      <c r="H76" s="13">
-[...6 lines deleted...]
-      <c r="K76" s="12" t="s">
+      <c r="E77" s="16" t="s">
         <v>442</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B77" s="14" t="s">
+      <c r="F77" s="16" t="s">
         <v>443</v>
       </c>
-      <c r="C77" s="12" t="s">
+      <c r="G77" s="14">
+        <v>28</v>
+      </c>
+      <c r="H77" s="15">
+        <v>39436</v>
+      </c>
+      <c r="I77" s="16"/>
+      <c r="J77" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K77" s="16" t="s">
         <v>444</v>
       </c>
-      <c r="D77" s="14" t="s">
+    </row>
+    <row r="78" spans="1:11" s="30" customFormat="1" ht="22.5">
+      <c r="A78" s="12">
+        <v>76</v>
+      </c>
+      <c r="B78" s="28" t="s">
         <v>445</v>
       </c>
-      <c r="E77" s="14" t="s">
+      <c r="C78" s="28" t="s">
         <v>446</v>
       </c>
-      <c r="F77" s="14" t="s">
+      <c r="D78" s="28" t="s">
         <v>447</v>
       </c>
-      <c r="G77" s="12">
-[...9 lines deleted...]
-      <c r="K77" s="14" t="s">
+      <c r="E78" s="28" t="s">
         <v>448</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B78" s="28" t="s">
+      <c r="F78" s="28" t="s">
         <v>449</v>
       </c>
-      <c r="C78" s="28" t="s">
+      <c r="G78" s="14" t="s">
         <v>450</v>
-      </c>
-[...10 lines deleted...]
-        <v>454</v>
       </c>
       <c r="H78" s="29">
         <v>43398</v>
       </c>
       <c r="I78" s="28"/>
-      <c r="J78" s="13">
+      <c r="J78" s="15">
         <v>46507</v>
       </c>
       <c r="K78" s="28" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="79" spans="1:11" ht="49.5" customHeight="1">
+      <c r="A79" s="12">
+        <v>77</v>
+      </c>
+      <c r="B79" s="16" t="s">
+        <v>452</v>
+      </c>
+      <c r="C79" s="14" t="s">
+        <v>453</v>
+      </c>
+      <c r="D79" s="14" t="s">
+        <v>454</v>
+      </c>
+      <c r="E79" s="14" t="s">
         <v>455</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B79" s="14" t="s">
+      <c r="F79" s="14" t="s">
         <v>456</v>
       </c>
-      <c r="C79" s="12" t="s">
+      <c r="G79" s="14" t="s">
         <v>457</v>
       </c>
-      <c r="D79" s="12" t="s">
+      <c r="H79" s="15">
+        <v>43839</v>
+      </c>
+      <c r="I79" s="14"/>
+      <c r="J79" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K79" s="14" t="s">
         <v>458</v>
       </c>
-      <c r="E79" s="12" t="s">
+    </row>
+    <row r="80" spans="1:11" ht="22.5">
+      <c r="A80" s="12">
+        <v>78</v>
+      </c>
+      <c r="B80" s="14" t="s">
         <v>459</v>
       </c>
-      <c r="F79" s="12" t="s">
+      <c r="C80" s="14" t="s">
         <v>460</v>
       </c>
-      <c r="G79" s="12" t="s">
+      <c r="D80" s="14" t="s">
         <v>461</v>
       </c>
-      <c r="H79" s="13">
-[...6 lines deleted...]
-      <c r="K79" s="12" t="s">
+      <c r="E80" s="14" t="s">
+        <v>461</v>
+      </c>
+      <c r="F80" s="14" t="s">
         <v>462</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B80" s="12" t="s">
+      <c r="G80" s="14" t="s">
         <v>463</v>
       </c>
-      <c r="C80" s="12" t="s">
+      <c r="H80" s="15">
+        <v>43840</v>
+      </c>
+      <c r="I80" s="14"/>
+      <c r="J80" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K80" s="14" t="s">
         <v>464</v>
       </c>
-      <c r="D80" s="12" t="s">
+    </row>
+    <row r="81" spans="1:11" ht="45">
+      <c r="A81" s="12">
+        <v>79</v>
+      </c>
+      <c r="B81" s="17" t="s">
         <v>465</v>
       </c>
-      <c r="E80" s="12" t="s">
-[...2 lines deleted...]
-      <c r="F80" s="12" t="s">
+      <c r="C81" s="18" t="s">
         <v>466</v>
       </c>
-      <c r="G80" s="12" t="s">
+      <c r="D81" s="18" t="s">
         <v>467</v>
       </c>
-      <c r="H80" s="13">
-[...6 lines deleted...]
-      <c r="K80" s="12" t="s">
+      <c r="E81" s="18" t="s">
         <v>468</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B81" s="15" t="s">
+      <c r="F81" s="18" t="s">
         <v>469</v>
       </c>
-      <c r="C81" s="16" t="s">
+      <c r="G81" s="14" t="s">
         <v>470</v>
       </c>
-      <c r="D81" s="16" t="s">
+      <c r="H81" s="19">
+        <v>43900</v>
+      </c>
+      <c r="I81" s="18"/>
+      <c r="J81" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K81" s="18" t="s">
         <v>471</v>
       </c>
-      <c r="E81" s="16" t="s">
+    </row>
+    <row r="82" spans="1:11" ht="45">
+      <c r="A82" s="12">
+        <v>80</v>
+      </c>
+      <c r="B82" s="14" t="s">
         <v>472</v>
       </c>
-      <c r="F81" s="16" t="s">
+      <c r="C82" s="14" t="s">
         <v>473</v>
       </c>
-      <c r="G81" s="12" t="s">
+      <c r="D82" s="16" t="s">
         <v>474</v>
       </c>
-      <c r="H81" s="17">
-[...6 lines deleted...]
-      <c r="K81" s="16" t="s">
+      <c r="E82" s="16" t="s">
+        <v>474</v>
+      </c>
+      <c r="F82" s="16" t="s">
         <v>475</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B82" s="12" t="s">
+      <c r="G82" s="14" t="s">
         <v>476</v>
       </c>
-      <c r="C82" s="12" t="s">
+      <c r="H82" s="15">
+        <v>40567</v>
+      </c>
+      <c r="I82" s="16"/>
+      <c r="J82" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K82" s="16" t="s">
         <v>477</v>
       </c>
-      <c r="D82" s="14" t="s">
+    </row>
+    <row r="83" spans="1:11" ht="50.25" customHeight="1">
+      <c r="A83" s="12">
+        <v>81</v>
+      </c>
+      <c r="B83" s="16" t="s">
         <v>478</v>
       </c>
-      <c r="E82" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F82" s="14" t="s">
+      <c r="C83" s="14" t="s">
         <v>479</v>
       </c>
-      <c r="G82" s="12" t="s">
+      <c r="D83" s="14" t="s">
         <v>480</v>
       </c>
-      <c r="H82" s="13">
-[...6 lines deleted...]
-      <c r="K82" s="14" t="s">
+      <c r="E83" s="14" t="s">
         <v>481</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B83" s="14" t="s">
+      <c r="F83" s="14" t="s">
         <v>482</v>
       </c>
-      <c r="C83" s="12" t="s">
+      <c r="G83" s="14" t="s">
         <v>483</v>
       </c>
-      <c r="D83" s="12" t="s">
+      <c r="H83" s="15">
+        <v>44012</v>
+      </c>
+      <c r="I83" s="14"/>
+      <c r="J83" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K83" s="14" t="s">
         <v>484</v>
       </c>
-      <c r="E83" s="12" t="s">
+    </row>
+    <row r="84" spans="1:11" ht="45">
+      <c r="A84" s="12">
+        <v>82</v>
+      </c>
+      <c r="B84" s="16" t="s">
         <v>485</v>
       </c>
-      <c r="F83" s="12" t="s">
+      <c r="C84" s="14" t="s">
         <v>486</v>
       </c>
-      <c r="G83" s="12" t="s">
+      <c r="D84" s="14" t="s">
         <v>487</v>
       </c>
-      <c r="H83" s="13">
-[...6 lines deleted...]
-      <c r="K83" s="12" t="s">
+      <c r="E84" s="14" t="s">
+        <v>487</v>
+      </c>
+      <c r="F84" s="14" t="s">
         <v>488</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B84" s="14" t="s">
+      <c r="G84" s="14" t="s">
         <v>489</v>
       </c>
-      <c r="C84" s="12" t="s">
+      <c r="H84" s="15">
+        <v>44019</v>
+      </c>
+      <c r="I84" s="14"/>
+      <c r="J84" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K84" s="14" t="s">
         <v>490</v>
       </c>
-      <c r="D84" s="12" t="s">
+    </row>
+    <row r="85" spans="1:11" ht="45">
+      <c r="A85" s="12">
+        <v>83</v>
+      </c>
+      <c r="B85" s="16" t="s">
         <v>491</v>
       </c>
-      <c r="E84" s="12" t="s">
-[...2 lines deleted...]
-      <c r="F84" s="12" t="s">
+      <c r="C85" s="14" t="s">
         <v>492</v>
       </c>
-      <c r="G84" s="12" t="s">
+      <c r="D85" s="14" t="s">
         <v>493</v>
       </c>
-      <c r="H84" s="13">
-[...6 lines deleted...]
-      <c r="K84" s="12" t="s">
+      <c r="E85" s="14" t="s">
+        <v>493</v>
+      </c>
+      <c r="F85" s="14" t="s">
         <v>494</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B85" s="14" t="s">
+      <c r="G85" s="14" t="s">
         <v>495</v>
       </c>
-      <c r="C85" s="12" t="s">
+      <c r="H85" s="15">
+        <v>44897</v>
+      </c>
+      <c r="I85" s="14"/>
+      <c r="J85" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K85" s="14" t="s">
         <v>496</v>
       </c>
-      <c r="D85" s="12" t="s">
+    </row>
+    <row r="86" spans="1:11" ht="22.5">
+      <c r="A86" s="12">
+        <v>84</v>
+      </c>
+      <c r="B86" s="16" t="s">
         <v>497</v>
       </c>
-      <c r="E85" s="12" t="s">
-[...2 lines deleted...]
-      <c r="F85" s="12" t="s">
+      <c r="C86" s="14" t="s">
         <v>498</v>
       </c>
-      <c r="G85" s="12" t="s">
+      <c r="D86" s="14" t="s">
         <v>499</v>
       </c>
-      <c r="H85" s="13">
-[...6 lines deleted...]
-      <c r="K85" s="12" t="s">
+      <c r="E86" s="14" t="s">
         <v>500</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B86" s="14" t="s">
+      <c r="F86" s="14" t="s">
         <v>501</v>
       </c>
-      <c r="C86" s="12" t="s">
+      <c r="G86" s="14" t="s">
         <v>502</v>
       </c>
-      <c r="D86" s="12" t="s">
+      <c r="H86" s="15">
+        <v>44026</v>
+      </c>
+      <c r="I86" s="14"/>
+      <c r="J86" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K86" s="14" t="s">
         <v>503</v>
       </c>
-      <c r="E86" s="12" t="s">
+    </row>
+    <row r="87" spans="1:11" ht="43.5" customHeight="1">
+      <c r="A87" s="12">
+        <v>85</v>
+      </c>
+      <c r="B87" s="16" t="s">
         <v>504</v>
       </c>
-      <c r="F86" s="12" t="s">
+      <c r="C87" s="14" t="s">
         <v>505</v>
       </c>
-      <c r="G86" s="12" t="s">
+      <c r="D87" s="14" t="s">
         <v>506</v>
       </c>
-      <c r="H86" s="13">
-[...6 lines deleted...]
-      <c r="K86" s="12" t="s">
+      <c r="E87" s="14" t="s">
         <v>507</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B87" s="14" t="s">
+      <c r="F87" s="14" t="s">
         <v>508</v>
       </c>
-      <c r="C87" s="12" t="s">
+      <c r="G87" s="14" t="s">
         <v>509</v>
       </c>
-      <c r="D87" s="12" t="s">
+      <c r="H87" s="15">
+        <v>45027</v>
+      </c>
+      <c r="I87" s="14"/>
+      <c r="J87" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K87" s="14" t="s">
         <v>510</v>
       </c>
-      <c r="E87" s="12" t="s">
+    </row>
+    <row r="88" spans="1:11" ht="22.5">
+      <c r="A88" s="12">
+        <v>86</v>
+      </c>
+      <c r="B88" s="16" t="s">
         <v>511</v>
       </c>
-      <c r="F87" s="12" t="s">
+      <c r="C88" s="14" t="s">
         <v>512</v>
       </c>
-      <c r="G87" s="12" t="s">
+      <c r="D88" s="14" t="s">
         <v>513</v>
       </c>
-      <c r="H87" s="13">
+      <c r="E88" s="14" t="s">
+        <v>513</v>
+      </c>
+      <c r="F88" s="14" t="s">
+        <v>514</v>
+      </c>
+      <c r="G88" s="14" t="s">
+        <v>515</v>
+      </c>
+      <c r="H88" s="15">
+        <v>44092</v>
+      </c>
+      <c r="I88" s="14"/>
+      <c r="J88" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K88" s="14" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="89" spans="1:11" ht="22.5">
+      <c r="A89" s="12">
+        <v>87</v>
+      </c>
+      <c r="B89" s="16" t="s">
+        <v>517</v>
+      </c>
+      <c r="C89" s="14" t="s">
+        <v>518</v>
+      </c>
+      <c r="D89" s="14" t="s">
+        <v>519</v>
+      </c>
+      <c r="E89" s="14" t="s">
+        <v>519</v>
+      </c>
+      <c r="F89" s="14" t="s">
+        <v>520</v>
+      </c>
+      <c r="G89" s="14" t="s">
+        <v>521</v>
+      </c>
+      <c r="H89" s="15">
+        <v>44141</v>
+      </c>
+      <c r="I89" s="14"/>
+      <c r="J89" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K89" s="14" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="90" spans="1:11" ht="45">
+      <c r="A90" s="12">
+        <v>88</v>
+      </c>
+      <c r="B90" s="16" t="s">
+        <v>523</v>
+      </c>
+      <c r="C90" s="14" t="s">
+        <v>524</v>
+      </c>
+      <c r="D90" s="14" t="s">
+        <v>525</v>
+      </c>
+      <c r="E90" s="14" t="s">
+        <v>525</v>
+      </c>
+      <c r="F90" s="14" t="s">
+        <v>526</v>
+      </c>
+      <c r="G90" s="14" t="s">
+        <v>527</v>
+      </c>
+      <c r="H90" s="15">
+        <v>44159</v>
+      </c>
+      <c r="I90" s="14"/>
+      <c r="J90" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K90" s="14" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="91" spans="1:11" ht="45" customHeight="1">
+      <c r="A91" s="12">
+        <v>89</v>
+      </c>
+      <c r="B91" s="16" t="s">
+        <v>529</v>
+      </c>
+      <c r="C91" s="14" t="s">
+        <v>530</v>
+      </c>
+      <c r="D91" s="14" t="s">
+        <v>395</v>
+      </c>
+      <c r="E91" s="14" t="s">
+        <v>395</v>
+      </c>
+      <c r="F91" s="14" t="s">
+        <v>531</v>
+      </c>
+      <c r="G91" s="14" t="s">
+        <v>532</v>
+      </c>
+      <c r="H91" s="15">
+        <v>44162</v>
+      </c>
+      <c r="I91" s="14"/>
+      <c r="J91" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K91" s="14" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="92" spans="1:11" ht="22.5">
+      <c r="A92" s="12">
+        <v>90</v>
+      </c>
+      <c r="B92" s="16" t="s">
+        <v>534</v>
+      </c>
+      <c r="C92" s="14" t="s">
+        <v>535</v>
+      </c>
+      <c r="D92" s="14" t="s">
+        <v>536</v>
+      </c>
+      <c r="E92" s="14" t="s">
+        <v>537</v>
+      </c>
+      <c r="F92" s="14" t="s">
+        <v>538</v>
+      </c>
+      <c r="G92" s="14" t="s">
+        <v>539</v>
+      </c>
+      <c r="H92" s="15">
+        <v>44728</v>
+      </c>
+      <c r="I92" s="14"/>
+      <c r="J92" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K92" s="14" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="93" spans="1:11" ht="22.5">
+      <c r="A93" s="12">
+        <v>91</v>
+      </c>
+      <c r="B93" s="16" t="s">
+        <v>541</v>
+      </c>
+      <c r="C93" s="14" t="s">
+        <v>542</v>
+      </c>
+      <c r="D93" s="14" t="s">
+        <v>543</v>
+      </c>
+      <c r="E93" s="14" t="s">
+        <v>543</v>
+      </c>
+      <c r="F93" s="14" t="s">
+        <v>544</v>
+      </c>
+      <c r="G93" s="14" t="s">
+        <v>545</v>
+      </c>
+      <c r="H93" s="15">
+        <v>44999</v>
+      </c>
+      <c r="I93" s="14"/>
+      <c r="J93" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K93" s="14" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="94" spans="1:11" ht="33.75">
+      <c r="A94" s="12">
+        <v>92</v>
+      </c>
+      <c r="B94" s="16" t="s">
+        <v>547</v>
+      </c>
+      <c r="C94" s="14" t="s">
+        <v>548</v>
+      </c>
+      <c r="D94" s="14" t="s">
+        <v>549</v>
+      </c>
+      <c r="E94" s="14" t="s">
+        <v>549</v>
+      </c>
+      <c r="F94" s="14" t="s">
+        <v>550</v>
+      </c>
+      <c r="G94" s="14" t="s">
+        <v>551</v>
+      </c>
+      <c r="H94" s="15">
+        <v>44172</v>
+      </c>
+      <c r="I94" s="14"/>
+      <c r="J94" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K94" s="14" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="95" spans="1:11" ht="33.75">
+      <c r="A95" s="12">
+        <v>93</v>
+      </c>
+      <c r="B95" s="16" t="s">
+        <v>553</v>
+      </c>
+      <c r="C95" s="14" t="s">
+        <v>554</v>
+      </c>
+      <c r="D95" s="14" t="s">
+        <v>555</v>
+      </c>
+      <c r="E95" s="14" t="s">
+        <v>555</v>
+      </c>
+      <c r="F95" s="14" t="s">
+        <v>556</v>
+      </c>
+      <c r="G95" s="14" t="s">
+        <v>557</v>
+      </c>
+      <c r="H95" s="15">
+        <v>44175</v>
+      </c>
+      <c r="I95" s="14"/>
+      <c r="J95" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K95" s="14" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="96" spans="1:11" ht="33.75">
+      <c r="A96" s="12">
+        <v>94</v>
+      </c>
+      <c r="B96" s="16" t="s">
+        <v>559</v>
+      </c>
+      <c r="C96" s="14" t="s">
+        <v>560</v>
+      </c>
+      <c r="D96" s="14" t="s">
+        <v>561</v>
+      </c>
+      <c r="E96" s="14" t="s">
+        <v>561</v>
+      </c>
+      <c r="F96" s="14" t="s">
+        <v>562</v>
+      </c>
+      <c r="G96" s="14" t="s">
+        <v>563</v>
+      </c>
+      <c r="H96" s="15">
+        <v>44176</v>
+      </c>
+      <c r="I96" s="14"/>
+      <c r="J96" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K96" s="14" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="97" spans="1:11" ht="27" customHeight="1">
+      <c r="A97" s="12">
+        <v>95</v>
+      </c>
+      <c r="B97" s="16" t="s">
+        <v>565</v>
+      </c>
+      <c r="C97" s="14" t="s">
+        <v>566</v>
+      </c>
+      <c r="D97" s="14" t="s">
+        <v>567</v>
+      </c>
+      <c r="E97" s="14" t="s">
+        <v>567</v>
+      </c>
+      <c r="F97" s="14" t="s">
+        <v>568</v>
+      </c>
+      <c r="G97" s="14" t="s">
+        <v>569</v>
+      </c>
+      <c r="H97" s="15">
+        <v>44211</v>
+      </c>
+      <c r="I97" s="14"/>
+      <c r="J97" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K97" s="14" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="98" spans="1:11" ht="22.5">
+      <c r="A98" s="12">
+        <v>96</v>
+      </c>
+      <c r="B98" s="16" t="s">
+        <v>571</v>
+      </c>
+      <c r="C98" s="14" t="s">
+        <v>572</v>
+      </c>
+      <c r="D98" s="14" t="s">
+        <v>573</v>
+      </c>
+      <c r="E98" s="14" t="s">
+        <v>573</v>
+      </c>
+      <c r="F98" s="14" t="s">
+        <v>574</v>
+      </c>
+      <c r="G98" s="14" t="s">
+        <v>575</v>
+      </c>
+      <c r="H98" s="15">
+        <v>44217</v>
+      </c>
+      <c r="I98" s="14"/>
+      <c r="J98" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K98" s="14" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="99" spans="1:11" ht="33.75">
+      <c r="A99" s="12">
+        <v>97</v>
+      </c>
+      <c r="B99" s="16" t="s">
+        <v>577</v>
+      </c>
+      <c r="C99" s="14" t="s">
+        <v>578</v>
+      </c>
+      <c r="D99" s="14" t="s">
+        <v>579</v>
+      </c>
+      <c r="E99" s="14" t="s">
+        <v>580</v>
+      </c>
+      <c r="F99" s="14" t="s">
+        <v>581</v>
+      </c>
+      <c r="G99" s="14" t="s">
+        <v>582</v>
+      </c>
+      <c r="H99" s="15">
+        <v>44243</v>
+      </c>
+      <c r="I99" s="14"/>
+      <c r="J99" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K99" s="14" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="100" spans="1:11" ht="33.75">
+      <c r="A100" s="12">
+        <v>98</v>
+      </c>
+      <c r="B100" s="16" t="s">
+        <v>584</v>
+      </c>
+      <c r="C100" s="14" t="s">
+        <v>585</v>
+      </c>
+      <c r="D100" s="14" t="s">
+        <v>586</v>
+      </c>
+      <c r="E100" s="14" t="s">
+        <v>586</v>
+      </c>
+      <c r="F100" s="14" t="s">
+        <v>587</v>
+      </c>
+      <c r="G100" s="14" t="s">
+        <v>588</v>
+      </c>
+      <c r="H100" s="15">
+        <v>44257</v>
+      </c>
+      <c r="I100" s="14"/>
+      <c r="J100" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K100" s="14" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="101" spans="1:11" ht="45">
+      <c r="A101" s="12">
+        <v>99</v>
+      </c>
+      <c r="B101" s="16" t="s">
+        <v>590</v>
+      </c>
+      <c r="C101" s="14" t="s">
+        <v>591</v>
+      </c>
+      <c r="D101" s="14" t="s">
+        <v>111</v>
+      </c>
+      <c r="E101" s="14" t="s">
+        <v>111</v>
+      </c>
+      <c r="F101" s="14" t="s">
+        <v>592</v>
+      </c>
+      <c r="G101" s="14" t="s">
+        <v>593</v>
+      </c>
+      <c r="H101" s="15">
+        <v>44258</v>
+      </c>
+      <c r="I101" s="14"/>
+      <c r="J101" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K101" s="14" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="102" spans="1:11" ht="45">
+      <c r="A102" s="12">
+        <v>100</v>
+      </c>
+      <c r="B102" s="16" t="s">
+        <v>595</v>
+      </c>
+      <c r="C102" s="14" t="s">
+        <v>596</v>
+      </c>
+      <c r="D102" s="14" t="s">
+        <v>597</v>
+      </c>
+      <c r="E102" s="14" t="s">
+        <v>598</v>
+      </c>
+      <c r="F102" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="G102" s="14" t="s">
+        <v>600</v>
+      </c>
+      <c r="H102" s="15">
+        <v>44292</v>
+      </c>
+      <c r="I102" s="14"/>
+      <c r="J102" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K102" s="14" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="103" spans="1:11" ht="67.5" customHeight="1">
+      <c r="A103" s="12">
+        <v>101</v>
+      </c>
+      <c r="B103" s="16" t="s">
+        <v>602</v>
+      </c>
+      <c r="C103" s="14" t="s">
+        <v>603</v>
+      </c>
+      <c r="D103" s="14" t="s">
+        <v>604</v>
+      </c>
+      <c r="E103" s="14" t="s">
+        <v>605</v>
+      </c>
+      <c r="F103" s="14" t="s">
+        <v>606</v>
+      </c>
+      <c r="G103" s="14" t="s">
+        <v>607</v>
+      </c>
+      <c r="H103" s="15">
+        <v>44301</v>
+      </c>
+      <c r="I103" s="14"/>
+      <c r="J103" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K103" s="14" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="104" spans="1:11" ht="56.25">
+      <c r="A104" s="12">
+        <v>102</v>
+      </c>
+      <c r="B104" s="31" t="s">
+        <v>609</v>
+      </c>
+      <c r="C104" s="31">
+        <v>40003936099</v>
+      </c>
+      <c r="D104" s="31" t="s">
+        <v>610</v>
+      </c>
+      <c r="E104" s="31" t="s">
+        <v>610</v>
+      </c>
+      <c r="F104" s="32" t="s">
+        <v>611</v>
+      </c>
+      <c r="G104" s="14" t="s">
+        <v>612</v>
+      </c>
+      <c r="H104" s="33">
+        <v>44357</v>
+      </c>
+      <c r="I104" s="31"/>
+      <c r="J104" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K104" s="32" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="105" spans="1:11">
+      <c r="A105" s="12">
+        <v>103</v>
+      </c>
+      <c r="B105" s="31" t="s">
+        <v>614</v>
+      </c>
+      <c r="C105" s="31">
+        <v>40103927355</v>
+      </c>
+      <c r="D105" s="31" t="s">
+        <v>615</v>
+      </c>
+      <c r="E105" s="31" t="s">
+        <v>615</v>
+      </c>
+      <c r="F105" s="32" t="s">
+        <v>616</v>
+      </c>
+      <c r="G105" s="14" t="s">
+        <v>617</v>
+      </c>
+      <c r="H105" s="33">
+        <v>44378</v>
+      </c>
+      <c r="I105" s="31"/>
+      <c r="J105" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K105" s="32" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="106" spans="1:11" ht="48" customHeight="1">
+      <c r="A106" s="12">
+        <v>104</v>
+      </c>
+      <c r="B106" s="31" t="s">
+        <v>619</v>
+      </c>
+      <c r="C106" s="31">
+        <v>40103372404</v>
+      </c>
+      <c r="D106" s="31" t="s">
+        <v>620</v>
+      </c>
+      <c r="E106" s="31" t="s">
+        <v>621</v>
+      </c>
+      <c r="F106" s="32" t="s">
+        <v>622</v>
+      </c>
+      <c r="G106" s="14" t="s">
+        <v>623</v>
+      </c>
+      <c r="H106" s="33">
+        <v>44389</v>
+      </c>
+      <c r="I106" s="31"/>
+      <c r="J106" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K106" s="32" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="107" spans="1:11" ht="42.6" customHeight="1">
+      <c r="A107" s="12">
+        <v>105</v>
+      </c>
+      <c r="B107" s="16" t="s">
+        <v>625</v>
+      </c>
+      <c r="C107" s="34" t="s">
+        <v>626</v>
+      </c>
+      <c r="D107" s="20" t="s">
+        <v>627</v>
+      </c>
+      <c r="E107" s="20" t="s">
+        <v>627</v>
+      </c>
+      <c r="F107" s="16" t="s">
+        <v>628</v>
+      </c>
+      <c r="G107" s="14" t="s">
+        <v>629</v>
+      </c>
+      <c r="H107" s="35">
+        <v>44417</v>
+      </c>
+      <c r="I107" s="36"/>
+      <c r="J107" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K107" s="20" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="108" spans="1:11">
+      <c r="A108" s="12">
+        <v>106</v>
+      </c>
+      <c r="B108" s="16" t="s">
+        <v>631</v>
+      </c>
+      <c r="C108" s="34" t="s">
+        <v>632</v>
+      </c>
+      <c r="D108" s="20" t="s">
+        <v>633</v>
+      </c>
+      <c r="E108" s="20" t="s">
+        <v>633</v>
+      </c>
+      <c r="F108" s="20" t="s">
+        <v>634</v>
+      </c>
+      <c r="G108" s="14" t="s">
+        <v>635</v>
+      </c>
+      <c r="H108" s="35">
+        <v>44426</v>
+      </c>
+      <c r="I108" s="36"/>
+      <c r="J108" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K108" s="20" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="109" spans="1:11" ht="40.15" customHeight="1">
+      <c r="A109" s="12">
+        <v>107</v>
+      </c>
+      <c r="B109" s="31" t="s">
+        <v>637</v>
+      </c>
+      <c r="C109" s="31">
+        <v>40203281703</v>
+      </c>
+      <c r="D109" s="31" t="s">
+        <v>638</v>
+      </c>
+      <c r="E109" s="31" t="s">
+        <v>639</v>
+      </c>
+      <c r="F109" s="32" t="s">
+        <v>640</v>
+      </c>
+      <c r="G109" s="14" t="s">
+        <v>641</v>
+      </c>
+      <c r="H109" s="37">
+        <v>44433</v>
+      </c>
+      <c r="I109" s="32"/>
+      <c r="J109" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K109" s="32" t="s">
+        <v>2102</v>
+      </c>
+    </row>
+    <row r="110" spans="1:11" ht="45">
+      <c r="A110" s="12">
+        <v>108</v>
+      </c>
+      <c r="B110" s="38" t="s">
+        <v>642</v>
+      </c>
+      <c r="C110" s="31">
+        <v>41203062733</v>
+      </c>
+      <c r="D110" s="31" t="s">
+        <v>643</v>
+      </c>
+      <c r="E110" s="31" t="s">
+        <v>643</v>
+      </c>
+      <c r="F110" s="32" t="s">
+        <v>644</v>
+      </c>
+      <c r="G110" s="14" t="s">
+        <v>645</v>
+      </c>
+      <c r="H110" s="33">
+        <v>44462</v>
+      </c>
+      <c r="I110" s="31"/>
+      <c r="J110" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K110" s="32" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="111" spans="1:11" ht="33.75">
+      <c r="A111" s="12">
+        <v>109</v>
+      </c>
+      <c r="B111" s="31" t="s">
+        <v>647</v>
+      </c>
+      <c r="C111" s="31">
+        <v>43603051555</v>
+      </c>
+      <c r="D111" s="31" t="s">
+        <v>648</v>
+      </c>
+      <c r="E111" s="31" t="s">
+        <v>649</v>
+      </c>
+      <c r="F111" s="32" t="s">
+        <v>650</v>
+      </c>
+      <c r="G111" s="14" t="s">
+        <v>651</v>
+      </c>
+      <c r="H111" s="33">
+        <v>44467</v>
+      </c>
+      <c r="I111" s="31"/>
+      <c r="J111" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K111" s="32" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="112" spans="1:11">
+      <c r="A112" s="12">
+        <v>110</v>
+      </c>
+      <c r="B112" s="31" t="s">
+        <v>653</v>
+      </c>
+      <c r="C112" s="31">
+        <v>40103166622</v>
+      </c>
+      <c r="D112" s="31" t="s">
+        <v>654</v>
+      </c>
+      <c r="E112" s="31" t="s">
+        <v>654</v>
+      </c>
+      <c r="F112" s="32" t="s">
+        <v>655</v>
+      </c>
+      <c r="G112" s="14" t="s">
+        <v>656</v>
+      </c>
+      <c r="H112" s="33">
+        <v>44489</v>
+      </c>
+      <c r="I112" s="31"/>
+      <c r="J112" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K112" s="32" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="113" spans="1:11" ht="29.1" customHeight="1">
+      <c r="A113" s="12">
+        <v>111</v>
+      </c>
+      <c r="B113" s="31" t="s">
+        <v>658</v>
+      </c>
+      <c r="C113" s="31">
+        <v>48503014859</v>
+      </c>
+      <c r="D113" s="31" t="s">
+        <v>659</v>
+      </c>
+      <c r="E113" s="31" t="s">
+        <v>659</v>
+      </c>
+      <c r="F113" s="32" t="s">
+        <v>660</v>
+      </c>
+      <c r="G113" s="14" t="s">
+        <v>661</v>
+      </c>
+      <c r="H113" s="33">
+        <v>44497</v>
+      </c>
+      <c r="I113" s="31"/>
+      <c r="J113" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K113" s="32" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="114" spans="1:11" ht="32.65" customHeight="1">
+      <c r="A114" s="12">
+        <v>112</v>
+      </c>
+      <c r="B114" s="31" t="s">
+        <v>663</v>
+      </c>
+      <c r="C114" s="31">
+        <v>40203110019</v>
+      </c>
+      <c r="D114" s="31" t="s">
+        <v>664</v>
+      </c>
+      <c r="E114" s="31" t="s">
+        <v>664</v>
+      </c>
+      <c r="F114" s="32" t="s">
+        <v>665</v>
+      </c>
+      <c r="G114" s="14" t="s">
+        <v>666</v>
+      </c>
+      <c r="H114" s="33">
+        <v>44517</v>
+      </c>
+      <c r="I114" s="31"/>
+      <c r="J114" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K114" s="32" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="115" spans="1:11" ht="32.65" customHeight="1">
+      <c r="A115" s="12">
+        <v>113</v>
+      </c>
+      <c r="B115" s="31" t="s">
+        <v>668</v>
+      </c>
+      <c r="C115" s="31">
+        <v>50203323731</v>
+      </c>
+      <c r="D115" s="32" t="s">
+        <v>669</v>
+      </c>
+      <c r="E115" s="32" t="s">
+        <v>670</v>
+      </c>
+      <c r="F115" s="32" t="s">
+        <v>671</v>
+      </c>
+      <c r="G115" s="14" t="s">
+        <v>672</v>
+      </c>
+      <c r="H115" s="37">
+        <v>44517</v>
+      </c>
+      <c r="I115" s="32"/>
+      <c r="J115" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K115" s="32" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="116" spans="1:11" ht="22.5">
+      <c r="A116" s="12">
+        <v>114</v>
+      </c>
+      <c r="B116" s="31" t="s">
+        <v>674</v>
+      </c>
+      <c r="C116" s="31">
+        <v>40203307627</v>
+      </c>
+      <c r="D116" s="31" t="s">
+        <v>675</v>
+      </c>
+      <c r="E116" s="31" t="s">
+        <v>675</v>
+      </c>
+      <c r="F116" s="32" t="s">
+        <v>676</v>
+      </c>
+      <c r="G116" s="14" t="s">
+        <v>677</v>
+      </c>
+      <c r="H116" s="33">
+        <v>44529</v>
+      </c>
+      <c r="I116" s="31"/>
+      <c r="J116" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K116" s="32" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="117" spans="1:11" ht="56.25">
+      <c r="A117" s="12">
+        <v>115</v>
+      </c>
+      <c r="B117" s="31" t="s">
+        <v>679</v>
+      </c>
+      <c r="C117" s="31">
+        <v>44103148110</v>
+      </c>
+      <c r="D117" s="31" t="s">
+        <v>680</v>
+      </c>
+      <c r="E117" s="31" t="s">
+        <v>681</v>
+      </c>
+      <c r="F117" s="32" t="s">
+        <v>682</v>
+      </c>
+      <c r="G117" s="14" t="s">
+        <v>683</v>
+      </c>
+      <c r="H117" s="33">
+        <v>45106</v>
+      </c>
+      <c r="I117" s="31"/>
+      <c r="J117" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K117" s="32" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="118" spans="1:11" ht="33.75">
+      <c r="A118" s="12">
+        <v>116</v>
+      </c>
+      <c r="B118" s="31" t="s">
+        <v>685</v>
+      </c>
+      <c r="C118" s="31">
+        <v>40203095557</v>
+      </c>
+      <c r="D118" s="31" t="s">
+        <v>686</v>
+      </c>
+      <c r="E118" s="31" t="s">
+        <v>686</v>
+      </c>
+      <c r="F118" s="32" t="s">
+        <v>687</v>
+      </c>
+      <c r="G118" s="14" t="s">
+        <v>688</v>
+      </c>
+      <c r="H118" s="33">
+        <v>44533</v>
+      </c>
+      <c r="I118" s="31"/>
+      <c r="J118" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K118" s="32" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="119" spans="1:11" ht="41.65" customHeight="1">
+      <c r="A119" s="12">
+        <v>117</v>
+      </c>
+      <c r="B119" s="20" t="s">
+        <v>690</v>
+      </c>
+      <c r="C119" s="20">
+        <v>40103508505</v>
+      </c>
+      <c r="D119" s="20" t="s">
+        <v>691</v>
+      </c>
+      <c r="E119" s="20" t="s">
+        <v>691</v>
+      </c>
+      <c r="F119" s="16" t="s">
+        <v>692</v>
+      </c>
+      <c r="G119" s="14" t="s">
+        <v>693</v>
+      </c>
+      <c r="H119" s="33">
+        <v>44540</v>
+      </c>
+      <c r="I119" s="31"/>
+      <c r="J119" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K119" s="32" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="120" spans="1:11">
+      <c r="A120" s="12">
+        <v>118</v>
+      </c>
+      <c r="B120" s="20" t="s">
+        <v>695</v>
+      </c>
+      <c r="C120" s="20">
+        <v>40103497911</v>
+      </c>
+      <c r="D120" s="20" t="s">
+        <v>696</v>
+      </c>
+      <c r="E120" s="20" t="s">
+        <v>697</v>
+      </c>
+      <c r="F120" s="16" t="s">
+        <v>698</v>
+      </c>
+      <c r="G120" s="14" t="s">
+        <v>699</v>
+      </c>
+      <c r="H120" s="33">
+        <v>44559</v>
+      </c>
+      <c r="I120" s="31"/>
+      <c r="J120" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K120" s="32" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="121" spans="1:11" ht="33.75">
+      <c r="A121" s="12">
+        <v>119</v>
+      </c>
+      <c r="B121" s="20" t="s">
+        <v>701</v>
+      </c>
+      <c r="C121" s="20">
+        <v>50103320141</v>
+      </c>
+      <c r="D121" s="20" t="s">
+        <v>579</v>
+      </c>
+      <c r="E121" s="20" t="s">
+        <v>702</v>
+      </c>
+      <c r="F121" s="16" t="s">
+        <v>703</v>
+      </c>
+      <c r="G121" s="14" t="s">
+        <v>704</v>
+      </c>
+      <c r="H121" s="33">
+        <v>44559</v>
+      </c>
+      <c r="I121" s="31"/>
+      <c r="J121" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K121" s="32" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="122" spans="1:11" ht="32.65" customHeight="1">
+      <c r="A122" s="12">
+        <v>120</v>
+      </c>
+      <c r="B122" s="31" t="s">
+        <v>706</v>
+      </c>
+      <c r="C122" s="31">
+        <v>40203348080</v>
+      </c>
+      <c r="D122" s="31" t="s">
+        <v>707</v>
+      </c>
+      <c r="E122" s="31" t="s">
+        <v>707</v>
+      </c>
+      <c r="F122" s="32" t="s">
+        <v>708</v>
+      </c>
+      <c r="G122" s="14" t="s">
+        <v>709</v>
+      </c>
+      <c r="H122" s="33">
+        <v>44574</v>
+      </c>
+      <c r="I122" s="31"/>
+      <c r="J122" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K122" s="32" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="123" spans="1:11" ht="33.75">
+      <c r="A123" s="12">
+        <v>121</v>
+      </c>
+      <c r="B123" s="31" t="s">
+        <v>711</v>
+      </c>
+      <c r="C123" s="31">
+        <v>40203358731</v>
+      </c>
+      <c r="D123" s="31" t="s">
+        <v>712</v>
+      </c>
+      <c r="E123" s="31" t="s">
+        <v>713</v>
+      </c>
+      <c r="F123" s="16" t="s">
+        <v>714</v>
+      </c>
+      <c r="G123" s="14" t="s">
+        <v>715</v>
+      </c>
+      <c r="H123" s="33">
+        <v>44592</v>
+      </c>
+      <c r="I123" s="31"/>
+      <c r="J123" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K123" s="32" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="124" spans="1:11">
+      <c r="A124" s="12">
+        <v>122</v>
+      </c>
+      <c r="B124" s="31" t="s">
+        <v>717</v>
+      </c>
+      <c r="C124" s="31">
+        <v>40203352989</v>
+      </c>
+      <c r="D124" s="31" t="s">
+        <v>718</v>
+      </c>
+      <c r="E124" s="31" t="s">
+        <v>718</v>
+      </c>
+      <c r="F124" s="16" t="s">
+        <v>719</v>
+      </c>
+      <c r="G124" s="14" t="s">
+        <v>720</v>
+      </c>
+      <c r="H124" s="33">
+        <v>44602</v>
+      </c>
+      <c r="I124" s="31"/>
+      <c r="J124" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K124" s="32" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="125" spans="1:11" ht="39" customHeight="1">
+      <c r="A125" s="12">
+        <v>123</v>
+      </c>
+      <c r="B125" s="31" t="s">
+        <v>722</v>
+      </c>
+      <c r="C125" s="31">
+        <v>41203035453</v>
+      </c>
+      <c r="D125" s="31" t="s">
+        <v>723</v>
+      </c>
+      <c r="E125" s="31" t="s">
+        <v>724</v>
+      </c>
+      <c r="F125" s="16" t="s">
+        <v>725</v>
+      </c>
+      <c r="G125" s="14" t="s">
+        <v>726</v>
+      </c>
+      <c r="H125" s="33">
+        <v>44893</v>
+      </c>
+      <c r="I125" s="31"/>
+      <c r="J125" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K125" s="32" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="126" spans="1:11" ht="33.75">
+      <c r="A126" s="12">
+        <v>124</v>
+      </c>
+      <c r="B126" s="31" t="s">
+        <v>728</v>
+      </c>
+      <c r="C126" s="31">
+        <v>41703001548</v>
+      </c>
+      <c r="D126" s="31" t="s">
+        <v>729</v>
+      </c>
+      <c r="E126" s="31" t="s">
+        <v>729</v>
+      </c>
+      <c r="F126" s="16" t="s">
+        <v>730</v>
+      </c>
+      <c r="G126" s="14" t="s">
+        <v>731</v>
+      </c>
+      <c r="H126" s="33">
         <v>45027</v>
       </c>
-      <c r="I87" s="12"/>
-[...161 lines deleted...]
-      <c r="H92" s="13">
+      <c r="I126" s="31"/>
+      <c r="J126" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K126" s="32" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="127" spans="1:11" ht="45">
+      <c r="A127" s="12">
+        <v>125</v>
+      </c>
+      <c r="B127" s="31" t="s">
+        <v>733</v>
+      </c>
+      <c r="C127" s="31">
+        <v>50003991181</v>
+      </c>
+      <c r="D127" s="31" t="s">
+        <v>734</v>
+      </c>
+      <c r="E127" s="31" t="s">
+        <v>734</v>
+      </c>
+      <c r="F127" s="16" t="s">
+        <v>735</v>
+      </c>
+      <c r="G127" s="14" t="s">
+        <v>736</v>
+      </c>
+      <c r="H127" s="33">
+        <v>45110</v>
+      </c>
+      <c r="I127" s="31"/>
+      <c r="J127" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K127" s="32" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="128" spans="1:11">
+      <c r="A128" s="12">
+        <v>126</v>
+      </c>
+      <c r="B128" s="31" t="s">
+        <v>738</v>
+      </c>
+      <c r="C128" s="31">
+        <v>40203317146</v>
+      </c>
+      <c r="D128" s="31" t="s">
+        <v>739</v>
+      </c>
+      <c r="E128" s="31" t="s">
+        <v>739</v>
+      </c>
+      <c r="F128" s="16" t="s">
+        <v>740</v>
+      </c>
+      <c r="G128" s="14" t="s">
+        <v>741</v>
+      </c>
+      <c r="H128" s="33">
+        <v>44622</v>
+      </c>
+      <c r="I128" s="31"/>
+      <c r="J128" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K128" s="32" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="129" spans="1:11">
+      <c r="A129" s="12">
+        <v>127</v>
+      </c>
+      <c r="B129" s="31" t="s">
+        <v>743</v>
+      </c>
+      <c r="C129" s="31">
+        <v>40203330515</v>
+      </c>
+      <c r="D129" s="31" t="s">
+        <v>744</v>
+      </c>
+      <c r="E129" s="31" t="s">
+        <v>739</v>
+      </c>
+      <c r="F129" s="16" t="s">
+        <v>745</v>
+      </c>
+      <c r="G129" s="14" t="s">
+        <v>746</v>
+      </c>
+      <c r="H129" s="33">
+        <v>44622</v>
+      </c>
+      <c r="I129" s="31"/>
+      <c r="J129" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K129" s="32" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="130" spans="1:11" ht="78.75">
+      <c r="A130" s="12">
+        <v>128</v>
+      </c>
+      <c r="B130" s="31" t="s">
+        <v>748</v>
+      </c>
+      <c r="C130" s="31">
+        <v>40203016684</v>
+      </c>
+      <c r="D130" s="31" t="s">
+        <v>749</v>
+      </c>
+      <c r="E130" s="31" t="s">
+        <v>749</v>
+      </c>
+      <c r="F130" s="16" t="s">
+        <v>750</v>
+      </c>
+      <c r="G130" s="14" t="s">
+        <v>751</v>
+      </c>
+      <c r="H130" s="33">
+        <v>44622</v>
+      </c>
+      <c r="I130" s="31"/>
+      <c r="J130" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K130" s="32" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="131" spans="1:11" ht="45">
+      <c r="A131" s="12">
+        <v>129</v>
+      </c>
+      <c r="B131" s="31" t="s">
+        <v>753</v>
+      </c>
+      <c r="C131" s="31">
+        <v>40203358534</v>
+      </c>
+      <c r="D131" s="31" t="s">
+        <v>754</v>
+      </c>
+      <c r="E131" s="31" t="s">
+        <v>754</v>
+      </c>
+      <c r="F131" s="16" t="s">
+        <v>755</v>
+      </c>
+      <c r="G131" s="14" t="s">
+        <v>756</v>
+      </c>
+      <c r="H131" s="33">
+        <v>44680</v>
+      </c>
+      <c r="I131" s="31"/>
+      <c r="J131" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K131" s="32" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="132" spans="1:11" ht="33.75">
+      <c r="A132" s="12">
+        <v>130</v>
+      </c>
+      <c r="B132" s="31" t="s">
+        <v>758</v>
+      </c>
+      <c r="C132" s="31">
+        <v>44103052844</v>
+      </c>
+      <c r="D132" s="31" t="s">
+        <v>759</v>
+      </c>
+      <c r="E132" s="31" t="s">
+        <v>760</v>
+      </c>
+      <c r="F132" s="16" t="s">
+        <v>761</v>
+      </c>
+      <c r="G132" s="14" t="s">
+        <v>762</v>
+      </c>
+      <c r="H132" s="33">
+        <v>44641</v>
+      </c>
+      <c r="I132" s="31"/>
+      <c r="J132" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K132" s="32" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="133" spans="1:11" ht="67.5">
+      <c r="A133" s="12">
+        <v>131</v>
+      </c>
+      <c r="B133" s="31" t="s">
+        <v>764</v>
+      </c>
+      <c r="C133" s="31">
+        <v>50002193811</v>
+      </c>
+      <c r="D133" s="31" t="s">
+        <v>765</v>
+      </c>
+      <c r="E133" s="31" t="s">
+        <v>765</v>
+      </c>
+      <c r="F133" s="16" t="s">
+        <v>766</v>
+      </c>
+      <c r="G133" s="14" t="s">
+        <v>767</v>
+      </c>
+      <c r="H133" s="33">
+        <v>44663</v>
+      </c>
+      <c r="I133" s="31"/>
+      <c r="J133" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K133" s="32" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="134" spans="1:11" ht="35.65" customHeight="1">
+      <c r="A134" s="12">
+        <v>132</v>
+      </c>
+      <c r="B134" s="31" t="s">
+        <v>769</v>
+      </c>
+      <c r="C134" s="31">
+        <v>40103347036</v>
+      </c>
+      <c r="D134" s="31" t="s">
+        <v>770</v>
+      </c>
+      <c r="E134" s="31" t="s">
+        <v>770</v>
+      </c>
+      <c r="F134" s="16" t="s">
+        <v>771</v>
+      </c>
+      <c r="G134" s="14" t="s">
+        <v>772</v>
+      </c>
+      <c r="H134" s="33">
+        <v>44677</v>
+      </c>
+      <c r="I134" s="31"/>
+      <c r="J134" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K134" s="32" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="135" spans="1:11" ht="36" customHeight="1">
+      <c r="A135" s="12">
+        <v>133</v>
+      </c>
+      <c r="B135" s="31" t="s">
+        <v>774</v>
+      </c>
+      <c r="C135" s="31">
+        <v>50203387291</v>
+      </c>
+      <c r="D135" s="31" t="s">
+        <v>610</v>
+      </c>
+      <c r="E135" s="31" t="s">
+        <v>610</v>
+      </c>
+      <c r="F135" s="16" t="s">
+        <v>775</v>
+      </c>
+      <c r="G135" s="14" t="s">
+        <v>776</v>
+      </c>
+      <c r="H135" s="37">
+        <v>44677</v>
+      </c>
+      <c r="I135" s="32"/>
+      <c r="J135" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K135" s="32" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="136" spans="1:11" ht="33.75">
+      <c r="A136" s="12">
+        <v>134</v>
+      </c>
+      <c r="B136" s="31" t="s">
+        <v>778</v>
+      </c>
+      <c r="C136" s="31">
+        <v>50203358771</v>
+      </c>
+      <c r="D136" s="31" t="s">
+        <v>779</v>
+      </c>
+      <c r="E136" s="31" t="s">
+        <v>780</v>
+      </c>
+      <c r="F136" s="16" t="s">
+        <v>781</v>
+      </c>
+      <c r="G136" s="14" t="s">
+        <v>782</v>
+      </c>
+      <c r="H136" s="33">
+        <v>44678</v>
+      </c>
+      <c r="I136" s="31"/>
+      <c r="J136" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K136" s="32" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="137" spans="1:11" ht="33.75">
+      <c r="A137" s="12">
+        <v>135</v>
+      </c>
+      <c r="B137" s="31" t="s">
+        <v>784</v>
+      </c>
+      <c r="C137" s="31">
+        <v>40203378831</v>
+      </c>
+      <c r="D137" s="31" t="s">
+        <v>785</v>
+      </c>
+      <c r="E137" s="31" t="s">
+        <v>785</v>
+      </c>
+      <c r="F137" s="16" t="s">
+        <v>786</v>
+      </c>
+      <c r="G137" s="14" t="s">
+        <v>787</v>
+      </c>
+      <c r="H137" s="33">
+        <v>44698</v>
+      </c>
+      <c r="I137" s="31"/>
+      <c r="J137" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K137" s="32" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="138" spans="1:11" ht="65.650000000000006" customHeight="1">
+      <c r="A138" s="12">
+        <v>136</v>
+      </c>
+      <c r="B138" s="31" t="s">
+        <v>789</v>
+      </c>
+      <c r="C138" s="31">
+        <v>40003789592</v>
+      </c>
+      <c r="D138" s="31" t="s">
+        <v>790</v>
+      </c>
+      <c r="E138" s="31" t="s">
+        <v>790</v>
+      </c>
+      <c r="F138" s="16" t="s">
+        <v>791</v>
+      </c>
+      <c r="G138" s="14" t="s">
+        <v>792</v>
+      </c>
+      <c r="H138" s="33">
+        <v>44711</v>
+      </c>
+      <c r="I138" s="31"/>
+      <c r="J138" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K138" s="32" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="139" spans="1:11" ht="65.650000000000006" customHeight="1">
+      <c r="A139" s="12">
+        <v>137</v>
+      </c>
+      <c r="B139" s="31" t="s">
+        <v>794</v>
+      </c>
+      <c r="C139" s="31">
+        <v>50203388831</v>
+      </c>
+      <c r="D139" s="31" t="s">
+        <v>795</v>
+      </c>
+      <c r="E139" s="31" t="s">
+        <v>795</v>
+      </c>
+      <c r="F139" s="16" t="s">
+        <v>796</v>
+      </c>
+      <c r="G139" s="14" t="s">
+        <v>797</v>
+      </c>
+      <c r="H139" s="33">
+        <v>44711</v>
+      </c>
+      <c r="I139" s="31"/>
+      <c r="J139" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K139" s="32" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="140" spans="1:11" ht="33" customHeight="1">
+      <c r="A140" s="12">
+        <v>138</v>
+      </c>
+      <c r="B140" s="31" t="s">
+        <v>799</v>
+      </c>
+      <c r="C140" s="31">
+        <v>40203177374</v>
+      </c>
+      <c r="D140" s="31" t="s">
+        <v>800</v>
+      </c>
+      <c r="E140" s="31" t="s">
+        <v>800</v>
+      </c>
+      <c r="F140" s="16" t="s">
+        <v>801</v>
+      </c>
+      <c r="G140" s="14" t="s">
+        <v>802</v>
+      </c>
+      <c r="H140" s="33">
+        <v>44963</v>
+      </c>
+      <c r="I140" s="31"/>
+      <c r="J140" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K140" s="32" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="141" spans="1:11" ht="33.75">
+      <c r="A141" s="12">
+        <v>139</v>
+      </c>
+      <c r="B141" s="31" t="s">
+        <v>804</v>
+      </c>
+      <c r="C141" s="31">
+        <v>44103038018</v>
+      </c>
+      <c r="D141" s="31" t="s">
+        <v>805</v>
+      </c>
+      <c r="E141" s="31" t="s">
+        <v>805</v>
+      </c>
+      <c r="F141" s="16" t="s">
+        <v>806</v>
+      </c>
+      <c r="G141" s="14" t="s">
+        <v>807</v>
+      </c>
+      <c r="H141" s="33">
+        <v>44714</v>
+      </c>
+      <c r="I141" s="31"/>
+      <c r="J141" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K141" s="32" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="142" spans="1:11" ht="33.75">
+      <c r="A142" s="12">
+        <v>140</v>
+      </c>
+      <c r="B142" s="31" t="s">
+        <v>809</v>
+      </c>
+      <c r="C142" s="31">
+        <v>40203384594</v>
+      </c>
+      <c r="D142" s="31" t="s">
+        <v>810</v>
+      </c>
+      <c r="E142" s="31" t="s">
+        <v>810</v>
+      </c>
+      <c r="F142" s="16" t="s">
+        <v>811</v>
+      </c>
+      <c r="G142" s="14" t="s">
+        <v>812</v>
+      </c>
+      <c r="H142" s="33">
+        <v>44714</v>
+      </c>
+      <c r="I142" s="31"/>
+      <c r="J142" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K142" s="32" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="143" spans="1:11" ht="30.75" customHeight="1">
+      <c r="A143" s="12">
+        <v>141</v>
+      </c>
+      <c r="B143" s="31" t="s">
+        <v>814</v>
+      </c>
+      <c r="C143" s="31">
+        <v>40203397226</v>
+      </c>
+      <c r="D143" s="31" t="s">
+        <v>815</v>
+      </c>
+      <c r="E143" s="31" t="s">
+        <v>815</v>
+      </c>
+      <c r="F143" s="16" t="s">
+        <v>816</v>
+      </c>
+      <c r="G143" s="14" t="s">
+        <v>817</v>
+      </c>
+      <c r="H143" s="33">
+        <v>44721</v>
+      </c>
+      <c r="I143" s="31"/>
+      <c r="J143" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K143" s="32" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="144" spans="1:11" ht="70.150000000000006" customHeight="1">
+      <c r="A144" s="12">
+        <v>142</v>
+      </c>
+      <c r="B144" s="31" t="s">
+        <v>819</v>
+      </c>
+      <c r="C144" s="31">
+        <v>40203081415</v>
+      </c>
+      <c r="D144" s="31" t="s">
+        <v>820</v>
+      </c>
+      <c r="E144" s="31" t="s">
+        <v>821</v>
+      </c>
+      <c r="F144" s="16" t="s">
+        <v>822</v>
+      </c>
+      <c r="G144" s="14" t="s">
+        <v>823</v>
+      </c>
+      <c r="H144" s="33">
+        <v>44722</v>
+      </c>
+      <c r="I144" s="31"/>
+      <c r="J144" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K144" s="32" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="145" spans="1:11" ht="70.150000000000006" customHeight="1">
+      <c r="A145" s="12">
+        <v>143</v>
+      </c>
+      <c r="B145" s="31" t="s">
+        <v>825</v>
+      </c>
+      <c r="C145" s="31">
+        <v>44103116365</v>
+      </c>
+      <c r="D145" s="31" t="s">
+        <v>826</v>
+      </c>
+      <c r="E145" s="31" t="s">
+        <v>826</v>
+      </c>
+      <c r="F145" s="16" t="s">
+        <v>827</v>
+      </c>
+      <c r="G145" s="14" t="s">
+        <v>828</v>
+      </c>
+      <c r="H145" s="33">
+        <v>44722</v>
+      </c>
+      <c r="I145" s="31"/>
+      <c r="J145" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K145" s="32" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="146" spans="1:11" ht="70.150000000000006" customHeight="1">
+      <c r="A146" s="12">
+        <v>144</v>
+      </c>
+      <c r="B146" s="31" t="s">
+        <v>830</v>
+      </c>
+      <c r="C146" s="31">
+        <v>40103505829</v>
+      </c>
+      <c r="D146" s="31" t="s">
+        <v>831</v>
+      </c>
+      <c r="E146" s="31" t="s">
+        <v>831</v>
+      </c>
+      <c r="F146" s="16" t="s">
+        <v>832</v>
+      </c>
+      <c r="G146" s="14" t="s">
+        <v>833</v>
+      </c>
+      <c r="H146" s="33">
+        <v>44722</v>
+      </c>
+      <c r="I146" s="31"/>
+      <c r="J146" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K146" s="32" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="147" spans="1:11" ht="31.5" customHeight="1">
+      <c r="A147" s="12">
+        <v>145</v>
+      </c>
+      <c r="B147" s="31" t="s">
+        <v>835</v>
+      </c>
+      <c r="C147" s="31">
+        <v>40203396080</v>
+      </c>
+      <c r="D147" s="31" t="s">
+        <v>836</v>
+      </c>
+      <c r="E147" s="31" t="s">
+        <v>836</v>
+      </c>
+      <c r="F147" s="16" t="s">
+        <v>837</v>
+      </c>
+      <c r="G147" s="14" t="s">
+        <v>838</v>
+      </c>
+      <c r="H147" s="33">
         <v>44728</v>
       </c>
-      <c r="I92" s="12"/>
-[...29 lines deleted...]
-      <c r="H93" s="13">
+      <c r="I147" s="31"/>
+      <c r="J147" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K147" s="32" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="148" spans="1:11" ht="35.65" customHeight="1">
+      <c r="A148" s="12">
+        <v>146</v>
+      </c>
+      <c r="B148" s="31" t="s">
+        <v>840</v>
+      </c>
+      <c r="C148" s="31">
+        <v>42403046552</v>
+      </c>
+      <c r="D148" s="31" t="s">
+        <v>841</v>
+      </c>
+      <c r="E148" s="31" t="s">
+        <v>842</v>
+      </c>
+      <c r="F148" s="16" t="s">
+        <v>843</v>
+      </c>
+      <c r="G148" s="14" t="s">
+        <v>844</v>
+      </c>
+      <c r="H148" s="33">
+        <v>44728</v>
+      </c>
+      <c r="I148" s="31"/>
+      <c r="J148" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K148" s="32" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="149" spans="1:11" ht="56.25">
+      <c r="A149" s="12">
+        <v>147</v>
+      </c>
+      <c r="B149" s="31" t="s">
+        <v>846</v>
+      </c>
+      <c r="C149" s="31">
+        <v>40203284574</v>
+      </c>
+      <c r="D149" s="31" t="s">
+        <v>28</v>
+      </c>
+      <c r="E149" s="31" t="s">
+        <v>28</v>
+      </c>
+      <c r="F149" s="28" t="s">
+        <v>847</v>
+      </c>
+      <c r="G149" s="14" t="s">
+        <v>848</v>
+      </c>
+      <c r="H149" s="39">
+        <v>44750</v>
+      </c>
+      <c r="I149" s="40"/>
+      <c r="J149" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K149" s="32" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="150" spans="1:11" ht="33.75">
+      <c r="A150" s="12">
+        <v>148</v>
+      </c>
+      <c r="B150" s="31" t="s">
+        <v>850</v>
+      </c>
+      <c r="C150" s="31">
+        <v>40203255842</v>
+      </c>
+      <c r="D150" s="31" t="s">
+        <v>851</v>
+      </c>
+      <c r="E150" s="31" t="s">
+        <v>851</v>
+      </c>
+      <c r="F150" s="28" t="s">
+        <v>852</v>
+      </c>
+      <c r="G150" s="14" t="s">
+        <v>853</v>
+      </c>
+      <c r="H150" s="39">
+        <v>44760</v>
+      </c>
+      <c r="I150" s="40"/>
+      <c r="J150" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K150" s="32" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="151" spans="1:11" ht="56.25">
+      <c r="A151" s="12">
+        <v>149</v>
+      </c>
+      <c r="B151" s="31" t="s">
+        <v>855</v>
+      </c>
+      <c r="C151" s="31">
+        <v>51503034181</v>
+      </c>
+      <c r="D151" s="31" t="s">
+        <v>856</v>
+      </c>
+      <c r="E151" s="31" t="s">
+        <v>857</v>
+      </c>
+      <c r="F151" s="28" t="s">
+        <v>858</v>
+      </c>
+      <c r="G151" s="14" t="s">
+        <v>859</v>
+      </c>
+      <c r="H151" s="39">
+        <v>44784</v>
+      </c>
+      <c r="I151" s="40"/>
+      <c r="J151" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K151" s="32" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="152" spans="1:11" ht="33.75">
+      <c r="A152" s="12">
+        <v>150</v>
+      </c>
+      <c r="B152" s="31" t="s">
+        <v>861</v>
+      </c>
+      <c r="C152" s="31">
+        <v>40103974877</v>
+      </c>
+      <c r="D152" s="31" t="s">
+        <v>862</v>
+      </c>
+      <c r="E152" s="31" t="s">
+        <v>862</v>
+      </c>
+      <c r="F152" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G152" s="14" t="s">
+        <v>863</v>
+      </c>
+      <c r="H152" s="39">
+        <v>44777</v>
+      </c>
+      <c r="I152" s="40"/>
+      <c r="J152" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K152" s="32" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="153" spans="1:11" ht="22.5">
+      <c r="A153" s="12">
+        <v>151</v>
+      </c>
+      <c r="B153" s="31" t="s">
+        <v>865</v>
+      </c>
+      <c r="C153" s="31">
+        <v>40203356073</v>
+      </c>
+      <c r="D153" s="31" t="s">
+        <v>866</v>
+      </c>
+      <c r="E153" s="31" t="s">
+        <v>866</v>
+      </c>
+      <c r="F153" s="28" t="s">
+        <v>867</v>
+      </c>
+      <c r="G153" s="14" t="s">
+        <v>868</v>
+      </c>
+      <c r="H153" s="39">
+        <v>44777</v>
+      </c>
+      <c r="I153" s="40"/>
+      <c r="J153" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K153" s="32" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="154" spans="1:11" s="43" customFormat="1" ht="33.75">
+      <c r="A154" s="12">
+        <v>152</v>
+      </c>
+      <c r="B154" s="41" t="s">
+        <v>870</v>
+      </c>
+      <c r="C154" s="41">
+        <v>40003121062</v>
+      </c>
+      <c r="D154" s="41" t="s">
+        <v>871</v>
+      </c>
+      <c r="E154" s="41" t="s">
+        <v>871</v>
+      </c>
+      <c r="F154" s="28" t="s">
+        <v>872</v>
+      </c>
+      <c r="G154" s="14" t="s">
+        <v>873</v>
+      </c>
+      <c r="H154" s="39">
+        <v>44782</v>
+      </c>
+      <c r="I154" s="40"/>
+      <c r="J154" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K154" s="42" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="155" spans="1:11" s="43" customFormat="1" ht="45">
+      <c r="A155" s="12">
+        <v>153</v>
+      </c>
+      <c r="B155" s="41" t="s">
+        <v>875</v>
+      </c>
+      <c r="C155" s="41">
+        <v>40203050735</v>
+      </c>
+      <c r="D155" s="41" t="s">
+        <v>876</v>
+      </c>
+      <c r="E155" s="41" t="s">
+        <v>876</v>
+      </c>
+      <c r="F155" s="28" t="s">
+        <v>877</v>
+      </c>
+      <c r="G155" s="14" t="s">
+        <v>878</v>
+      </c>
+      <c r="H155" s="29">
+        <v>44784</v>
+      </c>
+      <c r="I155" s="28"/>
+      <c r="J155" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K155" s="32" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="156" spans="1:11" s="43" customFormat="1" ht="33.75">
+      <c r="A156" s="12">
+        <v>154</v>
+      </c>
+      <c r="B156" s="41" t="s">
+        <v>880</v>
+      </c>
+      <c r="C156" s="41">
+        <v>40203403927</v>
+      </c>
+      <c r="D156" s="41" t="s">
+        <v>881</v>
+      </c>
+      <c r="E156" s="41" t="s">
+        <v>881</v>
+      </c>
+      <c r="F156" s="28" t="s">
+        <v>882</v>
+      </c>
+      <c r="G156" s="14" t="s">
+        <v>883</v>
+      </c>
+      <c r="H156" s="39">
+        <v>44784</v>
+      </c>
+      <c r="I156" s="40"/>
+      <c r="J156" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K156" s="42" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="157" spans="1:11" s="43" customFormat="1" ht="22.5">
+      <c r="A157" s="12">
+        <v>155</v>
+      </c>
+      <c r="B157" s="41" t="s">
+        <v>885</v>
+      </c>
+      <c r="C157" s="41">
+        <v>40203272240</v>
+      </c>
+      <c r="D157" s="41" t="s">
+        <v>886</v>
+      </c>
+      <c r="E157" s="41" t="s">
+        <v>886</v>
+      </c>
+      <c r="F157" s="28" t="s">
+        <v>887</v>
+      </c>
+      <c r="G157" s="14" t="s">
+        <v>888</v>
+      </c>
+      <c r="H157" s="39">
+        <v>44791</v>
+      </c>
+      <c r="I157" s="40"/>
+      <c r="J157" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K157" s="42" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="158" spans="1:11" s="43" customFormat="1" ht="33.75">
+      <c r="A158" s="12">
+        <v>156</v>
+      </c>
+      <c r="B158" s="41" t="s">
+        <v>890</v>
+      </c>
+      <c r="C158" s="41">
+        <v>40203403471</v>
+      </c>
+      <c r="D158" s="41" t="s">
+        <v>891</v>
+      </c>
+      <c r="E158" s="41" t="s">
+        <v>891</v>
+      </c>
+      <c r="F158" s="28" t="s">
+        <v>892</v>
+      </c>
+      <c r="G158" s="14" t="s">
+        <v>893</v>
+      </c>
+      <c r="H158" s="39">
+        <v>44833</v>
+      </c>
+      <c r="I158" s="40"/>
+      <c r="J158" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K158" s="42" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="159" spans="1:11" s="43" customFormat="1" ht="33.75">
+      <c r="A159" s="12">
+        <v>157</v>
+      </c>
+      <c r="B159" s="41" t="s">
+        <v>895</v>
+      </c>
+      <c r="C159" s="41">
+        <v>40203270767</v>
+      </c>
+      <c r="D159" s="41" t="s">
+        <v>896</v>
+      </c>
+      <c r="E159" s="41" t="s">
+        <v>897</v>
+      </c>
+      <c r="F159" s="28" t="s">
+        <v>898</v>
+      </c>
+      <c r="G159" s="14" t="s">
+        <v>899</v>
+      </c>
+      <c r="H159" s="39">
+        <v>44797</v>
+      </c>
+      <c r="I159" s="40"/>
+      <c r="J159" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K159" s="42" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="160" spans="1:11" ht="22.5">
+      <c r="A160" s="12">
+        <v>158</v>
+      </c>
+      <c r="B160" s="41" t="s">
+        <v>901</v>
+      </c>
+      <c r="C160" s="41">
+        <v>40203263731</v>
+      </c>
+      <c r="D160" s="41" t="s">
+        <v>902</v>
+      </c>
+      <c r="E160" s="41" t="s">
+        <v>902</v>
+      </c>
+      <c r="F160" s="28" t="s">
+        <v>903</v>
+      </c>
+      <c r="G160" s="14" t="s">
+        <v>904</v>
+      </c>
+      <c r="H160" s="39">
+        <v>44811</v>
+      </c>
+      <c r="I160" s="40"/>
+      <c r="J160" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K160" s="42" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="161" spans="1:11" ht="33.75">
+      <c r="A161" s="12">
+        <v>159</v>
+      </c>
+      <c r="B161" s="41" t="s">
+        <v>906</v>
+      </c>
+      <c r="C161" s="41">
+        <v>40203294318</v>
+      </c>
+      <c r="D161" s="41" t="s">
+        <v>907</v>
+      </c>
+      <c r="E161" s="41" t="s">
+        <v>907</v>
+      </c>
+      <c r="F161" s="28" t="s">
+        <v>908</v>
+      </c>
+      <c r="G161" s="14" t="s">
+        <v>909</v>
+      </c>
+      <c r="H161" s="39">
+        <v>44818</v>
+      </c>
+      <c r="I161" s="40"/>
+      <c r="J161" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K161" s="42" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="162" spans="1:11" ht="33.75">
+      <c r="A162" s="12">
+        <v>160</v>
+      </c>
+      <c r="B162" s="41" t="s">
+        <v>911</v>
+      </c>
+      <c r="C162" s="41">
+        <v>40103003876</v>
+      </c>
+      <c r="D162" s="41" t="s">
+        <v>122</v>
+      </c>
+      <c r="E162" s="41" t="s">
+        <v>122</v>
+      </c>
+      <c r="F162" s="28" t="s">
+        <v>912</v>
+      </c>
+      <c r="G162" s="14" t="s">
+        <v>913</v>
+      </c>
+      <c r="H162" s="39">
+        <v>44832</v>
+      </c>
+      <c r="I162" s="40"/>
+      <c r="J162" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K162" s="32" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="163" spans="1:11" ht="45">
+      <c r="A163" s="12">
+        <v>161</v>
+      </c>
+      <c r="B163" s="41" t="s">
+        <v>915</v>
+      </c>
+      <c r="C163" s="41">
+        <v>40103692530</v>
+      </c>
+      <c r="D163" s="42" t="s">
+        <v>916</v>
+      </c>
+      <c r="E163" s="41" t="s">
+        <v>917</v>
+      </c>
+      <c r="F163" s="28" t="s">
+        <v>918</v>
+      </c>
+      <c r="G163" s="14" t="s">
+        <v>919</v>
+      </c>
+      <c r="H163" s="39">
+        <v>44837</v>
+      </c>
+      <c r="I163" s="40"/>
+      <c r="J163" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K163" s="42" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="164" spans="1:11" ht="33.75">
+      <c r="A164" s="12">
+        <v>162</v>
+      </c>
+      <c r="B164" s="41" t="s">
+        <v>921</v>
+      </c>
+      <c r="C164" s="41">
+        <v>54103050671</v>
+      </c>
+      <c r="D164" s="41" t="s">
+        <v>922</v>
+      </c>
+      <c r="E164" s="41" t="s">
+        <v>922</v>
+      </c>
+      <c r="F164" s="28" t="s">
+        <v>923</v>
+      </c>
+      <c r="G164" s="14" t="s">
+        <v>924</v>
+      </c>
+      <c r="H164" s="39">
+        <v>44840</v>
+      </c>
+      <c r="I164" s="40"/>
+      <c r="J164" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K164" s="32" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="165" spans="1:11" ht="45">
+      <c r="A165" s="12">
+        <v>163</v>
+      </c>
+      <c r="B165" s="41" t="s">
+        <v>926</v>
+      </c>
+      <c r="C165" s="41">
+        <v>40203142584</v>
+      </c>
+      <c r="D165" s="41" t="s">
+        <v>927</v>
+      </c>
+      <c r="E165" s="41" t="s">
+        <v>927</v>
+      </c>
+      <c r="F165" s="28" t="s">
+        <v>928</v>
+      </c>
+      <c r="G165" s="14" t="s">
+        <v>929</v>
+      </c>
+      <c r="H165" s="39">
+        <v>44840</v>
+      </c>
+      <c r="I165" s="40"/>
+      <c r="J165" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K165" s="32" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="166" spans="1:11" ht="33.75">
+      <c r="A166" s="12">
+        <v>164</v>
+      </c>
+      <c r="B166" s="41" t="s">
+        <v>931</v>
+      </c>
+      <c r="C166" s="41">
+        <v>40203433565</v>
+      </c>
+      <c r="D166" s="41" t="s">
+        <v>932</v>
+      </c>
+      <c r="E166" s="41" t="s">
+        <v>932</v>
+      </c>
+      <c r="F166" s="28" t="s">
+        <v>933</v>
+      </c>
+      <c r="G166" s="14" t="s">
+        <v>934</v>
+      </c>
+      <c r="H166" s="39">
+        <v>44873</v>
+      </c>
+      <c r="I166" s="40"/>
+      <c r="J166" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K166" s="32" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="167" spans="1:11" ht="46.5" customHeight="1">
+      <c r="A167" s="12">
+        <v>165</v>
+      </c>
+      <c r="B167" s="41" t="s">
+        <v>936</v>
+      </c>
+      <c r="C167" s="41">
+        <v>50203133371</v>
+      </c>
+      <c r="D167" s="41" t="s">
+        <v>937</v>
+      </c>
+      <c r="E167" s="41" t="s">
+        <v>937</v>
+      </c>
+      <c r="F167" s="28" t="s">
+        <v>938</v>
+      </c>
+      <c r="G167" s="14" t="s">
+        <v>939</v>
+      </c>
+      <c r="H167" s="39">
+        <v>44886</v>
+      </c>
+      <c r="I167" s="40"/>
+      <c r="J167" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K167" s="32" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="168" spans="1:11" ht="33.75">
+      <c r="A168" s="12">
+        <v>166</v>
+      </c>
+      <c r="B168" s="41" t="s">
+        <v>941</v>
+      </c>
+      <c r="C168" s="41">
+        <v>40203242195</v>
+      </c>
+      <c r="D168" s="41" t="s">
+        <v>942</v>
+      </c>
+      <c r="E168" s="41" t="s">
+        <v>943</v>
+      </c>
+      <c r="F168" s="28" t="s">
+        <v>944</v>
+      </c>
+      <c r="G168" s="14" t="s">
+        <v>945</v>
+      </c>
+      <c r="H168" s="39">
+        <v>44889</v>
+      </c>
+      <c r="I168" s="40"/>
+      <c r="J168" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K168" s="32" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="169" spans="1:11" ht="33.75">
+      <c r="A169" s="12">
+        <v>167</v>
+      </c>
+      <c r="B169" s="41" t="s">
+        <v>947</v>
+      </c>
+      <c r="C169" s="41">
+        <v>40103897262</v>
+      </c>
+      <c r="D169" s="41" t="s">
+        <v>948</v>
+      </c>
+      <c r="E169" s="41" t="s">
+        <v>949</v>
+      </c>
+      <c r="F169" s="28" t="s">
+        <v>950</v>
+      </c>
+      <c r="G169" s="14" t="s">
+        <v>951</v>
+      </c>
+      <c r="H169" s="39">
+        <v>44890</v>
+      </c>
+      <c r="I169" s="40"/>
+      <c r="J169" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K169" s="32" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="170" spans="1:11" ht="22.5">
+      <c r="A170" s="12">
+        <v>168</v>
+      </c>
+      <c r="B170" s="41" t="s">
+        <v>953</v>
+      </c>
+      <c r="C170" s="41">
+        <v>40203194641</v>
+      </c>
+      <c r="D170" s="41" t="s">
+        <v>954</v>
+      </c>
+      <c r="E170" s="41" t="s">
+        <v>955</v>
+      </c>
+      <c r="F170" s="28" t="s">
+        <v>956</v>
+      </c>
+      <c r="G170" s="14" t="s">
+        <v>957</v>
+      </c>
+      <c r="H170" s="39">
+        <v>44870</v>
+      </c>
+      <c r="I170" s="40"/>
+      <c r="J170" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K170" s="32" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="171" spans="1:11" ht="33.75">
+      <c r="A171" s="12">
+        <v>169</v>
+      </c>
+      <c r="B171" s="41" t="s">
+        <v>959</v>
+      </c>
+      <c r="C171" s="41">
+        <v>40203202883</v>
+      </c>
+      <c r="D171" s="41" t="s">
+        <v>960</v>
+      </c>
+      <c r="E171" s="41" t="s">
+        <v>961</v>
+      </c>
+      <c r="F171" s="28" t="s">
+        <v>962</v>
+      </c>
+      <c r="G171" s="14" t="s">
+        <v>963</v>
+      </c>
+      <c r="H171" s="39">
+        <v>44907</v>
+      </c>
+      <c r="I171" s="40"/>
+      <c r="J171" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K171" s="32" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="172" spans="1:11" ht="33" customHeight="1">
+      <c r="A172" s="12">
+        <v>170</v>
+      </c>
+      <c r="B172" s="41" t="s">
+        <v>965</v>
+      </c>
+      <c r="C172" s="41">
+        <v>40203302441</v>
+      </c>
+      <c r="D172" s="41" t="s">
+        <v>966</v>
+      </c>
+      <c r="E172" s="41" t="s">
+        <v>966</v>
+      </c>
+      <c r="F172" s="28" t="s">
+        <v>967</v>
+      </c>
+      <c r="G172" s="14" t="s">
+        <v>968</v>
+      </c>
+      <c r="H172" s="39">
+        <v>44909</v>
+      </c>
+      <c r="I172" s="40"/>
+      <c r="J172" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K172" s="32" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="173" spans="1:11" ht="33" customHeight="1">
+      <c r="A173" s="12">
+        <v>171</v>
+      </c>
+      <c r="B173" s="41" t="s">
+        <v>970</v>
+      </c>
+      <c r="C173" s="41">
+        <v>40203442337</v>
+      </c>
+      <c r="D173" s="41" t="s">
+        <v>971</v>
+      </c>
+      <c r="E173" s="41" t="s">
+        <v>971</v>
+      </c>
+      <c r="F173" s="28" t="s">
+        <v>972</v>
+      </c>
+      <c r="G173" s="14" t="s">
+        <v>973</v>
+      </c>
+      <c r="H173" s="39">
+        <v>44917</v>
+      </c>
+      <c r="I173" s="40"/>
+      <c r="J173" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K173" s="32" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="174" spans="1:11" ht="33" customHeight="1">
+      <c r="A174" s="12">
+        <v>172</v>
+      </c>
+      <c r="B174" s="41" t="s">
+        <v>975</v>
+      </c>
+      <c r="C174" s="41">
+        <v>42103106956</v>
+      </c>
+      <c r="D174" s="41" t="s">
+        <v>976</v>
+      </c>
+      <c r="E174" s="41" t="s">
+        <v>977</v>
+      </c>
+      <c r="F174" s="28" t="s">
+        <v>978</v>
+      </c>
+      <c r="G174" s="14" t="s">
+        <v>979</v>
+      </c>
+      <c r="H174" s="39">
+        <v>44924</v>
+      </c>
+      <c r="I174" s="40"/>
+      <c r="J174" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K174" s="32" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="175" spans="1:11" ht="63" customHeight="1">
+      <c r="A175" s="12">
+        <v>173</v>
+      </c>
+      <c r="B175" s="41" t="s">
+        <v>981</v>
+      </c>
+      <c r="C175" s="41">
+        <v>40203438524</v>
+      </c>
+      <c r="D175" s="41" t="s">
+        <v>982</v>
+      </c>
+      <c r="E175" s="41" t="s">
+        <v>983</v>
+      </c>
+      <c r="F175" s="28" t="s">
+        <v>984</v>
+      </c>
+      <c r="G175" s="14" t="s">
+        <v>985</v>
+      </c>
+      <c r="H175" s="39">
+        <v>44960</v>
+      </c>
+      <c r="I175" s="40"/>
+      <c r="J175" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K175" s="32" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="176" spans="1:11" ht="63" customHeight="1">
+      <c r="A176" s="12">
+        <v>174</v>
+      </c>
+      <c r="B176" s="41" t="s">
+        <v>987</v>
+      </c>
+      <c r="C176" s="20">
+        <v>50203412391</v>
+      </c>
+      <c r="D176" s="41" t="s">
+        <v>988</v>
+      </c>
+      <c r="E176" s="41" t="s">
+        <v>988</v>
+      </c>
+      <c r="F176" s="28" t="s">
+        <v>989</v>
+      </c>
+      <c r="G176" s="14" t="s">
+        <v>990</v>
+      </c>
+      <c r="H176" s="39">
+        <v>44960</v>
+      </c>
+      <c r="I176" s="40"/>
+      <c r="J176" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K176" s="32" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="177" spans="1:11" ht="63" customHeight="1">
+      <c r="A177" s="12">
+        <v>175</v>
+      </c>
+      <c r="B177" s="41" t="s">
+        <v>992</v>
+      </c>
+      <c r="C177" s="41">
+        <v>40003264397</v>
+      </c>
+      <c r="D177" s="20" t="s">
+        <v>993</v>
+      </c>
+      <c r="E177" s="41" t="s">
+        <v>994</v>
+      </c>
+      <c r="F177" s="28" t="s">
+        <v>995</v>
+      </c>
+      <c r="G177" s="14" t="s">
+        <v>996</v>
+      </c>
+      <c r="H177" s="39">
+        <v>44966</v>
+      </c>
+      <c r="I177" s="40"/>
+      <c r="J177" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K177" s="32" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="178" spans="1:11" ht="29.65" customHeight="1">
+      <c r="A178" s="12">
+        <v>176</v>
+      </c>
+      <c r="B178" s="41" t="s">
+        <v>998</v>
+      </c>
+      <c r="C178" s="41">
+        <v>40203441261</v>
+      </c>
+      <c r="D178" s="41" t="s">
+        <v>999</v>
+      </c>
+      <c r="E178" s="41" t="s">
+        <v>999</v>
+      </c>
+      <c r="F178" s="28" t="s">
+        <v>1000</v>
+      </c>
+      <c r="G178" s="14" t="s">
+        <v>1001</v>
+      </c>
+      <c r="H178" s="39">
+        <v>44998</v>
+      </c>
+      <c r="I178" s="40"/>
+      <c r="J178" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K178" s="32" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="179" spans="1:11" ht="22.5">
+      <c r="A179" s="12">
+        <v>177</v>
+      </c>
+      <c r="B179" s="41" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C179" s="41">
+        <v>42103077619</v>
+      </c>
+      <c r="D179" s="41" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E179" s="41" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F179" s="28" t="s">
+        <v>1005</v>
+      </c>
+      <c r="G179" s="14" t="s">
+        <v>1006</v>
+      </c>
+      <c r="H179" s="39">
+        <v>44979</v>
+      </c>
+      <c r="I179" s="40"/>
+      <c r="J179" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K179" s="32" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="180" spans="1:11" ht="22.5">
+      <c r="A180" s="12">
+        <v>178</v>
+      </c>
+      <c r="B180" s="41" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C180" s="41">
+        <v>40002010380</v>
+      </c>
+      <c r="D180" s="41" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E180" s="41" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F180" s="28" t="s">
+        <v>1011</v>
+      </c>
+      <c r="G180" s="14" t="s">
+        <v>1012</v>
+      </c>
+      <c r="H180" s="39">
+        <v>44979</v>
+      </c>
+      <c r="I180" s="40"/>
+      <c r="J180" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K180" s="32" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="181" spans="1:11" ht="55.15" customHeight="1">
+      <c r="A181" s="12">
+        <v>179</v>
+      </c>
+      <c r="B181" s="41" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C181" s="41">
+        <v>44103139279</v>
+      </c>
+      <c r="D181" s="41" t="s">
+        <v>1014</v>
+      </c>
+      <c r="E181" s="41" t="s">
+        <v>1014</v>
+      </c>
+      <c r="F181" s="28" t="s">
+        <v>1015</v>
+      </c>
+      <c r="G181" s="14" t="s">
+        <v>1016</v>
+      </c>
+      <c r="H181" s="39">
+        <v>44991</v>
+      </c>
+      <c r="I181" s="40"/>
+      <c r="J181" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K181" s="32" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="182" spans="1:11" ht="22.5">
+      <c r="A182" s="12">
+        <v>180</v>
+      </c>
+      <c r="B182" s="41" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C182" s="41">
+        <v>50203093401</v>
+      </c>
+      <c r="D182" s="41" t="s">
+        <v>1019</v>
+      </c>
+      <c r="E182" s="41" t="s">
+        <v>1020</v>
+      </c>
+      <c r="F182" s="28" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G182" s="14" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H182" s="39">
         <v>44999</v>
       </c>
-      <c r="I93" s="12"/>
-[...74 lines deleted...]
-      <c r="A96" s="10">
+      <c r="I182" s="40"/>
+      <c r="J182" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K182" s="32" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="183" spans="1:11" ht="35.65" customHeight="1">
+      <c r="A183" s="12">
+        <v>181</v>
+      </c>
+      <c r="B183" s="41" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C183" s="41">
+        <v>40103619020</v>
+      </c>
+      <c r="D183" s="41" t="s">
+        <v>1025</v>
+      </c>
+      <c r="E183" s="41" t="s">
+        <v>1026</v>
+      </c>
+      <c r="F183" s="28" t="s">
+        <v>1027</v>
+      </c>
+      <c r="G183" s="14" t="s">
+        <v>1028</v>
+      </c>
+      <c r="H183" s="39">
+        <v>45009</v>
+      </c>
+      <c r="I183" s="40"/>
+      <c r="J183" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K183" s="32" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="184" spans="1:11" ht="30" customHeight="1">
+      <c r="A184" s="12">
+        <v>182</v>
+      </c>
+      <c r="B184" s="41" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C184" s="41">
+        <v>40003095713</v>
+      </c>
+      <c r="D184" s="41" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E184" s="41" t="s">
+        <v>1031</v>
+      </c>
+      <c r="F184" s="28" t="s">
+        <v>1032</v>
+      </c>
+      <c r="G184" s="14" t="s">
+        <v>1033</v>
+      </c>
+      <c r="H184" s="39">
+        <v>45015</v>
+      </c>
+      <c r="I184" s="40"/>
+      <c r="J184" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K184" s="32" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="185" spans="1:11" ht="35.65" customHeight="1">
+      <c r="A185" s="12">
+        <v>183</v>
+      </c>
+      <c r="B185" s="41" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C185" s="41">
+        <v>43903002559</v>
+      </c>
+      <c r="D185" s="41" t="s">
+        <v>1036</v>
+      </c>
+      <c r="E185" s="41" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F185" s="28" t="s">
+        <v>1038</v>
+      </c>
+      <c r="G185" s="14" t="s">
+        <v>1039</v>
+      </c>
+      <c r="H185" s="39">
+        <v>45016</v>
+      </c>
+      <c r="I185" s="40"/>
+      <c r="J185" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K185" s="32" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="186" spans="1:11" ht="35.65" customHeight="1">
+      <c r="A186" s="12">
+        <v>184</v>
+      </c>
+      <c r="B186" s="41" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C186" s="41">
+        <v>40203419203</v>
+      </c>
+      <c r="D186" s="41" t="s">
+        <v>1042</v>
+      </c>
+      <c r="E186" s="41" t="s">
+        <v>1042</v>
+      </c>
+      <c r="F186" s="28" t="s">
+        <v>1043</v>
+      </c>
+      <c r="G186" s="14" t="s">
+        <v>1044</v>
+      </c>
+      <c r="H186" s="39">
+        <v>45016</v>
+      </c>
+      <c r="I186" s="40"/>
+      <c r="J186" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K186" s="32" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="187" spans="1:11" ht="35.65" customHeight="1">
+      <c r="A187" s="12">
+        <v>185</v>
+      </c>
+      <c r="B187" s="41" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C187" s="41">
+        <v>50103355001</v>
+      </c>
+      <c r="D187" s="41" t="s">
+        <v>1047</v>
+      </c>
+      <c r="E187" s="41" t="s">
+        <v>1047</v>
+      </c>
+      <c r="F187" s="28" t="s">
+        <v>1048</v>
+      </c>
+      <c r="G187" s="14" t="s">
+        <v>1049</v>
+      </c>
+      <c r="H187" s="39">
+        <v>45016</v>
+      </c>
+      <c r="I187" s="40"/>
+      <c r="J187" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K187" s="32" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="188" spans="1:11" ht="33.75">
+      <c r="A188" s="12">
+        <v>186</v>
+      </c>
+      <c r="B188" s="41" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C188" s="41">
+        <v>42403006225</v>
+      </c>
+      <c r="D188" s="41" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E188" s="41" t="s">
+        <v>1031</v>
+      </c>
+      <c r="F188" s="28" t="s">
+        <v>1052</v>
+      </c>
+      <c r="G188" s="14" t="s">
+        <v>1053</v>
+      </c>
+      <c r="H188" s="39">
+        <v>45016</v>
+      </c>
+      <c r="I188" s="40"/>
+      <c r="J188" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K188" s="32" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="189" spans="1:11" ht="33.75">
+      <c r="A189" s="12">
+        <v>187</v>
+      </c>
+      <c r="B189" s="16" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C189" s="34" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D189" s="20" t="s">
+        <v>230</v>
+      </c>
+      <c r="E189" s="40" t="s">
+        <v>230</v>
+      </c>
+      <c r="F189" s="28" t="s">
+        <v>1056</v>
+      </c>
+      <c r="G189" s="14" t="s">
+        <v>1057</v>
+      </c>
+      <c r="H189" s="35">
+        <v>45030</v>
+      </c>
+      <c r="I189" s="20"/>
+      <c r="J189" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K189" s="28" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="190" spans="1:11">
+      <c r="A190" s="12">
+        <v>188</v>
+      </c>
+      <c r="B190" s="16" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C190" s="31">
+        <v>41503078413</v>
+      </c>
+      <c r="D190" s="20" t="s">
+        <v>1060</v>
+      </c>
+      <c r="E190" s="20" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F190" s="28" t="s">
+        <v>1061</v>
+      </c>
+      <c r="G190" s="14" t="s">
+        <v>1062</v>
+      </c>
+      <c r="H190" s="35">
+        <v>45035</v>
+      </c>
+      <c r="I190" s="20"/>
+      <c r="J190" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K190" s="28" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="191" spans="1:11" ht="22.5">
+      <c r="A191" s="12">
+        <v>189</v>
+      </c>
+      <c r="B191" s="16" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C191" s="31">
+        <v>40103866864</v>
+      </c>
+      <c r="D191" s="20" t="s">
+        <v>1065</v>
+      </c>
+      <c r="E191" s="20" t="s">
+        <v>1066</v>
+      </c>
+      <c r="F191" s="28" t="s">
+        <v>1067</v>
+      </c>
+      <c r="G191" s="14" t="s">
+        <v>1068</v>
+      </c>
+      <c r="H191" s="35">
+        <v>45041</v>
+      </c>
+      <c r="I191" s="20"/>
+      <c r="J191" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K191" s="28" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="192" spans="1:11">
+      <c r="A192" s="12">
+        <v>190</v>
+      </c>
+      <c r="B192" s="16" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C192" s="31">
+        <v>40203467650</v>
+      </c>
+      <c r="D192" s="20" t="s">
+        <v>1071</v>
+      </c>
+      <c r="E192" s="20" t="s">
+        <v>1071</v>
+      </c>
+      <c r="F192" s="28" t="s">
+        <v>1072</v>
+      </c>
+      <c r="G192" s="14" t="s">
+        <v>1073</v>
+      </c>
+      <c r="H192" s="35">
+        <v>45106</v>
+      </c>
+      <c r="I192" s="20"/>
+      <c r="J192" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K192" s="32" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="193" spans="1:11" ht="33.75">
+      <c r="A193" s="12">
+        <v>191</v>
+      </c>
+      <c r="B193" s="16" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C193" s="31">
+        <v>40203427357</v>
+      </c>
+      <c r="D193" s="20" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E193" s="20" t="s">
+        <v>1076</v>
+      </c>
+      <c r="F193" s="28" t="s">
+        <v>1077</v>
+      </c>
+      <c r="G193" s="14" t="s">
+        <v>1078</v>
+      </c>
+      <c r="H193" s="35">
+        <v>45044</v>
+      </c>
+      <c r="I193" s="20"/>
+      <c r="J193" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K193" s="32" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="194" spans="1:11" ht="33.75">
+      <c r="A194" s="12">
+        <v>192</v>
+      </c>
+      <c r="B194" s="16" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C194" s="31">
+        <v>40203461200</v>
+      </c>
+      <c r="D194" s="20" t="s">
+        <v>1081</v>
+      </c>
+      <c r="E194" s="20" t="s">
+        <v>1082</v>
+      </c>
+      <c r="F194" s="28" t="s">
+        <v>1083</v>
+      </c>
+      <c r="G194" s="14" t="s">
+        <v>1084</v>
+      </c>
+      <c r="H194" s="35">
+        <v>45064</v>
+      </c>
+      <c r="I194" s="20"/>
+      <c r="J194" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K194" s="32" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="195" spans="1:11" ht="33.75">
+      <c r="A195" s="12">
+        <v>193</v>
+      </c>
+      <c r="B195" s="28" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C195" s="41">
+        <v>40203478194</v>
+      </c>
+      <c r="D195" s="40" t="s">
+        <v>1087</v>
+      </c>
+      <c r="E195" s="40" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F195" s="28" t="s">
+        <v>1088</v>
+      </c>
+      <c r="G195" s="14" t="s">
+        <v>1089</v>
+      </c>
+      <c r="H195" s="39">
+        <v>45076</v>
+      </c>
+      <c r="I195" s="40"/>
+      <c r="J195" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K195" s="42" t="s">
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="196" spans="1:11">
+      <c r="A196" s="12">
+        <v>194</v>
+      </c>
+      <c r="B196" s="28" t="s">
+        <v>1091</v>
+      </c>
+      <c r="C196" s="41">
+        <v>40203255221</v>
+      </c>
+      <c r="D196" s="40" t="s">
+        <v>1092</v>
+      </c>
+      <c r="E196" s="40" t="s">
+        <v>1093</v>
+      </c>
+      <c r="F196" s="28" t="s">
+        <v>1094</v>
+      </c>
+      <c r="G196" s="14" t="s">
+        <v>1095</v>
+      </c>
+      <c r="H196" s="39">
+        <v>45077</v>
+      </c>
+      <c r="I196" s="40"/>
+      <c r="J196" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K196" s="42" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="197" spans="1:11" ht="32.65" customHeight="1">
+      <c r="A197" s="12">
+        <v>195</v>
+      </c>
+      <c r="B197" s="41" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C197" s="41">
+        <v>40203436472</v>
+      </c>
+      <c r="D197" s="40" t="s">
+        <v>1098</v>
+      </c>
+      <c r="E197" s="40" t="s">
+        <v>1099</v>
+      </c>
+      <c r="F197" s="28" t="s">
+        <v>1100</v>
+      </c>
+      <c r="G197" s="14" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H197" s="44">
+        <v>45106</v>
+      </c>
+      <c r="I197" s="41"/>
+      <c r="J197" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K197" s="42" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="198" spans="1:11" ht="26.65" customHeight="1">
+      <c r="A198" s="12">
+        <v>196</v>
+      </c>
+      <c r="B198" s="41" t="s">
+        <v>1103</v>
+      </c>
+      <c r="C198" s="41">
+        <v>40203318090</v>
+      </c>
+      <c r="D198" s="40" t="s">
+        <v>1104</v>
+      </c>
+      <c r="E198" s="40" t="s">
+        <v>1104</v>
+      </c>
+      <c r="F198" s="28" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G198" s="14" t="s">
+        <v>1106</v>
+      </c>
+      <c r="H198" s="44">
+        <v>45106</v>
+      </c>
+      <c r="I198" s="41"/>
+      <c r="J198" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K198" s="42" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="199" spans="1:11" ht="29.1" customHeight="1">
+      <c r="A199" s="12">
+        <v>197</v>
+      </c>
+      <c r="B199" s="41" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C199" s="41">
+        <v>40203280676</v>
+      </c>
+      <c r="D199" s="40" t="s">
+        <v>1109</v>
+      </c>
+      <c r="E199" s="40" t="s">
+        <v>1110</v>
+      </c>
+      <c r="F199" s="28" t="s">
+        <v>1111</v>
+      </c>
+      <c r="G199" s="14" t="s">
+        <v>1112</v>
+      </c>
+      <c r="H199" s="44">
+        <v>45113</v>
+      </c>
+      <c r="I199" s="41"/>
+      <c r="J199" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K199" s="42" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="200" spans="1:11" ht="67.5">
+      <c r="A200" s="12">
+        <v>198</v>
+      </c>
+      <c r="B200" s="41" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C200" s="41">
+        <v>50203487771</v>
+      </c>
+      <c r="D200" s="40" t="s">
+        <v>1115</v>
+      </c>
+      <c r="E200" s="40" t="s">
+        <v>1115</v>
+      </c>
+      <c r="F200" s="28" t="s">
+        <v>1116</v>
+      </c>
+      <c r="G200" s="14" t="s">
+        <v>1117</v>
+      </c>
+      <c r="H200" s="44">
+        <v>45114</v>
+      </c>
+      <c r="I200" s="41"/>
+      <c r="J200" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K200" s="42" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="201" spans="1:11" ht="22.5">
+      <c r="A201" s="12">
+        <v>199</v>
+      </c>
+      <c r="B201" s="41" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C201" s="41">
+        <v>40203447870</v>
+      </c>
+      <c r="D201" s="28" t="s">
+        <v>1120</v>
+      </c>
+      <c r="E201" s="28" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F201" s="28" t="s">
+        <v>1121</v>
+      </c>
+      <c r="G201" s="14" t="s">
+        <v>1122</v>
+      </c>
+      <c r="H201" s="44">
+        <v>45120</v>
+      </c>
+      <c r="I201" s="41"/>
+      <c r="J201" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K201" s="42" t="s">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="202" spans="1:11" ht="22.5">
+      <c r="A202" s="12">
+        <v>200</v>
+      </c>
+      <c r="B202" s="41" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C202" s="41">
+        <v>40203206495</v>
+      </c>
+      <c r="D202" s="42" t="s">
+        <v>1125</v>
+      </c>
+      <c r="E202" s="42" t="s">
+        <v>1125</v>
+      </c>
+      <c r="F202" s="28" t="s">
+        <v>1126</v>
+      </c>
+      <c r="G202" s="14" t="s">
+        <v>1127</v>
+      </c>
+      <c r="H202" s="45">
+        <v>45121</v>
+      </c>
+      <c r="I202" s="42"/>
+      <c r="J202" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K202" s="42" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="203" spans="1:11" ht="45">
+      <c r="A203" s="12">
+        <v>201</v>
+      </c>
+      <c r="B203" s="41" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C203" s="41">
+        <v>40203487943</v>
+      </c>
+      <c r="D203" s="40" t="s">
+        <v>1130</v>
+      </c>
+      <c r="E203" s="40" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F203" s="28" t="s">
+        <v>1131</v>
+      </c>
+      <c r="G203" s="14" t="s">
+        <v>1132</v>
+      </c>
+      <c r="H203" s="45">
+        <v>45125</v>
+      </c>
+      <c r="I203" s="42"/>
+      <c r="J203" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K203" s="42" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="204" spans="1:11" ht="49.5" customHeight="1">
+      <c r="A204" s="12">
+        <v>202</v>
+      </c>
+      <c r="B204" s="41" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C204" s="41">
+        <v>40103914789</v>
+      </c>
+      <c r="D204" s="40" t="s">
+        <v>1135</v>
+      </c>
+      <c r="E204" s="40" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F204" s="28" t="s">
+        <v>1137</v>
+      </c>
+      <c r="G204" s="14" t="s">
+        <v>1138</v>
+      </c>
+      <c r="H204" s="45">
+        <v>45131</v>
+      </c>
+      <c r="I204" s="42"/>
+      <c r="J204" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K204" s="32" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="205" spans="1:11" ht="68.25" customHeight="1">
+      <c r="A205" s="12">
+        <v>203</v>
+      </c>
+      <c r="B205" s="42" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C205" s="42">
+        <v>40203330411</v>
+      </c>
+      <c r="D205" s="42" t="s">
+        <v>1141</v>
+      </c>
+      <c r="E205" s="42" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F205" s="42" t="s">
+        <v>1142</v>
+      </c>
+      <c r="G205" s="14" t="s">
+        <v>1143</v>
+      </c>
+      <c r="H205" s="45">
+        <v>45132</v>
+      </c>
+      <c r="I205" s="42"/>
+      <c r="J205" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K205" s="42" t="s">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="206" spans="1:11" ht="36.75" customHeight="1">
+      <c r="A206" s="12">
+        <v>204</v>
+      </c>
+      <c r="B206" s="41" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C206" s="41">
+        <v>40203464508</v>
+      </c>
+      <c r="D206" s="42" t="s">
+        <v>1146</v>
+      </c>
+      <c r="E206" s="42" t="s">
+        <v>1146</v>
+      </c>
+      <c r="F206" s="42" t="s">
+        <v>1147</v>
+      </c>
+      <c r="G206" s="14" t="s">
+        <v>1148</v>
+      </c>
+      <c r="H206" s="45">
+        <v>45152</v>
+      </c>
+      <c r="I206" s="42"/>
+      <c r="J206" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K206" s="32" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="207" spans="1:11" ht="101.25">
+      <c r="A207" s="12">
+        <v>205</v>
+      </c>
+      <c r="B207" s="41" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C207" s="41">
+        <v>40203487799</v>
+      </c>
+      <c r="D207" s="42" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E207" s="42" t="s">
+        <v>1151</v>
+      </c>
+      <c r="F207" s="42" t="s">
+        <v>1152</v>
+      </c>
+      <c r="G207" s="14" t="s">
+        <v>1153</v>
+      </c>
+      <c r="H207" s="45">
+        <v>45161</v>
+      </c>
+      <c r="I207" s="42"/>
+      <c r="J207" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K207" s="32" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="208" spans="1:11" ht="84" customHeight="1">
+      <c r="A208" s="12">
+        <v>206</v>
+      </c>
+      <c r="B208" s="41" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C208" s="41">
+        <v>40203379998</v>
+      </c>
+      <c r="D208" s="42" t="s">
+        <v>1156</v>
+      </c>
+      <c r="E208" s="42" t="s">
+        <v>1156</v>
+      </c>
+      <c r="F208" s="42" t="s">
+        <v>1157</v>
+      </c>
+      <c r="G208" s="14" t="s">
+        <v>1158</v>
+      </c>
+      <c r="H208" s="45">
+        <v>45161</v>
+      </c>
+      <c r="I208" s="42"/>
+      <c r="J208" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K208" s="42" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="209" spans="1:11" ht="33.75">
+      <c r="A209" s="12">
+        <v>207</v>
+      </c>
+      <c r="B209" s="41" t="s">
+        <v>1160</v>
+      </c>
+      <c r="C209" s="41">
+        <v>40203473479</v>
+      </c>
+      <c r="D209" s="42" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E209" s="42" t="s">
+        <v>1161</v>
+      </c>
+      <c r="F209" s="42" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G209" s="14" t="s">
+        <v>1163</v>
+      </c>
+      <c r="H209" s="45">
+        <v>45161</v>
+      </c>
+      <c r="I209" s="42"/>
+      <c r="J209" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K209" s="32" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="210" spans="1:11" ht="41.65" customHeight="1">
+      <c r="A210" s="12">
+        <v>208</v>
+      </c>
+      <c r="B210" s="41" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C210" s="41">
+        <v>40203475821</v>
+      </c>
+      <c r="D210" s="42" t="s">
+        <v>1025</v>
+      </c>
+      <c r="E210" s="42" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F210" s="42" t="s">
+        <v>1166</v>
+      </c>
+      <c r="G210" s="14" t="s">
+        <v>1167</v>
+      </c>
+      <c r="H210" s="45">
+        <v>45187</v>
+      </c>
+      <c r="I210" s="42"/>
+      <c r="J210" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K210" s="32" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="211" spans="1:11" ht="41.65" customHeight="1">
+      <c r="A211" s="12">
+        <v>209</v>
+      </c>
+      <c r="B211" s="41" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C211" s="41">
+        <v>40103652449</v>
+      </c>
+      <c r="D211" s="42" t="s">
+        <v>1170</v>
+      </c>
+      <c r="E211" s="42" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F211" s="42" t="s">
+        <v>1171</v>
+      </c>
+      <c r="G211" s="14" t="s">
+        <v>1172</v>
+      </c>
+      <c r="H211" s="45">
+        <v>45191</v>
+      </c>
+      <c r="I211" s="42"/>
+      <c r="J211" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K211" s="32" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="212" spans="1:11" ht="33.75">
+      <c r="A212" s="12">
+        <v>210</v>
+      </c>
+      <c r="B212" s="41" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C212" s="41">
+        <v>40203490835</v>
+      </c>
+      <c r="D212" s="42" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E212" s="42" t="s">
+        <v>1175</v>
+      </c>
+      <c r="F212" s="42" t="s">
+        <v>1176</v>
+      </c>
+      <c r="G212" s="14" t="s">
+        <v>1177</v>
+      </c>
+      <c r="H212" s="45">
+        <v>45196</v>
+      </c>
+      <c r="I212" s="42"/>
+      <c r="J212" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K212" s="32" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="213" spans="1:11" ht="22.5">
+      <c r="A213" s="12">
+        <v>211</v>
+      </c>
+      <c r="B213" s="41" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C213" s="41">
+        <v>43603083438</v>
+      </c>
+      <c r="D213" s="42" t="s">
+        <v>1180</v>
+      </c>
+      <c r="E213" s="42" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F213" s="42" t="s">
+        <v>1181</v>
+      </c>
+      <c r="G213" s="14" t="s">
+        <v>1182</v>
+      </c>
+      <c r="H213" s="45">
+        <v>45196</v>
+      </c>
+      <c r="I213" s="42"/>
+      <c r="J213" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K213" s="32" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="214" spans="1:11" ht="22.5">
+      <c r="A214" s="12">
+        <v>212</v>
+      </c>
+      <c r="B214" s="41" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C214" s="41">
+        <v>50203433711</v>
+      </c>
+      <c r="D214" s="42" t="s">
+        <v>1185</v>
+      </c>
+      <c r="E214" s="42" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F214" s="42" t="s">
+        <v>1186</v>
+      </c>
+      <c r="G214" s="14" t="s">
+        <v>1187</v>
+      </c>
+      <c r="H214" s="45">
+        <v>45203</v>
+      </c>
+      <c r="I214" s="42"/>
+      <c r="J214" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K214" s="32" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="215" spans="1:11" ht="33.75">
+      <c r="A215" s="12">
+        <v>213</v>
+      </c>
+      <c r="B215" s="41" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C215" s="41">
+        <v>44103097810</v>
+      </c>
+      <c r="D215" s="42" t="s">
+        <v>1190</v>
+      </c>
+      <c r="E215" s="42" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F215" s="42" t="s">
+        <v>1191</v>
+      </c>
+      <c r="G215" s="14" t="s">
+        <v>1192</v>
+      </c>
+      <c r="H215" s="45">
+        <v>45218</v>
+      </c>
+      <c r="I215" s="42"/>
+      <c r="J215" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K215" s="32" t="s">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="216" spans="1:11" ht="22.5">
+      <c r="A216" s="12">
+        <v>214</v>
+      </c>
+      <c r="B216" s="41" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C216" s="41">
+        <v>40203504463</v>
+      </c>
+      <c r="D216" s="42" t="s">
+        <v>1195</v>
+      </c>
+      <c r="E216" s="42" t="s">
+        <v>1195</v>
+      </c>
+      <c r="F216" s="42" t="s">
+        <v>1196</v>
+      </c>
+      <c r="G216" s="14" t="s">
+        <v>1197</v>
+      </c>
+      <c r="H216" s="45">
+        <v>45239</v>
+      </c>
+      <c r="I216" s="42"/>
+      <c r="J216" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K216" s="32" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="217" spans="1:11" ht="31.5" customHeight="1">
+      <c r="A217" s="12">
+        <v>215</v>
+      </c>
+      <c r="B217" s="41" t="s">
+        <v>1199</v>
+      </c>
+      <c r="C217" s="41">
+        <v>40103818934</v>
+      </c>
+      <c r="D217" s="42" t="s">
+        <v>1200</v>
+      </c>
+      <c r="E217" s="42" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F217" s="42" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G217" s="14" t="s">
+        <v>1202</v>
+      </c>
+      <c r="H217" s="45">
+        <v>45239</v>
+      </c>
+      <c r="I217" s="42"/>
+      <c r="J217" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K217" s="32" t="s">
+        <v>1203</v>
+      </c>
+    </row>
+    <row r="218" spans="1:11" ht="31.5" customHeight="1">
+      <c r="A218" s="12">
+        <v>216</v>
+      </c>
+      <c r="B218" s="41" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C218" s="41">
+        <v>40203443614</v>
+      </c>
+      <c r="D218" s="42" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E218" s="42" t="s">
+        <v>1205</v>
+      </c>
+      <c r="F218" s="42" t="s">
+        <v>1206</v>
+      </c>
+      <c r="G218" s="14" t="s">
+        <v>1207</v>
+      </c>
+      <c r="H218" s="45">
+        <v>45251</v>
+      </c>
+      <c r="I218" s="42"/>
+      <c r="J218" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K218" s="32" t="s">
+        <v>1208</v>
+      </c>
+    </row>
+    <row r="219" spans="1:11" ht="31.5" customHeight="1">
+      <c r="A219" s="12">
+        <v>217</v>
+      </c>
+      <c r="B219" s="41" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C219" s="41">
+        <v>40203441223</v>
+      </c>
+      <c r="D219" s="42" t="s">
+        <v>1130</v>
+      </c>
+      <c r="E219" s="42" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F219" s="42" t="s">
+        <v>1210</v>
+      </c>
+      <c r="G219" s="14" t="s">
+        <v>1211</v>
+      </c>
+      <c r="H219" s="45">
+        <v>45253</v>
+      </c>
+      <c r="I219" s="42"/>
+      <c r="J219" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K219" s="32" t="s">
+        <v>1212</v>
+      </c>
+    </row>
+    <row r="220" spans="1:11" ht="22.5">
+      <c r="A220" s="12">
+        <v>218</v>
+      </c>
+      <c r="B220" s="41" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C220" s="41">
+        <v>40003164644</v>
+      </c>
+      <c r="D220" s="42" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E220" s="42" t="s">
+        <v>1215</v>
+      </c>
+      <c r="F220" s="42" t="s">
+        <v>1216</v>
+      </c>
+      <c r="G220" s="14" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H220" s="45">
+        <v>45254</v>
+      </c>
+      <c r="I220" s="42"/>
+      <c r="J220" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K220" s="32" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="221" spans="1:11" ht="45" customHeight="1">
+      <c r="A221" s="12">
+        <v>219</v>
+      </c>
+      <c r="B221" s="41" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C221" s="41">
+        <v>40203487017</v>
+      </c>
+      <c r="D221" s="42" t="s">
+        <v>1220</v>
+      </c>
+      <c r="E221" s="42" t="s">
+        <v>1220</v>
+      </c>
+      <c r="F221" s="42" t="s">
+        <v>1221</v>
+      </c>
+      <c r="G221" s="14" t="s">
+        <v>1222</v>
+      </c>
+      <c r="H221" s="45">
+        <v>45254</v>
+      </c>
+      <c r="I221" s="42"/>
+      <c r="J221" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K221" s="32" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="222" spans="1:11" ht="22.5">
+      <c r="A222" s="12">
+        <v>220</v>
+      </c>
+      <c r="B222" s="41" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C222" s="41">
+        <v>40203495194</v>
+      </c>
+      <c r="D222" s="42" t="s">
+        <v>1224</v>
+      </c>
+      <c r="E222" s="42" t="s">
+        <v>1225</v>
+      </c>
+      <c r="F222" s="42" t="s">
+        <v>1226</v>
+      </c>
+      <c r="G222" s="14" t="s">
+        <v>1227</v>
+      </c>
+      <c r="H222" s="45">
+        <v>45254</v>
+      </c>
+      <c r="I222" s="42"/>
+      <c r="J222" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K222" s="32" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="223" spans="1:11" ht="33.75">
+      <c r="A223" s="12">
+        <v>221</v>
+      </c>
+      <c r="B223" s="31" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C223" s="41">
+        <v>40103619444</v>
+      </c>
+      <c r="D223" s="31" t="s">
+        <v>1229</v>
+      </c>
+      <c r="E223" s="31" t="s">
+        <v>1230</v>
+      </c>
+      <c r="F223" s="42" t="s">
+        <v>1231</v>
+      </c>
+      <c r="G223" s="14" t="s">
+        <v>1232</v>
+      </c>
+      <c r="H223" s="45">
+        <v>45261</v>
+      </c>
+      <c r="I223" s="42"/>
+      <c r="J223" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K223" s="32" t="s">
+        <v>1233</v>
+      </c>
+    </row>
+    <row r="224" spans="1:11" ht="33.75">
+      <c r="A224" s="12">
+        <v>222</v>
+      </c>
+      <c r="B224" s="40" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C224" s="40">
+        <v>40203430037</v>
+      </c>
+      <c r="D224" s="28" t="s">
+        <v>1235</v>
+      </c>
+      <c r="E224" s="28" t="s">
+        <v>1236</v>
+      </c>
+      <c r="F224" s="28" t="s">
+        <v>1237</v>
+      </c>
+      <c r="G224" s="14" t="s">
+        <v>1238</v>
+      </c>
+      <c r="H224" s="29">
+        <v>45271</v>
+      </c>
+      <c r="I224" s="28"/>
+      <c r="J224" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K224" s="16" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="225" spans="1:11" s="46" customFormat="1" ht="40.15" customHeight="1">
+      <c r="A225" s="12">
+        <v>223</v>
+      </c>
+      <c r="B225" s="40" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C225" s="40">
+        <v>40203507667</v>
+      </c>
+      <c r="D225" s="28" t="s">
+        <v>1241</v>
+      </c>
+      <c r="E225" s="28" t="s">
+        <v>1241</v>
+      </c>
+      <c r="F225" s="28" t="s">
+        <v>1242</v>
+      </c>
+      <c r="G225" s="14" t="s">
+        <v>1243</v>
+      </c>
+      <c r="H225" s="29">
+        <v>45273</v>
+      </c>
+      <c r="I225" s="28"/>
+      <c r="J225" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K225" s="16" t="s">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="226" spans="1:11" s="46" customFormat="1" ht="40.15" customHeight="1">
+      <c r="A226" s="12">
+        <v>224</v>
+      </c>
+      <c r="B226" s="40" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C226" s="40">
+        <v>40203373603</v>
+      </c>
+      <c r="D226" s="28" t="s">
+        <v>1246</v>
+      </c>
+      <c r="E226" s="28" t="s">
+        <v>1246</v>
+      </c>
+      <c r="F226" s="28" t="s">
+        <v>1247</v>
+      </c>
+      <c r="G226" s="14" t="s">
+        <v>1248</v>
+      </c>
+      <c r="H226" s="29">
+        <v>45278</v>
+      </c>
+      <c r="I226" s="28"/>
+      <c r="J226" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K226" s="16" t="s">
+        <v>1249</v>
+      </c>
+    </row>
+    <row r="227" spans="1:11" s="46" customFormat="1" ht="40.15" customHeight="1">
+      <c r="A227" s="12">
+        <v>225</v>
+      </c>
+      <c r="B227" s="40" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C227" s="40">
+        <v>40203418477</v>
+      </c>
+      <c r="D227" s="28" t="s">
+        <v>897</v>
+      </c>
+      <c r="E227" s="28" t="s">
+        <v>897</v>
+      </c>
+      <c r="F227" s="28" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G227" s="14" t="s">
+        <v>1252</v>
+      </c>
+      <c r="H227" s="29">
+        <v>45301</v>
+      </c>
+      <c r="I227" s="28"/>
+      <c r="J227" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K227" s="16" t="s">
+        <v>1253</v>
+      </c>
+    </row>
+    <row r="228" spans="1:11" s="46" customFormat="1" ht="40.15" customHeight="1">
+      <c r="A228" s="12">
+        <v>226</v>
+      </c>
+      <c r="B228" s="40" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C228" s="40">
+        <v>41203069500</v>
+      </c>
+      <c r="D228" s="28" t="s">
+        <v>1255</v>
+      </c>
+      <c r="E228" s="28" t="s">
+        <v>1256</v>
+      </c>
+      <c r="F228" s="28" t="s">
+        <v>1257</v>
+      </c>
+      <c r="G228" s="14" t="s">
+        <v>1258</v>
+      </c>
+      <c r="H228" s="29">
+        <v>45306</v>
+      </c>
+      <c r="I228" s="28"/>
+      <c r="J228" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K228" s="16" t="s">
+        <v>1259</v>
+      </c>
+    </row>
+    <row r="229" spans="1:11" s="46" customFormat="1" ht="40.15" customHeight="1">
+      <c r="A229" s="12">
+        <v>227</v>
+      </c>
+      <c r="B229" s="31" t="s">
+        <v>1260</v>
+      </c>
+      <c r="C229" s="40">
+        <v>40003737849</v>
+      </c>
+      <c r="D229" s="28" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E229" s="28" t="s">
+        <v>1261</v>
+      </c>
+      <c r="F229" s="28" t="s">
+        <v>1262</v>
+      </c>
+      <c r="G229" s="14" t="s">
+        <v>1263</v>
+      </c>
+      <c r="H229" s="29">
+        <v>45314</v>
+      </c>
+      <c r="I229" s="28"/>
+      <c r="J229" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K229" s="16" t="s">
+        <v>1264</v>
+      </c>
+    </row>
+    <row r="230" spans="1:11" s="46" customFormat="1" ht="40.15" customHeight="1">
+      <c r="A230" s="12">
+        <v>228</v>
+      </c>
+      <c r="B230" s="31" t="s">
+        <v>1265</v>
+      </c>
+      <c r="C230" s="40">
+        <v>50103012391</v>
+      </c>
+      <c r="D230" s="28" t="s">
+        <v>1266</v>
+      </c>
+      <c r="E230" s="28" t="s">
+        <v>1266</v>
+      </c>
+      <c r="F230" s="28" t="s">
+        <v>1267</v>
+      </c>
+      <c r="G230" s="14" t="s">
+        <v>1268</v>
+      </c>
+      <c r="H230" s="29">
+        <v>45321</v>
+      </c>
+      <c r="I230" s="28"/>
+      <c r="J230" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K230" s="16" t="s">
+        <v>1269</v>
+      </c>
+    </row>
+    <row r="231" spans="1:11" ht="22.5">
+      <c r="A231" s="12">
+        <v>229</v>
+      </c>
+      <c r="B231" s="31" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C231" s="40">
+        <v>40203435405</v>
+      </c>
+      <c r="D231" s="28" t="s">
+        <v>1271</v>
+      </c>
+      <c r="E231" s="28" t="s">
+        <v>1271</v>
+      </c>
+      <c r="F231" s="28" t="s">
+        <v>1272</v>
+      </c>
+      <c r="G231" s="14" t="s">
+        <v>1273</v>
+      </c>
+      <c r="H231" s="29">
+        <v>45321</v>
+      </c>
+      <c r="I231" s="28"/>
+      <c r="J231" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K231" s="16" t="s">
+        <v>1274</v>
+      </c>
+    </row>
+    <row r="232" spans="1:11" ht="56.25">
+      <c r="A232" s="12">
+        <v>230</v>
+      </c>
+      <c r="B232" s="31" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C232" s="40">
+        <v>40203453909</v>
+      </c>
+      <c r="D232" s="28" t="s">
+        <v>1276</v>
+      </c>
+      <c r="E232" s="28" t="s">
+        <v>1276</v>
+      </c>
+      <c r="F232" s="28" t="s">
+        <v>1277</v>
+      </c>
+      <c r="G232" s="14" t="s">
+        <v>1278</v>
+      </c>
+      <c r="H232" s="29">
+        <v>45341</v>
+      </c>
+      <c r="I232" s="28"/>
+      <c r="J232" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K232" s="16" t="s">
+        <v>1279</v>
+      </c>
+    </row>
+    <row r="233" spans="1:11" ht="22.5">
+      <c r="A233" s="12">
+        <v>231</v>
+      </c>
+      <c r="B233" s="31" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C233" s="40">
+        <v>40203523996</v>
+      </c>
+      <c r="D233" s="28" t="s">
+        <v>1281</v>
+      </c>
+      <c r="E233" s="28" t="s">
+        <v>1281</v>
+      </c>
+      <c r="F233" s="28" t="s">
+        <v>1282</v>
+      </c>
+      <c r="G233" s="14" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H233" s="29">
+        <v>45343</v>
+      </c>
+      <c r="I233" s="28"/>
+      <c r="J233" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K233" s="16" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="234" spans="1:11" ht="64.150000000000006" customHeight="1">
+      <c r="A234" s="12">
+        <v>232</v>
+      </c>
+      <c r="B234" s="31" t="s">
+        <v>1285</v>
+      </c>
+      <c r="C234" s="40">
+        <v>40203296215</v>
+      </c>
+      <c r="D234" s="28" t="s">
+        <v>1286</v>
+      </c>
+      <c r="E234" s="28" t="s">
+        <v>1287</v>
+      </c>
+      <c r="F234" s="28" t="s">
+        <v>1288</v>
+      </c>
+      <c r="G234" s="14" t="s">
+        <v>1289</v>
+      </c>
+      <c r="H234" s="29">
+        <v>45345</v>
+      </c>
+      <c r="I234" s="28"/>
+      <c r="J234" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K234" s="16" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="235" spans="1:11" ht="27.75" customHeight="1">
+      <c r="A235" s="12">
+        <v>233</v>
+      </c>
+      <c r="B235" s="31" t="s">
+        <v>1291</v>
+      </c>
+      <c r="C235" s="40">
+        <v>40203439835</v>
+      </c>
+      <c r="D235" s="28" t="s">
+        <v>1292</v>
+      </c>
+      <c r="E235" s="28" t="s">
+        <v>1293</v>
+      </c>
+      <c r="F235" s="28" t="s">
+        <v>1294</v>
+      </c>
+      <c r="G235" s="14" t="s">
+        <v>1295</v>
+      </c>
+      <c r="H235" s="29">
+        <v>45345</v>
+      </c>
+      <c r="I235" s="28"/>
+      <c r="J235" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K235" s="16" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="236" spans="1:11" ht="59.65" customHeight="1">
+      <c r="A236" s="12">
+        <v>234</v>
+      </c>
+      <c r="B236" s="31" t="s">
+        <v>1297</v>
+      </c>
+      <c r="C236" s="40">
+        <v>40003498304</v>
+      </c>
+      <c r="D236" s="28" t="s">
+        <v>1298</v>
+      </c>
+      <c r="E236" s="28" t="s">
+        <v>1299</v>
+      </c>
+      <c r="F236" s="28" t="s">
+        <v>1300</v>
+      </c>
+      <c r="G236" s="14" t="s">
+        <v>1301</v>
+      </c>
+      <c r="H236" s="29">
+        <v>45351</v>
+      </c>
+      <c r="I236" s="28"/>
+      <c r="J236" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K236" s="32" t="s">
+        <v>1302</v>
+      </c>
+    </row>
+    <row r="237" spans="1:11" ht="22.5">
+      <c r="A237" s="12">
+        <v>235</v>
+      </c>
+      <c r="B237" s="31" t="s">
+        <v>1303</v>
+      </c>
+      <c r="C237" s="40">
+        <v>40103161841</v>
+      </c>
+      <c r="D237" s="28" t="s">
+        <v>615</v>
+      </c>
+      <c r="E237" s="28" t="s">
+        <v>1304</v>
+      </c>
+      <c r="F237" s="32" t="s">
+        <v>1305</v>
+      </c>
+      <c r="G237" s="14" t="s">
+        <v>1306</v>
+      </c>
+      <c r="H237" s="29">
+        <v>45351</v>
+      </c>
+      <c r="I237" s="28"/>
+      <c r="J237" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K237" s="32" t="s">
+        <v>1307</v>
+      </c>
+    </row>
+    <row r="238" spans="1:11" ht="33.75">
+      <c r="A238" s="12">
+        <v>236</v>
+      </c>
+      <c r="B238" s="31" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C238" s="40">
+        <v>41503082828</v>
+      </c>
+      <c r="D238" s="28" t="s">
+        <v>1309</v>
+      </c>
+      <c r="E238" s="28" t="s">
+        <v>1310</v>
+      </c>
+      <c r="F238" s="32" t="s">
+        <v>1311</v>
+      </c>
+      <c r="G238" s="14" t="s">
+        <v>1312</v>
+      </c>
+      <c r="H238" s="29">
+        <v>45357</v>
+      </c>
+      <c r="I238" s="28"/>
+      <c r="J238" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K238" s="16" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="239" spans="1:11" ht="22.5">
+      <c r="A239" s="12">
+        <v>237</v>
+      </c>
+      <c r="B239" s="31" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C239" s="40">
+        <v>41203071204</v>
+      </c>
+      <c r="D239" s="28" t="s">
+        <v>461</v>
+      </c>
+      <c r="E239" s="28" t="s">
+        <v>461</v>
+      </c>
+      <c r="F239" s="32" t="s">
+        <v>1315</v>
+      </c>
+      <c r="G239" s="14" t="s">
+        <v>1316</v>
+      </c>
+      <c r="H239" s="29">
+        <v>45366</v>
+      </c>
+      <c r="I239" s="28"/>
+      <c r="J239" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K239" s="31" t="s">
+        <v>1317</v>
+      </c>
+    </row>
+    <row r="240" spans="1:11">
+      <c r="A240" s="12">
+        <v>238</v>
+      </c>
+      <c r="B240" s="31" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C240" s="40">
+        <v>40203211439</v>
+      </c>
+      <c r="D240" s="28" t="s">
+        <v>461</v>
+      </c>
+      <c r="E240" s="28" t="s">
+        <v>461</v>
+      </c>
+      <c r="F240" s="32" t="s">
+        <v>1319</v>
+      </c>
+      <c r="G240" s="14" t="s">
+        <v>1320</v>
+      </c>
+      <c r="H240" s="29">
+        <v>45366</v>
+      </c>
+      <c r="I240" s="28"/>
+      <c r="J240" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K240" s="31" t="s">
+        <v>1317</v>
+      </c>
+    </row>
+    <row r="241" spans="1:11">
+      <c r="A241" s="12">
+        <v>239</v>
+      </c>
+      <c r="B241" s="31" t="s">
+        <v>1321</v>
+      </c>
+      <c r="C241" s="40">
+        <v>42103095991</v>
+      </c>
+      <c r="D241" s="28" t="s">
+        <v>461</v>
+      </c>
+      <c r="E241" s="28" t="s">
+        <v>461</v>
+      </c>
+      <c r="F241" s="32" t="s">
+        <v>1322</v>
+      </c>
+      <c r="G241" s="14" t="s">
+        <v>1323</v>
+      </c>
+      <c r="H241" s="29">
+        <v>45366</v>
+      </c>
+      <c r="I241" s="28"/>
+      <c r="J241" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K241" s="31" t="s">
+        <v>1317</v>
+      </c>
+    </row>
+    <row r="242" spans="1:11" ht="33.75">
+      <c r="A242" s="12">
+        <v>240</v>
+      </c>
+      <c r="B242" s="31" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C242" s="40">
+        <v>40203544714</v>
+      </c>
+      <c r="D242" s="28" t="s">
+        <v>1325</v>
+      </c>
+      <c r="E242" s="28" t="s">
+        <v>1326</v>
+      </c>
+      <c r="F242" s="32" t="s">
+        <v>1327</v>
+      </c>
+      <c r="G242" s="14" t="s">
+        <v>1328</v>
+      </c>
+      <c r="H242" s="29">
+        <v>45377</v>
+      </c>
+      <c r="I242" s="28"/>
+      <c r="J242" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K242" s="16" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="243" spans="1:11" ht="22.5">
+      <c r="A243" s="12">
+        <v>241</v>
+      </c>
+      <c r="B243" s="31" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C243" s="40">
+        <v>40203229854</v>
+      </c>
+      <c r="D243" s="28" t="s">
+        <v>1331</v>
+      </c>
+      <c r="E243" s="28" t="s">
+        <v>1331</v>
+      </c>
+      <c r="F243" s="32" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G243" s="14" t="s">
+        <v>1333</v>
+      </c>
+      <c r="H243" s="29">
+        <v>45377</v>
+      </c>
+      <c r="I243" s="28"/>
+      <c r="J243" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K243" s="16" t="s">
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="244" spans="1:11" ht="33.75">
+      <c r="A244" s="12">
+        <v>242</v>
+      </c>
+      <c r="B244" s="31" t="s">
+        <v>1335</v>
+      </c>
+      <c r="C244" s="40">
+        <v>40203464194</v>
+      </c>
+      <c r="D244" s="28" t="s">
+        <v>1336</v>
+      </c>
+      <c r="E244" s="28" t="s">
+        <v>1337</v>
+      </c>
+      <c r="F244" s="32" t="s">
+        <v>1338</v>
+      </c>
+      <c r="G244" s="14" t="s">
+        <v>1339</v>
+      </c>
+      <c r="H244" s="29">
+        <v>45377</v>
+      </c>
+      <c r="I244" s="28"/>
+      <c r="J244" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K244" s="16" t="s">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="245" spans="1:11" ht="45">
+      <c r="A245" s="12">
+        <v>243</v>
+      </c>
+      <c r="B245" s="31" t="s">
+        <v>1341</v>
+      </c>
+      <c r="C245" s="40">
+        <v>40203518980</v>
+      </c>
+      <c r="D245" s="28" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E245" s="28" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F245" s="32" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G245" s="14" t="s">
+        <v>1344</v>
+      </c>
+      <c r="H245" s="29">
+        <v>45386</v>
+      </c>
+      <c r="I245" s="28"/>
+      <c r="J245" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K245" s="16" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="246" spans="1:11" ht="33.75">
+      <c r="A246" s="12">
+        <v>244</v>
+      </c>
+      <c r="B246" s="31" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C246" s="40">
+        <v>40203321527</v>
+      </c>
+      <c r="D246" s="28" t="s">
+        <v>1347</v>
+      </c>
+      <c r="E246" s="28" t="s">
+        <v>1348</v>
+      </c>
+      <c r="F246" s="32" t="s">
+        <v>1349</v>
+      </c>
+      <c r="G246" s="14" t="s">
+        <v>1350</v>
+      </c>
+      <c r="H246" s="29">
+        <v>45386</v>
+      </c>
+      <c r="I246" s="28"/>
+      <c r="J246" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K246" s="16" t="s">
+        <v>1351</v>
+      </c>
+    </row>
+    <row r="247" spans="1:11" ht="22.5">
+      <c r="A247" s="12">
+        <v>245</v>
+      </c>
+      <c r="B247" s="31" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C247" s="40">
+        <v>40203165144</v>
+      </c>
+      <c r="D247" s="28" t="s">
+        <v>1353</v>
+      </c>
+      <c r="E247" s="28" t="s">
+        <v>1353</v>
+      </c>
+      <c r="F247" s="32" t="s">
+        <v>1354</v>
+      </c>
+      <c r="G247" s="14" t="s">
+        <v>1355</v>
+      </c>
+      <c r="H247" s="29">
+        <v>45394</v>
+      </c>
+      <c r="I247" s="28"/>
+      <c r="J247" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K247" s="16" t="s">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="248" spans="1:11" ht="33.75">
+      <c r="A248" s="12">
+        <v>246</v>
+      </c>
+      <c r="B248" s="31" t="s">
+        <v>1357</v>
+      </c>
+      <c r="C248" s="40">
+        <v>40203539713</v>
+      </c>
+      <c r="D248" s="28" t="s">
+        <v>754</v>
+      </c>
+      <c r="E248" s="28" t="s">
+        <v>754</v>
+      </c>
+      <c r="F248" s="32" t="s">
+        <v>1358</v>
+      </c>
+      <c r="G248" s="14" t="s">
+        <v>1359</v>
+      </c>
+      <c r="H248" s="29">
+        <v>45394</v>
+      </c>
+      <c r="I248" s="28"/>
+      <c r="J248" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K248" s="16" t="s">
+        <v>1360</v>
+      </c>
+    </row>
+    <row r="249" spans="1:11" ht="45">
+      <c r="A249" s="12">
+        <v>247</v>
+      </c>
+      <c r="B249" s="31" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C249" s="40">
+        <v>40003652866</v>
+      </c>
+      <c r="D249" s="28" t="s">
+        <v>955</v>
+      </c>
+      <c r="E249" s="28" t="s">
+        <v>780</v>
+      </c>
+      <c r="F249" s="32" t="s">
+        <v>1362</v>
+      </c>
+      <c r="G249" s="14" t="s">
+        <v>1363</v>
+      </c>
+      <c r="H249" s="29">
+        <v>45393</v>
+      </c>
+      <c r="I249" s="28"/>
+      <c r="J249" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K249" s="16" t="s">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="250" spans="1:11" ht="33.75">
+      <c r="A250" s="12">
+        <v>248</v>
+      </c>
+      <c r="B250" s="31" t="s">
+        <v>1364</v>
+      </c>
+      <c r="C250" s="40">
+        <v>40203551580</v>
+      </c>
+      <c r="D250" s="28" t="s">
+        <v>1365</v>
+      </c>
+      <c r="E250" s="28" t="s">
+        <v>1366</v>
+      </c>
+      <c r="F250" s="32" t="s">
+        <v>1367</v>
+      </c>
+      <c r="G250" s="14" t="s">
+        <v>1368</v>
+      </c>
+      <c r="H250" s="29">
+        <v>45400</v>
+      </c>
+      <c r="I250" s="28"/>
+      <c r="J250" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K250" s="16" t="s">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="251" spans="1:11" ht="33.75">
+      <c r="A251" s="12">
+        <v>249</v>
+      </c>
+      <c r="B251" s="32" t="s">
+        <v>1370</v>
+      </c>
+      <c r="C251" s="28">
+        <v>40103911443</v>
+      </c>
+      <c r="D251" s="28" t="s">
+        <v>1371</v>
+      </c>
+      <c r="E251" s="28" t="s">
+        <v>1225</v>
+      </c>
+      <c r="F251" s="32" t="s">
+        <v>1372</v>
+      </c>
+      <c r="G251" s="14" t="s">
+        <v>1373</v>
+      </c>
+      <c r="H251" s="29">
+        <v>45400</v>
+      </c>
+      <c r="I251" s="28"/>
+      <c r="J251" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K251" s="16" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="252" spans="1:11" ht="30.75" customHeight="1">
+      <c r="A252" s="12">
+        <v>250</v>
+      </c>
+      <c r="B252" s="31" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C252" s="40">
+        <v>40203536026</v>
+      </c>
+      <c r="D252" s="28" t="s">
+        <v>1376</v>
+      </c>
+      <c r="E252" s="28" t="s">
+        <v>1376</v>
+      </c>
+      <c r="F252" s="32" t="s">
+        <v>1377</v>
+      </c>
+      <c r="G252" s="14" t="s">
+        <v>1378</v>
+      </c>
+      <c r="H252" s="29">
+        <v>45405</v>
+      </c>
+      <c r="I252" s="28"/>
+      <c r="J252" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K252" s="16" t="s">
+        <v>1379</v>
+      </c>
+    </row>
+    <row r="253" spans="1:11" s="47" customFormat="1" ht="27.75" customHeight="1">
+      <c r="A253" s="12">
+        <v>251</v>
+      </c>
+      <c r="B253" s="31" t="s">
+        <v>1380</v>
+      </c>
+      <c r="C253" s="40">
+        <v>40203530470</v>
+      </c>
+      <c r="D253" s="28" t="s">
+        <v>1381</v>
+      </c>
+      <c r="E253" s="28" t="s">
+        <v>1381</v>
+      </c>
+      <c r="F253" s="32" t="s">
+        <v>1382</v>
+      </c>
+      <c r="G253" s="14" t="s">
+        <v>1383</v>
+      </c>
+      <c r="H253" s="29">
+        <v>45405</v>
+      </c>
+      <c r="I253" s="28"/>
+      <c r="J253" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K253" s="16" t="s">
+        <v>1384</v>
+      </c>
+    </row>
+    <row r="254" spans="1:11">
+      <c r="A254" s="12">
+        <v>252</v>
+      </c>
+      <c r="B254" s="31" t="s">
+        <v>1385</v>
+      </c>
+      <c r="C254" s="40">
+        <v>40203362455</v>
+      </c>
+      <c r="D254" s="28" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E254" s="28" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F254" s="32" t="s">
+        <v>1388</v>
+      </c>
+      <c r="G254" s="14" t="s">
+        <v>1389</v>
+      </c>
+      <c r="H254" s="29">
+        <v>45405</v>
+      </c>
+      <c r="I254" s="28"/>
+      <c r="J254" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K254" s="16" t="s">
+        <v>1390</v>
+      </c>
+    </row>
+    <row r="255" spans="1:11" ht="22.5">
+      <c r="A255" s="12">
+        <v>253</v>
+      </c>
+      <c r="B255" s="31" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C255" s="40">
+        <v>40203012822</v>
+      </c>
+      <c r="D255" s="28" t="s">
+        <v>395</v>
+      </c>
+      <c r="E255" s="28" t="s">
+        <v>395</v>
+      </c>
+      <c r="F255" s="32" t="s">
+        <v>1392</v>
+      </c>
+      <c r="G255" s="14" t="s">
+        <v>1393</v>
+      </c>
+      <c r="H255" s="29">
+        <v>45408</v>
+      </c>
+      <c r="I255" s="28"/>
+      <c r="J255" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K255" s="16" t="s">
+        <v>1394</v>
+      </c>
+    </row>
+    <row r="256" spans="1:11" ht="22.5">
+      <c r="A256" s="12">
+        <v>254</v>
+      </c>
+      <c r="B256" s="31" t="s">
+        <v>1395</v>
+      </c>
+      <c r="C256" s="40">
+        <v>40003225328</v>
+      </c>
+      <c r="D256" s="28" t="s">
+        <v>1396</v>
+      </c>
+      <c r="E256" s="28" t="s">
+        <v>1396</v>
+      </c>
+      <c r="F256" s="32" t="s">
+        <v>1397</v>
+      </c>
+      <c r="G256" s="14" t="s">
+        <v>1398</v>
+      </c>
+      <c r="H256" s="29">
+        <v>45408</v>
+      </c>
+      <c r="I256" s="28"/>
+      <c r="J256" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K256" s="16" t="s">
+        <v>1399</v>
+      </c>
+    </row>
+    <row r="257" spans="1:11" ht="33" customHeight="1">
+      <c r="A257" s="12">
+        <v>255</v>
+      </c>
+      <c r="B257" s="31" t="s">
+        <v>1400</v>
+      </c>
+      <c r="C257" s="40">
+        <v>40203323091</v>
+      </c>
+      <c r="D257" s="28" t="s">
+        <v>1401</v>
+      </c>
+      <c r="E257" s="28" t="s">
+        <v>1401</v>
+      </c>
+      <c r="F257" s="32" t="s">
+        <v>1402</v>
+      </c>
+      <c r="G257" s="14" t="s">
+        <v>1403</v>
+      </c>
+      <c r="H257" s="29">
+        <v>45408</v>
+      </c>
+      <c r="I257" s="28"/>
+      <c r="J257" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K257" s="16" t="s">
+        <v>1404</v>
+      </c>
+    </row>
+    <row r="258" spans="1:11" ht="33" customHeight="1">
+      <c r="A258" s="12">
+        <v>256</v>
+      </c>
+      <c r="B258" s="31" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C258" s="40">
+        <v>40203550157</v>
+      </c>
+      <c r="D258" s="28" t="s">
+        <v>1406</v>
+      </c>
+      <c r="E258" s="28" t="s">
+        <v>1406</v>
+      </c>
+      <c r="F258" s="32" t="s">
+        <v>1407</v>
+      </c>
+      <c r="G258" s="14" t="s">
+        <v>1408</v>
+      </c>
+      <c r="H258" s="29">
+        <v>45411</v>
+      </c>
+      <c r="I258" s="28"/>
+      <c r="J258" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K258" s="16" t="s">
+        <v>1409</v>
+      </c>
+    </row>
+    <row r="259" spans="1:11" ht="33" customHeight="1">
+      <c r="A259" s="12">
+        <v>257</v>
+      </c>
+      <c r="B259" s="31" t="s">
+        <v>1410</v>
+      </c>
+      <c r="C259" s="40">
+        <v>40203360702</v>
+      </c>
+      <c r="D259" s="28" t="s">
+        <v>1411</v>
+      </c>
+      <c r="E259" s="28" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F259" s="32" t="s">
+        <v>1412</v>
+      </c>
+      <c r="G259" s="14" t="s">
+        <v>1413</v>
+      </c>
+      <c r="H259" s="29">
+        <v>45411</v>
+      </c>
+      <c r="I259" s="28"/>
+      <c r="J259" s="15">
+        <v>46507</v>
+      </c>
+      <c r="K259" s="16" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="260" spans="1:11" ht="33" customHeight="1">
+      <c r="A260" s="12">
+        <v>258</v>
+      </c>
+      <c r="B260" s="31" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C260" s="40">
+        <v>40203527038</v>
+      </c>
+      <c r="D260" s="28" t="s">
+        <v>1416</v>
+      </c>
+      <c r="E260" s="28" t="s">
+        <v>1417</v>
+      </c>
+      <c r="F260" s="32" t="s">
+        <v>1418</v>
+      </c>
+      <c r="G260" s="14" t="s">
+        <v>1419</v>
+      </c>
+      <c r="H260" s="29">
+        <v>45422</v>
+      </c>
+      <c r="I260" s="28"/>
+      <c r="J260" s="15">
+        <v>46516</v>
+      </c>
+      <c r="K260" s="16" t="s">
+        <v>1420</v>
+      </c>
+    </row>
+    <row r="261" spans="1:11" ht="33" customHeight="1">
+      <c r="A261" s="12">
+        <v>259</v>
+      </c>
+      <c r="B261" s="31" t="s">
+        <v>1421</v>
+      </c>
+      <c r="C261" s="40">
+        <v>40003858038</v>
+      </c>
+      <c r="D261" s="28" t="s">
+        <v>1422</v>
+      </c>
+      <c r="E261" s="28" t="s">
+        <v>1422</v>
+      </c>
+      <c r="F261" s="32" t="s">
+        <v>1423</v>
+      </c>
+      <c r="G261" s="14" t="s">
+        <v>1424</v>
+      </c>
+      <c r="H261" s="29">
+        <v>45422</v>
+      </c>
+      <c r="I261" s="28"/>
+      <c r="J261" s="15">
+        <v>46516</v>
+      </c>
+      <c r="K261" s="16" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="262" spans="1:11" ht="33" customHeight="1">
+      <c r="A262" s="12">
+        <v>260</v>
+      </c>
+      <c r="B262" s="31" t="s">
+        <v>1426</v>
+      </c>
+      <c r="C262" s="40">
+        <v>40103231960</v>
+      </c>
+      <c r="D262" s="28" t="s">
+        <v>1427</v>
+      </c>
+      <c r="E262" s="28" t="s">
+        <v>1427</v>
+      </c>
+      <c r="F262" s="32" t="s">
+        <v>1428</v>
+      </c>
+      <c r="G262" s="14" t="s">
+        <v>1429</v>
+      </c>
+      <c r="H262" s="29">
+        <v>45422</v>
+      </c>
+      <c r="I262" s="28"/>
+      <c r="J262" s="15">
+        <v>46516</v>
+      </c>
+      <c r="K262" s="16" t="s">
+        <v>1420</v>
+      </c>
+    </row>
+    <row r="263" spans="1:11" ht="39.75" customHeight="1">
+      <c r="A263" s="12">
+        <v>261</v>
+      </c>
+      <c r="B263" s="31" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C263" s="40">
+        <v>40203155860</v>
+      </c>
+      <c r="D263" s="28" t="s">
+        <v>1431</v>
+      </c>
+      <c r="E263" s="28" t="s">
+        <v>1431</v>
+      </c>
+      <c r="F263" s="32" t="s">
+        <v>1432</v>
+      </c>
+      <c r="G263" s="14" t="s">
+        <v>1433</v>
+      </c>
+      <c r="H263" s="29">
+        <v>45434</v>
+      </c>
+      <c r="I263" s="28"/>
+      <c r="J263" s="15">
+        <v>46528</v>
+      </c>
+      <c r="K263" s="16" t="s">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="264" spans="1:11" ht="45.75" customHeight="1">
+      <c r="A264" s="12">
+        <v>262</v>
+      </c>
+      <c r="B264" s="31" t="s">
+        <v>1435</v>
+      </c>
+      <c r="C264" s="40">
+        <v>42103092228</v>
+      </c>
+      <c r="D264" s="28" t="s">
+        <v>1436</v>
+      </c>
+      <c r="E264" s="28" t="s">
+        <v>1437</v>
+      </c>
+      <c r="F264" s="32" t="s">
+        <v>1438</v>
+      </c>
+      <c r="G264" s="14" t="s">
+        <v>1439</v>
+      </c>
+      <c r="H264" s="29">
+        <v>45436</v>
+      </c>
+      <c r="I264" s="28"/>
+      <c r="J264" s="15">
+        <v>46530</v>
+      </c>
+      <c r="K264" s="16" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="265" spans="1:11" ht="33.75">
+      <c r="A265" s="12">
+        <v>263</v>
+      </c>
+      <c r="B265" s="31" t="s">
+        <v>1441</v>
+      </c>
+      <c r="C265" s="40">
+        <v>40203558574</v>
+      </c>
+      <c r="D265" s="28" t="s">
+        <v>1442</v>
+      </c>
+      <c r="E265" s="28" t="s">
+        <v>1443</v>
+      </c>
+      <c r="F265" s="32" t="s">
+        <v>1444</v>
+      </c>
+      <c r="G265" s="14" t="s">
+        <v>1445</v>
+      </c>
+      <c r="H265" s="29">
+        <v>45436</v>
+      </c>
+      <c r="I265" s="28"/>
+      <c r="J265" s="15">
+        <v>46530</v>
+      </c>
+      <c r="K265" s="16" t="s">
+        <v>1446</v>
+      </c>
+    </row>
+    <row r="266" spans="1:11" ht="45">
+      <c r="A266" s="12">
+        <v>264</v>
+      </c>
+      <c r="B266" s="31" t="s">
+        <v>1447</v>
+      </c>
+      <c r="C266" s="40">
+        <v>42103079906</v>
+      </c>
+      <c r="D266" s="28" t="s">
+        <v>1448</v>
+      </c>
+      <c r="E266" s="28" t="s">
+        <v>1449</v>
+      </c>
+      <c r="F266" s="32" t="s">
+        <v>1450</v>
+      </c>
+      <c r="G266" s="14" t="s">
+        <v>1451</v>
+      </c>
+      <c r="H266" s="29">
+        <v>45442</v>
+      </c>
+      <c r="I266" s="28"/>
+      <c r="J266" s="15">
+        <v>46536</v>
+      </c>
+      <c r="K266" s="16" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="267" spans="1:11" ht="45">
+      <c r="A267" s="12">
+        <v>265</v>
+      </c>
+      <c r="B267" s="31" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C267" s="40">
+        <v>40203303038</v>
+      </c>
+      <c r="D267" s="28" t="s">
+        <v>1454</v>
+      </c>
+      <c r="E267" s="28" t="s">
+        <v>1455</v>
+      </c>
+      <c r="F267" s="32" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G267" s="14" t="s">
+        <v>1457</v>
+      </c>
+      <c r="H267" s="29">
+        <v>45449</v>
+      </c>
+      <c r="I267" s="28"/>
+      <c r="J267" s="15">
+        <v>46543</v>
+      </c>
+      <c r="K267" s="16" t="s">
+        <v>1458</v>
+      </c>
+    </row>
+    <row r="268" spans="1:11" ht="22.5">
+      <c r="A268" s="12">
+        <v>266</v>
+      </c>
+      <c r="B268" s="31" t="s">
+        <v>1459</v>
+      </c>
+      <c r="C268" s="40">
+        <v>40203563518</v>
+      </c>
+      <c r="D268" s="28" t="s">
+        <v>1460</v>
+      </c>
+      <c r="E268" s="28" t="s">
+        <v>1461</v>
+      </c>
+      <c r="F268" s="32" t="s">
+        <v>1462</v>
+      </c>
+      <c r="G268" s="14" t="s">
+        <v>1463</v>
+      </c>
+      <c r="H268" s="29">
+        <v>45453</v>
+      </c>
+      <c r="I268" s="28"/>
+      <c r="J268" s="15">
+        <v>46547</v>
+      </c>
+      <c r="K268" s="16" t="s">
+        <v>1464</v>
+      </c>
+    </row>
+    <row r="269" spans="1:11" ht="22.5">
+      <c r="A269" s="12">
+        <v>267</v>
+      </c>
+      <c r="B269" s="32" t="s">
+        <v>1465</v>
+      </c>
+      <c r="C269" s="32">
+        <v>40203491968</v>
+      </c>
+      <c r="D269" s="32" t="s">
+        <v>1466</v>
+      </c>
+      <c r="E269" s="32" t="s">
+        <v>1466</v>
+      </c>
+      <c r="F269" s="32" t="s">
+        <v>1467</v>
+      </c>
+      <c r="G269" s="14" t="s">
+        <v>1468</v>
+      </c>
+      <c r="H269" s="37">
+        <v>45469</v>
+      </c>
+      <c r="I269" s="32"/>
+      <c r="J269" s="15">
+        <v>46563</v>
+      </c>
+      <c r="K269" s="32" t="s">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="270" spans="1:11" ht="31.15" customHeight="1">
+      <c r="A270" s="12">
+        <v>268</v>
+      </c>
+      <c r="B270" s="32" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C270" s="32">
+        <v>40203560013</v>
+      </c>
+      <c r="D270" s="32" t="s">
+        <v>1442</v>
+      </c>
+      <c r="E270" s="32" t="s">
+        <v>1442</v>
+      </c>
+      <c r="F270" s="32" t="s">
+        <v>1471</v>
+      </c>
+      <c r="G270" s="14" t="s">
+        <v>1472</v>
+      </c>
+      <c r="H270" s="37">
+        <v>45470</v>
+      </c>
+      <c r="I270" s="32"/>
+      <c r="J270" s="15">
+        <v>46564</v>
+      </c>
+      <c r="K270" s="32" t="s">
+        <v>1473</v>
+      </c>
+    </row>
+    <row r="271" spans="1:11" ht="22.5">
+      <c r="A271" s="12">
+        <v>269</v>
+      </c>
+      <c r="B271" s="31" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C271" s="40">
+        <v>40203568017</v>
+      </c>
+      <c r="D271" s="28" t="s">
+        <v>1475</v>
+      </c>
+      <c r="E271" s="28" t="s">
+        <v>1475</v>
+      </c>
+      <c r="F271" s="32" t="s">
+        <v>1476</v>
+      </c>
+      <c r="G271" s="14" t="s">
+        <v>1477</v>
+      </c>
+      <c r="H271" s="37">
+        <v>45482</v>
+      </c>
+      <c r="I271" s="32"/>
+      <c r="J271" s="15">
+        <v>46576</v>
+      </c>
+      <c r="K271" s="32" t="s">
+        <v>1478</v>
+      </c>
+    </row>
+    <row r="272" spans="1:11" ht="33.75">
+      <c r="A272" s="12">
+        <v>270</v>
+      </c>
+      <c r="B272" s="31" t="s">
+        <v>1479</v>
+      </c>
+      <c r="C272" s="40">
+        <v>40203501819</v>
+      </c>
+      <c r="D272" s="28" t="s">
+        <v>1480</v>
+      </c>
+      <c r="E272" s="28" t="s">
+        <v>1480</v>
+      </c>
+      <c r="F272" s="32" t="s">
+        <v>1481</v>
+      </c>
+      <c r="G272" s="14" t="s">
+        <v>1482</v>
+      </c>
+      <c r="H272" s="37">
+        <v>45482</v>
+      </c>
+      <c r="I272" s="32"/>
+      <c r="J272" s="15">
+        <v>46576</v>
+      </c>
+      <c r="K272" s="16" t="s">
+        <v>1483</v>
+      </c>
+    </row>
+    <row r="273" spans="1:11" ht="33.75">
+      <c r="A273" s="12">
+        <v>271</v>
+      </c>
+      <c r="B273" s="31" t="s">
+        <v>1484</v>
+      </c>
+      <c r="C273" s="40">
+        <v>50203561171</v>
+      </c>
+      <c r="D273" s="28" t="s">
+        <v>1485</v>
+      </c>
+      <c r="E273" s="28" t="s">
+        <v>1486</v>
+      </c>
+      <c r="F273" s="32" t="s">
+        <v>1487</v>
+      </c>
+      <c r="G273" s="14" t="s">
+        <v>1488</v>
+      </c>
+      <c r="H273" s="37">
+        <v>45499</v>
+      </c>
+      <c r="I273" s="32"/>
+      <c r="J273" s="15">
+        <v>46593</v>
+      </c>
+      <c r="K273" s="16" t="s">
+        <v>1489</v>
+      </c>
+    </row>
+    <row r="274" spans="1:11" ht="45">
+      <c r="A274" s="12">
+        <v>272</v>
+      </c>
+      <c r="B274" s="31" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C274" s="40">
+        <v>40003758446</v>
+      </c>
+      <c r="D274" s="28" t="s">
+        <v>1491</v>
+      </c>
+      <c r="E274" s="28" t="s">
+        <v>1492</v>
+      </c>
+      <c r="F274" s="32" t="s">
+        <v>1493</v>
+      </c>
+      <c r="G274" s="14" t="s">
+        <v>1494</v>
+      </c>
+      <c r="H274" s="37">
+        <v>45506</v>
+      </c>
+      <c r="I274" s="32"/>
+      <c r="J274" s="15">
+        <v>46600</v>
+      </c>
+      <c r="K274" s="16" t="s">
+        <v>1495</v>
+      </c>
+    </row>
+    <row r="275" spans="1:11">
+      <c r="A275" s="12">
+        <v>273</v>
+      </c>
+      <c r="B275" s="20" t="s">
+        <v>1496</v>
+      </c>
+      <c r="C275" s="20">
+        <v>50203393781</v>
+      </c>
+      <c r="D275" s="20" t="s">
+        <v>1497</v>
+      </c>
+      <c r="E275" s="20" t="s">
+        <v>1497</v>
+      </c>
+      <c r="F275" s="16" t="s">
+        <v>1498</v>
+      </c>
+      <c r="G275" s="14" t="s">
+        <v>1499</v>
+      </c>
+      <c r="H275" s="15">
+        <v>45517</v>
+      </c>
+      <c r="I275" s="16"/>
+      <c r="J275" s="15">
+        <v>46611</v>
+      </c>
+      <c r="K275" s="16" t="s">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="276" spans="1:11" ht="33.75">
+      <c r="A276" s="12">
+        <v>274</v>
+      </c>
+      <c r="B276" s="31" t="s">
+        <v>1501</v>
+      </c>
+      <c r="C276" s="40">
+        <v>40103984413</v>
+      </c>
+      <c r="D276" s="28" t="s">
+        <v>1502</v>
+      </c>
+      <c r="E276" s="28" t="s">
+        <v>1502</v>
+      </c>
+      <c r="F276" s="16" t="s">
+        <v>1503</v>
+      </c>
+      <c r="G276" s="14" t="s">
+        <v>1504</v>
+      </c>
+      <c r="H276" s="15">
+        <v>45530</v>
+      </c>
+      <c r="I276" s="16"/>
+      <c r="J276" s="15">
+        <v>46624</v>
+      </c>
+      <c r="K276" s="32" t="s">
+        <v>1505</v>
+      </c>
+    </row>
+    <row r="277" spans="1:11" ht="33.75">
+      <c r="A277" s="12">
+        <v>275</v>
+      </c>
+      <c r="B277" s="31" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C277" s="40">
+        <v>40203529397</v>
+      </c>
+      <c r="D277" s="28" t="s">
+        <v>1507</v>
+      </c>
+      <c r="E277" s="28" t="s">
+        <v>1507</v>
+      </c>
+      <c r="F277" s="16" t="s">
+        <v>1508</v>
+      </c>
+      <c r="G277" s="14" t="s">
+        <v>1509</v>
+      </c>
+      <c r="H277" s="15">
+        <v>45533</v>
+      </c>
+      <c r="I277" s="16"/>
+      <c r="J277" s="15">
+        <v>46627</v>
+      </c>
+      <c r="K277" s="16" t="s">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="278" spans="1:11" ht="33.75">
+      <c r="A278" s="12">
+        <v>276</v>
+      </c>
+      <c r="B278" s="31" t="s">
+        <v>1511</v>
+      </c>
+      <c r="C278" s="40">
+        <v>40103856584</v>
+      </c>
+      <c r="D278" s="28" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E278" s="28" t="s">
+        <v>1512</v>
+      </c>
+      <c r="F278" s="16" t="s">
+        <v>1513</v>
+      </c>
+      <c r="G278" s="14" t="s">
+        <v>1514</v>
+      </c>
+      <c r="H278" s="15">
+        <v>45533</v>
+      </c>
+      <c r="I278" s="16"/>
+      <c r="J278" s="15">
+        <v>46627</v>
+      </c>
+      <c r="K278" s="16" t="s">
+        <v>1515</v>
+      </c>
+    </row>
+    <row r="279" spans="1:11" ht="33.75">
+      <c r="A279" s="12">
+        <v>277</v>
+      </c>
+      <c r="B279" s="31" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C279" s="40">
+        <v>40103595659</v>
+      </c>
+      <c r="D279" s="28" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E279" s="28" t="s">
+        <v>1517</v>
+      </c>
+      <c r="F279" s="16" t="s">
+        <v>1518</v>
+      </c>
+      <c r="G279" s="14" t="s">
+        <v>1519</v>
+      </c>
+      <c r="H279" s="15">
+        <v>45533</v>
+      </c>
+      <c r="I279" s="16"/>
+      <c r="J279" s="15">
+        <v>46627</v>
+      </c>
+      <c r="K279" s="16" t="s">
+        <v>1520</v>
+      </c>
+    </row>
+    <row r="280" spans="1:11" ht="45">
+      <c r="A280" s="12">
+        <v>278</v>
+      </c>
+      <c r="B280" s="31" t="s">
+        <v>1521</v>
+      </c>
+      <c r="C280" s="40">
+        <v>40203289514</v>
+      </c>
+      <c r="D280" s="28" t="s">
+        <v>1522</v>
+      </c>
+      <c r="E280" s="28" t="s">
+        <v>1522</v>
+      </c>
+      <c r="F280" s="16" t="s">
+        <v>1523</v>
+      </c>
+      <c r="G280" s="14" t="s">
+        <v>1524</v>
+      </c>
+      <c r="H280" s="15">
+        <v>45533</v>
+      </c>
+      <c r="I280" s="16"/>
+      <c r="J280" s="15">
+        <v>46627</v>
+      </c>
+      <c r="K280" s="16" t="s">
+        <v>1525</v>
+      </c>
+    </row>
+    <row r="281" spans="1:11" ht="33.75">
+      <c r="A281" s="12">
+        <v>279</v>
+      </c>
+      <c r="B281" s="31" t="s">
+        <v>1526</v>
+      </c>
+      <c r="C281" s="40">
+        <v>40003837182</v>
+      </c>
+      <c r="D281" s="28" t="s">
+        <v>1527</v>
+      </c>
+      <c r="E281" s="28" t="s">
+        <v>1151</v>
+      </c>
+      <c r="F281" s="16" t="s">
+        <v>1528</v>
+      </c>
+      <c r="G281" s="14" t="s">
+        <v>1529</v>
+      </c>
+      <c r="H281" s="15">
+        <v>45533</v>
+      </c>
+      <c r="I281" s="16"/>
+      <c r="J281" s="15">
+        <v>46627</v>
+      </c>
+      <c r="K281" s="16" t="s">
+        <v>1530</v>
+      </c>
+    </row>
+    <row r="282" spans="1:11" ht="33.75">
+      <c r="A282" s="12">
+        <v>280</v>
+      </c>
+      <c r="B282" s="31" t="s">
+        <v>1531</v>
+      </c>
+      <c r="C282" s="31">
+        <v>40203569794</v>
+      </c>
+      <c r="D282" s="31" t="s">
+        <v>1532</v>
+      </c>
+      <c r="E282" s="28" t="s">
+        <v>1533</v>
+      </c>
+      <c r="F282" s="16" t="s">
+        <v>1534</v>
+      </c>
+      <c r="G282" s="14" t="s">
+        <v>1535</v>
+      </c>
+      <c r="H282" s="15">
+        <v>45539</v>
+      </c>
+      <c r="I282" s="16"/>
+      <c r="J282" s="15">
+        <v>46633</v>
+      </c>
+      <c r="K282" s="16" t="s">
+        <v>1536</v>
+      </c>
+    </row>
+    <row r="283" spans="1:11" ht="22.5">
+      <c r="A283" s="12">
+        <v>281</v>
+      </c>
+      <c r="B283" s="31" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C283" s="31">
+        <v>42403021027</v>
+      </c>
+      <c r="D283" s="31" t="s">
+        <v>1538</v>
+      </c>
+      <c r="E283" s="31" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F283" s="16" t="s">
+        <v>1539</v>
+      </c>
+      <c r="G283" s="14" t="s">
+        <v>1540</v>
+      </c>
+      <c r="H283" s="15">
+        <v>45539</v>
+      </c>
+      <c r="I283" s="16"/>
+      <c r="J283" s="15">
+        <v>46633</v>
+      </c>
+      <c r="K283" s="16" t="s">
+        <v>1536</v>
+      </c>
+    </row>
+    <row r="284" spans="1:11" ht="56.25">
+      <c r="A284" s="12">
+        <v>282</v>
+      </c>
+      <c r="B284" s="31" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C284" s="31">
+        <v>40203530451</v>
+      </c>
+      <c r="D284" s="31" t="s">
+        <v>1542</v>
+      </c>
+      <c r="E284" s="28" t="s">
+        <v>1543</v>
+      </c>
+      <c r="F284" s="16" t="s">
+        <v>1544</v>
+      </c>
+      <c r="G284" s="14" t="s">
+        <v>1545</v>
+      </c>
+      <c r="H284" s="15">
+        <v>45539</v>
+      </c>
+      <c r="I284" s="16"/>
+      <c r="J284" s="15">
+        <v>46633</v>
+      </c>
+      <c r="K284" s="16" t="s">
+        <v>1546</v>
+      </c>
+    </row>
+    <row r="285" spans="1:11" ht="33.75">
+      <c r="A285" s="12">
+        <v>283</v>
+      </c>
+      <c r="B285" s="31" t="s">
+        <v>1547</v>
+      </c>
+      <c r="C285" s="31">
+        <v>40203466250</v>
+      </c>
+      <c r="D285" s="31" t="s">
+        <v>1548</v>
+      </c>
+      <c r="E285" s="31" t="s">
+        <v>1548</v>
+      </c>
+      <c r="F285" s="16" t="s">
+        <v>1549</v>
+      </c>
+      <c r="G285" s="14" t="s">
+        <v>1550</v>
+      </c>
+      <c r="H285" s="15">
+        <v>45546</v>
+      </c>
+      <c r="I285" s="16"/>
+      <c r="J285" s="15">
+        <v>46640</v>
+      </c>
+      <c r="K285" s="16" t="s">
+        <v>1551</v>
+      </c>
+    </row>
+    <row r="286" spans="1:11" ht="43.15" customHeight="1">
+      <c r="A286" s="12">
+        <v>284</v>
+      </c>
+      <c r="B286" s="31" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C286" s="31">
+        <v>45403058493</v>
+      </c>
+      <c r="D286" s="31" t="s">
+        <v>1553</v>
+      </c>
+      <c r="E286" s="28" t="s">
+        <v>1554</v>
+      </c>
+      <c r="F286" s="16" t="s">
+        <v>1555</v>
+      </c>
+      <c r="G286" s="14" t="s">
+        <v>1556</v>
+      </c>
+      <c r="H286" s="15">
+        <v>45546</v>
+      </c>
+      <c r="I286" s="16"/>
+      <c r="J286" s="15">
+        <v>46640</v>
+      </c>
+      <c r="K286" s="16" t="s">
+        <v>1557</v>
+      </c>
+    </row>
+    <row r="287" spans="1:11" ht="45">
+      <c r="A287" s="12">
+        <v>285</v>
+      </c>
+      <c r="B287" s="31" t="s">
+        <v>1558</v>
+      </c>
+      <c r="C287" s="31">
+        <v>40203102505</v>
+      </c>
+      <c r="D287" s="31" t="s">
+        <v>1559</v>
+      </c>
+      <c r="E287" s="31" t="s">
+        <v>1560</v>
+      </c>
+      <c r="F287" s="16" t="s">
+        <v>1561</v>
+      </c>
+      <c r="G287" s="14" t="s">
+        <v>1562</v>
+      </c>
+      <c r="H287" s="15">
+        <v>45560</v>
+      </c>
+      <c r="I287" s="16"/>
+      <c r="J287" s="15">
+        <v>46654</v>
+      </c>
+      <c r="K287" s="31" t="s">
+        <v>1563</v>
+      </c>
+    </row>
+    <row r="288" spans="1:11" ht="33.75">
+      <c r="A288" s="12">
+        <v>286</v>
+      </c>
+      <c r="B288" s="31" t="s">
+        <v>1564</v>
+      </c>
+      <c r="C288" s="31">
+        <v>40203580838</v>
+      </c>
+      <c r="D288" s="31" t="s">
+        <v>1565</v>
+      </c>
+      <c r="E288" s="31" t="s">
+        <v>1565</v>
+      </c>
+      <c r="F288" s="16" t="s">
+        <v>1566</v>
+      </c>
+      <c r="G288" s="14" t="s">
+        <v>1567</v>
+      </c>
+      <c r="H288" s="15">
+        <v>45565</v>
+      </c>
+      <c r="I288" s="16"/>
+      <c r="J288" s="15">
+        <v>46659</v>
+      </c>
+      <c r="K288" s="32" t="s">
+        <v>1568</v>
+      </c>
+    </row>
+    <row r="289" spans="1:11" ht="52.15" customHeight="1">
+      <c r="A289" s="12">
+        <v>287</v>
+      </c>
+      <c r="B289" s="31" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C289" s="31">
+        <v>44103129355</v>
+      </c>
+      <c r="D289" s="31" t="s">
+        <v>1570</v>
+      </c>
+      <c r="E289" s="31" t="s">
+        <v>1571</v>
+      </c>
+      <c r="F289" s="16" t="s">
+        <v>1572</v>
+      </c>
+      <c r="G289" s="14" t="s">
+        <v>1573</v>
+      </c>
+      <c r="H289" s="15">
+        <v>45569</v>
+      </c>
+      <c r="I289" s="16"/>
+      <c r="J289" s="15">
+        <v>46663</v>
+      </c>
+      <c r="K289" s="16" t="s">
+        <v>1574</v>
+      </c>
+    </row>
+    <row r="290" spans="1:11" ht="45.6" customHeight="1">
+      <c r="A290" s="12">
+        <v>288</v>
+      </c>
+      <c r="B290" s="31" t="s">
+        <v>1575</v>
+      </c>
+      <c r="C290" s="31">
+        <v>40003295166</v>
+      </c>
+      <c r="D290" s="31" t="s">
+        <v>1576</v>
+      </c>
+      <c r="E290" s="31" t="s">
+        <v>1576</v>
+      </c>
+      <c r="F290" s="16" t="s">
+        <v>1577</v>
+      </c>
+      <c r="G290" s="14" t="s">
+        <v>1578</v>
+      </c>
+      <c r="H290" s="15">
+        <v>45569</v>
+      </c>
+      <c r="I290" s="16"/>
+      <c r="J290" s="15">
+        <v>46663</v>
+      </c>
+      <c r="K290" s="16" t="s">
+        <v>1579</v>
+      </c>
+    </row>
+    <row r="291" spans="1:11">
+      <c r="A291" s="12">
+        <v>289</v>
+      </c>
+      <c r="B291" s="31" t="s">
+        <v>1580</v>
+      </c>
+      <c r="C291" s="31">
+        <v>40203585002</v>
+      </c>
+      <c r="D291" s="31" t="s">
+        <v>1581</v>
+      </c>
+      <c r="E291" s="31" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F291" s="16" t="s">
+        <v>1582</v>
+      </c>
+      <c r="G291" s="14" t="s">
+        <v>1583</v>
+      </c>
+      <c r="H291" s="15">
+        <v>45573</v>
+      </c>
+      <c r="I291" s="16"/>
+      <c r="J291" s="15">
+        <v>46667</v>
+      </c>
+      <c r="K291" s="16" t="s">
+        <v>1584</v>
+      </c>
+    </row>
+    <row r="292" spans="1:11" ht="33.75">
+      <c r="A292" s="12">
+        <v>290</v>
+      </c>
+      <c r="B292" s="31" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C292" s="31">
+        <v>40203423251</v>
+      </c>
+      <c r="D292" s="31" t="s">
+        <v>1190</v>
+      </c>
+      <c r="E292" s="31" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F292" s="16" t="s">
+        <v>1586</v>
+      </c>
+      <c r="G292" s="14" t="s">
+        <v>1587</v>
+      </c>
+      <c r="H292" s="15">
+        <v>45582</v>
+      </c>
+      <c r="I292" s="16"/>
+      <c r="J292" s="15">
+        <v>46676</v>
+      </c>
+      <c r="K292" s="32" t="s">
+        <v>1588</v>
+      </c>
+    </row>
+    <row r="293" spans="1:11" ht="33.75">
+      <c r="A293" s="12">
+        <v>291</v>
+      </c>
+      <c r="B293" s="31" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C293" s="31">
+        <v>40203261872</v>
+      </c>
+      <c r="D293" s="31" t="s">
+        <v>1590</v>
+      </c>
+      <c r="E293" s="31" t="s">
+        <v>1591</v>
+      </c>
+      <c r="F293" s="16" t="s">
+        <v>1592</v>
+      </c>
+      <c r="G293" s="14" t="s">
+        <v>1593</v>
+      </c>
+      <c r="H293" s="15">
+        <v>45582</v>
+      </c>
+      <c r="I293" s="16"/>
+      <c r="J293" s="15">
+        <v>46676</v>
+      </c>
+      <c r="K293" s="32" t="s">
+        <v>1594</v>
+      </c>
+    </row>
+    <row r="294" spans="1:11" ht="38.450000000000003" customHeight="1">
+      <c r="A294" s="12">
+        <v>292</v>
+      </c>
+      <c r="B294" s="31" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C294" s="31">
+        <v>40203265408</v>
+      </c>
+      <c r="D294" s="31" t="s">
+        <v>1596</v>
+      </c>
+      <c r="E294" s="31" t="s">
+        <v>1596</v>
+      </c>
+      <c r="F294" s="16" t="s">
+        <v>1597</v>
+      </c>
+      <c r="G294" s="14" t="s">
+        <v>1598</v>
+      </c>
+      <c r="H294" s="15">
+        <v>45587</v>
+      </c>
+      <c r="I294" s="16"/>
+      <c r="J294" s="15">
+        <v>46681</v>
+      </c>
+      <c r="K294" s="31" t="s">
+        <v>1599</v>
+      </c>
+    </row>
+    <row r="295" spans="1:11" ht="36" customHeight="1">
+      <c r="A295" s="12">
+        <v>293</v>
+      </c>
+      <c r="B295" s="31" t="s">
+        <v>1600</v>
+      </c>
+      <c r="C295" s="31">
+        <v>50103341001</v>
+      </c>
+      <c r="D295" s="31" t="s">
+        <v>1601</v>
+      </c>
+      <c r="E295" s="31" t="s">
+        <v>1601</v>
+      </c>
+      <c r="F295" s="16" t="s">
+        <v>1602</v>
+      </c>
+      <c r="G295" s="14" t="s">
+        <v>1603</v>
+      </c>
+      <c r="H295" s="15">
+        <v>45587</v>
+      </c>
+      <c r="I295" s="16"/>
+      <c r="J295" s="15">
+        <v>46681</v>
+      </c>
+      <c r="K295" s="32" t="s">
+        <v>1604</v>
+      </c>
+    </row>
+    <row r="296" spans="1:11" ht="37.9" customHeight="1">
+      <c r="A296" s="12">
+        <v>294</v>
+      </c>
+      <c r="B296" s="31" t="s">
+        <v>1605</v>
+      </c>
+      <c r="C296" s="31">
+        <v>40203441276</v>
+      </c>
+      <c r="D296" s="31" t="s">
+        <v>1606</v>
+      </c>
+      <c r="E296" s="31" t="s">
+        <v>1607</v>
+      </c>
+      <c r="F296" s="16" t="s">
+        <v>1608</v>
+      </c>
+      <c r="G296" s="14" t="s">
+        <v>1609</v>
+      </c>
+      <c r="H296" s="15">
+        <v>45602</v>
+      </c>
+      <c r="I296" s="16"/>
+      <c r="J296" s="15">
+        <v>46696</v>
+      </c>
+      <c r="K296" s="32" t="s">
+        <v>1610</v>
+      </c>
+    </row>
+    <row r="297" spans="1:11" ht="35.450000000000003" customHeight="1">
+      <c r="A297" s="12">
+        <v>295</v>
+      </c>
+      <c r="B297" s="31" t="s">
+        <v>1611</v>
+      </c>
+      <c r="C297" s="31">
+        <v>40203584435</v>
+      </c>
+      <c r="D297" s="31" t="s">
+        <v>1612</v>
+      </c>
+      <c r="E297" s="31" t="s">
+        <v>1613</v>
+      </c>
+      <c r="F297" s="16" t="s">
+        <v>1614</v>
+      </c>
+      <c r="G297" s="14" t="s">
+        <v>1615</v>
+      </c>
+      <c r="H297" s="15">
+        <v>45615</v>
+      </c>
+      <c r="I297" s="16"/>
+      <c r="J297" s="15">
+        <v>46709</v>
+      </c>
+      <c r="K297" s="32" t="s">
+        <v>1616</v>
+      </c>
+    </row>
+    <row r="298" spans="1:11">
+      <c r="A298" s="12">
+        <v>296</v>
+      </c>
+      <c r="B298" s="31" t="s">
+        <v>1617</v>
+      </c>
+      <c r="C298" s="31">
+        <v>42103111904</v>
+      </c>
+      <c r="D298" s="31" t="s">
+        <v>1618</v>
+      </c>
+      <c r="E298" s="31" t="s">
+        <v>1619</v>
+      </c>
+      <c r="F298" s="16" t="s">
+        <v>1620</v>
+      </c>
+      <c r="G298" s="14" t="s">
+        <v>1621</v>
+      </c>
+      <c r="H298" s="15">
+        <v>45621</v>
+      </c>
+      <c r="I298" s="16"/>
+      <c r="J298" s="15">
+        <v>46715</v>
+      </c>
+      <c r="K298" s="32" t="s">
+        <v>1622</v>
+      </c>
+    </row>
+    <row r="299" spans="1:11" ht="37.15" customHeight="1">
+      <c r="A299" s="12">
+        <v>297</v>
+      </c>
+      <c r="B299" s="31" t="s">
+        <v>1623</v>
+      </c>
+      <c r="C299" s="31">
+        <v>42103069560</v>
+      </c>
+      <c r="D299" s="31" t="s">
+        <v>1624</v>
+      </c>
+      <c r="E299" s="31" t="s">
+        <v>1625</v>
+      </c>
+      <c r="F299" s="16" t="s">
+        <v>1626</v>
+      </c>
+      <c r="G299" s="14" t="s">
+        <v>1627</v>
+      </c>
+      <c r="H299" s="15">
+        <v>45621</v>
+      </c>
+      <c r="I299" s="16"/>
+      <c r="J299" s="15">
+        <v>46715</v>
+      </c>
+      <c r="K299" s="32" t="s">
+        <v>1628</v>
+      </c>
+    </row>
+    <row r="300" spans="1:11" ht="22.5">
+      <c r="A300" s="12">
+        <v>298</v>
+      </c>
+      <c r="B300" s="31" t="s">
+        <v>1629</v>
+      </c>
+      <c r="C300" s="31">
+        <v>50103581701</v>
+      </c>
+      <c r="D300" s="31" t="s">
+        <v>1630</v>
+      </c>
+      <c r="E300" s="31" t="s">
+        <v>1630</v>
+      </c>
+      <c r="F300" s="16" t="s">
+        <v>1631</v>
+      </c>
+      <c r="G300" s="14" t="s">
+        <v>1632</v>
+      </c>
+      <c r="H300" s="15">
+        <v>45635</v>
+      </c>
+      <c r="I300" s="16"/>
+      <c r="J300" s="15">
+        <v>46729</v>
+      </c>
+      <c r="K300" s="32" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="301" spans="1:11" ht="28.15" customHeight="1">
+      <c r="A301" s="12">
+        <v>299</v>
+      </c>
+      <c r="B301" s="31" t="s">
+        <v>1634</v>
+      </c>
+      <c r="C301" s="31">
+        <v>40203154210</v>
+      </c>
+      <c r="D301" s="31" t="s">
+        <v>1635</v>
+      </c>
+      <c r="E301" s="31" t="s">
+        <v>1636</v>
+      </c>
+      <c r="F301" s="16" t="s">
+        <v>1637</v>
+      </c>
+      <c r="G301" s="14" t="s">
+        <v>1638</v>
+      </c>
+      <c r="H301" s="15">
+        <v>45635</v>
+      </c>
+      <c r="I301" s="16"/>
+      <c r="J301" s="15">
+        <v>46729</v>
+      </c>
+      <c r="K301" s="32" t="s">
+        <v>1639</v>
+      </c>
+    </row>
+    <row r="302" spans="1:11" ht="22.5">
+      <c r="A302" s="12">
+        <v>300</v>
+      </c>
+      <c r="B302" s="31" t="s">
+        <v>1640</v>
+      </c>
+      <c r="C302" s="31">
+        <v>40203088377</v>
+      </c>
+      <c r="D302" s="31" t="s">
+        <v>461</v>
+      </c>
+      <c r="E302" s="31" t="s">
+        <v>461</v>
+      </c>
+      <c r="F302" s="16" t="s">
+        <v>1641</v>
+      </c>
+      <c r="G302" s="14" t="s">
+        <v>1642</v>
+      </c>
+      <c r="H302" s="15">
+        <v>45635</v>
+      </c>
+      <c r="I302" s="16"/>
+      <c r="J302" s="15">
+        <v>46729</v>
+      </c>
+      <c r="K302" s="32" t="s">
+        <v>1643</v>
+      </c>
+    </row>
+    <row r="303" spans="1:11" ht="33.6" customHeight="1">
+      <c r="A303" s="12">
+        <v>301</v>
+      </c>
+      <c r="B303" s="31" t="s">
+        <v>1644</v>
+      </c>
+      <c r="C303" s="31">
+        <v>40203595000</v>
+      </c>
+      <c r="D303" s="31" t="s">
+        <v>1645</v>
+      </c>
+      <c r="E303" s="31" t="s">
+        <v>1646</v>
+      </c>
+      <c r="F303" s="16" t="s">
+        <v>1647</v>
+      </c>
+      <c r="G303" s="14" t="s">
+        <v>1648</v>
+      </c>
+      <c r="H303" s="15">
+        <v>45646</v>
+      </c>
+      <c r="I303" s="16"/>
+      <c r="J303" s="15">
+        <v>46740</v>
+      </c>
+      <c r="K303" s="32" t="s">
+        <v>1649</v>
+      </c>
+    </row>
+    <row r="304" spans="1:11" ht="45.6" customHeight="1">
+      <c r="A304" s="12">
+        <v>302</v>
+      </c>
+      <c r="B304" s="16" t="s">
+        <v>1650</v>
+      </c>
+      <c r="C304" s="34" t="s">
+        <v>1651</v>
+      </c>
+      <c r="D304" s="20" t="s">
+        <v>1652</v>
+      </c>
+      <c r="E304" s="20" t="s">
+        <v>1653</v>
+      </c>
+      <c r="F304" s="16" t="s">
+        <v>1654</v>
+      </c>
+      <c r="G304" s="14" t="s">
+        <v>1655</v>
+      </c>
+      <c r="H304" s="35">
+        <v>45659</v>
+      </c>
+      <c r="I304" s="36"/>
+      <c r="J304" s="15">
+        <v>46753</v>
+      </c>
+      <c r="K304" s="32" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="305" spans="1:11" ht="33.75">
+      <c r="A305" s="12">
+        <v>303</v>
+      </c>
+      <c r="B305" s="31" t="s">
+        <v>1657</v>
+      </c>
+      <c r="C305" s="31">
+        <v>40203569756</v>
+      </c>
+      <c r="D305" s="31" t="s">
+        <v>1658</v>
+      </c>
+      <c r="E305" s="31" t="s">
+        <v>1658</v>
+      </c>
+      <c r="F305" s="16" t="s">
+        <v>1659</v>
+      </c>
+      <c r="G305" s="14" t="s">
+        <v>1660</v>
+      </c>
+      <c r="H305" s="15">
+        <v>45680</v>
+      </c>
+      <c r="I305" s="16"/>
+      <c r="J305" s="15">
+        <v>46774</v>
+      </c>
+      <c r="K305" s="32" t="s">
+        <v>1661</v>
+      </c>
+    </row>
+    <row r="306" spans="1:11" ht="33.75">
+      <c r="A306" s="12">
+        <v>304</v>
+      </c>
+      <c r="B306" s="31" t="s">
+        <v>1662</v>
+      </c>
+      <c r="C306" s="31">
+        <v>40103690188</v>
+      </c>
+      <c r="D306" s="31" t="s">
+        <v>1663</v>
+      </c>
+      <c r="E306" s="31" t="s">
+        <v>1663</v>
+      </c>
+      <c r="F306" s="16" t="s">
+        <v>1664</v>
+      </c>
+      <c r="G306" s="14" t="s">
+        <v>1665</v>
+      </c>
+      <c r="H306" s="33">
+        <v>45681</v>
+      </c>
+      <c r="I306" s="31"/>
+      <c r="J306" s="15">
+        <v>46775</v>
+      </c>
+      <c r="K306" s="32" t="s">
+        <v>1666</v>
+      </c>
+    </row>
+    <row r="307" spans="1:11" ht="43.15" customHeight="1">
+      <c r="A307" s="12">
+        <v>305</v>
+      </c>
+      <c r="B307" s="31" t="s">
+        <v>1667</v>
+      </c>
+      <c r="C307" s="31">
+        <v>40203304103</v>
+      </c>
+      <c r="D307" s="31" t="s">
+        <v>680</v>
+      </c>
+      <c r="E307" s="31" t="s">
+        <v>680</v>
+      </c>
+      <c r="F307" s="16" t="s">
+        <v>1668</v>
+      </c>
+      <c r="G307" s="14" t="s">
+        <v>1669</v>
+      </c>
+      <c r="H307" s="33">
+        <v>45681</v>
+      </c>
+      <c r="I307" s="31"/>
+      <c r="J307" s="15">
+        <v>46775</v>
+      </c>
+      <c r="K307" s="32" t="s">
+        <v>1670</v>
+      </c>
+    </row>
+    <row r="308" spans="1:11" ht="40.9" customHeight="1">
+      <c r="A308" s="12">
+        <v>306</v>
+      </c>
+      <c r="B308" s="31" t="s">
+        <v>1671</v>
+      </c>
+      <c r="C308" s="31">
+        <v>42103043896</v>
+      </c>
+      <c r="D308" s="31" t="s">
+        <v>1672</v>
+      </c>
+      <c r="E308" s="31" t="s">
+        <v>1673</v>
+      </c>
+      <c r="F308" s="16" t="s">
+        <v>1674</v>
+      </c>
+      <c r="G308" s="14" t="s">
+        <v>1675</v>
+      </c>
+      <c r="H308" s="33">
+        <v>45699</v>
+      </c>
+      <c r="I308" s="31"/>
+      <c r="J308" s="15">
+        <v>46793</v>
+      </c>
+      <c r="K308" s="32" t="s">
+        <v>1676</v>
+      </c>
+    </row>
+    <row r="309" spans="1:11" ht="22.5">
+      <c r="A309" s="12">
+        <v>307</v>
+      </c>
+      <c r="B309" s="31" t="s">
+        <v>1677</v>
+      </c>
+      <c r="C309" s="31">
+        <v>40003900180</v>
+      </c>
+      <c r="D309" s="31" t="s">
+        <v>1678</v>
+      </c>
+      <c r="E309" s="31" t="s">
+        <v>1678</v>
+      </c>
+      <c r="F309" s="16" t="s">
+        <v>1679</v>
+      </c>
+      <c r="G309" s="14" t="s">
+        <v>1680</v>
+      </c>
+      <c r="H309" s="33">
+        <v>45702</v>
+      </c>
+      <c r="I309" s="31"/>
+      <c r="J309" s="15">
+        <v>46796</v>
+      </c>
+      <c r="K309" s="32" t="s">
+        <v>1681</v>
+      </c>
+    </row>
+    <row r="310" spans="1:11" ht="56.25">
+      <c r="A310" s="12">
+        <v>308</v>
+      </c>
+      <c r="B310" s="31" t="s">
+        <v>1682</v>
+      </c>
+      <c r="C310" s="31">
+        <v>40203608254</v>
+      </c>
+      <c r="D310" s="31" t="s">
+        <v>1683</v>
+      </c>
+      <c r="E310" s="31" t="s">
+        <v>1684</v>
+      </c>
+      <c r="F310" s="32" t="s">
+        <v>1685</v>
+      </c>
+      <c r="G310" s="14" t="s">
+        <v>1686</v>
+      </c>
+      <c r="H310" s="33">
+        <v>45702</v>
+      </c>
+      <c r="I310" s="31"/>
+      <c r="J310" s="15">
+        <v>46796</v>
+      </c>
+      <c r="K310" s="32" t="s">
+        <v>1687</v>
+      </c>
+    </row>
+    <row r="311" spans="1:11" ht="22.5">
+      <c r="A311" s="12">
+        <v>309</v>
+      </c>
+      <c r="B311" s="31" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C311" s="31">
+        <v>40203210683</v>
+      </c>
+      <c r="D311" s="31" t="s">
+        <v>1689</v>
+      </c>
+      <c r="E311" s="31" t="s">
+        <v>1689</v>
+      </c>
+      <c r="F311" s="16" t="s">
+        <v>1690</v>
+      </c>
+      <c r="G311" s="14" t="s">
+        <v>1691</v>
+      </c>
+      <c r="H311" s="33">
+        <v>45700</v>
+      </c>
+      <c r="I311" s="31"/>
+      <c r="J311" s="15">
+        <v>46794</v>
+      </c>
+      <c r="K311" s="32" t="s">
+        <v>1692</v>
+      </c>
+    </row>
+    <row r="312" spans="1:11" ht="33.75">
+      <c r="A312" s="12">
+        <v>310</v>
+      </c>
+      <c r="B312" s="31" t="s">
+        <v>1693</v>
+      </c>
+      <c r="C312" s="31">
+        <v>40103992355</v>
+      </c>
+      <c r="D312" s="31" t="s">
+        <v>1694</v>
+      </c>
+      <c r="E312" s="31" t="s">
+        <v>1694</v>
+      </c>
+      <c r="F312" s="16" t="s">
+        <v>1695</v>
+      </c>
+      <c r="G312" s="14" t="s">
+        <v>1696</v>
+      </c>
+      <c r="H312" s="33">
+        <v>45702</v>
+      </c>
+      <c r="I312" s="31"/>
+      <c r="J312" s="15">
+        <v>46796</v>
+      </c>
+      <c r="K312" s="32" t="s">
+        <v>1697</v>
+      </c>
+    </row>
+    <row r="313" spans="1:11" ht="37.9" customHeight="1">
+      <c r="A313" s="12">
+        <v>311</v>
+      </c>
+      <c r="B313" s="31" t="s">
+        <v>1698</v>
+      </c>
+      <c r="C313" s="31">
+        <v>40003571103</v>
+      </c>
+      <c r="D313" s="31" t="s">
+        <v>1699</v>
+      </c>
+      <c r="E313" s="31" t="s">
+        <v>1699</v>
+      </c>
+      <c r="F313" s="16" t="s">
+        <v>1700</v>
+      </c>
+      <c r="G313" s="14" t="s">
+        <v>1701</v>
+      </c>
+      <c r="H313" s="33">
+        <v>45702</v>
+      </c>
+      <c r="I313" s="31"/>
+      <c r="J313" s="15">
+        <v>46796</v>
+      </c>
+      <c r="K313" s="32" t="s">
+        <v>1702</v>
+      </c>
+    </row>
+    <row r="314" spans="1:11" ht="36.6" customHeight="1">
+      <c r="A314" s="12">
+        <v>312</v>
+      </c>
+      <c r="B314" s="31" t="s">
+        <v>1703</v>
+      </c>
+      <c r="C314" s="31">
+        <v>40003124232</v>
+      </c>
+      <c r="D314" s="31" t="s">
+        <v>1704</v>
+      </c>
+      <c r="E314" s="31" t="s">
+        <v>1704</v>
+      </c>
+      <c r="F314" s="16" t="s">
+        <v>1705</v>
+      </c>
+      <c r="G314" s="14" t="s">
+        <v>1706</v>
+      </c>
+      <c r="H314" s="33">
+        <v>45713</v>
+      </c>
+      <c r="I314" s="31"/>
+      <c r="J314" s="15">
+        <v>46807</v>
+      </c>
+      <c r="K314" s="32" t="s">
+        <v>1707</v>
+      </c>
+    </row>
+    <row r="315" spans="1:11" ht="45">
+      <c r="A315" s="12">
+        <v>313</v>
+      </c>
+      <c r="B315" s="31" t="s">
+        <v>1708</v>
+      </c>
+      <c r="C315" s="31">
+        <v>40003124232</v>
+      </c>
+      <c r="D315" s="31" t="s">
+        <v>1709</v>
+      </c>
+      <c r="E315" s="31" t="s">
+        <v>1710</v>
+      </c>
+      <c r="F315" s="16" t="s">
+        <v>1711</v>
+      </c>
+      <c r="G315" s="14" t="s">
+        <v>1712</v>
+      </c>
+      <c r="H315" s="33">
+        <v>45713</v>
+      </c>
+      <c r="I315" s="31"/>
+      <c r="J315" s="15">
+        <v>46807</v>
+      </c>
+      <c r="K315" s="32" t="s">
+        <v>1713</v>
+      </c>
+    </row>
+    <row r="316" spans="1:11" ht="33.75">
+      <c r="A316" s="12">
+        <v>314</v>
+      </c>
+      <c r="B316" s="31" t="s">
+        <v>1714</v>
+      </c>
+      <c r="C316" s="31">
+        <v>40103527811</v>
+      </c>
+      <c r="D316" s="31" t="s">
+        <v>1715</v>
+      </c>
+      <c r="E316" s="31" t="s">
+        <v>1716</v>
+      </c>
+      <c r="F316" s="16" t="s">
+        <v>1717</v>
+      </c>
+      <c r="G316" s="14" t="s">
+        <v>1718</v>
+      </c>
+      <c r="H316" s="33">
+        <v>45719</v>
+      </c>
+      <c r="I316" s="31"/>
+      <c r="J316" s="15">
+        <v>46814</v>
+      </c>
+      <c r="K316" s="32" t="s">
+        <v>1719</v>
+      </c>
+    </row>
+    <row r="317" spans="1:11" ht="33.75">
+      <c r="A317" s="12">
+        <v>315</v>
+      </c>
+      <c r="B317" s="31" t="s">
+        <v>1720</v>
+      </c>
+      <c r="C317" s="31">
+        <v>44103119728</v>
+      </c>
+      <c r="D317" s="31" t="s">
+        <v>1721</v>
+      </c>
+      <c r="E317" s="31" t="s">
+        <v>1721</v>
+      </c>
+      <c r="F317" s="32" t="s">
+        <v>1722</v>
+      </c>
+      <c r="G317" s="14" t="s">
+        <v>1723</v>
+      </c>
+      <c r="H317" s="33">
+        <v>45719</v>
+      </c>
+      <c r="I317" s="31"/>
+      <c r="J317" s="15">
+        <v>46814</v>
+      </c>
+      <c r="K317" s="32" t="s">
+        <v>1724</v>
+      </c>
+    </row>
+    <row r="318" spans="1:11" ht="22.5">
+      <c r="A318" s="12">
+        <v>316</v>
+      </c>
+      <c r="B318" s="31" t="s">
+        <v>1725</v>
+      </c>
+      <c r="C318" s="31">
+        <v>40203619440</v>
+      </c>
+      <c r="D318" s="31" t="s">
+        <v>1726</v>
+      </c>
+      <c r="E318" s="31" t="s">
+        <v>1565</v>
+      </c>
+      <c r="F318" s="16" t="s">
+        <v>1727</v>
+      </c>
+      <c r="G318" s="14" t="s">
+        <v>1728</v>
+      </c>
+      <c r="H318" s="33">
+        <v>45719</v>
+      </c>
+      <c r="I318" s="31"/>
+      <c r="J318" s="15">
+        <v>46814</v>
+      </c>
+      <c r="K318" s="32" t="s">
+        <v>1729</v>
+      </c>
+    </row>
+    <row r="319" spans="1:11" ht="54.6" customHeight="1">
+      <c r="A319" s="12">
+        <v>317</v>
+      </c>
+      <c r="B319" s="31" t="s">
+        <v>1730</v>
+      </c>
+      <c r="C319" s="31">
+        <v>40203348678</v>
+      </c>
+      <c r="D319" s="31" t="s">
+        <v>1731</v>
+      </c>
+      <c r="E319" s="31" t="s">
+        <v>1732</v>
+      </c>
+      <c r="F319" s="16" t="s">
+        <v>1733</v>
+      </c>
+      <c r="G319" s="14" t="s">
+        <v>1734</v>
+      </c>
+      <c r="H319" s="33">
+        <v>45723</v>
+      </c>
+      <c r="I319" s="31"/>
+      <c r="J319" s="15">
+        <v>46818</v>
+      </c>
+      <c r="K319" s="32" t="s">
+        <v>1735</v>
+      </c>
+    </row>
+    <row r="320" spans="1:11">
+      <c r="A320" s="12">
+        <v>318</v>
+      </c>
+      <c r="B320" s="31" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C320" s="31">
+        <v>40203413766</v>
+      </c>
+      <c r="D320" s="31" t="s">
+        <v>1737</v>
+      </c>
+      <c r="E320" s="31" t="s">
+        <v>1737</v>
+      </c>
+      <c r="F320" s="16" t="s">
+        <v>1738</v>
+      </c>
+      <c r="G320" s="14" t="s">
+        <v>1739</v>
+      </c>
+      <c r="H320" s="33">
+        <v>45723</v>
+      </c>
+      <c r="I320" s="31"/>
+      <c r="J320" s="15">
+        <v>46818</v>
+      </c>
+      <c r="K320" s="32" t="s">
+        <v>1740</v>
+      </c>
+    </row>
+    <row r="321" spans="1:11" ht="22.5">
+      <c r="A321" s="12">
+        <v>319</v>
+      </c>
+      <c r="B321" s="31" t="s">
+        <v>1741</v>
+      </c>
+      <c r="C321" s="31">
+        <v>40203608201</v>
+      </c>
+      <c r="D321" s="31" t="s">
+        <v>1742</v>
+      </c>
+      <c r="E321" s="31" t="s">
+        <v>1743</v>
+      </c>
+      <c r="F321" s="16" t="s">
+        <v>1744</v>
+      </c>
+      <c r="G321" s="14" t="s">
+        <v>1745</v>
+      </c>
+      <c r="H321" s="33">
+        <v>45723</v>
+      </c>
+      <c r="I321" s="31"/>
+      <c r="J321" s="15">
+        <v>46818</v>
+      </c>
+      <c r="K321" s="32" t="s">
+        <v>1740</v>
+      </c>
+    </row>
+    <row r="322" spans="1:11" ht="33.75">
+      <c r="A322" s="12">
+        <v>320</v>
+      </c>
+      <c r="B322" s="31" t="s">
+        <v>1746</v>
+      </c>
+      <c r="C322" s="31">
+        <v>40203617577</v>
+      </c>
+      <c r="D322" s="31" t="s">
+        <v>1747</v>
+      </c>
+      <c r="E322" s="31" t="s">
+        <v>1748</v>
+      </c>
+      <c r="F322" s="16" t="s">
+        <v>1749</v>
+      </c>
+      <c r="G322" s="14" t="s">
+        <v>1750</v>
+      </c>
+      <c r="H322" s="33">
+        <v>45733</v>
+      </c>
+      <c r="I322" s="31"/>
+      <c r="J322" s="15">
+        <v>46828</v>
+      </c>
+      <c r="K322" s="32" t="s">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="323" spans="1:11" ht="40.9" customHeight="1">
+      <c r="A323" s="12">
+        <v>321</v>
+      </c>
+      <c r="B323" s="16" t="s">
+        <v>1752</v>
+      </c>
+      <c r="C323" s="34" t="s">
+        <v>1753</v>
+      </c>
+      <c r="D323" s="20" t="s">
+        <v>1754</v>
+      </c>
+      <c r="E323" s="20" t="s">
+        <v>1754</v>
+      </c>
+      <c r="F323" s="20" t="s">
+        <v>1755</v>
+      </c>
+      <c r="G323" s="14" t="s">
+        <v>1756</v>
+      </c>
+      <c r="H323" s="15">
+        <v>45733</v>
+      </c>
+      <c r="I323" s="48"/>
+      <c r="J323" s="15">
+        <v>46828</v>
+      </c>
+      <c r="K323" s="16" t="s">
+        <v>1757</v>
+      </c>
+    </row>
+    <row r="324" spans="1:11" ht="33.75">
+      <c r="A324" s="12">
+        <v>322</v>
+      </c>
+      <c r="B324" s="31" t="s">
+        <v>1758</v>
+      </c>
+      <c r="C324" s="31">
+        <v>40103358985</v>
+      </c>
+      <c r="D324" s="31" t="s">
+        <v>1759</v>
+      </c>
+      <c r="E324" s="31" t="s">
+        <v>1760</v>
+      </c>
+      <c r="F324" s="16" t="s">
+        <v>1761</v>
+      </c>
+      <c r="G324" s="14" t="s">
+        <v>1762</v>
+      </c>
+      <c r="H324" s="33">
+        <v>45733</v>
+      </c>
+      <c r="I324" s="31"/>
+      <c r="J324" s="15">
+        <v>46828</v>
+      </c>
+      <c r="K324" s="32" t="s">
+        <v>1763</v>
+      </c>
+    </row>
+    <row r="325" spans="1:11">
+      <c r="A325" s="12">
+        <v>323</v>
+      </c>
+      <c r="B325" s="31" t="s">
+        <v>1764</v>
+      </c>
+      <c r="C325" s="31">
+        <v>40203200064</v>
+      </c>
+      <c r="D325" s="31" t="s">
+        <v>1765</v>
+      </c>
+      <c r="E325" s="31" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F325" s="16" t="s">
+        <v>1766</v>
+      </c>
+      <c r="G325" s="14" t="s">
+        <v>1767</v>
+      </c>
+      <c r="H325" s="33">
+        <v>45742</v>
+      </c>
+      <c r="I325" s="31"/>
+      <c r="J325" s="15">
+        <v>46837</v>
+      </c>
+      <c r="K325" s="32" t="s">
+        <v>1768</v>
+      </c>
+    </row>
+    <row r="326" spans="1:11" ht="33.75">
+      <c r="A326" s="12">
+        <v>324</v>
+      </c>
+      <c r="B326" s="31" t="s">
+        <v>1769</v>
+      </c>
+      <c r="C326" s="31">
+        <v>40203574456</v>
+      </c>
+      <c r="D326" s="31" t="s">
+        <v>1770</v>
+      </c>
+      <c r="E326" s="31" t="s">
+        <v>1771</v>
+      </c>
+      <c r="F326" s="16" t="s">
+        <v>1772</v>
+      </c>
+      <c r="G326" s="14" t="s">
+        <v>1773</v>
+      </c>
+      <c r="H326" s="33">
+        <v>45742</v>
+      </c>
+      <c r="I326" s="31"/>
+      <c r="J326" s="15">
+        <v>46837</v>
+      </c>
+      <c r="K326" s="32" t="s">
+        <v>1774</v>
+      </c>
+    </row>
+    <row r="327" spans="1:11" ht="45">
+      <c r="A327" s="12">
+        <v>325</v>
+      </c>
+      <c r="B327" s="31" t="s">
+        <v>1775</v>
+      </c>
+      <c r="C327" s="31">
+        <v>40203344680</v>
+      </c>
+      <c r="D327" s="31" t="s">
+        <v>1776</v>
+      </c>
+      <c r="E327" s="31" t="s">
+        <v>1777</v>
+      </c>
+      <c r="F327" s="16" t="s">
+        <v>1778</v>
+      </c>
+      <c r="G327" s="14" t="s">
+        <v>1779</v>
+      </c>
+      <c r="H327" s="33">
+        <v>45751</v>
+      </c>
+      <c r="I327" s="31"/>
+      <c r="J327" s="15">
+        <v>46846</v>
+      </c>
+      <c r="K327" s="32" t="s">
+        <v>1780</v>
+      </c>
+    </row>
+    <row r="328" spans="1:11" ht="22.5">
+      <c r="A328" s="12">
+        <v>326</v>
+      </c>
+      <c r="B328" s="31" t="s">
+        <v>1781</v>
+      </c>
+      <c r="C328" s="31">
+        <v>40003484446</v>
+      </c>
+      <c r="D328" s="31" t="s">
+        <v>1782</v>
+      </c>
+      <c r="E328" s="31" t="s">
+        <v>1783</v>
+      </c>
+      <c r="F328" s="16" t="s">
+        <v>1784</v>
+      </c>
+      <c r="G328" s="14" t="s">
+        <v>1785</v>
+      </c>
+      <c r="H328" s="33">
+        <v>45751</v>
+      </c>
+      <c r="I328" s="31"/>
+      <c r="J328" s="15">
+        <v>46846</v>
+      </c>
+      <c r="K328" s="32" t="s">
+        <v>1786</v>
+      </c>
+    </row>
+    <row r="329" spans="1:11" ht="22.5">
+      <c r="A329" s="12">
+        <v>327</v>
+      </c>
+      <c r="B329" s="31" t="s">
+        <v>1787</v>
+      </c>
+      <c r="C329" s="31">
+        <v>40203614299</v>
+      </c>
+      <c r="D329" s="31" t="s">
+        <v>1788</v>
+      </c>
+      <c r="E329" s="31" t="s">
         <v>94</v>
       </c>
-      <c r="B96" s="14" t="s">
-[...956 lines deleted...]
-      <c r="B125" s="35" t="s">
+      <c r="F329" s="16" t="s">
+        <v>1789</v>
+      </c>
+      <c r="G329" s="14" t="s">
+        <v>1790</v>
+      </c>
+      <c r="H329" s="33">
+        <v>45755</v>
+      </c>
+      <c r="I329" s="31"/>
+      <c r="J329" s="15">
+        <v>46850</v>
+      </c>
+      <c r="K329" s="32" t="s">
+        <v>1791</v>
+      </c>
+    </row>
+    <row r="330" spans="1:11" ht="33.75">
+      <c r="A330" s="12">
+        <v>328</v>
+      </c>
+      <c r="B330" s="31" t="s">
+        <v>1792</v>
+      </c>
+      <c r="C330" s="31">
+        <v>40203611216</v>
+      </c>
+      <c r="D330" s="31" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E330" s="31" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F330" s="16" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G330" s="14" t="s">
+        <v>1796</v>
+      </c>
+      <c r="H330" s="33">
+        <v>45758</v>
+      </c>
+      <c r="I330" s="31"/>
+      <c r="J330" s="15">
+        <v>46853</v>
+      </c>
+      <c r="K330" s="32" t="s">
+        <v>1797</v>
+      </c>
+    </row>
+    <row r="331" spans="1:11" ht="33.75">
+      <c r="A331" s="12">
+        <v>329</v>
+      </c>
+      <c r="B331" s="31" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C331" s="31">
+        <v>40203614636</v>
+      </c>
+      <c r="D331" s="31" t="s">
+        <v>1130</v>
+      </c>
+      <c r="E331" s="31" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F331" s="16" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G331" s="14" t="s">
+        <v>1800</v>
+      </c>
+      <c r="H331" s="33">
+        <v>45758</v>
+      </c>
+      <c r="I331" s="31"/>
+      <c r="J331" s="15">
+        <v>46853</v>
+      </c>
+      <c r="K331" s="32" t="s">
+        <v>1801</v>
+      </c>
+    </row>
+    <row r="332" spans="1:11" ht="33.75">
+      <c r="A332" s="12">
+        <v>330</v>
+      </c>
+      <c r="B332" s="31" t="s">
+        <v>1802</v>
+      </c>
+      <c r="C332" s="31">
+        <v>45403051616</v>
+      </c>
+      <c r="D332" s="31" t="s">
+        <v>1803</v>
+      </c>
+      <c r="E332" s="32" t="s">
+        <v>1804</v>
+      </c>
+      <c r="F332" s="16" t="s">
+        <v>1805</v>
+      </c>
+      <c r="G332" s="14" t="s">
+        <v>1806</v>
+      </c>
+      <c r="H332" s="33">
+        <v>45761</v>
+      </c>
+      <c r="I332" s="31"/>
+      <c r="J332" s="15">
+        <v>46856</v>
+      </c>
+      <c r="K332" s="32" t="s">
+        <v>1807</v>
+      </c>
+    </row>
+    <row r="333" spans="1:11">
+      <c r="A333" s="12">
+        <v>331</v>
+      </c>
+      <c r="B333" s="31" t="s">
+        <v>1808</v>
+      </c>
+      <c r="C333" s="31">
+        <v>40203629862</v>
+      </c>
+      <c r="D333" s="31" t="s">
+        <v>1809</v>
+      </c>
+      <c r="E333" s="31" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F333" s="16" t="s">
+        <v>1810</v>
+      </c>
+      <c r="G333" s="14" t="s">
+        <v>1806</v>
+      </c>
+      <c r="H333" s="33">
+        <v>45758</v>
+      </c>
+      <c r="I333" s="31"/>
+      <c r="J333" s="15">
+        <v>46853</v>
+      </c>
+      <c r="K333" s="32" t="s">
+        <v>1811</v>
+      </c>
+    </row>
+    <row r="334" spans="1:11" ht="33.75">
+      <c r="A334" s="12">
+        <v>332</v>
+      </c>
+      <c r="B334" s="31" t="s">
+        <v>1812</v>
+      </c>
+      <c r="C334" s="31">
+        <v>50203583681</v>
+      </c>
+      <c r="D334" s="31" t="s">
+        <v>1813</v>
+      </c>
+      <c r="E334" s="31" t="s">
+        <v>1814</v>
+      </c>
+      <c r="F334" s="16" t="s">
+        <v>1815</v>
+      </c>
+      <c r="G334" s="14" t="s">
+        <v>1816</v>
+      </c>
+      <c r="H334" s="33">
+        <v>45769</v>
+      </c>
+      <c r="I334" s="31"/>
+      <c r="J334" s="15">
+        <v>46864</v>
+      </c>
+      <c r="K334" s="32" t="s">
+        <v>1817</v>
+      </c>
+    </row>
+    <row r="335" spans="1:11" ht="33.75">
+      <c r="A335" s="12">
+        <v>333</v>
+      </c>
+      <c r="B335" s="31" t="s">
+        <v>1818</v>
+      </c>
+      <c r="C335" s="31">
+        <v>40203605154</v>
+      </c>
+      <c r="D335" s="31" t="s">
+        <v>1819</v>
+      </c>
+      <c r="E335" s="31" t="s">
+        <v>1820</v>
+      </c>
+      <c r="F335" s="16" t="s">
+        <v>1821</v>
+      </c>
+      <c r="G335" s="14" t="s">
+        <v>1822</v>
+      </c>
+      <c r="H335" s="33">
+        <v>45769</v>
+      </c>
+      <c r="I335" s="31"/>
+      <c r="J335" s="15">
+        <v>46864</v>
+      </c>
+      <c r="K335" s="32" t="s">
+        <v>1823</v>
+      </c>
+    </row>
+    <row r="336" spans="1:11" ht="33.75">
+      <c r="A336" s="12">
+        <v>334</v>
+      </c>
+      <c r="B336" s="31" t="s">
+        <v>1824</v>
+      </c>
+      <c r="C336" s="31">
+        <v>40203599977</v>
+      </c>
+      <c r="D336" s="31" t="s">
+        <v>1825</v>
+      </c>
+      <c r="E336" s="31" t="s">
+        <v>1825</v>
+      </c>
+      <c r="F336" s="16" t="s">
+        <v>1826</v>
+      </c>
+      <c r="G336" s="14" t="s">
+        <v>1827</v>
+      </c>
+      <c r="H336" s="33">
+        <v>45769</v>
+      </c>
+      <c r="I336" s="31"/>
+      <c r="J336" s="15">
+        <v>46864</v>
+      </c>
+      <c r="K336" s="32" t="s">
+        <v>1828</v>
+      </c>
+    </row>
+    <row r="337" spans="1:11" ht="33.75">
+      <c r="A337" s="12">
+        <v>335</v>
+      </c>
+      <c r="B337" s="31" t="s">
+        <v>1829</v>
+      </c>
+      <c r="C337" s="31">
+        <v>40203241255</v>
+      </c>
+      <c r="D337" s="31" t="s">
+        <v>1830</v>
+      </c>
+      <c r="E337" s="31" t="s">
+        <v>1831</v>
+      </c>
+      <c r="F337" s="16" t="s">
+        <v>1832</v>
+      </c>
+      <c r="G337" s="14" t="s">
+        <v>1833</v>
+      </c>
+      <c r="H337" s="33">
+        <v>45769</v>
+      </c>
+      <c r="I337" s="31"/>
+      <c r="J337" s="15">
+        <v>46864</v>
+      </c>
+      <c r="K337" s="32" t="s">
+        <v>1834</v>
+      </c>
+    </row>
+    <row r="338" spans="1:11" ht="22.5">
+      <c r="A338" s="12">
+        <v>336</v>
+      </c>
+      <c r="B338" s="31" t="s">
+        <v>1835</v>
+      </c>
+      <c r="C338" s="31">
+        <v>50203084201</v>
+      </c>
+      <c r="D338" s="31" t="s">
+        <v>1836</v>
+      </c>
+      <c r="E338" s="31" t="s">
+        <v>1837</v>
+      </c>
+      <c r="F338" s="16" t="s">
+        <v>1838</v>
+      </c>
+      <c r="G338" s="14" t="s">
+        <v>1839</v>
+      </c>
+      <c r="H338" s="33">
+        <v>45769</v>
+      </c>
+      <c r="I338" s="31"/>
+      <c r="J338" s="15">
+        <v>46864</v>
+      </c>
+      <c r="K338" s="32" t="s">
+        <v>1840</v>
+      </c>
+    </row>
+    <row r="339" spans="1:11" ht="22.5">
+      <c r="A339" s="12">
+        <v>337</v>
+      </c>
+      <c r="B339" s="31" t="s">
+        <v>1841</v>
+      </c>
+      <c r="C339" s="31">
+        <v>40203473360</v>
+      </c>
+      <c r="D339" s="31" t="s">
+        <v>1842</v>
+      </c>
+      <c r="E339" s="31" t="s">
+        <v>1843</v>
+      </c>
+      <c r="F339" s="16" t="s">
+        <v>1844</v>
+      </c>
+      <c r="G339" s="14" t="s">
+        <v>1845</v>
+      </c>
+      <c r="H339" s="33">
+        <v>45769</v>
+      </c>
+      <c r="I339" s="31"/>
+      <c r="J339" s="15">
+        <v>46864</v>
+      </c>
+      <c r="K339" s="32" t="s">
+        <v>1846</v>
+      </c>
+    </row>
+    <row r="340" spans="1:11" ht="22.5">
+      <c r="A340" s="12">
+        <v>338</v>
+      </c>
+      <c r="B340" s="31" t="s">
+        <v>1847</v>
+      </c>
+      <c r="C340" s="31">
+        <v>40203040328</v>
+      </c>
+      <c r="D340" s="31" t="s">
+        <v>1848</v>
+      </c>
+      <c r="E340" s="31" t="s">
+        <v>1849</v>
+      </c>
+      <c r="F340" s="16" t="s">
+        <v>1850</v>
+      </c>
+      <c r="G340" s="14" t="s">
+        <v>1851</v>
+      </c>
+      <c r="H340" s="33">
+        <v>45769</v>
+      </c>
+      <c r="I340" s="31"/>
+      <c r="J340" s="15">
+        <v>46864</v>
+      </c>
+      <c r="K340" s="32" t="s">
+        <v>1852</v>
+      </c>
+    </row>
+    <row r="341" spans="1:11" ht="33.75">
+      <c r="A341" s="12">
+        <v>339</v>
+      </c>
+      <c r="B341" s="49" t="s">
+        <v>1853</v>
+      </c>
+      <c r="C341" s="49">
+        <v>40203625729</v>
+      </c>
+      <c r="D341" s="49" t="s">
+        <v>1854</v>
+      </c>
+      <c r="E341" s="49" t="s">
+        <v>1855</v>
+      </c>
+      <c r="F341" s="50" t="s">
+        <v>1856</v>
+      </c>
+      <c r="G341" s="51" t="s">
+        <v>1857</v>
+      </c>
+      <c r="H341" s="52">
+        <v>45783</v>
+      </c>
+      <c r="J341" s="53">
+        <v>46878</v>
+      </c>
+      <c r="K341" s="54" t="s">
+        <v>1858</v>
+      </c>
+    </row>
+    <row r="342" spans="1:11" ht="33.75">
+      <c r="A342" s="12">
+        <v>340</v>
+      </c>
+      <c r="B342" s="49" t="s">
+        <v>1859</v>
+      </c>
+      <c r="C342" s="49">
+        <v>40203605385</v>
+      </c>
+      <c r="D342" s="49" t="s">
+        <v>1860</v>
+      </c>
+      <c r="E342" s="49" t="s">
+        <v>1860</v>
+      </c>
+      <c r="F342" s="50" t="s">
+        <v>1861</v>
+      </c>
+      <c r="G342" s="51" t="s">
+        <v>1862</v>
+      </c>
+      <c r="H342" s="53">
+        <v>45783</v>
+      </c>
+      <c r="J342" s="53">
+        <v>46878</v>
+      </c>
+      <c r="K342" s="54" t="s">
+        <v>1863</v>
+      </c>
+    </row>
+    <row r="343" spans="1:11">
+      <c r="A343" s="12">
+        <v>341</v>
+      </c>
+      <c r="B343" s="49" t="s">
+        <v>1864</v>
+      </c>
+      <c r="C343" s="49">
+        <v>42403048394</v>
+      </c>
+      <c r="D343" s="49" t="s">
+        <v>1865</v>
+      </c>
+      <c r="E343" s="49" t="s">
+        <v>1865</v>
+      </c>
+      <c r="F343" s="50" t="s">
+        <v>1866</v>
+      </c>
+      <c r="G343" s="51" t="s">
+        <v>1867</v>
+      </c>
+      <c r="H343" s="53">
+        <v>45786</v>
+      </c>
+      <c r="J343" s="53">
+        <v>46881</v>
+      </c>
+      <c r="K343" s="54" t="s">
+        <v>1868</v>
+      </c>
+    </row>
+    <row r="344" spans="1:11" ht="33.75">
+      <c r="A344" s="12">
+        <v>342</v>
+      </c>
+      <c r="B344" s="49" t="s">
+        <v>1869</v>
+      </c>
+      <c r="C344" s="49">
+        <v>44103132228</v>
+      </c>
+      <c r="D344" s="49" t="s">
+        <v>1870</v>
+      </c>
+      <c r="E344" s="49" t="s">
+        <v>1870</v>
+      </c>
+      <c r="F344" s="50" t="s">
+        <v>1871</v>
+      </c>
+      <c r="G344" s="51" t="s">
+        <v>1872</v>
+      </c>
+      <c r="H344" s="53">
+        <v>45797</v>
+      </c>
+      <c r="J344" s="53">
+        <v>46892</v>
+      </c>
+      <c r="K344" s="54" t="s">
+        <v>1873</v>
+      </c>
+    </row>
+    <row r="345" spans="1:11" s="55" customFormat="1" ht="11.25">
+      <c r="A345" s="12">
+        <v>343</v>
+      </c>
+      <c r="B345" s="49" t="s">
+        <v>1874</v>
+      </c>
+      <c r="C345" s="55">
+        <v>40203105427</v>
+      </c>
+      <c r="D345" s="49" t="s">
+        <v>1875</v>
+      </c>
+      <c r="E345" s="49" t="s">
+        <v>1875</v>
+      </c>
+      <c r="F345" s="50" t="s">
+        <v>1876</v>
+      </c>
+      <c r="G345" s="51" t="s">
+        <v>1877</v>
+      </c>
+      <c r="H345" s="53">
+        <v>45797</v>
+      </c>
+      <c r="J345" s="53">
+        <v>46892</v>
+      </c>
+      <c r="K345" s="54" t="s">
+        <v>1878</v>
+      </c>
+    </row>
+    <row r="346" spans="1:11" ht="22.5">
+      <c r="A346" s="12">
+        <v>344</v>
+      </c>
+      <c r="B346" s="49" t="s">
+        <v>1879</v>
+      </c>
+      <c r="C346" s="49">
+        <v>40003807169</v>
+      </c>
+      <c r="D346" s="49" t="s">
+        <v>1880</v>
+      </c>
+      <c r="E346" s="49" t="s">
+        <v>1880</v>
+      </c>
+      <c r="F346" s="50" t="s">
+        <v>1881</v>
+      </c>
+      <c r="G346" s="51" t="s">
+        <v>1882</v>
+      </c>
+      <c r="H346" s="53">
+        <v>45799</v>
+      </c>
+      <c r="J346" s="53">
+        <v>46894</v>
+      </c>
+      <c r="K346" s="54" t="s">
+        <v>1883</v>
+      </c>
+    </row>
+    <row r="347" spans="1:11" ht="78.75">
+      <c r="A347" s="12">
+        <v>345</v>
+      </c>
+      <c r="B347" s="49" t="s">
+        <v>1884</v>
+      </c>
+      <c r="C347" s="49">
+        <v>40203640978</v>
+      </c>
+      <c r="D347" s="49" t="s">
+        <v>1885</v>
+      </c>
+      <c r="E347" s="49" t="s">
+        <v>1885</v>
+      </c>
+      <c r="F347" s="50" t="s">
+        <v>1886</v>
+      </c>
+      <c r="G347" s="51" t="s">
+        <v>1887</v>
+      </c>
+      <c r="H347" s="53">
+        <v>45799</v>
+      </c>
+      <c r="J347" s="53">
+        <v>46894</v>
+      </c>
+      <c r="K347" s="54" t="s">
+        <v>1888</v>
+      </c>
+    </row>
+    <row r="348" spans="1:11" ht="33.75">
+      <c r="A348" s="12">
+        <v>346</v>
+      </c>
+      <c r="B348" s="49" t="s">
+        <v>1889</v>
+      </c>
+      <c r="C348" s="49">
+        <v>40203607403</v>
+      </c>
+      <c r="D348" s="49" t="s">
+        <v>1890</v>
+      </c>
+      <c r="E348" s="49" t="s">
+        <v>754</v>
+      </c>
+      <c r="F348" s="50" t="s">
+        <v>1891</v>
+      </c>
+      <c r="G348" s="51" t="s">
+        <v>1892</v>
+      </c>
+      <c r="H348" s="53">
+        <v>45804</v>
+      </c>
+      <c r="J348" s="53">
+        <v>46899</v>
+      </c>
+      <c r="K348" s="54" t="s">
+        <v>1893</v>
+      </c>
+    </row>
+    <row r="349" spans="1:11" ht="56.25">
+      <c r="A349" s="12">
+        <v>347</v>
+      </c>
+      <c r="B349" s="49" t="s">
+        <v>1894</v>
+      </c>
+      <c r="C349" s="49">
+        <v>40203304565</v>
+      </c>
+      <c r="D349" s="49" t="s">
+        <v>1130</v>
+      </c>
+      <c r="E349" s="49" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F349" s="50" t="s">
+        <v>1895</v>
+      </c>
+      <c r="G349" s="51" t="s">
+        <v>1896</v>
+      </c>
+      <c r="H349" s="53">
+        <v>45804</v>
+      </c>
+      <c r="J349" s="53">
+        <v>46899</v>
+      </c>
+      <c r="K349" s="56" t="s">
+        <v>1897</v>
+      </c>
+    </row>
+    <row r="350" spans="1:11" ht="33.75">
+      <c r="A350" s="12">
+        <v>348</v>
+      </c>
+      <c r="B350" s="49" t="s">
+        <v>1898</v>
+      </c>
+      <c r="C350" s="49">
+        <v>40203445901</v>
+      </c>
+      <c r="D350" s="49" t="s">
+        <v>1899</v>
+      </c>
+      <c r="E350" s="49" t="s">
+        <v>1899</v>
+      </c>
+      <c r="F350" s="50" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G350" s="51" t="s">
+        <v>1901</v>
+      </c>
+      <c r="H350" s="53">
+        <v>45806</v>
+      </c>
+      <c r="J350" s="53">
+        <v>46901</v>
+      </c>
+      <c r="K350" s="54" t="s">
+        <v>1902</v>
+      </c>
+    </row>
+    <row r="351" spans="1:11" ht="33.75">
+      <c r="A351" s="12">
+        <v>349</v>
+      </c>
+      <c r="B351" s="49" t="s">
+        <v>1903</v>
+      </c>
+      <c r="C351" s="49">
+        <v>45403029051</v>
+      </c>
+      <c r="D351" s="49" t="s">
+        <v>1904</v>
+      </c>
+      <c r="E351" s="49" t="s">
+        <v>1904</v>
+      </c>
+      <c r="F351" s="50" t="s">
+        <v>1905</v>
+      </c>
+      <c r="G351" s="51" t="s">
+        <v>1906</v>
+      </c>
+      <c r="H351" s="53">
+        <v>45806</v>
+      </c>
+      <c r="J351" s="53">
+        <v>46901</v>
+      </c>
+      <c r="K351" s="54" t="s">
+        <v>1907</v>
+      </c>
+    </row>
+    <row r="352" spans="1:11" ht="22.5">
+      <c r="A352" s="12">
+        <v>350</v>
+      </c>
+      <c r="B352" s="49" t="s">
+        <v>1908</v>
+      </c>
+      <c r="C352" s="49">
+        <v>40203627113</v>
+      </c>
+      <c r="D352" s="49" t="s">
+        <v>1909</v>
+      </c>
+      <c r="E352" s="49" t="s">
+        <v>1909</v>
+      </c>
+      <c r="F352" s="50" t="s">
+        <v>1910</v>
+      </c>
+      <c r="G352" s="51" t="s">
+        <v>1911</v>
+      </c>
+      <c r="H352" s="53">
+        <v>45806</v>
+      </c>
+      <c r="J352" s="53">
+        <v>46901</v>
+      </c>
+      <c r="K352" s="54" t="s">
+        <v>1912</v>
+      </c>
+    </row>
+    <row r="353" spans="1:11" ht="33.75">
+      <c r="A353" s="12">
+        <v>351</v>
+      </c>
+      <c r="B353" s="49" t="s">
+        <v>1913</v>
+      </c>
+      <c r="C353" s="49">
+        <v>40203595566</v>
+      </c>
+      <c r="D353" s="49" t="s">
+        <v>1914</v>
+      </c>
+      <c r="E353" s="49" t="s">
+        <v>1914</v>
+      </c>
+      <c r="F353" s="50" t="s">
+        <v>1915</v>
+      </c>
+      <c r="G353" s="51" t="s">
+        <v>1916</v>
+      </c>
+      <c r="H353" s="53">
+        <v>45814</v>
+      </c>
+      <c r="J353" s="53">
+        <v>46909</v>
+      </c>
+      <c r="K353" s="54" t="s">
+        <v>1917</v>
+      </c>
+    </row>
+    <row r="354" spans="1:11" s="55" customFormat="1" ht="22.5">
+      <c r="A354" s="12">
+        <v>352</v>
+      </c>
+      <c r="B354" s="49" t="s">
+        <v>1918</v>
+      </c>
+      <c r="C354" s="49">
+        <v>40203530911</v>
+      </c>
+      <c r="D354" s="49" t="s">
+        <v>1919</v>
+      </c>
+      <c r="E354" s="49" t="s">
+        <v>1920</v>
+      </c>
+      <c r="F354" s="50" t="s">
+        <v>1921</v>
+      </c>
+      <c r="G354" s="51" t="s">
+        <v>1922</v>
+      </c>
+      <c r="H354" s="53">
+        <v>45819</v>
+      </c>
+      <c r="J354" s="53">
+        <v>46914</v>
+      </c>
+      <c r="K354" s="54" t="s">
+        <v>1923</v>
+      </c>
+    </row>
+    <row r="355" spans="1:11" ht="45">
+      <c r="A355" s="12">
+        <v>353</v>
+      </c>
+      <c r="B355" s="49" t="s">
+        <v>1924</v>
+      </c>
+      <c r="C355" s="49">
+        <v>40203248215</v>
+      </c>
+      <c r="D355" s="49" t="s">
+        <v>1925</v>
+      </c>
+      <c r="E355" s="49" t="s">
+        <v>1925</v>
+      </c>
+      <c r="F355" s="50" t="s">
+        <v>1926</v>
+      </c>
+      <c r="G355" s="51" t="s">
+        <v>1927</v>
+      </c>
+      <c r="H355" s="53">
+        <v>45824</v>
+      </c>
+      <c r="J355" s="53">
+        <v>46919</v>
+      </c>
+      <c r="K355" s="54" t="s">
+        <v>1928</v>
+      </c>
+    </row>
+    <row r="356" spans="1:11" ht="33.75">
+      <c r="A356" s="12">
+        <v>354</v>
+      </c>
+      <c r="B356" s="49" t="s">
+        <v>1929</v>
+      </c>
+      <c r="C356" s="49">
+        <v>40203643546</v>
+      </c>
+      <c r="D356" s="49" t="s">
+        <v>1930</v>
+      </c>
+      <c r="E356" s="49" t="s">
+        <v>1931</v>
+      </c>
+      <c r="F356" s="50" t="s">
+        <v>1932</v>
+      </c>
+      <c r="G356" s="51" t="s">
+        <v>1933</v>
+      </c>
+      <c r="H356" s="53">
+        <v>45827</v>
+      </c>
+      <c r="J356" s="53">
+        <v>46922</v>
+      </c>
+      <c r="K356" s="54" t="s">
+        <v>1934</v>
+      </c>
+    </row>
+    <row r="357" spans="1:11" s="57" customFormat="1" ht="22.5">
+      <c r="A357" s="12">
+        <v>355</v>
+      </c>
+      <c r="B357" s="49" t="s">
+        <v>1935</v>
+      </c>
+      <c r="C357" s="49">
+        <v>40203613429</v>
+      </c>
+      <c r="D357" s="49" t="s">
+        <v>1936</v>
+      </c>
+      <c r="E357" s="49" t="s">
+        <v>1936</v>
+      </c>
+      <c r="F357" s="50" t="s">
+        <v>1937</v>
+      </c>
+      <c r="G357" s="51" t="s">
+        <v>1938</v>
+      </c>
+      <c r="H357" s="53">
+        <v>45827</v>
+      </c>
+      <c r="J357" s="53">
+        <v>46922</v>
+      </c>
+      <c r="K357" s="54" t="s">
+        <v>1939</v>
+      </c>
+    </row>
+    <row r="358" spans="1:11" s="55" customFormat="1" ht="11.25">
+      <c r="A358" s="12">
+        <v>356</v>
+      </c>
+      <c r="B358" s="49" t="s">
+        <v>1940</v>
+      </c>
+      <c r="C358" s="55">
+        <v>40203350263</v>
+      </c>
+      <c r="D358" s="56" t="s">
+        <v>1941</v>
+      </c>
+      <c r="E358" s="56" t="s">
+        <v>754</v>
+      </c>
+      <c r="F358" s="56" t="s">
+        <v>1942</v>
+      </c>
+      <c r="G358" s="51" t="s">
+        <v>1943</v>
+      </c>
+      <c r="H358" s="53">
+        <v>45827</v>
+      </c>
+      <c r="J358" s="53">
+        <v>46922</v>
+      </c>
+      <c r="K358" s="54" t="s">
+        <v>1944</v>
+      </c>
+    </row>
+    <row r="359" spans="1:11" ht="33.75">
+      <c r="A359" s="12">
+        <v>357</v>
+      </c>
+      <c r="B359" s="49" t="s">
+        <v>1945</v>
+      </c>
+      <c r="C359" s="58">
+        <v>40203535711</v>
+      </c>
+      <c r="D359" s="54" t="s">
+        <v>1946</v>
+      </c>
+      <c r="E359" s="54" t="s">
+        <v>1946</v>
+      </c>
+      <c r="F359" s="59" t="s">
+        <v>1947</v>
+      </c>
+      <c r="G359" s="51" t="s">
+        <v>1948</v>
+      </c>
+      <c r="H359" s="53">
+        <v>45796</v>
+      </c>
+      <c r="J359" s="53">
+        <v>46922</v>
+      </c>
+      <c r="K359" s="54" t="s">
+        <v>1949</v>
+      </c>
+    </row>
+    <row r="360" spans="1:11" ht="33.75">
+      <c r="A360" s="12">
+        <v>358</v>
+      </c>
+      <c r="B360" s="49" t="s">
+        <v>1950</v>
+      </c>
+      <c r="C360" s="58">
+        <v>40203603651</v>
+      </c>
+      <c r="D360" s="56" t="s">
+        <v>971</v>
+      </c>
+      <c r="E360" s="56" t="s">
+        <v>971</v>
+      </c>
+      <c r="F360" s="59" t="s">
+        <v>1951</v>
+      </c>
+      <c r="G360" s="51" t="s">
+        <v>1952</v>
+      </c>
+      <c r="H360" s="53">
+        <v>45797</v>
+      </c>
+      <c r="J360" s="53">
+        <v>46923</v>
+      </c>
+      <c r="K360" s="54" t="s">
+        <v>1953</v>
+      </c>
+    </row>
+    <row r="361" spans="1:11">
+      <c r="A361" s="12">
+        <v>359</v>
+      </c>
+      <c r="B361" s="49" t="s">
+        <v>1954</v>
+      </c>
+      <c r="C361" s="58">
+        <v>40203478071</v>
+      </c>
+      <c r="D361" s="56" t="s">
+        <v>1955</v>
+      </c>
+      <c r="E361" s="56" t="s">
+        <v>1956</v>
+      </c>
+      <c r="F361" s="59" t="s">
+        <v>1957</v>
+      </c>
+      <c r="G361" s="51" t="s">
+        <v>1958</v>
+      </c>
+      <c r="H361" s="53">
+        <v>45847</v>
+      </c>
+      <c r="J361" s="53">
+        <v>46942</v>
+      </c>
+      <c r="K361" s="54" t="s">
+        <v>1959</v>
+      </c>
+    </row>
+    <row r="362" spans="1:11" ht="22.5">
+      <c r="A362" s="12">
+        <v>360</v>
+      </c>
+      <c r="B362" s="49" t="s">
+        <v>1960</v>
+      </c>
+      <c r="C362" s="58">
+        <v>50203632991</v>
+      </c>
+      <c r="D362" s="56" t="s">
+        <v>1961</v>
+      </c>
+      <c r="E362" s="56" t="s">
         <v>729</v>
       </c>
-      <c r="C125" s="35">
-[...153 lines deleted...]
-      <c r="K129" s="33" t="s">
+      <c r="F362" s="59" t="s">
+        <v>1962</v>
+      </c>
+      <c r="G362" s="51" t="s">
+        <v>1963</v>
+      </c>
+      <c r="H362" s="53">
+        <v>45853</v>
+      </c>
+      <c r="J362" s="53">
+        <v>46948</v>
+      </c>
+      <c r="K362" s="54" t="s">
+        <v>1964</v>
+      </c>
+    </row>
+    <row r="363" spans="1:11" ht="22.5">
+      <c r="A363" s="12">
+        <v>361</v>
+      </c>
+      <c r="B363" s="49" t="s">
+        <v>1965</v>
+      </c>
+      <c r="C363" s="58">
+        <v>40203095701</v>
+      </c>
+      <c r="D363" s="56" t="s">
         <v>754</v>
       </c>
-    </row>
-[...392 lines deleted...]
-      <c r="K141" s="33" t="s">
+      <c r="E363" s="56" t="s">
+        <v>754</v>
+      </c>
+      <c r="F363" s="59" t="s">
+        <v>1966</v>
+      </c>
+      <c r="G363" s="51" t="s">
+        <v>1967</v>
+      </c>
+      <c r="H363" s="53">
+        <v>45859</v>
+      </c>
+      <c r="J363" s="53" t="s">
+        <v>1968</v>
+      </c>
+      <c r="K363" s="54" t="s">
+        <v>1969</v>
+      </c>
+    </row>
+    <row r="364" spans="1:11" ht="45">
+      <c r="A364" s="12">
+        <v>362</v>
+      </c>
+      <c r="B364" s="49" t="s">
+        <v>1970</v>
+      </c>
+      <c r="C364" s="58">
+        <v>40203647228</v>
+      </c>
+      <c r="D364" s="56" t="s">
+        <v>1819</v>
+      </c>
+      <c r="E364" s="56" t="s">
+        <v>1819</v>
+      </c>
+      <c r="F364" s="59" t="s">
+        <v>1971</v>
+      </c>
+      <c r="G364" s="51" t="s">
+        <v>1972</v>
+      </c>
+      <c r="H364" s="53">
+        <v>45859</v>
+      </c>
+      <c r="J364" s="53">
+        <v>46954</v>
+      </c>
+      <c r="K364" s="54" t="s">
+        <v>1973</v>
+      </c>
+    </row>
+    <row r="365" spans="1:11" ht="33.75">
+      <c r="A365" s="12">
+        <v>363</v>
+      </c>
+      <c r="B365" s="49" t="s">
+        <v>1974</v>
+      </c>
+      <c r="C365" s="58">
+        <v>50103709491</v>
+      </c>
+      <c r="D365" s="56" t="s">
+        <v>1975</v>
+      </c>
+      <c r="E365" s="56" t="s">
+        <v>1975</v>
+      </c>
+      <c r="F365" s="59" t="s">
+        <v>1976</v>
+      </c>
+      <c r="G365" s="51" t="s">
+        <v>1977</v>
+      </c>
+      <c r="H365" s="53">
+        <v>45859</v>
+      </c>
+      <c r="J365" s="53">
+        <v>46954</v>
+      </c>
+      <c r="K365" s="54" t="s">
+        <v>1978</v>
+      </c>
+    </row>
+    <row r="366" spans="1:11" ht="33.75">
+      <c r="A366" s="12">
+        <v>364</v>
+      </c>
+      <c r="B366" s="49" t="s">
+        <v>1979</v>
+      </c>
+      <c r="C366" s="58">
+        <v>44103075616</v>
+      </c>
+      <c r="D366" s="56" t="s">
+        <v>1980</v>
+      </c>
+      <c r="E366" s="56" t="s">
+        <v>1981</v>
+      </c>
+      <c r="F366" s="59" t="s">
+        <v>1982</v>
+      </c>
+      <c r="G366" s="51" t="s">
+        <v>1983</v>
+      </c>
+      <c r="H366" s="53">
+        <v>45863</v>
+      </c>
+      <c r="J366" s="53">
+        <v>46958</v>
+      </c>
+      <c r="K366" s="54" t="s">
+        <v>1984</v>
+      </c>
+    </row>
+    <row r="367" spans="1:11" s="55" customFormat="1" ht="22.5">
+      <c r="A367" s="12">
+        <v>365</v>
+      </c>
+      <c r="B367" s="49" t="s">
+        <v>1985</v>
+      </c>
+      <c r="C367" s="58">
+        <v>40203663078</v>
+      </c>
+      <c r="D367" s="56" t="s">
+        <v>1986</v>
+      </c>
+      <c r="E367" s="56" t="s">
+        <v>1987</v>
+      </c>
+      <c r="F367" s="59" t="s">
+        <v>1988</v>
+      </c>
+      <c r="G367" s="51" t="s">
+        <v>1989</v>
+      </c>
+      <c r="H367" s="53">
+        <v>45875</v>
+      </c>
+      <c r="J367" s="53">
+        <v>46970</v>
+      </c>
+      <c r="K367" s="54" t="s">
+        <v>1990</v>
+      </c>
+    </row>
+    <row r="368" spans="1:11" ht="33.75">
+      <c r="A368" s="12">
+        <v>366</v>
+      </c>
+      <c r="B368" s="49" t="s">
+        <v>1991</v>
+      </c>
+      <c r="C368" s="58">
+        <v>40203659852</v>
+      </c>
+      <c r="D368" s="56" t="s">
+        <v>1992</v>
+      </c>
+      <c r="E368" s="56" t="s">
+        <v>1993</v>
+      </c>
+      <c r="F368" s="59" t="s">
+        <v>1994</v>
+      </c>
+      <c r="G368" s="51" t="s">
+        <v>1995</v>
+      </c>
+      <c r="H368" s="53">
+        <v>45875</v>
+      </c>
+      <c r="J368" s="53">
+        <v>46970</v>
+      </c>
+      <c r="K368" s="54" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="369" spans="1:11" s="55" customFormat="1" ht="22.5">
+      <c r="A369" s="12">
+        <v>367</v>
+      </c>
+      <c r="B369" s="49" t="s">
+        <v>1997</v>
+      </c>
+      <c r="C369" s="58">
+        <v>40203111071</v>
+      </c>
+      <c r="D369" s="56" t="s">
+        <v>1998</v>
+      </c>
+      <c r="E369" s="56" t="s">
+        <v>1998</v>
+      </c>
+      <c r="F369" s="59" t="s">
+        <v>1999</v>
+      </c>
+      <c r="G369" s="51" t="s">
+        <v>2000</v>
+      </c>
+      <c r="H369" s="53">
+        <v>45880</v>
+      </c>
+      <c r="J369" s="53">
+        <v>46975</v>
+      </c>
+      <c r="K369" s="54" t="s">
+        <v>2001</v>
+      </c>
+    </row>
+    <row r="370" spans="1:11" s="57" customFormat="1" ht="33.75">
+      <c r="A370" s="12">
+        <v>368</v>
+      </c>
+      <c r="B370" s="49" t="s">
+        <v>2002</v>
+      </c>
+      <c r="C370" s="58">
+        <v>40203662763</v>
+      </c>
+      <c r="D370" s="56" t="s">
+        <v>2003</v>
+      </c>
+      <c r="E370" s="56" t="s">
+        <v>2003</v>
+      </c>
+      <c r="F370" s="59" t="s">
+        <v>2004</v>
+      </c>
+      <c r="G370" s="51" t="s">
+        <v>2005</v>
+      </c>
+      <c r="H370" s="53">
+        <v>45880</v>
+      </c>
+      <c r="J370" s="53">
+        <v>46975</v>
+      </c>
+      <c r="K370" s="54" t="s">
+        <v>2006</v>
+      </c>
+    </row>
+    <row r="371" spans="1:11" ht="22.5">
+      <c r="A371" s="12">
+        <v>369</v>
+      </c>
+      <c r="B371" s="60" t="s">
+        <v>2007</v>
+      </c>
+      <c r="C371" s="61" t="s">
+        <v>2008</v>
+      </c>
+      <c r="D371" s="61" t="s">
+        <v>2009</v>
+      </c>
+      <c r="E371" s="61" t="s">
+        <v>2009</v>
+      </c>
+      <c r="F371" s="59" t="s">
+        <v>2010</v>
+      </c>
+      <c r="G371" s="51" t="s">
+        <v>2011</v>
+      </c>
+      <c r="H371" s="53">
+        <v>45890</v>
+      </c>
+      <c r="J371" s="53">
+        <v>46985</v>
+      </c>
+      <c r="K371" s="54" t="s">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="372" spans="1:11" ht="22.5">
+      <c r="A372" s="12">
+        <v>370</v>
+      </c>
+      <c r="B372" s="56" t="s">
+        <v>2013</v>
+      </c>
+      <c r="C372" s="56">
+        <v>40203656979</v>
+      </c>
+      <c r="D372" s="56" t="s">
+        <v>2014</v>
+      </c>
+      <c r="E372" s="56" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F372" s="59" t="s">
+        <v>2015</v>
+      </c>
+      <c r="G372" s="51" t="s">
+        <v>2016</v>
+      </c>
+      <c r="H372" s="53">
+        <v>45890</v>
+      </c>
+      <c r="J372" s="53">
+        <v>46985</v>
+      </c>
+      <c r="K372" s="54" t="s">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="373" spans="1:11" ht="22.5">
+      <c r="A373" s="12">
+        <v>371</v>
+      </c>
+      <c r="B373" s="56" t="s">
+        <v>2018</v>
+      </c>
+      <c r="C373" s="56">
+        <v>40203160452</v>
+      </c>
+      <c r="D373" s="54" t="s">
+        <v>2019</v>
+      </c>
+      <c r="E373" s="54" t="s">
+        <v>2020</v>
+      </c>
+      <c r="F373" s="59" t="s">
+        <v>2021</v>
+      </c>
+      <c r="G373" s="51" t="s">
+        <v>2022</v>
+      </c>
+      <c r="H373" s="53">
+        <v>45890</v>
+      </c>
+      <c r="J373" s="53">
+        <v>46985</v>
+      </c>
+      <c r="K373" s="54" t="s">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="374" spans="1:11">
+      <c r="A374" s="12">
+        <v>372</v>
+      </c>
+      <c r="B374" s="56" t="s">
+        <v>2024</v>
+      </c>
+      <c r="C374" s="56">
+        <v>40203147312</v>
+      </c>
+      <c r="D374" s="56" t="s">
+        <v>2025</v>
+      </c>
+      <c r="E374" s="56" t="s">
+        <v>2025</v>
+      </c>
+      <c r="F374" s="59" t="s">
+        <v>2026</v>
+      </c>
+      <c r="G374" s="51" t="s">
+        <v>2027</v>
+      </c>
+      <c r="H374" s="53">
+        <v>45895</v>
+      </c>
+      <c r="J374" s="53">
+        <v>46990</v>
+      </c>
+      <c r="K374" s="54" t="s">
+        <v>2028</v>
+      </c>
+    </row>
+    <row r="375" spans="1:11" ht="33.75">
+      <c r="A375" s="12">
+        <v>373</v>
+      </c>
+      <c r="B375" s="56" t="s">
+        <v>2029</v>
+      </c>
+      <c r="C375" s="56">
+        <v>40203536934</v>
+      </c>
+      <c r="D375" s="56" t="s">
+        <v>2030</v>
+      </c>
+      <c r="E375" s="54" t="s">
+        <v>2031</v>
+      </c>
+      <c r="F375" s="59" t="s">
+        <v>2032</v>
+      </c>
+      <c r="G375" s="56" t="s">
+        <v>2033</v>
+      </c>
+      <c r="H375" s="53">
+        <v>45895</v>
+      </c>
+      <c r="I375" s="55"/>
+      <c r="J375" s="53">
+        <v>46990</v>
+      </c>
+      <c r="K375" s="54" t="s">
+        <v>2034</v>
+      </c>
+    </row>
+    <row r="376" spans="1:11" ht="33.75">
+      <c r="A376" s="12">
+        <v>374</v>
+      </c>
+      <c r="B376" s="56" t="s">
+        <v>2035</v>
+      </c>
+      <c r="C376" s="56">
+        <v>40103990744</v>
+      </c>
+      <c r="D376" s="56" t="s">
+        <v>2036</v>
+      </c>
+      <c r="E376" s="56" t="s">
+        <v>2036</v>
+      </c>
+      <c r="F376" s="59" t="s">
+        <v>2037</v>
+      </c>
+      <c r="G376" s="56" t="s">
+        <v>2038</v>
+      </c>
+      <c r="H376" s="53">
+        <v>45910</v>
+      </c>
+      <c r="J376" s="53">
+        <v>47005</v>
+      </c>
+      <c r="K376" s="54" t="s">
+        <v>2039</v>
+      </c>
+    </row>
+    <row r="377" spans="1:11" ht="67.5">
+      <c r="A377" s="12">
+        <v>375</v>
+      </c>
+      <c r="B377" s="56" t="s">
+        <v>2040</v>
+      </c>
+      <c r="C377" s="56">
+        <v>40203662123</v>
+      </c>
+      <c r="D377" s="56" t="s">
+        <v>2041</v>
+      </c>
+      <c r="E377" s="54" t="s">
+        <v>2042</v>
+      </c>
+      <c r="F377" s="54" t="s">
+        <v>2043</v>
+      </c>
+      <c r="G377" s="62" t="s">
+        <v>2044</v>
+      </c>
+      <c r="H377" s="53">
+        <v>45916</v>
+      </c>
+      <c r="J377" s="53">
+        <v>47011</v>
+      </c>
+      <c r="K377" s="54" t="s">
+        <v>2045</v>
+      </c>
+    </row>
+    <row r="378" spans="1:11" ht="33.75">
+      <c r="A378" s="12">
+        <v>376</v>
+      </c>
+      <c r="B378" s="56" t="s">
+        <v>2046</v>
+      </c>
+      <c r="C378" s="56">
+        <v>40203414206</v>
+      </c>
+      <c r="D378" s="56" t="s">
+        <v>2047</v>
+      </c>
+      <c r="E378" s="56" t="s">
+        <v>2047</v>
+      </c>
+      <c r="F378" s="59" t="s">
+        <v>2048</v>
+      </c>
+      <c r="G378" s="62" t="s">
+        <v>2049</v>
+      </c>
+      <c r="H378" s="53">
+        <v>45918</v>
+      </c>
+      <c r="J378" s="53">
+        <v>47013</v>
+      </c>
+      <c r="K378" s="54" t="s">
+        <v>2050</v>
+      </c>
+    </row>
+    <row r="379" spans="1:11">
+      <c r="A379" s="12">
+        <v>377</v>
+      </c>
+      <c r="B379" s="56" t="s">
+        <v>2051</v>
+      </c>
+      <c r="C379" s="56">
+        <v>40203579519</v>
+      </c>
+      <c r="D379" s="56" t="s">
+        <v>2052</v>
+      </c>
+      <c r="E379" s="54" t="s">
+        <v>2053</v>
+      </c>
+      <c r="F379" s="59" t="s">
+        <v>2054</v>
+      </c>
+      <c r="G379" s="62" t="s">
+        <v>2055</v>
+      </c>
+      <c r="H379" s="53">
+        <v>45918</v>
+      </c>
+      <c r="J379" s="53">
+        <v>47013</v>
+      </c>
+      <c r="K379" s="54" t="s">
+        <v>2056</v>
+      </c>
+    </row>
+    <row r="380" spans="1:11" ht="22.5">
+      <c r="A380" s="12">
+        <v>378</v>
+      </c>
+      <c r="B380" s="56" t="s">
+        <v>2057</v>
+      </c>
+      <c r="C380" s="56">
+        <v>40203642466</v>
+      </c>
+      <c r="D380" s="56" t="s">
+        <v>2058</v>
+      </c>
+      <c r="E380" s="56" t="s">
+        <v>2059</v>
+      </c>
+      <c r="F380" s="59" t="s">
+        <v>2060</v>
+      </c>
+      <c r="G380" s="56" t="s">
+        <v>2061</v>
+      </c>
+      <c r="H380" s="53">
+        <v>45938</v>
+      </c>
+      <c r="J380" s="53">
+        <v>47033</v>
+      </c>
+      <c r="K380" s="54" t="s">
+        <v>2062</v>
+      </c>
+    </row>
+    <row r="381" spans="1:11" ht="22.5">
+      <c r="A381" s="12">
+        <v>379</v>
+      </c>
+      <c r="B381" s="56" t="s">
+        <v>2063</v>
+      </c>
+      <c r="C381" s="56">
+        <v>40203676369</v>
+      </c>
+      <c r="D381" s="56" t="s">
         <v>815</v>
       </c>
-    </row>
-[...6382 lines deleted...]
-      <c r="E335" s="35" t="s">
+      <c r="E381" s="56" t="s">
+        <v>815</v>
+      </c>
+      <c r="F381" s="59" t="s">
+        <v>2064</v>
+      </c>
+      <c r="G381" s="56" t="s">
+        <v>2065</v>
+      </c>
+      <c r="H381" s="53">
+        <v>45938</v>
+      </c>
+      <c r="J381" s="53">
+        <v>47033</v>
+      </c>
+      <c r="K381" s="54" t="s">
+        <v>2066</v>
+      </c>
+    </row>
+    <row r="382" spans="1:11">
+      <c r="A382" s="12">
+        <v>380</v>
+      </c>
+      <c r="B382" s="56" t="s">
+        <v>2067</v>
+      </c>
+      <c r="C382" s="56">
+        <v>40103389788</v>
+      </c>
+      <c r="D382" s="56" t="s">
+        <v>2068</v>
+      </c>
+      <c r="E382" s="56" t="s">
+        <v>2069</v>
+      </c>
+      <c r="F382" s="59" t="s">
+        <v>2070</v>
+      </c>
+      <c r="G382" s="62" t="s">
+        <v>2071</v>
+      </c>
+      <c r="H382" s="53">
+        <v>45938</v>
+      </c>
+      <c r="J382" s="53">
+        <v>47033</v>
+      </c>
+      <c r="K382" s="54" t="s">
+        <v>2062</v>
+      </c>
+    </row>
+    <row r="383" spans="1:11" ht="45">
+      <c r="A383" s="12">
+        <v>381</v>
+      </c>
+      <c r="B383" s="56" t="s">
+        <v>2072</v>
+      </c>
+      <c r="C383" s="56">
+        <v>40103834089</v>
+      </c>
+      <c r="D383" s="56" t="s">
+        <v>2073</v>
+      </c>
+      <c r="E383" s="56" t="s">
+        <v>2073</v>
+      </c>
+      <c r="F383" s="54" t="s">
+        <v>2074</v>
+      </c>
+      <c r="G383" s="56" t="s">
+        <v>2075</v>
+      </c>
+      <c r="H383" s="53">
+        <v>45938</v>
+      </c>
+      <c r="J383" s="53">
+        <v>47033</v>
+      </c>
+      <c r="K383" s="54" t="s">
+        <v>2076</v>
+      </c>
+    </row>
+    <row r="384" spans="1:11" ht="34.5">
+      <c r="A384" s="12">
+        <v>382</v>
+      </c>
+      <c r="B384" s="56" t="s">
+        <v>2077</v>
+      </c>
+      <c r="C384" s="56">
+        <v>40203678641</v>
+      </c>
+      <c r="D384" s="56" t="s">
+        <v>2078</v>
+      </c>
+      <c r="E384" s="56" t="s">
+        <v>1975</v>
+      </c>
+      <c r="F384" s="54" t="s">
+        <v>2079</v>
+      </c>
+      <c r="G384" s="56" t="s">
+        <v>2080</v>
+      </c>
+      <c r="H384" s="53">
+        <v>45940</v>
+      </c>
+      <c r="J384" s="53">
+        <v>47035</v>
+      </c>
+      <c r="K384" s="63" t="s">
+        <v>2081</v>
+      </c>
+    </row>
+    <row r="385" spans="1:11" ht="22.5">
+      <c r="A385" s="12">
+        <v>383</v>
+      </c>
+      <c r="B385" s="56" t="s">
+        <v>2082</v>
+      </c>
+      <c r="C385" s="56">
+        <v>40203594202</v>
+      </c>
+      <c r="D385" s="56" t="s">
         <v>94</v>
       </c>
-      <c r="F335" s="14" t="s">
-[...1596 lines deleted...]
-      <c r="K383" s="66" t="s">
+      <c r="E385" s="56" t="s">
+        <v>94</v>
+      </c>
+      <c r="F385" s="54" t="s">
         <v>2083</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B384" s="32" t="s">
+      <c r="G385" s="56" t="s">
         <v>2084</v>
       </c>
-      <c r="C384" s="35">
-[...2 lines deleted...]
-      <c r="D384" s="35" t="s">
+      <c r="H385" s="53">
+        <v>45953</v>
+      </c>
+      <c r="J385" s="53">
+        <v>47048</v>
+      </c>
+      <c r="K385" s="54" t="s">
         <v>2085</v>
       </c>
-      <c r="E384" s="35" t="s">
-[...2 lines deleted...]
-      <c r="F384" s="14" t="s">
+    </row>
+    <row r="386" spans="1:11" ht="33.75">
+      <c r="A386" s="12">
+        <v>384</v>
+      </c>
+      <c r="B386" s="56" t="s">
         <v>2086</v>
       </c>
-      <c r="G384" s="12" t="s">
+      <c r="C386" s="56">
+        <v>40203679469</v>
+      </c>
+      <c r="D386" s="56" t="s">
         <v>2087</v>
       </c>
-      <c r="H384" s="65">
-[...6 lines deleted...]
-      <c r="K384" s="66" t="s">
+      <c r="E386" s="56" t="s">
+        <v>2087</v>
+      </c>
+      <c r="F386" s="54" t="s">
         <v>2088</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B385" s="32" t="s">
+      <c r="G386" s="56" t="s">
         <v>2089</v>
       </c>
-      <c r="C385" s="35">
-[...2 lines deleted...]
-      <c r="D385" s="35" t="s">
+      <c r="H386" s="53">
+        <v>45953</v>
+      </c>
+      <c r="J386" s="53">
+        <v>47048</v>
+      </c>
+      <c r="K386" s="54" t="s">
         <v>2090</v>
       </c>
-      <c r="E385" s="36" t="s">
+    </row>
+    <row r="387" spans="1:11" ht="23.25">
+      <c r="A387" s="12">
+        <v>385</v>
+      </c>
+      <c r="B387" s="56" t="s">
         <v>2091</v>
       </c>
-      <c r="F385" s="14" t="s">
+      <c r="C387" s="56">
+        <v>40203260152</v>
+      </c>
+      <c r="D387" s="54" t="s">
         <v>2092</v>
       </c>
-      <c r="G385" s="12" t="s">
+      <c r="E387" s="54" t="s">
         <v>2093</v>
       </c>
-      <c r="H385" s="65">
-[...6 lines deleted...]
-      <c r="K385" s="66" t="s">
+      <c r="F387" s="56" t="s">
         <v>2094</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="K387" s="63"/>
+      <c r="G387" s="56" t="s">
+        <v>2095</v>
+      </c>
+      <c r="H387" s="53">
+        <v>45953</v>
+      </c>
+      <c r="J387" s="53">
+        <v>47048</v>
+      </c>
+      <c r="K387" s="63" t="s">
+        <v>2096</v>
+      </c>
+    </row>
+    <row r="388" spans="1:11" ht="33.75">
+      <c r="A388" s="12">
+        <v>386</v>
+      </c>
+      <c r="B388" s="56" t="s">
+        <v>2097</v>
+      </c>
+      <c r="C388" s="56">
+        <v>40203683267</v>
+      </c>
+      <c r="D388" s="56" t="s">
+        <v>2098</v>
+      </c>
+      <c r="E388" s="56" t="s">
+        <v>2098</v>
+      </c>
+      <c r="F388" s="54" t="s">
+        <v>2099</v>
+      </c>
+      <c r="G388" s="56" t="s">
+        <v>2100</v>
+      </c>
+      <c r="H388" s="53">
+        <v>45954</v>
+      </c>
+      <c r="J388" s="53">
+        <v>47049</v>
+      </c>
+      <c r="K388" s="54" t="s">
+        <v>2101</v>
+      </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="F66" r:id="rId1" display="mailto:info@qbis.lv" xr:uid="{C0E81606-F2A6-4A8A-AF48-FA5A98091E98}"/>
+    <hyperlink ref="F66" r:id="rId1" display="mailto:info@qbis.lv" xr:uid="{FBE90D03-FF8B-48D4-8983-08D673C18D6F}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>