--- v1 (2025-11-03)
+++ v2 (2025-12-07)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20338"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{07228427-F43F-47EA-ABED-DC2D2FC9AD39}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{34F002F3-958D-4CD8-8025-CF4368F77995}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="22260" windowHeight="12645" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2397" uniqueCount="2103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2391" uniqueCount="2093">
   <si>
     <t xml:space="preserve">Komersanti, kas saņēmuši Nodarbinātības valsts aģentūras licenci darbiekārtošanas pakalpojumu sniegšanai </t>
   </si>
   <si>
     <t>N.p.k.</t>
   </si>
   <si>
     <t>Darbiekārtošanas pakalpojumu sniedzējs nosaukums (firma)</t>
   </si>
   <si>
     <t>Reģ.Nr.</t>
   </si>
   <si>
     <t>Juridiskā adrese</t>
   </si>
   <si>
     <t>Darbības vietas adrese</t>
   </si>
   <si>
     <t>Kontaktinformācija</t>
   </si>
   <si>
     <t>Licences Nr.</t>
   </si>
   <si>
@@ -821,50 +821,53 @@
   <si>
     <t xml:space="preserve">Zviedrija (2) - 12.06.2019., Latvija, Lietuva, Igaunija, Lielbritānija, Spānija, Norvēģija, Somija, Itālija (2) - 21.03.2023.      </t>
   </si>
   <si>
     <t>Inland WaterWays</t>
   </si>
   <si>
     <t>Viestura iela 36A - 42, Jēkabpils</t>
   </si>
   <si>
     <t>Rīgas iela 111, Jēkabpils</t>
   </si>
   <si>
     <t>Tālr. 24826001, e-pasta adrese: service@inlandwaterways.info</t>
   </si>
   <si>
     <t>99/2019</t>
   </si>
   <si>
     <t>Austrija, Beļģija, Luksemburga, Nīderlande, Šveice, Vācija (1.c) – 01.11.2019. Austrija, Bulgārija, Beļģija, Čehija, Dānija, Francija, Grieķija, Horvātija, Itālija, Igaunija, Islande, Īrija, Kipra, Latvija, Lietuva, Lihtenšteina, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Rumānija, Somija, Slovākija, Slovēnija, Spānija, Šveice, Ungārija, Vācija, Zviedrija (2) - 30.06.2020., Amerikas Savienotās Valsti, Lielbritānija (1.C, 2) - 26.06.2024.</t>
   </si>
   <si>
     <t>Juridiskais birojs SALMANOFF LAW OFFICE</t>
   </si>
   <si>
+    <t>50003931021</t>
+  </si>
+  <si>
     <t>Dzirnavu iela 43-3, Rīga</t>
   </si>
   <si>
     <t>Tālr. Nr.29257747. E-pasta adrese: azerin@inbox.lv</t>
   </si>
   <si>
     <t>81/2019</t>
   </si>
   <si>
     <t xml:space="preserve">Čehija, Īrija, Lietuva, Lielbritānija, Igaunija, Nīderlande, Norvēģija, Polija, Slovākija, Slovēnija, Somija, Ungārija, Vācija, Zviedrija (1.b, 1.c, 2); Latvija (1.b, 2) - 09.09.2019.     </t>
   </si>
   <si>
     <t>JOBCENTER</t>
   </si>
   <si>
     <t>40103907005</t>
   </si>
   <si>
     <t>Kurzemes prospekts 34-87, Rīga</t>
   </si>
   <si>
     <t>Tālr. Nr.28681777, E-pasta adrese: jobcentersia@gmail.com
 Biroja darba laiks: katra mēneša pirmā otrdiena no plkst.10.00. līdz 12.00.</t>
   </si>
   <si>
@@ -966,51 +969,51 @@
   </si>
   <si>
     <t>MCP TEHNO</t>
   </si>
   <si>
     <t>Jelgavas iela 28, Rīga</t>
   </si>
   <si>
     <t>Tālr. Nr.67881397.                
 E-pasta adrese: info@mcptehno.lv. Mājas lapa: www.mcptehno.lv</t>
   </si>
   <si>
     <t>68/2018</t>
   </si>
   <si>
     <t xml:space="preserve"> Igaunija, Latvija, Lietuva (2) - 23.01.2019.
 </t>
   </si>
   <si>
     <t>MD CONSTRCUTION</t>
   </si>
   <si>
     <t>41503080973</t>
   </si>
   <si>
-    <t xml:space="preserve"> Šaurā iela 27-55, Daugavpils</t>
+    <t>Jātnieku iela 80-43, Daugavpils</t>
   </si>
   <si>
     <t>Stiklu iela 16, Daugavpils</t>
   </si>
   <si>
     <t xml:space="preserve">Tālr. Nr.26864981. E-pasta adrese: mdconstruction@inbox.lv          </t>
   </si>
   <si>
     <t>25/2020</t>
   </si>
   <si>
     <t>Latvija, Somija, Zviedrija (2) - 19.03.2020. Igaunija, Lietuva (2) - 03.09.2020.   </t>
   </si>
   <si>
     <t xml:space="preserve">MDS Agency </t>
   </si>
   <si>
     <t>54103144341</t>
   </si>
   <si>
     <t>Cēsu iela 13B-37, Rīga</t>
   </si>
   <si>
     <t xml:space="preserve">Tālr. Nr.20001100, 20046035. E-pasta adrese: 2000vaga@gmail.com          </t>
   </si>
@@ -1783,69 +1786,50 @@
     <t>80/2020</t>
   </si>
   <si>
     <t xml:space="preserve"> Nīderlande, Vācija (1.c) - 07.12.2020., Beļģija, Islande, īrija, Norv;e;gija, Somija, Šveice, Zviedrija (1.C) - 27.03.2023.</t>
   </si>
   <si>
     <t>MRG Celtniecība</t>
   </si>
   <si>
     <t>44103137314</t>
   </si>
   <si>
     <t>Ernestīnes iela 43-1, Rīga</t>
   </si>
   <si>
     <t>Tālr. Nr.20025410.
 E-pasta adrese: anete@argent.lv. Biroja darba laiks: no plkst.9:00 līdz plkst.18:00.</t>
   </si>
   <si>
     <t>81/2020</t>
   </si>
   <si>
     <t xml:space="preserve">Latvija (2) - 10.12.2020. </t>
   </si>
   <si>
-    <t>NAMEJS LV</t>
-[...17 lines deleted...]
-  <si>
     <t>TURIN</t>
   </si>
   <si>
     <t>40203280290</t>
   </si>
   <si>
     <t>Rīgas iela 2-12, Salaspils, Salaspils novads</t>
   </si>
   <si>
     <t>Tālr. Nr.29396944.
 E-pasta adrese: info@turin.lv</t>
   </si>
   <si>
     <t>2/2021</t>
   </si>
   <si>
     <t xml:space="preserve">Igaunija, Lietuva, Somija,Zviedrija (2) - 15.01.2021. </t>
   </si>
   <si>
     <t>DKK Group</t>
   </si>
   <si>
     <t>50203277201</t>
   </si>
   <si>
@@ -1888,57 +1872,57 @@
   <si>
     <t>40103527192</t>
   </si>
   <si>
     <t>Dzirnieku iela 24, Mārupe, Mārupes novads</t>
   </si>
   <si>
     <t>Tālr. Nr.27042424.
 E-pasta adrese: info@omniva.lv. Mājas lapa: www.omniva.lv</t>
   </si>
   <si>
     <t>10/2021</t>
   </si>
   <si>
     <t xml:space="preserve">Igaunija, Latvija (2) - 02.03.2021. </t>
   </si>
   <si>
     <t>Brigg HR Partner</t>
   </si>
   <si>
     <t>50203054851</t>
   </si>
   <si>
     <t>Tālr. Nr.20116211.
 E-pasta adrese: tamara.balcevica@brigg.lv. Mājas lapa: www.brigg.lv. Biroja
-darba laiks - no plkst.8:00 līdz plkst.17:00.</t>
+darba laiks - no plkst.9:00 līdz plkst.17:00.</t>
   </si>
   <si>
     <t>12/2021</t>
   </si>
   <si>
-    <t xml:space="preserve">Latvija, Zviedrija (2) - 31.03.2022; Zviedrija (1.c) - 02.07.2021. </t>
+    <t>Latvija (2) - 03.03.2021., Zviedrija (1.C) - 02.07.2021., (2) – 31.03.2022., Somija, Dānija, Norvēģija, Vācija, Apvienotā karaliste (2) - 20.11.2025.</t>
   </si>
   <si>
     <t>SUN BALTICS</t>
   </si>
   <si>
     <t>40203229591</t>
   </si>
   <si>
     <t>Sūnu iela 1-15, Ogre, Ogres novads</t>
   </si>
   <si>
     <t>Braslas iela 29-604, Rīga</t>
   </si>
   <si>
     <t>Tālr. Nr.28662428.
 E-pasta adrese: anda.lapina@sunbaltics.lv. Biroja darba laiks: katra mēneša pirmajā pirmdienā no plkst.10:00 līdz plkst.14:00.</t>
   </si>
   <si>
     <t>14/2021</t>
   </si>
   <si>
     <t xml:space="preserve"> Latvija (2) - 06.04.2021. </t>
   </si>
   <si>
     <t>BaltFinEx</t>
@@ -2046,50 +2030,66 @@
   </si>
   <si>
     <t>Tālr.Nr.25105503. E-pasta adrese: anastasija.zele@csolutions.lv</t>
   </si>
   <si>
     <t>37/2021</t>
   </si>
   <si>
     <t>Igaunija, Latvija, Lietuva (2) - 18.08.2021.</t>
   </si>
   <si>
     <t>PW Consulting</t>
   </si>
   <si>
     <t>Līgo iela 26, Berģi, Garkalnes pagasts, Ropažu novads</t>
   </si>
   <si>
     <t>Buču iela 9-2, Salaspils</t>
   </si>
   <si>
     <t xml:space="preserve">Tālr. Nr.27050705.
 E-pasta adrese: peter@peterwilliams.tech. Mājas lapa: www.peterwilliams.tech </t>
   </si>
   <si>
     <t>38/2021</t>
+  </si>
+  <si>
+    <r>
+      <t>A</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color indexed="8"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>ustrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Horvātija, Igaunija, Itālija, Īrija, Kipra, Luksemburga, Malta, Nīderlande, Norvēģija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Šveice, Ungārija, Vācija, Zviedrija (1.c) - 25.08.2021.;
+Amerikas Savienotās valstis, Kanāda, Lielbritānija, Lietuva  (1.C) - 27.07.2022.</t>
+    </r>
   </si>
   <si>
     <t>Visas Iespējas</t>
   </si>
   <si>
     <t>Ausekļa prospekts 17, Ogre, Ogres novads</t>
   </si>
   <si>
     <t xml:space="preserve">Tālr. Nr.28663646. E-pasta adrese: info@visasiespejas.lv. Mājas lapa: www.visasiespejas.lv.
 </t>
   </si>
   <si>
     <t>44/2021</t>
   </si>
   <si>
     <t>Latvija (1.b, 2) - 23.09.2021.</t>
   </si>
   <si>
     <t>Bloktrans</t>
   </si>
   <si>
     <t>Tirgus iela 5-77, Iecava, Bauskas novads</t>
   </si>
   <si>
     <t>Mazcenu aleja43B, Jaunmārupe, Mārupes novads</t>
@@ -2301,68 +2301,50 @@
     <t xml:space="preserve">Tālr.Nr.28303998, e-pasta adrese: uldis.sproga@eften.lv
 </t>
   </si>
   <si>
     <t>10/2022</t>
   </si>
   <si>
     <t>Latvija (2.)- 31.01.2022.</t>
   </si>
   <si>
     <t>G&amp;G Contruction</t>
   </si>
   <si>
     <t>Zalves iela 52-11, Rīga</t>
   </si>
   <si>
     <t>Tālr.Nr.67296301, e-pasta adrese:info@profit.lv</t>
   </si>
   <si>
     <t>12/2022</t>
   </si>
   <si>
     <t>Latvija (2) - 10.02.2022.</t>
   </si>
   <si>
-    <t xml:space="preserve">LED Solutions Latvia </t>
-[...16 lines deleted...]
-  <si>
     <t>MIIM</t>
   </si>
   <si>
     <t>Ģertrūdes iela 66, Rīga</t>
   </si>
   <si>
     <t>Tālr.Nr.23305999, e-pasta adrese:dainis@miim.lv       Biroja darba laiks: no plkst.9.00 līdz plkst.18.00</t>
   </si>
   <si>
     <t>16/2022</t>
   </si>
   <si>
     <t>Latvija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Īrija, Itālija, Igaunija, Islande, Kipra, Lietuva, Luksemburga, Lielbritānija, Lihtenšteina, Malta, Norvēģija, Nīderlande, Polija, Rumānija, Slovākija, Slovēnija, Somija, Ungārija, Vācija, Zviedrija  (2) - 24.02.2022.</t>
   </si>
   <si>
     <t>Veliev Transport Logistik</t>
   </si>
   <si>
     <t>Slokas iela 203 - 20, Rīga</t>
   </si>
   <si>
     <t>Tālr.Nr.25693953, e-pasta adrese: info@vtlsia.com</t>
   </si>
   <si>
     <t>17/2022</t>
@@ -2409,61 +2391,61 @@
   <si>
     <t>Tālr.Nr.29253137, e-pasta adrese: info@genius-solution.com</t>
   </si>
   <si>
     <t>20/2022</t>
   </si>
   <si>
     <t>Lietuva, Igaunija, Polija, Vācija, Dānija, Norvēģija, Somija, Zviedrija, Gruzija, Beļģija, Austrija, Šveice, Islande, Lihtenšteina, Lielbritānija, Spānija, Portugāle, Rumānija, Slovēnija, Slovākija, Malta, Nīderlande, Bulgārija, Horvātija, Kipra, Čehija, Francija, Grieķija, Ungārija, Īrija, Itālija, Luksemburga (1.C) – 02.03.2022., Latvija Lietuva, Igaunija, Polija, Vācija, Dānija, Norvēģija, Somija, Zviedrija, Gruzija, Beļģija, Austrija, Šveice, Islande, Lihtenšteina, Lielbritānija, Spānija, Portugāle, Rumānija, Slovēnija, Slovākija, Malta, Nīderlande, Bulgārija, Horvātija, Kipra, Čehija, Francija, Grieķija, Ungārija, Īrija, Itālija, Luksemburga (2) – 02.03.2022.</t>
   </si>
   <si>
     <t>Omnipresent Latvia</t>
   </si>
   <si>
     <t>Lizuma iela 1 k-12, Rīga</t>
   </si>
   <si>
     <t>Tālr.Nr.64415238, Biroja darba laiks no plkst.11.00-12.00</t>
   </si>
   <si>
     <t>21/2022</t>
   </si>
   <si>
     <t>Latvija, Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Igaunija, Horvātija, Īrija, Itālija, Kipra,  Lietuva, Luksemburga, Malta, Nīderlande, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Ungārija, Vācija, Zviedrija, Šveice, Lielbritānija, Īslande, Lihtenšteina, Norvēģija, Kanāda,  Amerikas Savienotās Valstis (2) - 17.03.2022.</t>
   </si>
   <si>
-    <t>ASI LUX</t>
+    <t>Jewelry Q</t>
   </si>
   <si>
     <t>"Vējakalni", Litenes pagasts, Gulbenes novads</t>
   </si>
   <si>
     <t>Ābeļu iela 8, Gulbene</t>
   </si>
   <si>
-    <t>Tālr.Nr.22008877, e-pasta adrese:asilux208@gmail.com 
-Biroja darba laiks: no plkst.08.30. līdz plkst. 17.30.</t>
+    <t>Tālr.Nr.22008877, 29485807, e-pasta adrese: info@jewelryqueue.com
+Biroja darba laiks: 8.00 - 18.00.</t>
   </si>
   <si>
     <t>23/2022</t>
   </si>
   <si>
     <t>Igaunija, Latvija, Lietuva (2) - 21.03.2022.</t>
   </si>
   <si>
     <t>IK Employer&amp;Employee International</t>
   </si>
   <si>
     <t>Ozolciema iela 36/62, Rīga</t>
   </si>
   <si>
     <t>Tālr.Nr.20010529, e-pasta adrese:kristine1129@inbox.lv
 Biroja darba laiks: no plkst.10.00. līdz plkst. 18.00.</t>
   </si>
   <si>
     <t>25/2022</t>
   </si>
   <si>
     <t>Igaunija, Lietuva, Somija, Norvēģija, Zviedrija, Dānija, Nīderlande, Vācija, Austrija, Beļģija, Malta, Francija, Spānija, Itālija, Portugāle, Īslande, Lielbritānija, Albānija, Serbija, Slovākija, Slovēnija, Amerikas Savienotās Valstis, Kanāda, Šveice, Ungārija, Rumānija, Polija, Horvātija, Austrālija, Jaunzēlande, Apvienotie Arābu Emirāti, Saūda Arābija, Katara (1.C) - 12.04.2022.; Baltkrievija, Bulgārija, Ēģipte, Grieķija, Īrija, Kipra, Malaizija, Singapūra, Turcija, Ukraina, Vjetnama (1.C) - 14.12.2022.</t>
   </si>
   <si>
     <t>E-Synergy</t>
@@ -3077,67 +3059,50 @@
     <t>84/2022</t>
   </si>
   <si>
     <t>ASV, Islande, Kanāda, Latvija, Vācija, Zviedrija (2) - 05.12.2022.</t>
   </si>
   <si>
     <t>People 2.0. Latvia</t>
   </si>
   <si>
     <t>Krišjāņa Valdemāra iela 33-1, Rīga</t>
   </si>
   <si>
     <t>Krišjāņa Vlademāra iela 33-1, Rīga</t>
   </si>
   <si>
     <t>Tālr.29325015, e-pasta adrese:info@rer.legal
 Biroja darba laiks: katra mēneša pirmā darba dienā no plkst.10.00. līdz plkst.11.00.</t>
   </si>
   <si>
     <t>87/2022</t>
   </si>
   <si>
     <t>Igaunija, Latvija, Lietuva, Malta, Polija, Portuāle, Zviedrija (2) - 09.12.2022.</t>
   </si>
   <si>
-    <t>Migavaz Solution</t>
-[...15 lines deleted...]
-  <si>
     <t>JobCentre.EU</t>
   </si>
   <si>
     <t>Krišjāņa Valdemāra iela 18-7, Rīga</t>
   </si>
   <si>
     <t>Tālr.22415785, e-pasta adrese: job.centre.eu@gmail.com
 Biroja darba laiks: pirmdienās un piektdienās no plkst.10.00. līdz plkst.14.00.</t>
   </si>
   <si>
     <t>90/2022</t>
   </si>
   <si>
     <t>Latvija (2) - 22.12.2022., Lietuva, Polija, Vācija (2) - 06.06.2024.</t>
   </si>
   <si>
     <t>Juice Digital Agency</t>
   </si>
   <si>
     <t>Augusta Dombrovska iela 49-35, Rīga</t>
   </si>
   <si>
     <t>Elizabetes iela 31,  Rīga</t>
   </si>
   <si>
@@ -3253,58 +3218,58 @@
   </si>
   <si>
     <t>12/2023</t>
   </si>
   <si>
     <t>Carter Wahlberg</t>
   </si>
   <si>
     <t>Vesetas iela 7, Rīga</t>
   </si>
   <si>
     <t>Tālr.20000738, e-pasta adrese: info@carterwahlber.com
 Biroja darba laiks: no plkst.9.00 līdz plkst.18.00;
 mājas lapa: www.carterwahlberg.com</t>
   </si>
   <si>
     <t>13/2023</t>
   </si>
   <si>
     <t>Apvienotie Arābu Emirāti, Ar,mēnija, ASV, Austrija, Azerbaidžana, Baltkrievija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Gruzija, Igaunija, Horvātija, Islande, Īrija, Itālija, Izraēla, Kanāda, Kazahstāna, Kipra, Krievija, Lielbritānija, Lietuva, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Šveice, Tadžikstāna, Turcija, Ukraina, Ungārija, Uzbekistāna, Vācija, Zviedrija (2) - 06.03.2022.</t>
   </si>
   <si>
     <t>Reanto</t>
   </si>
   <si>
-    <t>Piektā iela 46, VEF-Biķernieki, Saulkrastu novads</t>
-[...6 lines deleted...]
-</t>
+    <t xml:space="preserve">Avotkalna iela 28, Biķernieki, Saulkrastu pag., Saulkrastu. Nov. </t>
+  </si>
+  <si>
+    <t>Valērijas Seiles iela 4 - 316, Rīga</t>
+  </si>
+  <si>
+    <t>Tālr.29958551,  e-pasta adrese: reanto@inbox.lv
+Biroja darba laiks: no plkst.10.00 līdz plkst.16.00</t>
   </si>
   <si>
     <t>15/2023</t>
   </si>
   <si>
     <t>Latvija, Igaunija, Lietuva, Vācija, Zviedrija, Somija, Norvēģija, Dānija, Islande, Polija, Francija, Itālija, Austrija, Beļģija, Čehija, Nīderlande, Bulgārija, Grieķija, Portugāle (2) - 14.03.2023.</t>
   </si>
   <si>
     <t>PI Design</t>
   </si>
   <si>
     <t>Dzimtenes iela 13-5, Jūrmala</t>
   </si>
   <si>
     <t>"Avoti", telpa Nr.11, Nīcas pagasts, Dienvidkurzemes novads</t>
   </si>
   <si>
     <t xml:space="preserve">Tālr.26434445, Biroja darba laiks: no plkst.9.00 līdz plkst.17.00
 </t>
   </si>
   <si>
     <t>16/2023</t>
   </si>
   <si>
     <t>Latvija (2),  Igaunija, Lietuva, Polija, Austrija, Šveice, Beļģija, Dānija, Francija, Nīderlande, Norvēģija, Somija, Vācija, Zviedrija, Itālija, Spānija, Šveice, Kanāda, Amerikas Savienotās Valstis (1.C, 2) - 24.03.2023.</t>
@@ -3704,66 +3669,50 @@
 Biroja darba laiks: no plkst. 09.00 līdz 18.00.</t>
   </si>
   <si>
     <t>56/2023</t>
   </si>
   <si>
     <t>Amerikas Savienotās valstis, Apvienotā Karaliste, Argentīna, Armēnija, Austrālija, Austrija, Baltkrievija, Beļģija, Bolīvija, Brazīlija, Bulgārija, Čehijas Republika, Čīle, Dānija, Dienvidāfrikas Republika, Dominikānas Republika, Ekvadora, Ēģipte, Filipīnas, Francija, Grieķija, Gruzija, Hondurasa, Honkonga, Horvātija, Igaunija, Indija, Indonēzija, Itālija, Izraēla, Īrija, Islande, Japāna, Jaunzēlande, Kambodža, Kanāda, Kenija, Kipra, Kirgiztāna, Kolumbija, Kostarika, Lietuva, Luksemburga, Malaizija, Malta, Maroka, Meksika, Moldova, Mongolija, Nigērija, Nīderlande, Norvēģija, Pakistāna, Panama, Paragvaja, Peru, Polija, Portugāle, Rumānija, Singapūra, Slovākija, Slovēnija, Somija, Spānija, Šrilanka, Šveice, Taivāna, Turcija, Ukraina, Ungārija, Urugvaja, Vācija, Vjetnama, Zviedrija (2) – 23.08.2023.; Latvija (2) - 28.08.2023.</t>
   </si>
   <si>
     <t>Perfect MOVING</t>
   </si>
   <si>
     <t>Ilzenes iela 2, Rīga</t>
   </si>
   <si>
     <t>Tālr. 2000077, e-pasts: info@perfectmoving.lv; 
 Biroja darba laiks: no plkst. 09:00 līdz 18:00.</t>
   </si>
   <si>
     <t>57/2023</t>
   </si>
   <si>
     <t>Latvija (2) - 23.08.2023.; Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Horvātija, Itālija, Islande, Īrija, Kipra, Lielbritānija, Lihtenšteina, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Šveice, Ungārija, Vācija, Zviedrija (1A; 2); Latvija (1A) - 15.05.2025.</t>
   </si>
   <si>
-    <t>Musafir</t>
-[...14 lines deleted...]
-  <si>
     <t>UAB "Live group" Latvijas filiāle</t>
   </si>
   <si>
     <t>Tālr. 25606566,
 Biroja darba laiks: no plkst. 8.00 līdz 17:00.</t>
   </si>
   <si>
     <t>60/2023</t>
   </si>
   <si>
     <t>Latvija (2), Lietuva, Igaunija, Polija, Austrija, Šveice, Beļģija, Dānija, Francija, Nīderlande, Norvēģija, Somija, Vācija, Zviedrija, Itālija, Spānija, Kanāda, Amerikas Savienotās Valstis (1.C, 2) - 18.09.2023.</t>
   </si>
   <si>
     <t>Toseto</t>
   </si>
   <si>
     <t>Ropažu iela 16A-2, Rīga</t>
   </si>
   <si>
     <t>Tālr. 29130986; e-pasts:frao@inbox.lv;
 Biroja darba laiks: no plkst. 10.00 līdz 17:00.</t>
   </si>
   <si>
     <t>61/2023</t>
   </si>
@@ -4098,105 +4047,68 @@
   Biroja darba laiks: no plkst.10.00 līdz plkst.18.00</t>
   </si>
   <si>
     <t>8/2024</t>
   </si>
   <si>
     <t>Amerikas Savienotās Valstis, Apvienotie Arābu Emirāti, Armēnija, Austrālija, Austrija, Azerbaidžāna, Baltkrievija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Gruzija, Horvātija, Igaunija, Īrija, Islande, Itālija, Izraēla, Kanāda, Kazahstāna, Kipra, Krievija, Latvija, Lielbritānija, Lietuva, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Šveice, Tadžikistāna, Turcija, Ukraina, Ungārija, Vācija, Zviedrija (2) - 19.02.2024.</t>
   </si>
   <si>
     <t>Staff Power OU Latvijas filiāle</t>
   </si>
   <si>
     <t>Matrožu iela 12A, Jūrmala</t>
   </si>
   <si>
     <t>Tālr. 28171863,
   Biroja darba laiks: no plkst.9.00 līdz plkst.17.00</t>
   </si>
   <si>
     <t>9/2024</t>
   </si>
   <si>
     <t>Latvija, Igaunija, Dānija, Norvēģija, Nīderlande (2) - 21.02.2024.</t>
   </si>
   <si>
-    <t>AD Development</t>
-[...17 lines deleted...]
-  <si>
     <t>Rig Consulting</t>
   </si>
   <si>
     <t>Ausmas iela 5, Dobele</t>
   </si>
   <si>
     <t>Neilandi 1, Rītausmas, Īslīces pagasts, Bauskas novads</t>
   </si>
   <si>
     <t>Tālr. 29997921,
  e-pasts: info@rigconsulting.lv; 
 mājas lapa: www.rigconsulting.eu</t>
   </si>
   <si>
     <t>11/2024</t>
   </si>
   <si>
     <t>Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Horvātija, Igaunija, Īrija, Itālija, Kipra, Latvija, Lielbritānija, Lietuva, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Ungārija, Vācija, Zviedrija (2) - 26.02.2024.</t>
-  </si>
-[...16 lines deleted...]
-    <t>Francija, Šveice (1.C) - 29.02.2024.</t>
   </si>
   <si>
     <t>4D Art</t>
   </si>
   <si>
     <t>Braslas iela 20 - 309, Rīga</t>
   </si>
   <si>
     <t>Tār. 28719055; e-pasts: 4Dart@inbox.lv;
 Biroja darba laiks no plks. 08.00. līdz plkst. 17.00.</t>
   </si>
   <si>
     <t>14/2024</t>
   </si>
   <si>
     <t>Latvija (2) - 29.02.2024.; Igaunija, Lietuva (2) - 02.04.2024.</t>
   </si>
   <si>
     <t>Rentime</t>
   </si>
   <si>
     <t>Mihoelsa iela 3-4, Daugavpils</t>
   </si>
   <si>
     <t>Cietokšņa iela 42A, Daugavpils</t>
@@ -4373,66 +4285,50 @@
 </t>
   </si>
   <si>
     <t>29/2024</t>
   </si>
   <si>
     <t>Umium</t>
   </si>
   <si>
     <t>Tirgoņu iela 9  10, Jūrmala</t>
   </si>
   <si>
     <t>Rusova iela 4 - 5, Rīga</t>
   </si>
   <si>
     <t xml:space="preserve">Tālr. 26490237
 </t>
   </si>
   <si>
     <t>30/2024</t>
   </si>
   <si>
     <t>Latvija, Ukraina  (2) - 18.04.2024.</t>
   </si>
   <si>
-    <t>LVAgency</t>
-[...14 lines deleted...]
-  <si>
     <t>Dimis Adventure</t>
   </si>
   <si>
     <t>Burtnieku iela 1-33, Rīga</t>
   </si>
   <si>
     <t xml:space="preserve">Tār. 27177633, e-pasts: lorraino14@hotmail.com, 
 mājas lapa: https://dimisadventure.com/
 </t>
   </si>
   <si>
     <t>32/2024</t>
   </si>
   <si>
     <t>Amerikas Savienotās Valstis  (1.A) - 23.04.2024.</t>
   </si>
   <si>
     <t>First task Pro</t>
   </si>
   <si>
     <t xml:space="preserve">Lāčplēša iela 87, Rīga </t>
   </si>
   <si>
     <t>Tār. 29655436, e-pasts: firsttaskpro@gmail.com</t>
   </si>
@@ -4803,66 +4699,50 @@
     <t>Tālr. 29176696, e-pasta adrese: lgk@inbox.lv</t>
   </si>
   <si>
     <t>56/2024</t>
   </si>
   <si>
     <t>Latvija (2) - 13.08.2024.</t>
   </si>
   <si>
     <t xml:space="preserve">Dream factory </t>
   </si>
   <si>
     <t>Igates iela 2, Rģa</t>
   </si>
   <si>
     <t>Tālr. 27099016, e-pasta adrese: siadreamfactory@inbox.lv
 Biroja darba laiks:no plkst.09.00 līdz plkst. 15.00.</t>
   </si>
   <si>
     <t>58/2024</t>
   </si>
   <si>
     <t>Latvija, Vācija (2) - 26.08.2024.</t>
   </si>
   <si>
-    <t>Stradfer</t>
-[...14 lines deleted...]
-  <si>
     <t>Dzelzceļa un Infrastruktūras attīstība</t>
   </si>
   <si>
     <t>Rūpniecības iela 19-1, Rīga</t>
   </si>
   <si>
     <t>Tālr. 26532512, e-pasta adrese: info@dzia.lv
 Biroja darba laiks:no plkst.08.00 līdz plkst. 17.00.</t>
   </si>
   <si>
     <t>60/2024</t>
   </si>
   <si>
     <t>Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Horvātija, Igaunija, Islande, Itālija, Īrija, Kipra, Latvija, Lielbritānija, Lietuva, Lihtenšteina, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Slovākija, Slovēnija, Somija, Spānija, Ungārija, Vācija, Zviedrija (2) - 29.08.2024.</t>
   </si>
   <si>
     <t>Fonte</t>
   </si>
   <si>
     <t>Mangaļu prospekts 62-1, Rīga</t>
   </si>
   <si>
     <t>Tālr. 29288300, e-pasta adrese: fonte.riga@gmail.com
 Biroja darba laiks:no plkst.08.00 līdz plkst. 17.00.</t>
   </si>
@@ -5007,57 +4887,57 @@
   <si>
     <t>69/2024</t>
   </si>
   <si>
     <t xml:space="preserve">Amerikas Savienotās Valstis, Apvienotā Karaliste, Lietuva, Igaunija, Zviedrija (1C; 2); Latvija (2) - 25.09.2024. </t>
   </si>
   <si>
     <t xml:space="preserve">Euro-Jobs </t>
   </si>
   <si>
     <t>Baltā iela 1B, Rīga</t>
   </si>
   <si>
     <t>Tālr. +48793534094, e-pasta adrese: eurojobslv@gmail.com; Biroja darba laiks pirmdienās no plkst. 10.00 līdz 14.00</t>
   </si>
   <si>
     <t>70/2024</t>
   </si>
   <si>
     <t>Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Horvātija, Igaunija, Itālija, Īrija, Kipra, Latvija, Lietuva, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Rumānija, Slovākija, Somija, Spānija, Šveice, Ungārija, Vācija, Zviedrija (2) - 30.09.2024.</t>
   </si>
   <si>
     <t>EB INVESTMENTS</t>
   </si>
   <si>
-    <t>Aizsaules iela 1C, Rīga</t>
-[...5 lines deleted...]
-    <t>Tālr. 26309986, e-pasta adrese: info@darbarokas.lv; 
+    <t>Bērzu iela 3, Ulbroka, Stopiņu pagasts, Ropažu novads</t>
+  </si>
+  <si>
+    <t>Gustava Zemgala gatve 71A, Rīga</t>
+  </si>
+  <si>
+    <t>Tālr. 26309986, e-pasta adrese: info@darbarokas.lv; mājas lapas adrese:www.darbarokas.lv
 Biroja darba laiks no plkst. 10.00 līdz plkst. 17.00.</t>
   </si>
   <si>
     <t>71/2024</t>
   </si>
   <si>
     <t>Latvija (2) - 04.10.2024.; Apvienotā Karaliste, Austrija, Beļģija, Čehija, Dānija, Francija, Grieķija, Horvātija, Igaunija, Itālija, Īrija, Īslande, Lietuva, Lihtenšteina, Luksemburga, Nīderlande, Norvēģija, Polija, Portugāle, Slovākija, Slovēnija, Somija, Spānija, Šveice, Vācija, Zviedrija (2) - 30.04.2025.</t>
   </si>
   <si>
     <t>EDARIN</t>
   </si>
   <si>
     <t>Tērbatas iela 59/61-67, Rīga</t>
   </si>
   <si>
     <t>Tālr. 29547487, e-pasta adrese: edarin@edarin.lv;
 Biroja darba laiks no plkst. 9.00 līdz plkst. 17.45;
  mājas lapa: www.edarin.lv</t>
   </si>
   <si>
     <t>72/2024</t>
   </si>
   <si>
     <t>Latvija (2) - 04.10.2024.</t>
   </si>
@@ -5204,69 +5084,50 @@
 mājas lapa: https://tfb.lv, biroja darba laiks: 09.00.-18.00.</t>
   </si>
   <si>
     <t>81/2024</t>
   </si>
   <si>
     <t>Latvija (2) - 25.11.2024.</t>
   </si>
   <si>
     <t>OX Būve</t>
   </si>
   <si>
     <t>Katlakalna iela 11, Rīga</t>
   </si>
   <si>
     <t>Tālr. 29234100, e-pasts: info@oxbuve.lv, 
 biroja darba laiks: 08.00.-17.00.</t>
   </si>
   <si>
     <t>82/2024</t>
   </si>
   <si>
     <t>Latvija (2) - 09.12.2024.</t>
   </si>
   <si>
-    <t>Ziffy</t>
-[...17 lines deleted...]
-  <si>
     <t xml:space="preserve">Greencor </t>
   </si>
   <si>
     <t>Tālr. 26548276, e-pasts: vm@greencor.eu</t>
   </si>
   <si>
     <t>84/2024</t>
   </si>
   <si>
     <t>Austrija, Beļģija, Dānija, Francija, Holande, Rumānija, Ung;arija, Vācija, Zviedrija (2) - 09.12.2024.;                        Šveice (2) - 10.01.2025.</t>
   </si>
   <si>
     <t>FELDMAN</t>
   </si>
   <si>
     <t>Ezermalas iela 19-22, Rīga</t>
   </si>
   <si>
     <t>Baznīcas iela 31, Liepāja (3.stāvs)</t>
   </si>
   <si>
     <t>Tālr. +37065043406, e-pasts: danchikas3@gmail.com, biroja darba laiks: darba dienās no plkst. 9.00 līdz plkst. 18.00</t>
   </si>
   <si>
     <t>85/2024</t>
@@ -5289,126 +5150,93 @@
   <si>
     <t>Tālr. 26156101, e-pasts: siacrickeat@gmail.com, biroja darba laiks: pirmdienās, otrdienās, trešdienās, ceturtdienās no plkst. 10.00 līdz plkst. 15.00.</t>
   </si>
   <si>
     <t>2/2025</t>
   </si>
   <si>
     <t>Amerikas Savienotās Valstis, Albānija, Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Horvātija, Igaunija, Īrija, Islande, Itālija, Kanāda, Kipra, Latvija, Lielbritānija, Lietuva, Lihtenšteina, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Šveice, Ungārija, Vācija, Zviedrija (2) - 02.01.2025.</t>
   </si>
   <si>
     <t>Sanlinijas</t>
   </si>
   <si>
     <t>Mazā Nometņu iela 1-3, Rīga</t>
   </si>
   <si>
     <t>Tālr. +371 28447040, e-pasts: sanlinijas@gmail.com, biroja darba laiks: darba dienās no plkst. 10.00 līdz plkst. 17.00.</t>
   </si>
   <si>
     <t>3/2025</t>
   </si>
   <si>
     <t>Latvija, Lietuva, Malta (2) - 23.01.2025.</t>
   </si>
   <si>
-    <t>LatSteel Company</t>
-[...13 lines deleted...]
-  <si>
     <t>TalentHub</t>
   </si>
   <si>
     <t>Tālr. 29411894, e-pasts: info@talenthub.lv, mājas lapas adrese: www.talenthub.lv; biroja darba laiks: darba dienās no plkst. 9.00 līdz plkst. 17.00.</t>
   </si>
   <si>
     <t>5/2025</t>
   </si>
   <si>
     <t>Austrija, Beļģija, Čehija, Dānija, Francija, Grieķija, Igaunija, Islande, Itālija, Latvija, Lietuva, Lielbritānija, Lihtenšteina, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Slovākija, Slovēnija, Somija, Spānija, Šveice, Ungārija, Vācija, Zviedrija (2) - 24.01.2025.</t>
   </si>
   <si>
     <t>TerraFrame</t>
   </si>
   <si>
     <t>Cēsu iela 43-56, Rīga</t>
   </si>
   <si>
     <t>Lielirbes iela 27, Rīga</t>
   </si>
   <si>
     <t>Tālr. 28159628, e-pasts: terraframe.sia@gmail.com, biroja darba laiks no plkst. 8.00 līdz plkst. 17.00</t>
   </si>
   <si>
     <t>6/2025</t>
   </si>
   <si>
     <t>Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Horvātija, Igaunija, Itālija, Īrija, Islande, Kipra, Latvija, Lihtenšteina, Luksemburga, Lietuva, Lielbritānija, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Slovākija, Slovēnija, Somija, Spānija, Ungārija, Vācija, Zviedrija (2) - 11.02.2025.</t>
   </si>
   <si>
     <t>Bēne Agro</t>
   </si>
   <si>
     <t>"Administratīvā ēka", Iecavas pag., Bauskas nov.</t>
   </si>
   <si>
     <t>Tālr. 27074066, e-pasts: info@beneagro.lv, mājas lapas adrese: https://beneagro.lv/lv</t>
   </si>
   <si>
     <t>7/2025</t>
   </si>
   <si>
     <t>Igaunija, Latvija, Lietuva (2) - 14.02.2025.</t>
-  </si>
-[...16 lines deleted...]
-    <t>Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Horvātija, Igaunija, Islande, Itālija, Īrija, Kipra, Latvija, Lietuva, Lihtenšteina, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Ungārija, Vācija, Zviedrija (2) - 14.02.2025.</t>
   </si>
   <si>
     <t>Wilks</t>
   </si>
   <si>
     <t>Dikļu iela 64, Rīga</t>
   </si>
   <si>
     <t>Tālr. 28600019, e-pasts: langoap@inbox.lv, biroja darba laiks otrdienās no plkst. 10.00 līdz plkst. 18.00</t>
   </si>
   <si>
     <t>9/2025</t>
   </si>
   <si>
     <t>Latvija (2) - 12.02.2025.</t>
   </si>
   <si>
     <t>Express Rent</t>
   </si>
   <si>
     <t>Kadiķu iela 9, Mežāres, Babītes pagasts, Mārupes novads</t>
   </si>
   <si>
     <t>Tālr. 25457187, e-pasts:new_news@inbox.lv, biroja darba laiks katra mēneša pirmajā un trešajā trešdienā no plkst. 10.00 līdz plkst. 14.00</t>
   </si>
@@ -5633,96 +5461,72 @@
     <t>24/2025</t>
   </si>
   <si>
     <t>Latvija, Norvēģija (2) - 26.03.2025.</t>
   </si>
   <si>
     <t>MGN WORKS</t>
   </si>
   <si>
     <t>Stirnu iela 47 - 57, Rīga</t>
   </si>
   <si>
     <t>Tallinas iela 36A - 1, Rīga</t>
   </si>
   <si>
     <t>Tālr. 28279002; e-pasts: info@mgnworks.eu;
  biroja darba laiks: darba dienas no plkst. 9:00 līdz 17.00 (pēc iepriekšēja pieraksta).</t>
   </si>
   <si>
     <t>25/2025</t>
   </si>
   <si>
     <t>Latvija, Zviedrija (2) - 26.03.2025; Nīderlande (2) - 24.10.2025.</t>
   </si>
   <si>
-    <t>JobVision</t>
-[...19 lines deleted...]
-  <si>
     <t>ERTON HOLDING</t>
   </si>
   <si>
     <t>Mārtiņrožu iela 21, Sunīši, Garkalnes pag., Ropažu nov.</t>
   </si>
   <si>
     <t>Uriekstes iela 1, Rīga</t>
   </si>
   <si>
     <t>Tālr. 27728409; e-pasts: Karlis.gulbis@erton.lv; biroja darba laiks: no plkst. 9.00 līdz plkst. 17.00</t>
   </si>
   <si>
     <t>27/2025</t>
   </si>
   <si>
     <t>Zviedrija (1.C) - 04.04.2025.</t>
   </si>
   <si>
     <t>CA Global</t>
   </si>
   <si>
-    <t>Dzirnavu iela 58, Rīga</t>
-[...2 lines deleted...]
-    <t>Tālr. 22134117; e-pasts: info@cagl.eu; biroja darba laiks: no plkst. 10.00 līdz plkst. 16.00.</t>
+    <t>Tālr. 22134117; e-pasts: info@cagl.eu; biroja darba laiks: no plkst. 10.00 līdz plkst. 17.30.</t>
   </si>
   <si>
     <t>28/2025</t>
   </si>
   <si>
     <t>Vācija (2) - 08.04.2025.</t>
   </si>
   <si>
     <t>RIID</t>
   </si>
   <si>
     <t>Nomales iela 7 - 6, Rīga</t>
   </si>
   <si>
     <t>Tallinas iela 70 - 5, Rīga</t>
   </si>
   <si>
     <t>Tālr. 7782670; e-pasts: Riidsia@gmail.com; biroja darba laiiks: darba dienās no plkst. 10.00 līdz 17.00 (pēc iepriekšēja pieraksta)</t>
   </si>
   <si>
     <t>29/2025</t>
   </si>
   <si>
     <t>Latvija, Zviedrija (2) - 11.04.2025.</t>
   </si>
@@ -6085,65 +5889,50 @@
   <si>
     <t>52/2025</t>
   </si>
   <si>
     <t>Latvija (2) - 06.06.2025.</t>
   </si>
   <si>
     <t>MGK Building OÜ Latvijas filiāle</t>
   </si>
   <si>
     <t>Mazā Krasta iela 83, Rīga</t>
   </si>
   <si>
     <t>Murjāņu iela 1A, Rīga</t>
   </si>
   <si>
     <t>Tālr. 20255548; e-pasts: gunta@glaw.lv; biroja darba laiks: no plkst. 9.00 līdz 17.00</t>
   </si>
   <si>
     <t>53/2025</t>
   </si>
   <si>
     <t>Dānija, Nīderlande, Norvēģija, Zviedrija (2) - 11.06.2025.</t>
   </si>
   <si>
-    <t>Rigarocket.eu</t>
-[...13 lines deleted...]
-  <si>
     <t>NORTEX</t>
   </si>
   <si>
     <t>Baznīcas iela 14/16, Liepāja</t>
   </si>
   <si>
     <t>Flotes iela 16, Liepāja</t>
   </si>
   <si>
     <t>Tālr. 25781090; e-pasts: info@nortexgroup.eu; mājas lapas adrese: www.nortexgroup.eu; biroja darba laiks: pirmdiena-piektdiena no plkst. 8.00 līdz 16.00</t>
   </si>
   <si>
     <t>55/2025</t>
   </si>
   <si>
     <t>Latvija, Vācija, Zviedrija (2) - 19.06.2025.</t>
   </si>
   <si>
     <t>Ramtrans</t>
   </si>
   <si>
     <t>Emīlijas Benjamiņas iela 10-14, Rīga</t>
   </si>
   <si>
     <t>Tālr. 28653289; e-pasts: ramtrans2024@gmail.com</t>
@@ -6596,525 +6385,722 @@
   <si>
     <t>IGJ&amp;CO</t>
   </si>
   <si>
     <t>Lāčplēša iela 15 - 65, Aizkraukle, Aizkraukles nov.</t>
   </si>
   <si>
     <t>Tālr. 22558712; e-pasts: igj.co.sia@gmail.com; biroja darba laiks: pirmdiena - piektdiena, no plkst. 9:00 līdz 17:00</t>
   </si>
   <si>
     <t>85/2025</t>
   </si>
   <si>
     <t>Latvija (2) - 23.10.2025.</t>
   </si>
   <si>
     <t>LATKO BŪVE</t>
   </si>
   <si>
     <t>Tirgoņu iela 13, Vaiņode, Vaiņodes pag., Dienvidkurzemes nov.</t>
   </si>
   <si>
     <t>Meistaru iela 5, Valdlauči, Ķekavas pag., Ķekavas nov.</t>
   </si>
   <si>
-    <t>Tālr. 22156600; latko_buve@inbox.lv</t>
+    <t>Tālr. 22156600; e-pasts: latko_buve@inbox.lv</t>
   </si>
   <si>
     <t>86/2025</t>
   </si>
   <si>
     <t>Latvija, Lietuva, Igaunija, Somija, Zviedrija, Norvēgija, Dānija, Holande, Vācija, Francija, Itālija, Šveice, Beļģija (2) - 23.10.2025.</t>
   </si>
   <si>
     <t>KOMODO</t>
   </si>
   <si>
     <t xml:space="preserve">Akmeņu iela 29, Ogre, Ogres nov. </t>
   </si>
   <si>
-    <t>Tālr. 29218977; komodo@darbarokas.lv; biroja darba laiks: darba dienās 10:00 - 17:00.</t>
+    <t>Tālr. 29218977; e-pasts: komodo@darbarokas.lv; biroja darba laiks: darba dienās 10:00 - 17:00</t>
   </si>
   <si>
     <t>87/2025</t>
   </si>
   <si>
     <t>Latvija, Apvienotā Karaliste, Austrija, Beļģija, Čehija, Dānija, Francija, Grieķija, Horvātija, Igaunija, Itālija, Īrija, Islande, Lietuva, Lihtenšteina, Nīderlande, Norvēģija, Polija, Portugāle, Slovākija, Slovēnija, Somija, Spānija, Šveice, Vācija, Zviedrija (2) - 24.10.2025.</t>
   </si>
   <si>
-    <t>Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Horvātija, Igaunija, Itālija, Īrija, Kipra, Luksemburga, Malta, Nīderlande, Norvēģija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Šveice, Ungārija, Vācija, Zviedrija (1.c) - 25.08.2021.;
-Amerikas Savienotās valstis, Kanāda, Lielbritānija, Lietuva  (1.C) - 27.07.2022.</t>
+    <t>Port Dockers</t>
+  </si>
+  <si>
+    <t>Daugavgrīvas iela 81 k -1, Rīga</t>
+  </si>
+  <si>
+    <t>Tālr. 26183667, 29135318; e-pasts: info@portdockers.eu; biroja darba laiks: 9:00 - 17:00</t>
+  </si>
+  <si>
+    <t>88/2025</t>
+  </si>
+  <si>
+    <t>Latvija (2) - 27.10.2025.</t>
+  </si>
+  <si>
+    <t>VK International LV</t>
+  </si>
+  <si>
+    <t>Artilērijas iela 40, Rīga</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tālr. 29511979; e-pasts: vkinternational.ca@gmail.com; biroja darba laiks: 10:00 -18:00; mājas lapas adrese:www.vkinternational.lv  </t>
+  </si>
+  <si>
+    <t>89/2025</t>
+  </si>
+  <si>
+    <t>Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Horvātija Igaunija, Islande, Itālija, Īrija, Kipra, Latvija, Lietuva, Lielbritānija, Lihtenšteina, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Šveice, Ungārija, Vācija, Zviedrija (2) - 27.10.2025.</t>
+  </si>
+  <si>
+    <t>RIKTEX</t>
+  </si>
+  <si>
+    <t>Pērnavas iela 86, Rīga</t>
+  </si>
+  <si>
+    <t>Tālr. 29243336; e-pasts: sia.riktex@gmail.com</t>
+  </si>
+  <si>
+    <t>90/2025</t>
+  </si>
+  <si>
+    <t>Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Igaunija, Islande, Itālija, Latvija, Lietuva, Lihtenšteina, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Slovākija, Slovēnija, Somija, Spānija, Šveice, Ungārija, Vācija, Zviedrija (2) - 27.10.2025.</t>
+  </si>
+  <si>
+    <t>Concord Service Group</t>
+  </si>
+  <si>
+    <t>Izstāžu iela 9, Valdlauči, Ķekavas pag., Ķekavas nov.</t>
+  </si>
+  <si>
+    <t>Tālr. 67289415; e-pasts: latvia@cncgroup.lv; biroja darba laiks: 9:00 - 17:00; mājas lapas adrese: https://www.cncgroup.lv/</t>
+  </si>
+  <si>
+    <t>91/2025</t>
+  </si>
+  <si>
+    <t>ES Work</t>
+  </si>
+  <si>
+    <t>Jaunmoku iela 34, Rīga</t>
+  </si>
+  <si>
+    <t>Raņķa dambis 34 - 75, Rīga</t>
+  </si>
+  <si>
+    <t>Tālr. 25296639; e-pasts: info@eswork.eu; mājas lapas adrese: www.eswork.eu</t>
+  </si>
+  <si>
+    <t>92/2025</t>
+  </si>
+  <si>
+    <t>Vācija, Norvēģija, Zviedrija, Somija, Igaunija, Nīderlande, Austrija, Dānija, Luksemburga, Islande, Šveice (1.C) - 31.10.2025.; Latvija, Vācija, Norvēģija, Zviedrija, Somija, Igaunija, Nīderlande, Austrija, Dānija, Luksemburga, Islande, Šveice (2) - 31.10.2025.</t>
+  </si>
+  <si>
+    <t>D&amp;D Services</t>
+  </si>
+  <si>
+    <t>Krišjāņa Valdemāra iela 149 - 505, Rīga</t>
+  </si>
+  <si>
+    <t>Tālr. 28766655; e-pasts: arnautovs.legal@gmail.com; biroja darba laiks: 10:00 - 18:00</t>
+  </si>
+  <si>
+    <t>93/2025</t>
+  </si>
+  <si>
+    <t>Indija, Nepāla, Bangladeša (1.C) - 06.11.2025.</t>
+  </si>
+  <si>
+    <t>Baltic Crew Agency</t>
+  </si>
+  <si>
+    <t>Kuršu iela 27A - 5, Liepāja</t>
+  </si>
+  <si>
+    <t>Skolas iela 21, 213 kab. Rīga</t>
+  </si>
+  <si>
+    <t>Tālr. 28369677; e-pasts: info@crewbca.lv; mājas lapas adrese: www.crewbca.lv.</t>
+  </si>
+  <si>
+    <t>94/2025</t>
+  </si>
+  <si>
+    <t>Nīderlande, Beļģija, Vācija, Francija, Kipra, Dānija, Norvēģija, Zviedrija, Itālija un Spānija (2) – 13.11.2025.</t>
+  </si>
+  <si>
+    <t>NurGosthof</t>
+  </si>
+  <si>
+    <t>Ilūkstes iela 103 k - 1 - 35, Rīga</t>
+  </si>
+  <si>
+    <t>Ganību dambis 26, 2. stāva telpas Nr. 5, Rīga</t>
+  </si>
+  <si>
+    <t>Tālr. 20034098; e-pasts: aleksandravek@gmail.com; biroja darba laiks: 10:00 - 16:00</t>
+  </si>
+  <si>
+    <t>95/2025</t>
+  </si>
+  <si>
+    <t>Vācija, Latvija, Lietuva, Polija, Portugāle (1.B; 2) – 13.11.2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> KrisvinRecruitment</t>
+  </si>
+  <si>
+    <t>"Ercmaņi 1" - 8, Smārdes pag., Tukuma nov.</t>
+  </si>
+  <si>
+    <t>Tālr. 20624843;  e-pasts: Krisvinrecruitment@outlook.com; biroja darba laiks: 9:00 - 17:00</t>
+  </si>
+  <si>
+    <t>96/2025</t>
+  </si>
+  <si>
+    <t>Lietuva, Vācija, Nīderlande, Beļģija, Zviedrija, Somija, Norvēģija (1.C) – 13.11.2025., Latvija, Lietuva, Vācija, Nīderlande, Beļģija, Zviedrija, Somija, Norvēģija (2) - 13.11.2025.</t>
+  </si>
+  <si>
+    <t>Valaris Serviss</t>
+  </si>
+  <si>
+    <t>Cēres iela 9, Rīga</t>
+  </si>
+  <si>
+    <t>Citadeles iela 2, ofiss 611, Rīga</t>
+  </si>
+  <si>
+    <t>Tālr. 67718055; 29466446, e-pasts: infovalaris@inbox.lv; biroja darba laiks: 9:00 - 17:00</t>
+  </si>
+  <si>
+    <t>97/2025</t>
+  </si>
+  <si>
+    <t>Vācija, Itālija, Igaunija, Lietuva, Polija, Horvātija, Zviedrija, Somija, Austrija (1.C) – 13.11.2025., Latvija, Vācija, Itālija, Igaunija, Lietuva, Polija, Horvātija, Zviedrija, Somija, Austrija (1B; 2) - 13.11.2025.</t>
+  </si>
+  <si>
+    <t>Allieance for Recruitment</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tālr. 25453004; e-pasts: evk@afr.lv; biroja darba laiks: no plkst. 9:00 - 16:00; mājas lapas adrese: https://afr.lv/lv  </t>
+  </si>
+  <si>
+    <t>98/2025</t>
+  </si>
+  <si>
+    <t>Albānija, Amerikas Savienotās valstis, Andora, Apvienotā Karaliste, Austrija, Beļģija, Bosnija un Hercegovina, Bulgārija, Čehija, Dānija, Francija, Grieķija, Horvātija, Igaunija, Itālija, Islande, Īrija, Kipra, Kosova, Lietuva, Lihtenšteina, Luksemburga, Malta, Melnkalne, Moldova, Monako, Nīderlande, Norvēģija, Polija, Portugāle, Rumānija, Sanmarīno, Serbija, Slovākija, Slovēnija, Somija, Spānija, Šveice, Turcija, Ukraina, Ungārija, Vācija, Zviedrija (1.C, 2) - 20.11.2025., Latvija (2) - 20.11.2025.</t>
+  </si>
+  <si>
+    <t>TalentStream</t>
+  </si>
+  <si>
+    <t>“Purenes”, Glūdas pag., Jelgavas nov.</t>
+  </si>
+  <si>
+    <t>Raiņa iela 29 - 201, Jelgava</t>
+  </si>
+  <si>
+    <t>Tālr. 26835620; e-pasts: siatalentstream@gmail.com; biroja darba laiks: katra mēneša pirmā otrdiena no plkst.10:00 - 11:00</t>
+  </si>
+  <si>
+    <t>Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Itālija, Igaunija, Īrija, Islande, Kipra, Lietuva, Luksemburga, Lihtenšteina, Lielbritānija, Malta, Norvēģija, Nīderlande, Polija, Portugāle, Rumānija, Somija, Slovākija, Slovēnija, Spānija, Ungārija, Vācija, Zviedrija (2, 1.C) - 21.11.2025., Latvija (2) - 21.11.2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="11">
+  <fonts count="9">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...5 lines deleted...]
-      <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="BaltOptima"/>
       <charset val="186"/>
     </font>
     <font>
-      <sz val="11"/>
-[...4 lines deleted...]
-    <font>
       <sz val="8"/>
-      <color rgb="FF000000"/>
+      <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
-      <b/>
-[...3 lines deleted...]
-      <family val="2"/>
+      <sz val="8"/>
+      <color indexed="8"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF000000"/>
+      <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFEBF1DE"/>
-        <bgColor rgb="FF000000"/>
+        <fgColor theme="6" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFD9D9D9"/>
-        <bgColor rgb="FF000000"/>
+        <fgColor theme="0" tint="-0.14999847407452621"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFCC99"/>
-        <bgColor rgb="FF000000"/>
+        <fgColor indexed="47"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFFFFF"/>
-        <bgColor rgb="FF000000"/>
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
-        <color rgb="FF969696"/>
+        <color indexed="55"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
-        <color rgb="FF969696"/>
+        <color indexed="55"/>
       </top>
       <bottom style="thin">
-        <color rgb="FF969696"/>
+        <color indexed="55"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color rgb="FFA6A6A6"/>
+        <color theme="0" tint="-0.34998626667073579"/>
       </left>
       <right style="thin">
-        <color rgb="FFA6A6A6"/>
+        <color theme="0" tint="-0.34998626667073579"/>
       </right>
       <top style="thin">
-        <color rgb="FFA6A6A6"/>
+        <color theme="0" tint="-0.34998626667073579"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color rgb="FFA6A6A6"/>
+        <color theme="0" tint="-0.34998626667073579"/>
       </left>
       <right style="thin">
-        <color rgb="FFA6A6A6"/>
+        <color theme="0" tint="-0.34998626667073579"/>
       </right>
       <top style="thin">
-        <color rgb="FFA6A6A6"/>
+        <color theme="0" tint="-0.34998626667073579"/>
       </top>
       <bottom style="thin">
-        <color rgb="FFA6A6A6"/>
+        <color theme="0" tint="-0.34998626667073579"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color rgb="FFA6A6A6"/>
+        <color theme="0" tint="-0.34998626667073579"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
-        <color rgb="FFA6A6A6"/>
+        <color theme="0" tint="-0.34998626667073579"/>
       </top>
       <bottom style="thin">
-        <color rgb="FFA6A6A6"/>
+        <color theme="0" tint="-0.34998626667073579"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="64">
+  <cellXfs count="71">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="3" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="3" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="5" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="5" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="5" fillId="0" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="8" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="5" fillId="0" borderId="8" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="8" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="5" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="8" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="8" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="5" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="14" fontId="8" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="8" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="5" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="14" fontId="8" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="6" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="8" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="6" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="8" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2 3" xfId="3" xr:uid="{CEBA7578-59B2-4647-8F13-60EB332F5D6A}"/>
-[...1 lines deleted...]
-    <cellStyle name="Parasts 2" xfId="2" xr:uid="{AEE5A752-39BE-4DEF-B3D2-ECFE3B8E847C}"/>
+    <cellStyle name="Normal 2 3" xfId="3" xr:uid="{5B4DBBC6-7AEA-4251-B252-4751B8E370BA}"/>
+    <cellStyle name="Normal 6" xfId="1" xr:uid="{296817DF-463C-4259-923E-9F74B94823DB}"/>
+    <cellStyle name="Parasts 2" xfId="2" xr:uid="{E49B0912-7990-4B65-91FB-367CCB730521}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -7356,13382 +7342,12777 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@qbis.lv" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:K388"/>
+  <dimension ref="A1:K387"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A376" workbookViewId="0">
-      <selection activeCell="B358" sqref="B358"/>
+    <sheetView tabSelected="1" topLeftCell="A230" workbookViewId="0">
+      <selection activeCell="B384" sqref="B384"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="4.7109375" style="5" customWidth="1"/>
-[...576 lines deleted...]
-    <col min="16129" max="16384" width="9.140625" style="5"/>
+    <col min="1" max="1" width="4.7109375" customWidth="1"/>
+    <col min="2" max="2" width="29" customWidth="1"/>
+    <col min="3" max="3" width="15" customWidth="1"/>
+    <col min="4" max="5" width="31.42578125" customWidth="1"/>
+    <col min="6" max="6" width="37.42578125" customWidth="1"/>
+    <col min="7" max="7" width="12.28515625" customWidth="1"/>
+    <col min="8" max="8" width="14" customWidth="1"/>
+    <col min="9" max="9" width="19.5703125" customWidth="1"/>
+    <col min="10" max="10" width="11.140625" customWidth="1"/>
+    <col min="11" max="11" width="71.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="27.95" customHeight="1">
+    <row r="1" spans="1:11" ht="18.75">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="3"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="3"/>
       <c r="J1" s="2"/>
       <c r="K1" s="4"/>
     </row>
-    <row r="2" spans="1:11" ht="30" customHeight="1">
-      <c r="A2" s="6" t="s">
+    <row r="2" spans="1:11" ht="42">
+      <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="7" t="s">
+      <c r="B2" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="8" t="s">
+      <c r="C2" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="9" t="s">
+      <c r="D2" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="9" t="s">
+      <c r="E2" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="9" t="s">
+      <c r="F2" s="8" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="10" t="s">
+      <c r="G2" s="9" t="s">
         <v>7</v>
       </c>
-      <c r="H2" s="9" t="s">
+      <c r="H2" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="I2" s="9" t="s">
+      <c r="I2" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="J2" s="9" t="s">
+      <c r="J2" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="K2" s="11" t="s">
+      <c r="K2" s="10" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:11" ht="22.5">
-      <c r="A3" s="12">
+      <c r="A3" s="11">
         <v>1</v>
       </c>
-      <c r="B3" s="13" t="s">
+      <c r="B3" s="12" t="s">
         <v>12</v>
       </c>
-      <c r="C3" s="14" t="s">
+      <c r="C3" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="D3" s="14" t="s">
+      <c r="D3" s="13" t="s">
         <v>14</v>
       </c>
-      <c r="E3" s="14" t="s">
+      <c r="E3" s="13" t="s">
         <v>15</v>
       </c>
-      <c r="F3" s="14" t="s">
+      <c r="F3" s="13" t="s">
         <v>16</v>
       </c>
-      <c r="G3" s="14" t="s">
+      <c r="G3" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="H3" s="15">
+      <c r="H3" s="14">
         <v>43808</v>
       </c>
-      <c r="I3" s="14"/>
-[...3 lines deleted...]
-      <c r="K3" s="14" t="s">
+      <c r="I3" s="13"/>
+      <c r="J3" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K3" s="13" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:11" ht="45">
-      <c r="A4" s="12">
+      <c r="A4" s="11">
         <v>2</v>
       </c>
-      <c r="B4" s="16" t="s">
+      <c r="B4" s="15" t="s">
         <v>19</v>
       </c>
-      <c r="C4" s="14" t="s">
+      <c r="C4" s="13" t="s">
         <v>20</v>
       </c>
-      <c r="D4" s="14" t="s">
+      <c r="D4" s="13" t="s">
         <v>21</v>
       </c>
-      <c r="E4" s="14" t="s">
+      <c r="E4" s="13" t="s">
         <v>22</v>
       </c>
-      <c r="F4" s="14" t="s">
+      <c r="F4" s="13" t="s">
         <v>23</v>
       </c>
-      <c r="G4" s="14" t="s">
+      <c r="G4" s="13" t="s">
         <v>24</v>
       </c>
-      <c r="H4" s="15">
+      <c r="H4" s="14">
         <v>43276</v>
       </c>
-      <c r="I4" s="14"/>
-[...3 lines deleted...]
-      <c r="K4" s="14" t="s">
+      <c r="I4" s="13"/>
+      <c r="J4" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K4" s="13" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="33.75">
-      <c r="A5" s="12">
+      <c r="A5" s="11">
         <v>3</v>
       </c>
-      <c r="B5" s="16" t="s">
+      <c r="B5" s="15" t="s">
         <v>26</v>
       </c>
-      <c r="C5" s="14" t="s">
+      <c r="C5" s="13" t="s">
         <v>27</v>
       </c>
-      <c r="D5" s="14" t="s">
+      <c r="D5" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="E5" s="14" t="s">
+      <c r="E5" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="F5" s="14" t="s">
+      <c r="F5" s="13" t="s">
         <v>29</v>
       </c>
-      <c r="G5" s="14" t="s">
+      <c r="G5" s="13" t="s">
         <v>30</v>
       </c>
-      <c r="H5" s="15">
+      <c r="H5" s="14">
         <v>43654</v>
       </c>
-      <c r="I5" s="14"/>
-[...3 lines deleted...]
-      <c r="K5" s="14" t="s">
+      <c r="I5" s="13"/>
+      <c r="J5" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K5" s="13" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:11" ht="22.5">
-      <c r="A6" s="12">
+      <c r="A6" s="11">
         <v>4</v>
       </c>
-      <c r="B6" s="16" t="s">
+      <c r="B6" s="15" t="s">
         <v>32</v>
       </c>
-      <c r="C6" s="14" t="s">
+      <c r="C6" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="D6" s="16" t="s">
+      <c r="D6" s="15" t="s">
         <v>34</v>
       </c>
-      <c r="E6" s="16" t="s">
+      <c r="E6" s="15" t="s">
         <v>35</v>
       </c>
-      <c r="F6" s="14" t="s">
+      <c r="F6" s="13" t="s">
         <v>36</v>
       </c>
-      <c r="G6" s="14" t="s">
+      <c r="G6" s="13" t="s">
         <v>37</v>
       </c>
-      <c r="H6" s="15">
+      <c r="H6" s="14">
         <v>43570</v>
       </c>
-      <c r="I6" s="16"/>
-[...3 lines deleted...]
-      <c r="K6" s="16" t="s">
+      <c r="I6" s="15"/>
+      <c r="J6" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K6" s="15" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:11" ht="56.25">
-      <c r="A7" s="12">
+      <c r="A7" s="11">
         <v>5</v>
       </c>
-      <c r="B7" s="16" t="s">
+      <c r="B7" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="C7" s="14" t="s">
+      <c r="C7" s="13" t="s">
         <v>40</v>
       </c>
-      <c r="D7" s="16" t="s">
+      <c r="D7" s="15" t="s">
         <v>41</v>
       </c>
-      <c r="E7" s="16" t="s">
+      <c r="E7" s="15" t="s">
         <v>42</v>
       </c>
-      <c r="F7" s="16" t="s">
+      <c r="F7" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="G7" s="14" t="s">
+      <c r="G7" s="13" t="s">
         <v>44</v>
       </c>
-      <c r="H7" s="15">
+      <c r="H7" s="14">
         <v>42348</v>
       </c>
-      <c r="I7" s="16"/>
-[...3 lines deleted...]
-      <c r="K7" s="16" t="s">
+      <c r="I7" s="15"/>
+      <c r="J7" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K7" s="15" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="67.5">
-      <c r="A8" s="12">
+      <c r="A8" s="11">
         <v>6</v>
       </c>
-      <c r="B8" s="16" t="s">
+      <c r="B8" s="15" t="s">
         <v>46</v>
       </c>
-      <c r="C8" s="16">
+      <c r="C8" s="15">
         <v>42103096874</v>
       </c>
-      <c r="D8" s="16" t="s">
+      <c r="D8" s="15" t="s">
         <v>47</v>
       </c>
-      <c r="E8" s="16" t="s">
+      <c r="E8" s="15" t="s">
         <v>47</v>
       </c>
-      <c r="F8" s="16" t="s">
+      <c r="F8" s="15" t="s">
         <v>48</v>
       </c>
-      <c r="G8" s="14" t="s">
+      <c r="G8" s="13" t="s">
         <v>49</v>
       </c>
-      <c r="H8" s="15">
+      <c r="H8" s="14">
         <v>43732</v>
       </c>
-      <c r="I8" s="16"/>
-[...3 lines deleted...]
-      <c r="K8" s="16" t="s">
+      <c r="I8" s="15"/>
+      <c r="J8" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K8" s="15" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="78.75">
-      <c r="A9" s="12">
+      <c r="A9" s="11">
         <v>7</v>
       </c>
-      <c r="B9" s="16" t="s">
+      <c r="B9" s="15" t="s">
         <v>51</v>
       </c>
-      <c r="C9" s="14" t="s">
+      <c r="C9" s="13" t="s">
         <v>52</v>
       </c>
-      <c r="D9" s="16" t="s">
+      <c r="D9" s="15" t="s">
         <v>53</v>
       </c>
-      <c r="E9" s="16" t="s">
+      <c r="E9" s="15" t="s">
         <v>53</v>
       </c>
-      <c r="F9" s="16" t="s">
+      <c r="F9" s="15" t="s">
         <v>54</v>
       </c>
-      <c r="G9" s="14" t="s">
+      <c r="G9" s="13" t="s">
         <v>55</v>
       </c>
-      <c r="H9" s="15">
+      <c r="H9" s="14">
         <v>40597</v>
       </c>
-      <c r="I9" s="16"/>
-[...3 lines deleted...]
-      <c r="K9" s="16" t="s">
+      <c r="I9" s="15"/>
+      <c r="J9" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K9" s="15" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="33.75">
-      <c r="A10" s="12">
+      <c r="A10" s="11">
         <v>8</v>
       </c>
-      <c r="B10" s="16" t="s">
+      <c r="B10" s="15" t="s">
         <v>57</v>
       </c>
-      <c r="C10" s="14" t="s">
+      <c r="C10" s="13" t="s">
         <v>58</v>
       </c>
-      <c r="D10" s="14" t="s">
+      <c r="D10" s="13" t="s">
         <v>59</v>
       </c>
-      <c r="E10" s="14" t="s">
+      <c r="E10" s="13" t="s">
         <v>60</v>
       </c>
-      <c r="F10" s="14" t="s">
+      <c r="F10" s="13" t="s">
         <v>61</v>
       </c>
-      <c r="G10" s="14" t="s">
+      <c r="G10" s="13" t="s">
         <v>62</v>
       </c>
-      <c r="H10" s="15">
+      <c r="H10" s="14">
         <v>42957</v>
       </c>
-      <c r="I10" s="14"/>
-[...3 lines deleted...]
-      <c r="K10" s="14" t="s">
+      <c r="I10" s="13"/>
+      <c r="J10" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K10" s="13" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="33.75">
-      <c r="A11" s="12">
+      <c r="A11" s="11">
         <v>9</v>
       </c>
-      <c r="B11" s="17" t="s">
+      <c r="B11" s="16" t="s">
         <v>64</v>
       </c>
-      <c r="C11" s="18" t="s">
+      <c r="C11" s="17" t="s">
         <v>65</v>
       </c>
-      <c r="D11" s="18" t="s">
+      <c r="D11" s="17" t="s">
         <v>66</v>
       </c>
-      <c r="E11" s="18" t="s">
+      <c r="E11" s="17" t="s">
         <v>66</v>
       </c>
-      <c r="F11" s="18" t="s">
+      <c r="F11" s="17" t="s">
         <v>67</v>
       </c>
-      <c r="G11" s="14" t="s">
+      <c r="G11" s="13" t="s">
         <v>68</v>
       </c>
-      <c r="H11" s="19">
+      <c r="H11" s="18">
         <v>43899</v>
       </c>
-      <c r="I11" s="18"/>
-[...3 lines deleted...]
-      <c r="K11" s="18" t="s">
+      <c r="I11" s="17"/>
+      <c r="J11" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K11" s="17" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="33.75">
-      <c r="A12" s="12">
+      <c r="A12" s="11">
         <v>10</v>
       </c>
-      <c r="B12" s="16" t="s">
+      <c r="B12" s="15" t="s">
         <v>70</v>
       </c>
-      <c r="C12" s="14">
+      <c r="C12" s="13">
         <v>40203103252</v>
       </c>
-      <c r="D12" s="14" t="s">
+      <c r="D12" s="13" t="s">
         <v>71</v>
       </c>
-      <c r="E12" s="14" t="s">
+      <c r="E12" s="13" t="s">
         <v>71</v>
       </c>
-      <c r="F12" s="14" t="s">
+      <c r="F12" s="13" t="s">
         <v>72</v>
       </c>
-      <c r="G12" s="14" t="s">
+      <c r="G12" s="13" t="s">
         <v>73</v>
       </c>
-      <c r="H12" s="15">
+      <c r="H12" s="14">
         <v>43315</v>
       </c>
-      <c r="I12" s="14"/>
-[...3 lines deleted...]
-      <c r="K12" s="14" t="s">
+      <c r="I12" s="13"/>
+      <c r="J12" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K12" s="13" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="33.75">
-      <c r="A13" s="12">
+      <c r="A13" s="11">
         <v>11</v>
       </c>
-      <c r="B13" s="16" t="s">
+      <c r="B13" s="15" t="s">
         <v>75</v>
       </c>
-      <c r="C13" s="14">
+      <c r="C13" s="13">
         <v>40103354574</v>
       </c>
-      <c r="D13" s="14" t="s">
+      <c r="D13" s="13" t="s">
         <v>76</v>
       </c>
-      <c r="E13" s="14" t="s">
+      <c r="E13" s="13" t="s">
         <v>77</v>
       </c>
-      <c r="F13" s="14" t="s">
+      <c r="F13" s="13" t="s">
         <v>78</v>
       </c>
-      <c r="G13" s="14" t="s">
+      <c r="G13" s="13" t="s">
         <v>79</v>
       </c>
-      <c r="H13" s="15">
+      <c r="H13" s="14">
         <v>42618</v>
       </c>
-      <c r="I13" s="14"/>
-[...3 lines deleted...]
-      <c r="K13" s="14" t="s">
+      <c r="I13" s="13"/>
+      <c r="J13" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K13" s="13" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="22.5">
-      <c r="A14" s="12">
+      <c r="A14" s="11">
         <v>12</v>
       </c>
-      <c r="B14" s="13" t="s">
+      <c r="B14" s="12" t="s">
         <v>81</v>
       </c>
-      <c r="C14" s="16">
+      <c r="C14" s="15">
         <v>40003847585</v>
       </c>
-      <c r="D14" s="16" t="s">
+      <c r="D14" s="15" t="s">
         <v>82</v>
       </c>
-      <c r="E14" s="16" t="s">
+      <c r="E14" s="15" t="s">
         <v>82</v>
       </c>
-      <c r="F14" s="16" t="s">
+      <c r="F14" s="15" t="s">
         <v>83</v>
       </c>
-      <c r="G14" s="14" t="s">
+      <c r="G14" s="13" t="s">
         <v>84</v>
       </c>
-      <c r="H14" s="15">
+      <c r="H14" s="14">
         <v>43990</v>
       </c>
-      <c r="I14" s="16"/>
-[...3 lines deleted...]
-      <c r="K14" s="16" t="s">
+      <c r="I14" s="15"/>
+      <c r="J14" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K14" s="15" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="33.75">
-      <c r="A15" s="12">
+      <c r="A15" s="11">
         <v>13</v>
       </c>
-      <c r="B15" s="20" t="s">
+      <c r="B15" s="19" t="s">
         <v>86</v>
       </c>
-      <c r="C15" s="14" t="s">
+      <c r="C15" s="13" t="s">
         <v>87</v>
       </c>
-      <c r="D15" s="16" t="s">
+      <c r="D15" s="15" t="s">
         <v>88</v>
       </c>
-      <c r="E15" s="16" t="s">
+      <c r="E15" s="15" t="s">
         <v>88</v>
       </c>
-      <c r="F15" s="16" t="s">
+      <c r="F15" s="15" t="s">
         <v>89</v>
       </c>
-      <c r="G15" s="14" t="s">
+      <c r="G15" s="13" t="s">
         <v>90</v>
       </c>
-      <c r="H15" s="15">
+      <c r="H15" s="14">
         <v>43768</v>
       </c>
-      <c r="I15" s="16"/>
-[...3 lines deleted...]
-      <c r="K15" s="16" t="s">
+      <c r="I15" s="15"/>
+      <c r="J15" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K15" s="15" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="16" spans="1:11" ht="43.15" customHeight="1">
-      <c r="A16" s="12">
+    <row r="16" spans="1:11" ht="56.25">
+      <c r="A16" s="11">
         <v>14</v>
       </c>
-      <c r="B16" s="16" t="s">
+      <c r="B16" s="15" t="s">
         <v>92</v>
       </c>
-      <c r="C16" s="16">
+      <c r="C16" s="15">
         <v>50103810561</v>
       </c>
-      <c r="D16" s="16" t="s">
+      <c r="D16" s="15" t="s">
         <v>93</v>
       </c>
-      <c r="E16" s="16" t="s">
+      <c r="E16" s="15" t="s">
         <v>94</v>
       </c>
-      <c r="F16" s="16" t="s">
+      <c r="F16" s="15" t="s">
         <v>95</v>
       </c>
-      <c r="G16" s="14" t="s">
+      <c r="G16" s="13" t="s">
         <v>96</v>
       </c>
-      <c r="H16" s="15">
+      <c r="H16" s="14">
         <v>44979</v>
       </c>
-      <c r="I16" s="16"/>
-[...3 lines deleted...]
-      <c r="K16" s="16" t="s">
+      <c r="I16" s="15"/>
+      <c r="J16" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K16" s="15" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="33.75">
-      <c r="A17" s="12">
+      <c r="A17" s="11">
         <v>15</v>
       </c>
-      <c r="B17" s="16" t="s">
+      <c r="B17" s="15" t="s">
         <v>98</v>
       </c>
-      <c r="C17" s="14" t="s">
+      <c r="C17" s="13" t="s">
         <v>99</v>
       </c>
-      <c r="D17" s="16" t="s">
+      <c r="D17" s="15" t="s">
         <v>100</v>
       </c>
-      <c r="E17" s="16" t="s">
+      <c r="E17" s="15" t="s">
         <v>100</v>
       </c>
-      <c r="F17" s="16" t="s">
+      <c r="F17" s="15" t="s">
         <v>101</v>
       </c>
-      <c r="G17" s="14" t="s">
+      <c r="G17" s="13" t="s">
         <v>102</v>
       </c>
-      <c r="H17" s="15">
+      <c r="H17" s="14">
         <v>42060</v>
       </c>
-      <c r="I17" s="16"/>
-[...3 lines deleted...]
-      <c r="K17" s="16" t="s">
+      <c r="I17" s="15"/>
+      <c r="J17" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K17" s="15" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="18" spans="1:11" ht="49.15" customHeight="1">
-      <c r="A18" s="12">
+    <row r="18" spans="1:11" ht="45">
+      <c r="A18" s="11">
         <v>16</v>
       </c>
-      <c r="B18" s="16" t="s">
+      <c r="B18" s="15" t="s">
         <v>104</v>
       </c>
-      <c r="C18" s="16">
+      <c r="C18" s="15">
         <v>40203077250</v>
       </c>
-      <c r="D18" s="16" t="s">
+      <c r="D18" s="15" t="s">
         <v>105</v>
       </c>
-      <c r="E18" s="16" t="s">
+      <c r="E18" s="15" t="s">
         <v>105</v>
       </c>
-      <c r="F18" s="16" t="s">
+      <c r="F18" s="15" t="s">
         <v>106</v>
       </c>
-      <c r="G18" s="14" t="s">
+      <c r="G18" s="13" t="s">
         <v>107</v>
       </c>
-      <c r="H18" s="15">
+      <c r="H18" s="14">
         <v>43516</v>
       </c>
-      <c r="I18" s="16"/>
-[...3 lines deleted...]
-      <c r="K18" s="16" t="s">
+      <c r="I18" s="15"/>
+      <c r="J18" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K18" s="15" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="22.5">
-      <c r="A19" s="12">
+      <c r="A19" s="11">
         <v>17</v>
       </c>
-      <c r="B19" s="16" t="s">
+      <c r="B19" s="15" t="s">
         <v>109</v>
       </c>
-      <c r="C19" s="14" t="s">
+      <c r="C19" s="13" t="s">
         <v>110</v>
       </c>
-      <c r="D19" s="14" t="s">
+      <c r="D19" s="13" t="s">
         <v>111</v>
       </c>
-      <c r="E19" s="14" t="s">
+      <c r="E19" s="13" t="s">
         <v>111</v>
       </c>
-      <c r="F19" s="14" t="s">
+      <c r="F19" s="13" t="s">
         <v>112</v>
       </c>
-      <c r="G19" s="14" t="s">
+      <c r="G19" s="13" t="s">
         <v>113</v>
       </c>
-      <c r="H19" s="15">
+      <c r="H19" s="14">
         <v>43791</v>
       </c>
-      <c r="I19" s="14"/>
-[...3 lines deleted...]
-      <c r="K19" s="14" t="s">
+      <c r="I19" s="13"/>
+      <c r="J19" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K19" s="13" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="33.75">
-      <c r="A20" s="12">
+      <c r="A20" s="11">
         <v>18</v>
       </c>
-      <c r="B20" s="16" t="s">
+      <c r="B20" s="15" t="s">
         <v>115</v>
       </c>
-      <c r="C20" s="14" t="s">
+      <c r="C20" s="13" t="s">
         <v>116</v>
       </c>
-      <c r="D20" s="14" t="s">
+      <c r="D20" s="13" t="s">
         <v>117</v>
       </c>
-      <c r="E20" s="14" t="s">
+      <c r="E20" s="13" t="s">
         <v>117</v>
       </c>
-      <c r="F20" s="14" t="s">
+      <c r="F20" s="13" t="s">
         <v>118</v>
       </c>
-      <c r="G20" s="14" t="s">
+      <c r="G20" s="13" t="s">
         <v>119</v>
       </c>
-      <c r="H20" s="15">
+      <c r="H20" s="14">
         <v>41443</v>
       </c>
-      <c r="I20" s="14"/>
-[...3 lines deleted...]
-      <c r="K20" s="14" t="s">
+      <c r="I20" s="13"/>
+      <c r="J20" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K20" s="13" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="21" spans="1:11" ht="42.75" customHeight="1">
-      <c r="A21" s="12">
+    <row r="21" spans="1:11" ht="33.75">
+      <c r="A21" s="11">
         <v>19</v>
       </c>
-      <c r="B21" s="16" t="s">
+      <c r="B21" s="15" t="s">
         <v>121</v>
       </c>
-      <c r="C21" s="14">
+      <c r="C21" s="13">
         <v>40003896190</v>
       </c>
-      <c r="D21" s="14" t="s">
+      <c r="D21" s="13" t="s">
         <v>122</v>
       </c>
-      <c r="E21" s="14" t="s">
+      <c r="E21" s="13" t="s">
         <v>122</v>
       </c>
-      <c r="F21" s="14" t="s">
+      <c r="F21" s="13" t="s">
         <v>123</v>
       </c>
-      <c r="G21" s="14" t="s">
+      <c r="G21" s="13" t="s">
         <v>124</v>
       </c>
-      <c r="H21" s="15">
+      <c r="H21" s="14">
         <v>43813</v>
       </c>
-      <c r="I21" s="14"/>
-[...3 lines deleted...]
-      <c r="K21" s="14" t="s">
+      <c r="I21" s="13"/>
+      <c r="J21" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K21" s="13" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="45">
-      <c r="A22" s="12">
+      <c r="A22" s="11">
         <v>20</v>
       </c>
-      <c r="B22" s="16" t="s">
+      <c r="B22" s="15" t="s">
         <v>125</v>
       </c>
-      <c r="C22" s="14" t="s">
+      <c r="C22" s="13" t="s">
         <v>126</v>
       </c>
-      <c r="D22" s="14" t="s">
+      <c r="D22" s="13" t="s">
         <v>127</v>
       </c>
-      <c r="E22" s="14" t="s">
+      <c r="E22" s="13" t="s">
         <v>127</v>
       </c>
-      <c r="F22" s="14" t="s">
+      <c r="F22" s="13" t="s">
         <v>128</v>
       </c>
-      <c r="G22" s="14" t="s">
+      <c r="G22" s="13" t="s">
         <v>129</v>
       </c>
-      <c r="H22" s="15">
+      <c r="H22" s="14">
         <v>42277</v>
       </c>
-      <c r="I22" s="14"/>
-[...3 lines deleted...]
-      <c r="K22" s="14" t="s">
+      <c r="I22" s="13"/>
+      <c r="J22" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K22" s="13" t="s">
         <v>130</v>
       </c>
     </row>
-    <row r="23" spans="1:11" ht="30.75" customHeight="1">
-      <c r="A23" s="12">
+    <row r="23" spans="1:11" ht="33.75">
+      <c r="A23" s="11">
         <v>21</v>
       </c>
-      <c r="B23" s="13" t="s">
+      <c r="B23" s="12" t="s">
         <v>131</v>
       </c>
-      <c r="C23" s="16">
+      <c r="C23" s="15">
         <v>40103855061</v>
       </c>
-      <c r="D23" s="16" t="s">
+      <c r="D23" s="15" t="s">
         <v>132</v>
       </c>
-      <c r="E23" s="16" t="s">
+      <c r="E23" s="15" t="s">
         <v>132</v>
       </c>
-      <c r="F23" s="16" t="s">
+      <c r="F23" s="15" t="s">
         <v>133</v>
       </c>
-      <c r="G23" s="14" t="s">
+      <c r="G23" s="13" t="s">
         <v>134</v>
       </c>
-      <c r="H23" s="15">
+      <c r="H23" s="14">
         <v>42718</v>
       </c>
-      <c r="I23" s="16"/>
-[...3 lines deleted...]
-      <c r="K23" s="16" t="s">
+      <c r="I23" s="15"/>
+      <c r="J23" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K23" s="15" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="24" spans="1:11">
-      <c r="A24" s="12">
+      <c r="A24" s="11">
         <v>22</v>
       </c>
-      <c r="B24" s="16" t="s">
+      <c r="B24" s="15" t="s">
         <v>136</v>
       </c>
-      <c r="C24" s="14" t="s">
+      <c r="C24" s="13" t="s">
         <v>137</v>
       </c>
-      <c r="D24" s="16" t="s">
+      <c r="D24" s="15" t="s">
         <v>138</v>
       </c>
-      <c r="E24" s="16" t="s">
+      <c r="E24" s="15" t="s">
         <v>139</v>
       </c>
-      <c r="F24" s="16" t="s">
+      <c r="F24" s="15" t="s">
         <v>140</v>
       </c>
-      <c r="G24" s="14" t="s">
+      <c r="G24" s="13" t="s">
         <v>141</v>
       </c>
-      <c r="H24" s="15">
+      <c r="H24" s="14">
         <v>42361</v>
       </c>
-      <c r="I24" s="16"/>
-[...3 lines deleted...]
-      <c r="K24" s="16" t="s">
+      <c r="I24" s="15"/>
+      <c r="J24" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K24" s="15" t="s">
         <v>142</v>
       </c>
     </row>
-    <row r="25" spans="1:11" ht="44.65" customHeight="1">
-      <c r="A25" s="12">
+    <row r="25" spans="1:11" ht="45">
+      <c r="A25" s="11">
         <v>23</v>
       </c>
-      <c r="B25" s="16" t="s">
+      <c r="B25" s="15" t="s">
         <v>143</v>
       </c>
-      <c r="C25" s="16">
+      <c r="C25" s="15">
         <v>40003480317</v>
       </c>
-      <c r="D25" s="16" t="s">
+      <c r="D25" s="15" t="s">
         <v>144</v>
       </c>
-      <c r="E25" s="16" t="s">
+      <c r="E25" s="15" t="s">
         <v>144</v>
       </c>
-      <c r="F25" s="16" t="s">
+      <c r="F25" s="15" t="s">
         <v>145</v>
       </c>
-      <c r="G25" s="14">
+      <c r="G25" s="13">
         <v>73</v>
       </c>
-      <c r="H25" s="15">
+      <c r="H25" s="14">
         <v>39671</v>
       </c>
-      <c r="I25" s="16"/>
-[...3 lines deleted...]
-      <c r="K25" s="16" t="s">
+      <c r="I25" s="15"/>
+      <c r="J25" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K25" s="15" t="s">
         <v>146</v>
       </c>
     </row>
-    <row r="26" spans="1:11" ht="22.5" customHeight="1">
-      <c r="A26" s="12">
+    <row r="26" spans="1:11" ht="22.5">
+      <c r="A26" s="11">
         <v>24</v>
       </c>
-      <c r="B26" s="16" t="s">
+      <c r="B26" s="15" t="s">
         <v>147</v>
       </c>
-      <c r="C26" s="14">
+      <c r="C26" s="13">
         <v>40103797168</v>
       </c>
-      <c r="D26" s="14" t="s">
+      <c r="D26" s="13" t="s">
         <v>148</v>
       </c>
-      <c r="E26" s="14" t="s">
+      <c r="E26" s="13" t="s">
         <v>149</v>
       </c>
-      <c r="F26" s="14" t="s">
+      <c r="F26" s="13" t="s">
         <v>150</v>
       </c>
-      <c r="G26" s="14" t="s">
+      <c r="G26" s="13" t="s">
         <v>151</v>
       </c>
-      <c r="H26" s="15">
+      <c r="H26" s="14">
         <v>43720</v>
       </c>
-      <c r="I26" s="14"/>
-[...3 lines deleted...]
-      <c r="K26" s="14" t="s">
+      <c r="I26" s="13"/>
+      <c r="J26" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K26" s="13" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="33.75">
-      <c r="A27" s="12">
+      <c r="A27" s="11">
         <v>25</v>
       </c>
-      <c r="B27" s="16" t="s">
+      <c r="B27" s="15" t="s">
         <v>153</v>
       </c>
-      <c r="C27" s="14" t="s">
+      <c r="C27" s="13" t="s">
         <v>154</v>
       </c>
-      <c r="D27" s="16" t="s">
+      <c r="D27" s="15" t="s">
         <v>155</v>
       </c>
-      <c r="E27" s="16" t="s">
+      <c r="E27" s="15" t="s">
         <v>155</v>
       </c>
-      <c r="F27" s="16" t="s">
+      <c r="F27" s="15" t="s">
         <v>156</v>
       </c>
-      <c r="G27" s="14">
+      <c r="G27" s="13">
         <v>21</v>
       </c>
-      <c r="H27" s="15">
+      <c r="H27" s="14">
         <v>44769</v>
       </c>
-      <c r="I27" s="16"/>
-[...3 lines deleted...]
-      <c r="K27" s="16" t="s">
+      <c r="I27" s="15"/>
+      <c r="J27" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K27" s="15" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="67.5">
-      <c r="A28" s="12">
+      <c r="A28" s="11">
         <v>26</v>
       </c>
-      <c r="B28" s="16" t="s">
+      <c r="B28" s="15" t="s">
         <v>158</v>
       </c>
-      <c r="C28" s="14" t="s">
+      <c r="C28" s="13" t="s">
         <v>159</v>
       </c>
-      <c r="D28" s="16" t="s">
+      <c r="D28" s="15" t="s">
         <v>160</v>
       </c>
-      <c r="E28" s="16" t="s">
+      <c r="E28" s="15" t="s">
         <v>160</v>
       </c>
-      <c r="F28" s="16" t="s">
+      <c r="F28" s="15" t="s">
         <v>161</v>
       </c>
-      <c r="G28" s="14" t="s">
+      <c r="G28" s="13" t="s">
         <v>162</v>
       </c>
-      <c r="H28" s="15">
+      <c r="H28" s="14">
         <v>43860</v>
       </c>
-      <c r="I28" s="16"/>
-[...3 lines deleted...]
-      <c r="K28" s="16" t="s">
+      <c r="I28" s="15"/>
+      <c r="J28" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K28" s="15" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="45">
-      <c r="A29" s="12">
+      <c r="A29" s="11">
         <v>27</v>
       </c>
-      <c r="B29" s="16" t="s">
+      <c r="B29" s="15" t="s">
         <v>164</v>
       </c>
-      <c r="C29" s="14">
+      <c r="C29" s="13">
         <v>40203060108</v>
       </c>
-      <c r="D29" s="14" t="s">
+      <c r="D29" s="13" t="s">
         <v>165</v>
       </c>
-      <c r="E29" s="14" t="s">
+      <c r="E29" s="13" t="s">
         <v>165</v>
       </c>
-      <c r="F29" s="14" t="s">
+      <c r="F29" s="13" t="s">
         <v>166</v>
       </c>
-      <c r="G29" s="14" t="s">
+      <c r="G29" s="13" t="s">
         <v>167</v>
       </c>
-      <c r="H29" s="15">
+      <c r="H29" s="14">
         <v>43131</v>
       </c>
-      <c r="I29" s="14"/>
-[...3 lines deleted...]
-      <c r="K29" s="14" t="s">
+      <c r="I29" s="13"/>
+      <c r="J29" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K29" s="13" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="45">
-      <c r="A30" s="12">
+      <c r="A30" s="11">
         <v>28</v>
       </c>
-      <c r="B30" s="16" t="s">
+      <c r="B30" s="15" t="s">
         <v>169</v>
       </c>
-      <c r="C30" s="16">
+      <c r="C30" s="15">
         <v>40203090691</v>
       </c>
-      <c r="D30" s="16" t="s">
+      <c r="D30" s="15" t="s">
         <v>170</v>
       </c>
-      <c r="E30" s="16" t="s">
+      <c r="E30" s="15" t="s">
         <v>171</v>
       </c>
-      <c r="F30" s="16" t="s">
+      <c r="F30" s="15" t="s">
         <v>172</v>
       </c>
-      <c r="G30" s="14" t="s">
+      <c r="G30" s="13" t="s">
         <v>173</v>
       </c>
-      <c r="H30" s="15">
+      <c r="H30" s="14">
         <v>43271</v>
       </c>
-      <c r="I30" s="16"/>
-[...3 lines deleted...]
-      <c r="K30" s="16" t="s">
+      <c r="I30" s="15"/>
+      <c r="J30" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K30" s="15" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="67.5">
-      <c r="A31" s="12">
+      <c r="A31" s="11">
         <v>29</v>
       </c>
-      <c r="B31" s="21" t="s">
+      <c r="B31" s="20" t="s">
         <v>175</v>
       </c>
-      <c r="C31" s="22" t="s">
+      <c r="C31" s="21" t="s">
         <v>176</v>
       </c>
-      <c r="D31" s="21" t="s">
+      <c r="D31" s="20" t="s">
         <v>177</v>
       </c>
-      <c r="E31" s="21" t="s">
+      <c r="E31" s="20" t="s">
         <v>178</v>
       </c>
-      <c r="F31" s="21" t="s">
+      <c r="F31" s="20" t="s">
         <v>179</v>
       </c>
-      <c r="G31" s="14">
+      <c r="G31" s="13">
         <v>48</v>
       </c>
-      <c r="H31" s="23">
+      <c r="H31" s="22">
         <v>39507</v>
       </c>
-      <c r="I31" s="21"/>
-[...3 lines deleted...]
-      <c r="K31" s="21" t="s">
+      <c r="I31" s="20"/>
+      <c r="J31" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K31" s="20" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="22.5">
-      <c r="A32" s="12">
+      <c r="A32" s="11">
         <v>30</v>
       </c>
-      <c r="B32" s="16" t="s">
+      <c r="B32" s="15" t="s">
         <v>181</v>
       </c>
-      <c r="C32" s="16" t="s">
+      <c r="C32" s="15" t="s">
         <v>182</v>
       </c>
-      <c r="D32" s="16" t="s">
+      <c r="D32" s="15" t="s">
         <v>183</v>
       </c>
-      <c r="E32" s="16" t="s">
+      <c r="E32" s="15" t="s">
         <v>183</v>
       </c>
-      <c r="F32" s="16" t="s">
+      <c r="F32" s="15" t="s">
         <v>184</v>
       </c>
-      <c r="G32" s="14" t="s">
+      <c r="G32" s="13" t="s">
         <v>185</v>
       </c>
-      <c r="H32" s="15">
+      <c r="H32" s="14">
         <v>43236</v>
       </c>
-      <c r="I32" s="16"/>
-[...3 lines deleted...]
-      <c r="K32" s="16" t="s">
+      <c r="I32" s="15"/>
+      <c r="J32" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K32" s="15" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="22.5">
-      <c r="A33" s="12">
+      <c r="A33" s="11">
         <v>31</v>
       </c>
-      <c r="B33" s="16" t="s">
+      <c r="B33" s="15" t="s">
         <v>187</v>
       </c>
-      <c r="C33" s="16">
+      <c r="C33" s="15">
         <v>40103542562</v>
       </c>
-      <c r="D33" s="16" t="s">
+      <c r="D33" s="15" t="s">
         <v>188</v>
       </c>
-      <c r="E33" s="16" t="s">
+      <c r="E33" s="15" t="s">
         <v>189</v>
       </c>
-      <c r="F33" s="16" t="s">
+      <c r="F33" s="15" t="s">
         <v>190</v>
       </c>
-      <c r="G33" s="14" t="s">
+      <c r="G33" s="13" t="s">
         <v>191</v>
       </c>
-      <c r="H33" s="15">
+      <c r="H33" s="14">
         <v>43685</v>
       </c>
-      <c r="I33" s="16"/>
-[...3 lines deleted...]
-      <c r="K33" s="16" t="s">
+      <c r="I33" s="15"/>
+      <c r="J33" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K33" s="15" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="67.5">
-      <c r="A34" s="12">
+      <c r="A34" s="11">
         <v>32</v>
       </c>
-      <c r="B34" s="16" t="s">
+      <c r="B34" s="15" t="s">
         <v>193</v>
       </c>
-      <c r="C34" s="16" t="s">
+      <c r="C34" s="15" t="s">
         <v>194</v>
       </c>
-      <c r="D34" s="16" t="s">
+      <c r="D34" s="15" t="s">
         <v>195</v>
       </c>
-      <c r="E34" s="16" t="s">
+      <c r="E34" s="15" t="s">
         <v>195</v>
       </c>
-      <c r="F34" s="16" t="s">
+      <c r="F34" s="15" t="s">
         <v>196</v>
       </c>
-      <c r="G34" s="14" t="s">
+      <c r="G34" s="13" t="s">
         <v>197</v>
       </c>
-      <c r="H34" s="15">
+      <c r="H34" s="14">
         <v>43258</v>
       </c>
-      <c r="I34" s="16"/>
-[...3 lines deleted...]
-      <c r="K34" s="16" t="s">
+      <c r="I34" s="15"/>
+      <c r="J34" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K34" s="15" t="s">
         <v>198</v>
       </c>
     </row>
-    <row r="35" spans="1:11" ht="22.5" customHeight="1">
-      <c r="A35" s="12">
+    <row r="35" spans="1:11" ht="22.5">
+      <c r="A35" s="11">
         <v>33</v>
       </c>
-      <c r="B35" s="16" t="s">
+      <c r="B35" s="15" t="s">
         <v>199</v>
       </c>
-      <c r="C35" s="16" t="s">
+      <c r="C35" s="15" t="s">
         <v>200</v>
       </c>
-      <c r="D35" s="16" t="s">
+      <c r="D35" s="15" t="s">
         <v>201</v>
       </c>
-      <c r="E35" s="16" t="s">
+      <c r="E35" s="15" t="s">
         <v>201</v>
       </c>
-      <c r="F35" s="16" t="s">
+      <c r="F35" s="15" t="s">
         <v>202</v>
       </c>
-      <c r="G35" s="14" t="s">
+      <c r="G35" s="13" t="s">
         <v>203</v>
       </c>
-      <c r="H35" s="15">
+      <c r="H35" s="14">
         <v>43430</v>
       </c>
-      <c r="I35" s="16"/>
-[...3 lines deleted...]
-      <c r="K35" s="16" t="s">
+      <c r="I35" s="15"/>
+      <c r="J35" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K35" s="15" t="s">
         <v>204</v>
       </c>
     </row>
-    <row r="36" spans="1:11" ht="101.25" customHeight="1">
-      <c r="A36" s="12">
+    <row r="36" spans="1:11" ht="22.5">
+      <c r="A36" s="11">
         <v>34</v>
       </c>
-      <c r="B36" s="16" t="s">
+      <c r="B36" s="15" t="s">
         <v>205</v>
       </c>
-      <c r="C36" s="16">
+      <c r="C36" s="15">
         <v>40203238607</v>
       </c>
-      <c r="D36" s="16" t="s">
+      <c r="D36" s="15" t="s">
         <v>206</v>
       </c>
-      <c r="E36" s="16" t="s">
+      <c r="E36" s="15" t="s">
         <v>206</v>
       </c>
-      <c r="F36" s="16" t="s">
+      <c r="F36" s="15" t="s">
         <v>207</v>
       </c>
-      <c r="G36" s="14" t="s">
+      <c r="G36" s="13" t="s">
         <v>208</v>
       </c>
-      <c r="H36" s="15">
+      <c r="H36" s="14">
         <v>43896</v>
       </c>
-      <c r="I36" s="16"/>
-[...3 lines deleted...]
-      <c r="K36" s="16" t="s">
+      <c r="I36" s="15"/>
+      <c r="J36" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K36" s="15" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="37" spans="1:11" ht="33.75">
-      <c r="A37" s="12">
+      <c r="A37" s="11">
         <v>35</v>
       </c>
-      <c r="B37" s="16" t="s">
+      <c r="B37" s="15" t="s">
         <v>210</v>
       </c>
-      <c r="C37" s="14" t="s">
+      <c r="C37" s="13" t="s">
         <v>211</v>
       </c>
-      <c r="D37" s="14" t="s">
+      <c r="D37" s="13" t="s">
         <v>212</v>
       </c>
-      <c r="E37" s="14" t="s">
+      <c r="E37" s="13" t="s">
         <v>212</v>
       </c>
-      <c r="F37" s="14" t="s">
+      <c r="F37" s="13" t="s">
         <v>213</v>
       </c>
-      <c r="G37" s="14" t="s">
+      <c r="G37" s="13" t="s">
         <v>214</v>
       </c>
-      <c r="H37" s="15">
+      <c r="H37" s="14">
         <v>42821</v>
       </c>
-      <c r="I37" s="14"/>
-[...3 lines deleted...]
-      <c r="K37" s="16" t="s">
+      <c r="I37" s="13"/>
+      <c r="J37" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K37" s="15" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="38" spans="1:11">
-      <c r="A38" s="12">
+      <c r="A38" s="11">
         <v>36</v>
       </c>
-      <c r="B38" s="16" t="s">
+      <c r="B38" s="15" t="s">
         <v>216</v>
       </c>
-      <c r="C38" s="14" t="s">
+      <c r="C38" s="13" t="s">
         <v>217</v>
       </c>
-      <c r="D38" s="14" t="s">
+      <c r="D38" s="13" t="s">
         <v>218</v>
       </c>
-      <c r="E38" s="14" t="s">
+      <c r="E38" s="13" t="s">
         <v>219</v>
       </c>
-      <c r="F38" s="14" t="s">
+      <c r="F38" s="13" t="s">
         <v>220</v>
       </c>
-      <c r="G38" s="14" t="s">
+      <c r="G38" s="13" t="s">
         <v>221</v>
       </c>
-      <c r="H38" s="15">
+      <c r="H38" s="14">
         <v>42599</v>
       </c>
-      <c r="I38" s="14"/>
-[...3 lines deleted...]
-      <c r="K38" s="14" t="s">
+      <c r="I38" s="13"/>
+      <c r="J38" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K38" s="13" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="39" spans="1:11" ht="33.75">
-      <c r="A39" s="12">
+      <c r="A39" s="11">
         <v>37</v>
       </c>
-      <c r="B39" s="24" t="s">
+      <c r="B39" s="23" t="s">
         <v>223</v>
       </c>
-      <c r="C39" s="17">
+      <c r="C39" s="24">
         <v>40103991769</v>
       </c>
-      <c r="D39" s="17" t="s">
+      <c r="D39" s="24" t="s">
         <v>224</v>
       </c>
-      <c r="E39" s="17" t="s">
+      <c r="E39" s="24" t="s">
         <v>224</v>
       </c>
-      <c r="F39" s="17" t="s">
+      <c r="F39" s="24" t="s">
         <v>225</v>
       </c>
-      <c r="G39" s="14" t="s">
+      <c r="G39" s="13" t="s">
         <v>226</v>
       </c>
-      <c r="H39" s="19">
+      <c r="H39" s="25">
         <v>42923</v>
       </c>
-      <c r="I39" s="17"/>
-[...3 lines deleted...]
-      <c r="K39" s="17" t="s">
+      <c r="I39" s="24"/>
+      <c r="J39" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K39" s="24" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="40" spans="1:11" ht="22.5">
-      <c r="A40" s="12">
+      <c r="A40" s="11">
         <v>38</v>
       </c>
-      <c r="B40" s="16" t="s">
+      <c r="B40" s="15" t="s">
         <v>228</v>
       </c>
-      <c r="C40" s="14" t="s">
+      <c r="C40" s="13" t="s">
         <v>229</v>
       </c>
-      <c r="D40" s="14" t="s">
+      <c r="D40" s="13" t="s">
         <v>230</v>
       </c>
-      <c r="E40" s="14" t="s">
+      <c r="E40" s="13" t="s">
         <v>230</v>
       </c>
-      <c r="F40" s="14" t="s">
+      <c r="F40" s="13" t="s">
         <v>231</v>
       </c>
-      <c r="G40" s="14" t="s">
+      <c r="G40" s="13" t="s">
         <v>232</v>
       </c>
-      <c r="H40" s="15">
+      <c r="H40" s="14">
         <v>43748</v>
       </c>
-      <c r="I40" s="14"/>
-[...3 lines deleted...]
-      <c r="K40" s="14" t="s">
+      <c r="I40" s="13"/>
+      <c r="J40" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K40" s="13" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="41" spans="1:11" ht="56.25">
-      <c r="A41" s="12">
+      <c r="A41" s="11">
         <v>39</v>
       </c>
-      <c r="B41" s="16" t="s">
+      <c r="B41" s="15" t="s">
         <v>234</v>
       </c>
-      <c r="C41" s="14">
+      <c r="C41" s="13">
         <v>40103908693</v>
       </c>
-      <c r="D41" s="14" t="s">
+      <c r="D41" s="13" t="s">
         <v>235</v>
       </c>
-      <c r="E41" s="14" t="s">
+      <c r="E41" s="13" t="s">
         <v>235</v>
       </c>
-      <c r="F41" s="14" t="s">
+      <c r="F41" s="13" t="s">
         <v>236</v>
       </c>
-      <c r="G41" s="14" t="s">
+      <c r="G41" s="13" t="s">
         <v>237</v>
       </c>
-      <c r="H41" s="15">
+      <c r="H41" s="14">
         <v>42632</v>
       </c>
-      <c r="I41" s="14"/>
-[...3 lines deleted...]
-      <c r="K41" s="14" t="s">
+      <c r="I41" s="13"/>
+      <c r="J41" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K41" s="13" t="s">
         <v>238</v>
       </c>
     </row>
-    <row r="42" spans="1:11" ht="22.5" customHeight="1">
-      <c r="A42" s="12">
+    <row r="42" spans="1:11" ht="22.5">
+      <c r="A42" s="11">
         <v>40</v>
       </c>
-      <c r="B42" s="16" t="s">
+      <c r="B42" s="15" t="s">
         <v>239</v>
       </c>
-      <c r="C42" s="14" t="s">
+      <c r="C42" s="13" t="s">
         <v>240</v>
       </c>
-      <c r="D42" s="14" t="s">
+      <c r="D42" s="13" t="s">
         <v>241</v>
       </c>
-      <c r="E42" s="14" t="s">
+      <c r="E42" s="13" t="s">
         <v>241</v>
       </c>
-      <c r="F42" s="14" t="s">
+      <c r="F42" s="13" t="s">
         <v>242</v>
       </c>
-      <c r="G42" s="14" t="s">
+      <c r="G42" s="13" t="s">
         <v>243</v>
       </c>
-      <c r="H42" s="15">
+      <c r="H42" s="14">
         <v>43388</v>
       </c>
-      <c r="I42" s="14"/>
-[...3 lines deleted...]
-      <c r="K42" s="14" t="s">
+      <c r="I42" s="13"/>
+      <c r="J42" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K42" s="13" t="s">
         <v>244</v>
       </c>
     </row>
-    <row r="43" spans="1:11" ht="52.5" customHeight="1">
-      <c r="A43" s="12">
+    <row r="43" spans="1:11" ht="33.75">
+      <c r="A43" s="11">
         <v>41</v>
       </c>
-      <c r="B43" s="16" t="s">
+      <c r="B43" s="15" t="s">
         <v>245</v>
       </c>
-      <c r="C43" s="14">
+      <c r="C43" s="13">
         <v>40003652334</v>
       </c>
-      <c r="D43" s="14" t="s">
+      <c r="D43" s="13" t="s">
         <v>94</v>
       </c>
-      <c r="E43" s="14" t="s">
+      <c r="E43" s="13" t="s">
         <v>94</v>
       </c>
-      <c r="F43" s="14" t="s">
+      <c r="F43" s="13" t="s">
         <v>246</v>
       </c>
-      <c r="G43" s="14" t="s">
+      <c r="G43" s="13" t="s">
         <v>247</v>
       </c>
-      <c r="H43" s="15">
+      <c r="H43" s="14">
         <v>45006</v>
       </c>
-      <c r="I43" s="14"/>
-[...3 lines deleted...]
-      <c r="K43" s="14" t="s">
+      <c r="I43" s="13"/>
+      <c r="J43" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K43" s="13" t="s">
         <v>248</v>
       </c>
     </row>
-    <row r="44" spans="1:11" ht="44.65" customHeight="1">
-      <c r="A44" s="12">
+    <row r="44" spans="1:11" ht="56.25">
+      <c r="A44" s="11">
         <v>42</v>
       </c>
-      <c r="B44" s="16" t="s">
+      <c r="B44" s="15" t="s">
         <v>249</v>
       </c>
-      <c r="C44" s="14">
+      <c r="C44" s="13">
         <v>45403054646</v>
       </c>
-      <c r="D44" s="14" t="s">
+      <c r="D44" s="13" t="s">
         <v>250</v>
       </c>
-      <c r="E44" s="14" t="s">
+      <c r="E44" s="13" t="s">
         <v>251</v>
       </c>
-      <c r="F44" s="14" t="s">
+      <c r="F44" s="13" t="s">
         <v>252</v>
       </c>
-      <c r="G44" s="14" t="s">
+      <c r="G44" s="13" t="s">
         <v>253</v>
       </c>
-      <c r="H44" s="15">
+      <c r="H44" s="14">
         <v>43770</v>
       </c>
-      <c r="I44" s="14"/>
-[...3 lines deleted...]
-      <c r="K44" s="14" t="s">
+      <c r="I44" s="13"/>
+      <c r="J44" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K44" s="13" t="s">
         <v>254</v>
       </c>
     </row>
-    <row r="45" spans="1:11" ht="45" customHeight="1">
-      <c r="A45" s="12">
+    <row r="45" spans="1:11" ht="22.5">
+      <c r="A45" s="11">
         <v>43</v>
       </c>
-      <c r="B45" s="25" t="s">
+      <c r="B45" s="26" t="s">
         <v>255</v>
       </c>
-      <c r="C45" s="26">
-[...2 lines deleted...]
-      <c r="D45" s="26" t="s">
+      <c r="C45" s="27" t="s">
         <v>256</v>
       </c>
-      <c r="E45" s="26" t="s">
-[...2 lines deleted...]
-      <c r="F45" s="26" t="s">
+      <c r="D45" s="27" t="s">
         <v>257</v>
       </c>
-      <c r="G45" s="14" t="s">
+      <c r="E45" s="27" t="s">
+        <v>257</v>
+      </c>
+      <c r="F45" s="27" t="s">
         <v>258</v>
       </c>
-      <c r="H45" s="27">
+      <c r="G45" s="13" t="s">
+        <v>259</v>
+      </c>
+      <c r="H45" s="28">
         <v>43717</v>
       </c>
-      <c r="I45" s="26"/>
-[...8 lines deleted...]
-      <c r="A46" s="12">
+      <c r="I45" s="27"/>
+      <c r="J45" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K45" s="27" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="46" spans="1:11" ht="45">
+      <c r="A46" s="11">
         <v>44</v>
       </c>
-      <c r="B46" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C46" s="14" t="s">
+      <c r="B46" s="15" t="s">
         <v>261</v>
       </c>
-      <c r="D46" s="16" t="s">
+      <c r="C46" s="13" t="s">
         <v>262</v>
       </c>
-      <c r="E46" s="16" t="s">
+      <c r="D46" s="15" t="s">
+        <v>263</v>
+      </c>
+      <c r="E46" s="15" t="s">
         <v>22</v>
       </c>
-      <c r="F46" s="16" t="s">
-[...2 lines deleted...]
-      <c r="G46" s="14" t="s">
+      <c r="F46" s="15" t="s">
         <v>264</v>
       </c>
-      <c r="H46" s="15">
+      <c r="G46" s="13" t="s">
+        <v>265</v>
+      </c>
+      <c r="H46" s="14">
         <v>42424</v>
       </c>
-      <c r="I46" s="16"/>
-[...4 lines deleted...]
-        <v>265</v>
+      <c r="I46" s="15"/>
+      <c r="J46" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K46" s="15" t="s">
+        <v>266</v>
       </c>
     </row>
     <row r="47" spans="1:11" ht="22.5">
-      <c r="A47" s="12">
+      <c r="A47" s="11">
         <v>45</v>
       </c>
-      <c r="B47" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C47" s="14" t="s">
+      <c r="B47" s="15" t="s">
         <v>267</v>
       </c>
-      <c r="D47" s="16" t="s">
+      <c r="C47" s="13" t="s">
         <v>268</v>
       </c>
-      <c r="E47" s="16" t="s">
-[...2 lines deleted...]
-      <c r="F47" s="16" t="s">
+      <c r="D47" s="15" t="s">
         <v>269</v>
       </c>
-      <c r="G47" s="14" t="s">
+      <c r="E47" s="15" t="s">
+        <v>269</v>
+      </c>
+      <c r="F47" s="15" t="s">
         <v>270</v>
       </c>
-      <c r="H47" s="15">
+      <c r="G47" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="H47" s="14">
         <v>41619</v>
       </c>
-      <c r="I47" s="16"/>
-[...8 lines deleted...]
-      <c r="A48" s="12">
+      <c r="I47" s="15"/>
+      <c r="J47" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K47" s="15" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="48" spans="1:11" ht="45">
+      <c r="A48" s="11">
         <v>46</v>
       </c>
-      <c r="B48" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C48" s="16">
+      <c r="B48" s="15" t="s">
+        <v>273</v>
+      </c>
+      <c r="C48" s="15">
         <v>40103526835</v>
       </c>
-      <c r="D48" s="16" t="s">
-[...2 lines deleted...]
-      <c r="E48" s="16" t="s">
+      <c r="D48" s="15" t="s">
         <v>274</v>
       </c>
-      <c r="F48" s="16" t="s">
+      <c r="E48" s="15" t="s">
         <v>275</v>
       </c>
-      <c r="G48" s="14" t="s">
+      <c r="F48" s="15" t="s">
         <v>276</v>
       </c>
-      <c r="H48" s="15">
+      <c r="G48" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="H48" s="14">
         <v>41876</v>
       </c>
-      <c r="I48" s="16"/>
-[...8 lines deleted...]
-      <c r="A49" s="12">
+      <c r="I48" s="15"/>
+      <c r="J48" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K48" s="15" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="49" spans="1:11" ht="22.5">
+      <c r="A49" s="11">
         <v>47</v>
       </c>
-      <c r="B49" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C49" s="14" t="s">
+      <c r="B49" s="15" t="s">
         <v>279</v>
       </c>
-      <c r="D49" s="16" t="s">
+      <c r="C49" s="13" t="s">
         <v>280</v>
       </c>
-      <c r="E49" s="16" t="s">
-[...2 lines deleted...]
-      <c r="F49" s="16" t="s">
+      <c r="D49" s="15" t="s">
         <v>281</v>
       </c>
-      <c r="G49" s="14">
+      <c r="E49" s="15" t="s">
+        <v>281</v>
+      </c>
+      <c r="F49" s="15" t="s">
+        <v>282</v>
+      </c>
+      <c r="G49" s="13">
         <v>79</v>
       </c>
-      <c r="H49" s="15">
+      <c r="H49" s="14">
         <v>39722</v>
       </c>
-      <c r="I49" s="16"/>
-[...4 lines deleted...]
-        <v>282</v>
+      <c r="I49" s="15"/>
+      <c r="J49" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K49" s="15" t="s">
+        <v>283</v>
       </c>
     </row>
     <row r="50" spans="1:11" ht="33.75">
-      <c r="A50" s="12">
+      <c r="A50" s="11">
         <v>48</v>
       </c>
-      <c r="B50" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C50" s="14">
+      <c r="B50" s="15" t="s">
+        <v>284</v>
+      </c>
+      <c r="C50" s="13">
         <v>40203160043</v>
       </c>
-      <c r="D50" s="14" t="s">
-[...2 lines deleted...]
-      <c r="E50" s="14" t="s">
+      <c r="D50" s="13" t="s">
         <v>285</v>
       </c>
-      <c r="F50" s="14" t="s">
+      <c r="E50" s="13" t="s">
         <v>286</v>
       </c>
-      <c r="G50" s="14" t="s">
+      <c r="F50" s="13" t="s">
         <v>287</v>
       </c>
-      <c r="H50" s="15">
+      <c r="G50" s="13" t="s">
+        <v>288</v>
+      </c>
+      <c r="H50" s="14">
         <v>43644</v>
       </c>
-      <c r="I50" s="14"/>
-[...4 lines deleted...]
-        <v>288</v>
+      <c r="I50" s="13"/>
+      <c r="J50" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K50" s="13" t="s">
+        <v>289</v>
       </c>
     </row>
     <row r="51" spans="1:11" ht="33.75">
-      <c r="A51" s="12">
+      <c r="A51" s="11">
         <v>49</v>
       </c>
-      <c r="B51" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C51" s="16">
+      <c r="B51" s="15" t="s">
+        <v>290</v>
+      </c>
+      <c r="C51" s="15">
         <v>41503028111</v>
       </c>
-      <c r="D51" s="16" t="s">
-[...2 lines deleted...]
-      <c r="E51" s="16" t="s">
+      <c r="D51" s="15" t="s">
         <v>291</v>
       </c>
-      <c r="F51" s="16" t="s">
+      <c r="E51" s="15" t="s">
         <v>292</v>
       </c>
-      <c r="G51" s="14" t="s">
+      <c r="F51" s="15" t="s">
         <v>293</v>
       </c>
-      <c r="H51" s="15">
+      <c r="G51" s="13" t="s">
+        <v>294</v>
+      </c>
+      <c r="H51" s="14">
         <v>41024</v>
       </c>
-      <c r="I51" s="14"/>
-[...4 lines deleted...]
-        <v>294</v>
+      <c r="I51" s="13"/>
+      <c r="J51" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K51" s="15" t="s">
+        <v>295</v>
       </c>
     </row>
     <row r="52" spans="1:11" ht="33.75">
-      <c r="A52" s="12">
+      <c r="A52" s="11">
         <v>50</v>
       </c>
-      <c r="B52" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C52" s="16">
+      <c r="B52" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="C52" s="15">
         <v>40003545666</v>
       </c>
-      <c r="D52" s="16" t="s">
-[...5 lines deleted...]
-      <c r="F52" s="16" t="s">
+      <c r="D52" s="15" t="s">
         <v>297</v>
       </c>
-      <c r="G52" s="14" t="s">
+      <c r="E52" s="15" t="s">
+        <v>297</v>
+      </c>
+      <c r="F52" s="15" t="s">
         <v>298</v>
       </c>
-      <c r="H52" s="15">
+      <c r="G52" s="13" t="s">
+        <v>299</v>
+      </c>
+      <c r="H52" s="14">
         <v>43488</v>
       </c>
-      <c r="I52" s="16"/>
-[...4 lines deleted...]
-        <v>299</v>
+      <c r="I52" s="15"/>
+      <c r="J52" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K52" s="15" t="s">
+        <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:11" ht="22.5">
-      <c r="A53" s="12">
+      <c r="A53" s="11">
         <v>51</v>
       </c>
-      <c r="B53" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C53" s="14" t="s">
+      <c r="B53" s="15" t="s">
         <v>301</v>
       </c>
-      <c r="D53" s="14" t="s">
+      <c r="C53" s="13" t="s">
         <v>302</v>
       </c>
-      <c r="E53" s="14" t="s">
+      <c r="D53" s="13" t="s">
         <v>303</v>
       </c>
-      <c r="F53" s="14" t="s">
+      <c r="E53" s="13" t="s">
         <v>304</v>
       </c>
-      <c r="G53" s="14" t="s">
+      <c r="F53" s="13" t="s">
         <v>305</v>
       </c>
-      <c r="H53" s="15">
+      <c r="G53" s="13" t="s">
+        <v>306</v>
+      </c>
+      <c r="H53" s="14">
         <v>43909</v>
       </c>
-      <c r="I53" s="16"/>
-[...4 lines deleted...]
-        <v>306</v>
+      <c r="I53" s="15"/>
+      <c r="J53" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K53" s="13" t="s">
+        <v>307</v>
       </c>
     </row>
     <row r="54" spans="1:11" ht="22.5">
-      <c r="A54" s="12">
+      <c r="A54" s="11">
         <v>52</v>
       </c>
-      <c r="B54" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C54" s="14" t="s">
+      <c r="B54" s="15" t="s">
         <v>308</v>
       </c>
-      <c r="D54" s="14" t="s">
+      <c r="C54" s="13" t="s">
         <v>309</v>
       </c>
-      <c r="E54" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F54" s="14" t="s">
+      <c r="D54" s="13" t="s">
         <v>310</v>
       </c>
-      <c r="G54" s="14" t="s">
+      <c r="E54" s="13" t="s">
+        <v>310</v>
+      </c>
+      <c r="F54" s="13" t="s">
         <v>311</v>
       </c>
-      <c r="H54" s="15">
+      <c r="G54" s="13" t="s">
+        <v>312</v>
+      </c>
+      <c r="H54" s="14">
         <v>43984</v>
       </c>
-      <c r="I54" s="16"/>
-[...4 lines deleted...]
-        <v>312</v>
+      <c r="I54" s="15"/>
+      <c r="J54" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K54" s="13" t="s">
+        <v>313</v>
       </c>
     </row>
     <row r="55" spans="1:11" ht="123.75">
-      <c r="A55" s="12">
+      <c r="A55" s="11">
         <v>53</v>
       </c>
-      <c r="B55" s="21" t="s">
-[...2 lines deleted...]
-      <c r="C55" s="22" t="s">
+      <c r="B55" s="20" t="s">
         <v>314</v>
       </c>
-      <c r="D55" s="21" t="s">
+      <c r="C55" s="21" t="s">
         <v>315</v>
       </c>
-      <c r="E55" s="22" t="s">
+      <c r="D55" s="20" t="s">
         <v>316</v>
       </c>
-      <c r="F55" s="22" t="s">
+      <c r="E55" s="21" t="s">
         <v>317</v>
       </c>
-      <c r="G55" s="14" t="s">
+      <c r="F55" s="21" t="s">
         <v>318</v>
       </c>
-      <c r="H55" s="23">
+      <c r="G55" s="13" t="s">
+        <v>319</v>
+      </c>
+      <c r="H55" s="22">
         <v>42487</v>
       </c>
-      <c r="I55" s="21"/>
-[...4 lines deleted...]
-        <v>319</v>
+      <c r="I55" s="20"/>
+      <c r="J55" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K55" s="20" t="s">
+        <v>320</v>
       </c>
     </row>
     <row r="56" spans="1:11" ht="33.75">
-      <c r="A56" s="12">
+      <c r="A56" s="11">
         <v>54</v>
       </c>
-      <c r="B56" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C56" s="16" t="s">
+      <c r="B56" s="15" t="s">
         <v>321</v>
       </c>
-      <c r="D56" s="16" t="s">
+      <c r="C56" s="15" t="s">
         <v>322</v>
       </c>
-      <c r="E56" s="16" t="s">
+      <c r="D56" s="15" t="s">
         <v>323</v>
       </c>
-      <c r="F56" s="16" t="s">
+      <c r="E56" s="15" t="s">
         <v>324</v>
       </c>
-      <c r="G56" s="14" t="s">
+      <c r="F56" s="15" t="s">
         <v>325</v>
       </c>
-      <c r="H56" s="15">
+      <c r="G56" s="13" t="s">
+        <v>326</v>
+      </c>
+      <c r="H56" s="14">
         <v>42493</v>
       </c>
-      <c r="I56" s="16"/>
-[...8 lines deleted...]
-      <c r="A57" s="12">
+      <c r="I56" s="15"/>
+      <c r="J56" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K56" s="15" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="57" spans="1:11" ht="45">
+      <c r="A57" s="11">
         <v>55</v>
       </c>
-      <c r="B57" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C57" s="14" t="s">
+      <c r="B57" s="15" t="s">
         <v>328</v>
       </c>
-      <c r="D57" s="14" t="s">
+      <c r="C57" s="13" t="s">
         <v>329</v>
       </c>
-      <c r="E57" s="14" t="s">
+      <c r="D57" s="13" t="s">
         <v>330</v>
       </c>
-      <c r="F57" s="14" t="s">
+      <c r="E57" s="13" t="s">
         <v>331</v>
       </c>
-      <c r="G57" s="14" t="s">
+      <c r="F57" s="13" t="s">
         <v>332</v>
       </c>
-      <c r="H57" s="15">
+      <c r="G57" s="13" t="s">
+        <v>333</v>
+      </c>
+      <c r="H57" s="14">
         <v>43173</v>
       </c>
-      <c r="I57" s="14"/>
-[...8 lines deleted...]
-      <c r="A58" s="12">
+      <c r="I57" s="13"/>
+      <c r="J57" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K57" s="13" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="58" spans="1:11" ht="33.75">
+      <c r="A58" s="11">
         <v>56</v>
       </c>
-      <c r="B58" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C58" s="14">
+      <c r="B58" s="15" t="s">
+        <v>335</v>
+      </c>
+      <c r="C58" s="13">
         <v>40103313025</v>
       </c>
-      <c r="D58" s="16" t="s">
-[...5 lines deleted...]
-      <c r="F58" s="16" t="s">
+      <c r="D58" s="15" t="s">
         <v>336</v>
       </c>
-      <c r="G58" s="14" t="s">
+      <c r="E58" s="15" t="s">
+        <v>336</v>
+      </c>
+      <c r="F58" s="15" t="s">
         <v>337</v>
       </c>
-      <c r="H58" s="15">
+      <c r="G58" s="13" t="s">
+        <v>338</v>
+      </c>
+      <c r="H58" s="14">
         <v>43714</v>
       </c>
-      <c r="I58" s="16"/>
-[...4 lines deleted...]
-        <v>338</v>
+      <c r="I58" s="15"/>
+      <c r="J58" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K58" s="15" t="s">
+        <v>339</v>
       </c>
     </row>
     <row r="59" spans="1:11" ht="45">
-      <c r="A59" s="12">
+      <c r="A59" s="11">
         <v>57</v>
       </c>
-      <c r="B59" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C59" s="14" t="s">
+      <c r="B59" s="15" t="s">
         <v>340</v>
       </c>
-      <c r="D59" s="14" t="s">
+      <c r="C59" s="13" t="s">
         <v>341</v>
       </c>
-      <c r="E59" s="14" t="s">
+      <c r="D59" s="13" t="s">
         <v>342</v>
       </c>
-      <c r="F59" s="14" t="s">
+      <c r="E59" s="13" t="s">
         <v>343</v>
       </c>
-      <c r="G59" s="14" t="s">
+      <c r="F59" s="13" t="s">
         <v>344</v>
       </c>
-      <c r="H59" s="15">
+      <c r="G59" s="13" t="s">
+        <v>345</v>
+      </c>
+      <c r="H59" s="14">
         <v>43143</v>
       </c>
-      <c r="I59" s="14"/>
-[...4 lines deleted...]
-        <v>345</v>
+      <c r="I59" s="13"/>
+      <c r="J59" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K59" s="13" t="s">
+        <v>346</v>
       </c>
     </row>
     <row r="60" spans="1:11" ht="45">
-      <c r="A60" s="12">
+      <c r="A60" s="11">
         <v>58</v>
       </c>
-      <c r="B60" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C60" s="14" t="s">
+      <c r="B60" s="13" t="s">
         <v>347</v>
       </c>
-      <c r="D60" s="16" t="s">
+      <c r="C60" s="13" t="s">
         <v>348</v>
       </c>
-      <c r="E60" s="16" t="s">
+      <c r="D60" s="15" t="s">
         <v>349</v>
       </c>
-      <c r="F60" s="16" t="s">
+      <c r="E60" s="15" t="s">
         <v>350</v>
       </c>
-      <c r="G60" s="14" t="s">
+      <c r="F60" s="15" t="s">
         <v>351</v>
       </c>
-      <c r="H60" s="15">
+      <c r="G60" s="13" t="s">
+        <v>352</v>
+      </c>
+      <c r="H60" s="14">
         <v>40704</v>
       </c>
-      <c r="I60" s="16"/>
-[...8 lines deleted...]
-      <c r="A61" s="12">
+      <c r="I60" s="15"/>
+      <c r="J60" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K60" s="13" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="61" spans="1:11" ht="56.25">
+      <c r="A61" s="11">
         <v>59</v>
       </c>
-      <c r="B61" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C61" s="16" t="s">
+      <c r="B61" s="15" t="s">
         <v>354</v>
       </c>
-      <c r="D61" s="16" t="s">
+      <c r="C61" s="15" t="s">
         <v>355</v>
       </c>
-      <c r="E61" s="16" t="s">
+      <c r="D61" s="15" t="s">
         <v>356</v>
       </c>
-      <c r="F61" s="16" t="s">
+      <c r="E61" s="15" t="s">
         <v>357</v>
       </c>
-      <c r="G61" s="14" t="s">
+      <c r="F61" s="15" t="s">
         <v>358</v>
       </c>
-      <c r="H61" s="15">
+      <c r="G61" s="13" t="s">
+        <v>359</v>
+      </c>
+      <c r="H61" s="14">
         <v>42851</v>
       </c>
-      <c r="I61" s="16"/>
-[...8 lines deleted...]
-      <c r="A62" s="12">
+      <c r="I61" s="15"/>
+      <c r="J61" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K61" s="15" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="62" spans="1:11" ht="45">
+      <c r="A62" s="11">
         <v>60</v>
       </c>
-      <c r="B62" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C62" s="16">
+      <c r="B62" s="15" t="s">
+        <v>361</v>
+      </c>
+      <c r="C62" s="15">
         <v>40103545037</v>
       </c>
-      <c r="D62" s="16" t="s">
-[...2 lines deleted...]
-      <c r="E62" s="16" t="s">
+      <c r="D62" s="15" t="s">
+        <v>362</v>
+      </c>
+      <c r="E62" s="15" t="s">
         <v>94</v>
       </c>
-      <c r="F62" s="16" t="s">
-[...2 lines deleted...]
-      <c r="G62" s="14" t="s">
+      <c r="F62" s="15" t="s">
         <v>363</v>
       </c>
-      <c r="H62" s="15">
+      <c r="G62" s="13" t="s">
+        <v>364</v>
+      </c>
+      <c r="H62" s="14">
         <v>43410</v>
       </c>
-      <c r="I62" s="16"/>
-[...8 lines deleted...]
-      <c r="A63" s="12">
+      <c r="I62" s="15"/>
+      <c r="J62" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K62" s="15" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="63" spans="1:11" ht="22.5">
+      <c r="A63" s="11">
         <v>61</v>
       </c>
-      <c r="B63" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C63" s="16">
+      <c r="B63" s="15" t="s">
+        <v>366</v>
+      </c>
+      <c r="C63" s="15">
         <v>40103933169</v>
       </c>
-      <c r="D63" s="16" t="s">
+      <c r="D63" s="15" t="s">
         <v>94</v>
       </c>
-      <c r="E63" s="16" t="s">
+      <c r="E63" s="15" t="s">
         <v>94</v>
       </c>
-      <c r="F63" s="16" t="s">
-[...2 lines deleted...]
-      <c r="G63" s="14" t="s">
+      <c r="F63" s="15" t="s">
         <v>367</v>
       </c>
-      <c r="H63" s="15">
+      <c r="G63" s="13" t="s">
+        <v>368</v>
+      </c>
+      <c r="H63" s="14">
         <v>42614</v>
       </c>
-      <c r="I63" s="16"/>
-[...4 lines deleted...]
-        <v>368</v>
+      <c r="I63" s="15"/>
+      <c r="J63" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K63" s="15" t="s">
+        <v>369</v>
       </c>
     </row>
     <row r="64" spans="1:11" ht="33.75">
-      <c r="A64" s="12">
+      <c r="A64" s="11">
         <v>62</v>
       </c>
-      <c r="B64" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C64" s="17">
+      <c r="B64" s="16" t="s">
+        <v>370</v>
+      </c>
+      <c r="C64" s="16">
         <v>40003685161</v>
       </c>
-      <c r="D64" s="17" t="s">
-[...5 lines deleted...]
-      <c r="F64" s="17" t="s">
+      <c r="D64" s="16" t="s">
         <v>371</v>
       </c>
-      <c r="G64" s="14" t="s">
+      <c r="E64" s="16" t="s">
+        <v>371</v>
+      </c>
+      <c r="F64" s="16" t="s">
         <v>372</v>
       </c>
-      <c r="H64" s="19">
+      <c r="G64" s="13" t="s">
+        <v>373</v>
+      </c>
+      <c r="H64" s="18">
         <v>43900</v>
       </c>
-      <c r="I64" s="17"/>
-[...8 lines deleted...]
-      <c r="A65" s="12">
+      <c r="I64" s="16"/>
+      <c r="J64" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K64" s="16" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="65" spans="1:11" ht="45">
+      <c r="A65" s="11">
         <v>63</v>
       </c>
-      <c r="B65" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C65" s="16">
+      <c r="B65" s="15" t="s">
+        <v>375</v>
+      </c>
+      <c r="C65" s="15">
         <v>40203217569</v>
       </c>
-      <c r="D65" s="16" t="s">
+      <c r="D65" s="15" t="s">
         <v>127</v>
       </c>
-      <c r="E65" s="16" t="s">
+      <c r="E65" s="15" t="s">
         <v>127</v>
       </c>
-      <c r="F65" s="16" t="s">
-[...2 lines deleted...]
-      <c r="G65" s="14" t="s">
+      <c r="F65" s="15" t="s">
         <v>376</v>
       </c>
-      <c r="H65" s="15">
+      <c r="G65" s="13" t="s">
+        <v>377</v>
+      </c>
+      <c r="H65" s="14">
         <v>43697</v>
       </c>
-      <c r="I65" s="16"/>
-[...4 lines deleted...]
-        <v>377</v>
+      <c r="I65" s="15"/>
+      <c r="J65" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K65" s="15" t="s">
+        <v>378</v>
       </c>
     </row>
     <row r="66" spans="1:11" ht="22.5">
-      <c r="A66" s="12">
+      <c r="A66" s="11">
         <v>64</v>
       </c>
-      <c r="B66" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C66" s="16">
+      <c r="B66" s="15" t="s">
+        <v>379</v>
+      </c>
+      <c r="C66" s="15">
         <v>50203093261</v>
       </c>
-      <c r="D66" s="16" t="s">
-[...5 lines deleted...]
-      <c r="F66" s="16" t="s">
+      <c r="D66" s="15" t="s">
         <v>380</v>
       </c>
-      <c r="G66" s="14" t="s">
+      <c r="E66" s="15" t="s">
+        <v>380</v>
+      </c>
+      <c r="F66" s="15" t="s">
         <v>381</v>
       </c>
-      <c r="H66" s="15">
+      <c r="G66" s="13" t="s">
+        <v>382</v>
+      </c>
+      <c r="H66" s="14">
         <v>43136</v>
       </c>
-      <c r="I66" s="16"/>
-[...4 lines deleted...]
-        <v>382</v>
+      <c r="I66" s="15"/>
+      <c r="J66" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K66" s="15" t="s">
+        <v>383</v>
       </c>
     </row>
     <row r="67" spans="1:11" ht="22.5">
-      <c r="A67" s="12">
+      <c r="A67" s="11">
         <v>65</v>
       </c>
-      <c r="B67" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C67" s="16" t="s">
+      <c r="B67" s="15" t="s">
         <v>384</v>
       </c>
-      <c r="D67" s="16" t="s">
+      <c r="C67" s="15" t="s">
         <v>385</v>
       </c>
-      <c r="E67" s="16" t="s">
-[...2 lines deleted...]
-      <c r="F67" s="16" t="s">
+      <c r="D67" s="15" t="s">
         <v>386</v>
       </c>
-      <c r="G67" s="14" t="s">
+      <c r="E67" s="15" t="s">
+        <v>386</v>
+      </c>
+      <c r="F67" s="15" t="s">
         <v>387</v>
       </c>
-      <c r="H67" s="15">
+      <c r="G67" s="13" t="s">
+        <v>388</v>
+      </c>
+      <c r="H67" s="14">
         <v>43229</v>
       </c>
-      <c r="I67" s="16"/>
-[...4 lines deleted...]
-        <v>388</v>
+      <c r="I67" s="15"/>
+      <c r="J67" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K67" s="15" t="s">
+        <v>389</v>
       </c>
     </row>
     <row r="68" spans="1:11" ht="22.5">
-      <c r="A68" s="12">
+      <c r="A68" s="11">
         <v>66</v>
       </c>
-      <c r="B68" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C68" s="16">
+      <c r="B68" s="15" t="s">
+        <v>390</v>
+      </c>
+      <c r="C68" s="15">
         <v>40103839298</v>
       </c>
-      <c r="D68" s="16" t="s">
+      <c r="D68" s="15" t="s">
         <v>195</v>
       </c>
-      <c r="E68" s="16" t="s">
+      <c r="E68" s="15" t="s">
         <v>195</v>
       </c>
-      <c r="F68" s="16" t="s">
-[...2 lines deleted...]
-      <c r="G68" s="14" t="s">
+      <c r="F68" s="15" t="s">
         <v>391</v>
       </c>
-      <c r="H68" s="15">
+      <c r="G68" s="13" t="s">
+        <v>392</v>
+      </c>
+      <c r="H68" s="14">
         <v>43795</v>
       </c>
-      <c r="I68" s="16"/>
-[...4 lines deleted...]
-        <v>392</v>
+      <c r="I68" s="15"/>
+      <c r="J68" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K68" s="15" t="s">
+        <v>393</v>
       </c>
     </row>
     <row r="69" spans="1:11" ht="22.5">
-      <c r="A69" s="12">
+      <c r="A69" s="11">
         <v>67</v>
       </c>
-      <c r="B69" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C69" s="16" t="s">
+      <c r="B69" s="15" t="s">
         <v>394</v>
       </c>
-      <c r="D69" s="16" t="s">
+      <c r="C69" s="15" t="s">
         <v>395</v>
       </c>
-      <c r="E69" s="16" t="s">
-[...2 lines deleted...]
-      <c r="F69" s="16" t="s">
+      <c r="D69" s="15" t="s">
         <v>396</v>
       </c>
-      <c r="G69" s="14" t="s">
+      <c r="E69" s="15" t="s">
+        <v>396</v>
+      </c>
+      <c r="F69" s="15" t="s">
         <v>397</v>
       </c>
-      <c r="H69" s="15">
+      <c r="G69" s="13" t="s">
+        <v>398</v>
+      </c>
+      <c r="H69" s="14">
         <v>42837</v>
       </c>
-      <c r="I69" s="16"/>
-[...4 lines deleted...]
-        <v>398</v>
+      <c r="I69" s="15"/>
+      <c r="J69" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K69" s="15" t="s">
+        <v>399</v>
       </c>
     </row>
     <row r="70" spans="1:11" ht="22.5">
-      <c r="A70" s="12">
+      <c r="A70" s="11">
         <v>68</v>
       </c>
-      <c r="B70" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C70" s="16">
+      <c r="B70" s="15" t="s">
+        <v>400</v>
+      </c>
+      <c r="C70" s="15">
         <v>40103716947</v>
       </c>
-      <c r="D70" s="16" t="s">
-[...5 lines deleted...]
-      <c r="F70" s="16" t="s">
+      <c r="D70" s="15" t="s">
         <v>401</v>
       </c>
-      <c r="G70" s="14" t="s">
+      <c r="E70" s="15" t="s">
+        <v>401</v>
+      </c>
+      <c r="F70" s="15" t="s">
         <v>402</v>
       </c>
-      <c r="H70" s="15">
+      <c r="G70" s="13" t="s">
+        <v>403</v>
+      </c>
+      <c r="H70" s="14">
         <v>43815</v>
       </c>
-      <c r="I70" s="16"/>
-[...4 lines deleted...]
-        <v>403</v>
+      <c r="I70" s="15"/>
+      <c r="J70" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K70" s="15" t="s">
+        <v>404</v>
       </c>
     </row>
     <row r="71" spans="1:11" ht="22.5">
-      <c r="A71" s="12">
+      <c r="A71" s="11">
         <v>69</v>
       </c>
-      <c r="B71" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C71" s="16">
+      <c r="B71" s="15" t="s">
+        <v>405</v>
+      </c>
+      <c r="C71" s="15">
         <v>40003955719</v>
       </c>
-      <c r="D71" s="16" t="s">
-[...5 lines deleted...]
-      <c r="F71" s="16" t="s">
+      <c r="D71" s="15" t="s">
         <v>406</v>
       </c>
-      <c r="G71" s="14">
+      <c r="E71" s="15" t="s">
+        <v>406</v>
+      </c>
+      <c r="F71" s="15" t="s">
+        <v>407</v>
+      </c>
+      <c r="G71" s="13">
         <v>56</v>
       </c>
-      <c r="H71" s="15">
+      <c r="H71" s="14">
         <v>39556</v>
       </c>
-      <c r="I71" s="16"/>
-[...4 lines deleted...]
-        <v>407</v>
+      <c r="I71" s="15"/>
+      <c r="J71" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K71" s="15" t="s">
+        <v>408</v>
       </c>
     </row>
     <row r="72" spans="1:11" ht="33.75">
-      <c r="A72" s="12">
+      <c r="A72" s="11">
         <v>70</v>
       </c>
-      <c r="B72" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C72" s="14" t="s">
+      <c r="B72" s="15" t="s">
         <v>409</v>
       </c>
-      <c r="D72" s="16" t="s">
+      <c r="C72" s="13" t="s">
         <v>410</v>
       </c>
-      <c r="E72" s="16" t="s">
-[...2 lines deleted...]
-      <c r="F72" s="16" t="s">
+      <c r="D72" s="15" t="s">
         <v>411</v>
       </c>
-      <c r="G72" s="14">
+      <c r="E72" s="15" t="s">
+        <v>411</v>
+      </c>
+      <c r="F72" s="15" t="s">
+        <v>412</v>
+      </c>
+      <c r="G72" s="13">
         <v>69</v>
       </c>
-      <c r="H72" s="15">
+      <c r="H72" s="14">
         <v>39679</v>
       </c>
-      <c r="I72" s="16"/>
-[...4 lines deleted...]
-        <v>412</v>
+      <c r="I72" s="15"/>
+      <c r="J72" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K72" s="15" t="s">
+        <v>413</v>
       </c>
     </row>
     <row r="73" spans="1:11" ht="33.75">
-      <c r="A73" s="12">
+      <c r="A73" s="11">
         <v>71</v>
       </c>
-      <c r="B73" s="21" t="s">
-[...2 lines deleted...]
-      <c r="C73" s="22" t="s">
+      <c r="B73" s="20" t="s">
         <v>414</v>
       </c>
-      <c r="D73" s="21" t="s">
+      <c r="C73" s="21" t="s">
         <v>415</v>
       </c>
-      <c r="E73" s="22" t="s">
+      <c r="D73" s="20" t="s">
         <v>416</v>
       </c>
-      <c r="F73" s="21" t="s">
+      <c r="E73" s="21" t="s">
         <v>417</v>
       </c>
-      <c r="G73" s="14" t="s">
+      <c r="F73" s="20" t="s">
         <v>418</v>
       </c>
-      <c r="H73" s="23">
+      <c r="G73" s="13" t="s">
+        <v>419</v>
+      </c>
+      <c r="H73" s="22">
         <v>43552</v>
       </c>
-      <c r="I73" s="21"/>
-[...8 lines deleted...]
-      <c r="A74" s="12">
+      <c r="I73" s="20"/>
+      <c r="J73" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K73" s="20" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="74" spans="1:11" ht="33.75">
+      <c r="A74" s="11">
         <v>72</v>
       </c>
-      <c r="B74" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C74" s="14" t="s">
+      <c r="B74" s="15" t="s">
         <v>421</v>
       </c>
-      <c r="D74" s="16" t="s">
+      <c r="C74" s="13" t="s">
         <v>422</v>
       </c>
-      <c r="E74" s="16" t="s">
-[...2 lines deleted...]
-      <c r="F74" s="16" t="s">
+      <c r="D74" s="15" t="s">
         <v>423</v>
       </c>
-      <c r="G74" s="14" t="s">
+      <c r="E74" s="15" t="s">
+        <v>423</v>
+      </c>
+      <c r="F74" s="15" t="s">
         <v>424</v>
       </c>
-      <c r="H74" s="15">
+      <c r="G74" s="13" t="s">
+        <v>425</v>
+      </c>
+      <c r="H74" s="14">
         <v>43468</v>
       </c>
-      <c r="I74" s="16"/>
-[...8 lines deleted...]
-      <c r="A75" s="12">
+      <c r="I74" s="15"/>
+      <c r="J74" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K74" s="15" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="75" spans="1:11" ht="22.5">
+      <c r="A75" s="11">
         <v>73</v>
       </c>
-      <c r="B75" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C75" s="14" t="s">
+      <c r="B75" s="15" t="s">
         <v>427</v>
       </c>
-      <c r="D75" s="14" t="s">
+      <c r="C75" s="13" t="s">
         <v>428</v>
       </c>
-      <c r="E75" s="14" t="s">
+      <c r="D75" s="13" t="s">
         <v>429</v>
       </c>
-      <c r="F75" s="14" t="s">
+      <c r="E75" s="13" t="s">
         <v>430</v>
       </c>
-      <c r="G75" s="14" t="s">
+      <c r="F75" s="13" t="s">
         <v>431</v>
       </c>
-      <c r="H75" s="15">
+      <c r="G75" s="13" t="s">
+        <v>432</v>
+      </c>
+      <c r="H75" s="14">
         <v>44705</v>
       </c>
-      <c r="I75" s="14"/>
-[...4 lines deleted...]
-        <v>432</v>
+      <c r="I75" s="13"/>
+      <c r="J75" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K75" s="13" t="s">
+        <v>433</v>
       </c>
     </row>
     <row r="76" spans="1:11" ht="22.5">
-      <c r="A76" s="12">
+      <c r="A76" s="11">
         <v>74</v>
       </c>
-      <c r="B76" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C76" s="14" t="s">
+      <c r="B76" s="15" t="s">
         <v>434</v>
       </c>
-      <c r="D76" s="14" t="s">
+      <c r="C76" s="13" t="s">
         <v>435</v>
       </c>
-      <c r="E76" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F76" s="14" t="s">
+      <c r="D76" s="13" t="s">
         <v>436</v>
       </c>
-      <c r="G76" s="14" t="s">
+      <c r="E76" s="13" t="s">
+        <v>436</v>
+      </c>
+      <c r="F76" s="13" t="s">
         <v>437</v>
       </c>
-      <c r="H76" s="15">
+      <c r="G76" s="13" t="s">
+        <v>438</v>
+      </c>
+      <c r="H76" s="14">
         <v>43930</v>
       </c>
-      <c r="I76" s="14"/>
-[...8 lines deleted...]
-      <c r="A77" s="12">
+      <c r="I76" s="13"/>
+      <c r="J76" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K76" s="13" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="77" spans="1:11" ht="45">
+      <c r="A77" s="11">
         <v>75</v>
       </c>
-      <c r="B77" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C77" s="14" t="s">
+      <c r="B77" s="15" t="s">
         <v>440</v>
       </c>
-      <c r="D77" s="16" t="s">
+      <c r="C77" s="13" t="s">
         <v>441</v>
       </c>
-      <c r="E77" s="16" t="s">
+      <c r="D77" s="15" t="s">
         <v>442</v>
       </c>
-      <c r="F77" s="16" t="s">
+      <c r="E77" s="15" t="s">
         <v>443</v>
       </c>
-      <c r="G77" s="14">
+      <c r="F77" s="15" t="s">
+        <v>444</v>
+      </c>
+      <c r="G77" s="13">
         <v>28</v>
       </c>
-      <c r="H77" s="15">
+      <c r="H77" s="14">
         <v>39436</v>
       </c>
-      <c r="I77" s="16"/>
-[...8 lines deleted...]
-      <c r="A78" s="12">
+      <c r="I77" s="15"/>
+      <c r="J77" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K77" s="15" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="78" spans="1:11" ht="22.5">
+      <c r="A78" s="11">
         <v>76</v>
       </c>
-      <c r="B78" s="28" t="s">
-[...2 lines deleted...]
-      <c r="C78" s="28" t="s">
+      <c r="B78" s="29" t="s">
         <v>446</v>
       </c>
-      <c r="D78" s="28" t="s">
+      <c r="C78" s="29" t="s">
         <v>447</v>
       </c>
-      <c r="E78" s="28" t="s">
+      <c r="D78" s="29" t="s">
         <v>448</v>
       </c>
-      <c r="F78" s="28" t="s">
+      <c r="E78" s="29" t="s">
         <v>449</v>
       </c>
-      <c r="G78" s="14" t="s">
+      <c r="F78" s="29" t="s">
         <v>450</v>
       </c>
-      <c r="H78" s="29">
+      <c r="G78" s="13" t="s">
+        <v>451</v>
+      </c>
+      <c r="H78" s="30">
         <v>43398</v>
       </c>
-      <c r="I78" s="28"/>
-[...8 lines deleted...]
-      <c r="A79" s="12">
+      <c r="I78" s="29"/>
+      <c r="J78" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K78" s="29" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="79" spans="1:11" ht="45">
+      <c r="A79" s="11">
         <v>77</v>
       </c>
-      <c r="B79" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C79" s="14" t="s">
+      <c r="B79" s="15" t="s">
         <v>453</v>
       </c>
-      <c r="D79" s="14" t="s">
+      <c r="C79" s="13" t="s">
         <v>454</v>
       </c>
-      <c r="E79" s="14" t="s">
+      <c r="D79" s="13" t="s">
         <v>455</v>
       </c>
-      <c r="F79" s="14" t="s">
+      <c r="E79" s="13" t="s">
         <v>456</v>
       </c>
-      <c r="G79" s="14" t="s">
+      <c r="F79" s="13" t="s">
         <v>457</v>
       </c>
-      <c r="H79" s="15">
+      <c r="G79" s="13" t="s">
+        <v>458</v>
+      </c>
+      <c r="H79" s="14">
         <v>43839</v>
       </c>
-      <c r="I79" s="14"/>
-[...4 lines deleted...]
-        <v>458</v>
+      <c r="I79" s="13"/>
+      <c r="J79" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K79" s="13" t="s">
+        <v>459</v>
       </c>
     </row>
     <row r="80" spans="1:11" ht="22.5">
-      <c r="A80" s="12">
+      <c r="A80" s="11">
         <v>78</v>
       </c>
-      <c r="B80" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C80" s="14" t="s">
+      <c r="B80" s="13" t="s">
         <v>460</v>
       </c>
-      <c r="D80" s="14" t="s">
+      <c r="C80" s="13" t="s">
         <v>461</v>
       </c>
-      <c r="E80" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F80" s="14" t="s">
+      <c r="D80" s="13" t="s">
         <v>462</v>
       </c>
-      <c r="G80" s="14" t="s">
+      <c r="E80" s="13" t="s">
+        <v>462</v>
+      </c>
+      <c r="F80" s="13" t="s">
         <v>463</v>
       </c>
-      <c r="H80" s="15">
+      <c r="G80" s="13" t="s">
+        <v>464</v>
+      </c>
+      <c r="H80" s="14">
         <v>43840</v>
       </c>
-      <c r="I80" s="14"/>
-[...4 lines deleted...]
-        <v>464</v>
+      <c r="I80" s="13"/>
+      <c r="J80" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K80" s="13" t="s">
+        <v>465</v>
       </c>
     </row>
     <row r="81" spans="1:11" ht="45">
-      <c r="A81" s="12">
+      <c r="A81" s="11">
         <v>79</v>
       </c>
-      <c r="B81" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C81" s="18" t="s">
+      <c r="B81" s="16" t="s">
         <v>466</v>
       </c>
-      <c r="D81" s="18" t="s">
+      <c r="C81" s="17" t="s">
         <v>467</v>
       </c>
-      <c r="E81" s="18" t="s">
+      <c r="D81" s="17" t="s">
         <v>468</v>
       </c>
-      <c r="F81" s="18" t="s">
+      <c r="E81" s="17" t="s">
         <v>469</v>
       </c>
-      <c r="G81" s="14" t="s">
+      <c r="F81" s="17" t="s">
         <v>470</v>
       </c>
-      <c r="H81" s="19">
+      <c r="G81" s="13" t="s">
+        <v>471</v>
+      </c>
+      <c r="H81" s="18">
         <v>43900</v>
       </c>
-      <c r="I81" s="18"/>
-[...4 lines deleted...]
-        <v>471</v>
+      <c r="I81" s="17"/>
+      <c r="J81" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K81" s="17" t="s">
+        <v>472</v>
       </c>
     </row>
     <row r="82" spans="1:11" ht="45">
-      <c r="A82" s="12">
+      <c r="A82" s="11">
         <v>80</v>
       </c>
-      <c r="B82" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C82" s="14" t="s">
+      <c r="B82" s="13" t="s">
         <v>473</v>
       </c>
-      <c r="D82" s="16" t="s">
+      <c r="C82" s="13" t="s">
         <v>474</v>
       </c>
-      <c r="E82" s="16" t="s">
-[...2 lines deleted...]
-      <c r="F82" s="16" t="s">
+      <c r="D82" s="15" t="s">
         <v>475</v>
       </c>
-      <c r="G82" s="14" t="s">
+      <c r="E82" s="15" t="s">
+        <v>475</v>
+      </c>
+      <c r="F82" s="15" t="s">
         <v>476</v>
       </c>
-      <c r="H82" s="15">
+      <c r="G82" s="13" t="s">
+        <v>477</v>
+      </c>
+      <c r="H82" s="14">
         <v>40567</v>
       </c>
-      <c r="I82" s="16"/>
-[...8 lines deleted...]
-      <c r="A83" s="12">
+      <c r="I82" s="15"/>
+      <c r="J82" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K82" s="15" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="83" spans="1:11" ht="45">
+      <c r="A83" s="11">
         <v>81</v>
       </c>
-      <c r="B83" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C83" s="14" t="s">
+      <c r="B83" s="15" t="s">
         <v>479</v>
       </c>
-      <c r="D83" s="14" t="s">
+      <c r="C83" s="13" t="s">
         <v>480</v>
       </c>
-      <c r="E83" s="14" t="s">
+      <c r="D83" s="13" t="s">
         <v>481</v>
       </c>
-      <c r="F83" s="14" t="s">
+      <c r="E83" s="13" t="s">
         <v>482</v>
       </c>
-      <c r="G83" s="14" t="s">
+      <c r="F83" s="13" t="s">
         <v>483</v>
       </c>
-      <c r="H83" s="15">
+      <c r="G83" s="13" t="s">
+        <v>484</v>
+      </c>
+      <c r="H83" s="14">
         <v>44012</v>
       </c>
-      <c r="I83" s="14"/>
-[...4 lines deleted...]
-        <v>484</v>
+      <c r="I83" s="13"/>
+      <c r="J83" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K83" s="13" t="s">
+        <v>485</v>
       </c>
     </row>
     <row r="84" spans="1:11" ht="45">
-      <c r="A84" s="12">
+      <c r="A84" s="11">
         <v>82</v>
       </c>
-      <c r="B84" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C84" s="14" t="s">
+      <c r="B84" s="15" t="s">
         <v>486</v>
       </c>
-      <c r="D84" s="14" t="s">
+      <c r="C84" s="13" t="s">
         <v>487</v>
       </c>
-      <c r="E84" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F84" s="14" t="s">
+      <c r="D84" s="13" t="s">
         <v>488</v>
       </c>
-      <c r="G84" s="14" t="s">
+      <c r="E84" s="13" t="s">
+        <v>488</v>
+      </c>
+      <c r="F84" s="13" t="s">
         <v>489</v>
       </c>
-      <c r="H84" s="15">
+      <c r="G84" s="13" t="s">
+        <v>490</v>
+      </c>
+      <c r="H84" s="14">
         <v>44019</v>
       </c>
-      <c r="I84" s="14"/>
-[...4 lines deleted...]
-        <v>490</v>
+      <c r="I84" s="13"/>
+      <c r="J84" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K84" s="13" t="s">
+        <v>491</v>
       </c>
     </row>
     <row r="85" spans="1:11" ht="45">
-      <c r="A85" s="12">
+      <c r="A85" s="11">
         <v>83</v>
       </c>
-      <c r="B85" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C85" s="14" t="s">
+      <c r="B85" s="15" t="s">
         <v>492</v>
       </c>
-      <c r="D85" s="14" t="s">
+      <c r="C85" s="13" t="s">
         <v>493</v>
       </c>
-      <c r="E85" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F85" s="14" t="s">
+      <c r="D85" s="13" t="s">
         <v>494</v>
       </c>
-      <c r="G85" s="14" t="s">
+      <c r="E85" s="13" t="s">
+        <v>494</v>
+      </c>
+      <c r="F85" s="13" t="s">
         <v>495</v>
       </c>
-      <c r="H85" s="15">
+      <c r="G85" s="13" t="s">
+        <v>496</v>
+      </c>
+      <c r="H85" s="14">
         <v>44897</v>
       </c>
-      <c r="I85" s="14"/>
-[...4 lines deleted...]
-        <v>496</v>
+      <c r="I85" s="13"/>
+      <c r="J85" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K85" s="13" t="s">
+        <v>497</v>
       </c>
     </row>
     <row r="86" spans="1:11" ht="22.5">
-      <c r="A86" s="12">
+      <c r="A86" s="11">
         <v>84</v>
       </c>
-      <c r="B86" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C86" s="14" t="s">
+      <c r="B86" s="15" t="s">
         <v>498</v>
       </c>
-      <c r="D86" s="14" t="s">
+      <c r="C86" s="13" t="s">
         <v>499</v>
       </c>
-      <c r="E86" s="14" t="s">
+      <c r="D86" s="13" t="s">
         <v>500</v>
       </c>
-      <c r="F86" s="14" t="s">
+      <c r="E86" s="13" t="s">
         <v>501</v>
       </c>
-      <c r="G86" s="14" t="s">
+      <c r="F86" s="13" t="s">
         <v>502</v>
       </c>
-      <c r="H86" s="15">
+      <c r="G86" s="13" t="s">
+        <v>503</v>
+      </c>
+      <c r="H86" s="14">
         <v>44026</v>
       </c>
-      <c r="I86" s="14"/>
-[...8 lines deleted...]
-      <c r="A87" s="12">
+      <c r="I86" s="13"/>
+      <c r="J86" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K86" s="13" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="87" spans="1:11" ht="45">
+      <c r="A87" s="11">
         <v>85</v>
       </c>
-      <c r="B87" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C87" s="14" t="s">
+      <c r="B87" s="15" t="s">
         <v>505</v>
       </c>
-      <c r="D87" s="14" t="s">
+      <c r="C87" s="13" t="s">
         <v>506</v>
       </c>
-      <c r="E87" s="14" t="s">
+      <c r="D87" s="13" t="s">
         <v>507</v>
       </c>
-      <c r="F87" s="14" t="s">
+      <c r="E87" s="13" t="s">
         <v>508</v>
       </c>
-      <c r="G87" s="14" t="s">
+      <c r="F87" s="13" t="s">
         <v>509</v>
       </c>
-      <c r="H87" s="15">
+      <c r="G87" s="13" t="s">
+        <v>510</v>
+      </c>
+      <c r="H87" s="14">
         <v>45027</v>
       </c>
-      <c r="I87" s="14"/>
-[...4 lines deleted...]
-        <v>510</v>
+      <c r="I87" s="13"/>
+      <c r="J87" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K87" s="13" t="s">
+        <v>511</v>
       </c>
     </row>
     <row r="88" spans="1:11" ht="22.5">
-      <c r="A88" s="12">
+      <c r="A88" s="11">
         <v>86</v>
       </c>
-      <c r="B88" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C88" s="14" t="s">
+      <c r="B88" s="15" t="s">
         <v>512</v>
       </c>
-      <c r="D88" s="14" t="s">
+      <c r="C88" s="13" t="s">
         <v>513</v>
       </c>
-      <c r="E88" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F88" s="14" t="s">
+      <c r="D88" s="13" t="s">
         <v>514</v>
       </c>
-      <c r="G88" s="14" t="s">
+      <c r="E88" s="13" t="s">
+        <v>514</v>
+      </c>
+      <c r="F88" s="13" t="s">
         <v>515</v>
       </c>
-      <c r="H88" s="15">
+      <c r="G88" s="13" t="s">
+        <v>516</v>
+      </c>
+      <c r="H88" s="14">
         <v>44092</v>
       </c>
-      <c r="I88" s="14"/>
-[...4 lines deleted...]
-        <v>516</v>
+      <c r="I88" s="13"/>
+      <c r="J88" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K88" s="13" t="s">
+        <v>517</v>
       </c>
     </row>
     <row r="89" spans="1:11" ht="22.5">
-      <c r="A89" s="12">
+      <c r="A89" s="11">
         <v>87</v>
       </c>
-      <c r="B89" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C89" s="14" t="s">
+      <c r="B89" s="15" t="s">
         <v>518</v>
       </c>
-      <c r="D89" s="14" t="s">
+      <c r="C89" s="13" t="s">
         <v>519</v>
       </c>
-      <c r="E89" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F89" s="14" t="s">
+      <c r="D89" s="13" t="s">
         <v>520</v>
       </c>
-      <c r="G89" s="14" t="s">
+      <c r="E89" s="13" t="s">
+        <v>520</v>
+      </c>
+      <c r="F89" s="13" t="s">
         <v>521</v>
       </c>
-      <c r="H89" s="15">
+      <c r="G89" s="13" t="s">
+        <v>522</v>
+      </c>
+      <c r="H89" s="14">
         <v>44141</v>
       </c>
-      <c r="I89" s="14"/>
-[...4 lines deleted...]
-        <v>522</v>
+      <c r="I89" s="13"/>
+      <c r="J89" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K89" s="13" t="s">
+        <v>523</v>
       </c>
     </row>
     <row r="90" spans="1:11" ht="45">
-      <c r="A90" s="12">
+      <c r="A90" s="11">
         <v>88</v>
       </c>
-      <c r="B90" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C90" s="14" t="s">
+      <c r="B90" s="15" t="s">
         <v>524</v>
       </c>
-      <c r="D90" s="14" t="s">
+      <c r="C90" s="13" t="s">
         <v>525</v>
       </c>
-      <c r="E90" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F90" s="14" t="s">
+      <c r="D90" s="13" t="s">
         <v>526</v>
       </c>
-      <c r="G90" s="14" t="s">
+      <c r="E90" s="13" t="s">
+        <v>526</v>
+      </c>
+      <c r="F90" s="13" t="s">
         <v>527</v>
       </c>
-      <c r="H90" s="15">
+      <c r="G90" s="13" t="s">
+        <v>528</v>
+      </c>
+      <c r="H90" s="14">
         <v>44159</v>
       </c>
-      <c r="I90" s="14"/>
-[...8 lines deleted...]
-      <c r="A91" s="12">
+      <c r="I90" s="13"/>
+      <c r="J90" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K90" s="13" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="91" spans="1:11" ht="22.5">
+      <c r="A91" s="11">
         <v>89</v>
       </c>
-      <c r="B91" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C91" s="14" t="s">
+      <c r="B91" s="15" t="s">
         <v>530</v>
       </c>
-      <c r="D91" s="14" t="s">
-[...5 lines deleted...]
-      <c r="F91" s="14" t="s">
+      <c r="C91" s="13" t="s">
         <v>531</v>
       </c>
-      <c r="G91" s="14" t="s">
+      <c r="D91" s="13" t="s">
+        <v>396</v>
+      </c>
+      <c r="E91" s="13" t="s">
+        <v>396</v>
+      </c>
+      <c r="F91" s="13" t="s">
         <v>532</v>
       </c>
-      <c r="H91" s="15">
+      <c r="G91" s="13" t="s">
+        <v>533</v>
+      </c>
+      <c r="H91" s="14">
         <v>44162</v>
       </c>
-      <c r="I91" s="14"/>
-[...4 lines deleted...]
-        <v>533</v>
+      <c r="I91" s="13"/>
+      <c r="J91" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K91" s="13" t="s">
+        <v>534</v>
       </c>
     </row>
     <row r="92" spans="1:11" ht="22.5">
-      <c r="A92" s="12">
+      <c r="A92" s="11">
         <v>90</v>
       </c>
-      <c r="B92" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C92" s="14" t="s">
+      <c r="B92" s="15" t="s">
         <v>535</v>
       </c>
-      <c r="D92" s="14" t="s">
+      <c r="C92" s="13" t="s">
         <v>536</v>
       </c>
-      <c r="E92" s="14" t="s">
+      <c r="D92" s="13" t="s">
         <v>537</v>
       </c>
-      <c r="F92" s="14" t="s">
+      <c r="E92" s="13" t="s">
         <v>538</v>
       </c>
-      <c r="G92" s="14" t="s">
+      <c r="F92" s="13" t="s">
         <v>539</v>
       </c>
-      <c r="H92" s="15">
+      <c r="G92" s="13" t="s">
+        <v>540</v>
+      </c>
+      <c r="H92" s="14">
         <v>44728</v>
       </c>
-      <c r="I92" s="14"/>
-[...4 lines deleted...]
-        <v>540</v>
+      <c r="I92" s="13"/>
+      <c r="J92" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K92" s="13" t="s">
+        <v>541</v>
       </c>
     </row>
     <row r="93" spans="1:11" ht="22.5">
-      <c r="A93" s="12">
+      <c r="A93" s="11">
         <v>91</v>
       </c>
-      <c r="B93" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C93" s="14" t="s">
+      <c r="B93" s="15" t="s">
         <v>542</v>
       </c>
-      <c r="D93" s="14" t="s">
+      <c r="C93" s="13" t="s">
         <v>543</v>
       </c>
-      <c r="E93" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F93" s="14" t="s">
+      <c r="D93" s="13" t="s">
         <v>544</v>
       </c>
-      <c r="G93" s="14" t="s">
+      <c r="E93" s="13" t="s">
+        <v>544</v>
+      </c>
+      <c r="F93" s="13" t="s">
         <v>545</v>
       </c>
-      <c r="H93" s="15">
+      <c r="G93" s="13" t="s">
+        <v>546</v>
+      </c>
+      <c r="H93" s="14">
         <v>44999</v>
       </c>
-      <c r="I93" s="14"/>
-[...4 lines deleted...]
-        <v>546</v>
+      <c r="I93" s="13"/>
+      <c r="J93" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K93" s="13" t="s">
+        <v>547</v>
       </c>
     </row>
     <row r="94" spans="1:11" ht="33.75">
-      <c r="A94" s="12">
+      <c r="A94" s="11">
         <v>92</v>
       </c>
-      <c r="B94" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C94" s="14" t="s">
+      <c r="B94" s="15" t="s">
         <v>548</v>
       </c>
-      <c r="D94" s="14" t="s">
+      <c r="C94" s="13" t="s">
         <v>549</v>
       </c>
-      <c r="E94" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F94" s="14" t="s">
+      <c r="D94" s="13" t="s">
         <v>550</v>
       </c>
-      <c r="G94" s="14" t="s">
+      <c r="E94" s="13" t="s">
+        <v>550</v>
+      </c>
+      <c r="F94" s="13" t="s">
         <v>551</v>
       </c>
-      <c r="H94" s="15">
+      <c r="G94" s="13" t="s">
+        <v>552</v>
+      </c>
+      <c r="H94" s="14">
         <v>44172</v>
       </c>
-      <c r="I94" s="14"/>
-[...4 lines deleted...]
-        <v>552</v>
+      <c r="I94" s="13"/>
+      <c r="J94" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K94" s="13" t="s">
+        <v>553</v>
       </c>
     </row>
     <row r="95" spans="1:11" ht="33.75">
-      <c r="A95" s="12">
+      <c r="A95" s="11">
         <v>93</v>
       </c>
-      <c r="B95" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C95" s="14" t="s">
+      <c r="B95" s="15" t="s">
         <v>554</v>
       </c>
-      <c r="D95" s="14" t="s">
+      <c r="C95" s="13" t="s">
         <v>555</v>
       </c>
-      <c r="E95" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F95" s="14" t="s">
+      <c r="D95" s="13" t="s">
         <v>556</v>
       </c>
-      <c r="G95" s="14" t="s">
+      <c r="E95" s="13" t="s">
+        <v>556</v>
+      </c>
+      <c r="F95" s="13" t="s">
         <v>557</v>
       </c>
-      <c r="H95" s="15">
+      <c r="G95" s="13" t="s">
+        <v>558</v>
+      </c>
+      <c r="H95" s="14">
         <v>44175</v>
       </c>
-      <c r="I95" s="14"/>
-[...8 lines deleted...]
-      <c r="A96" s="12">
+      <c r="I95" s="13"/>
+      <c r="J95" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K95" s="13" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="96" spans="1:11" ht="22.5">
+      <c r="A96" s="11">
         <v>94</v>
       </c>
-      <c r="B96" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C96" s="14" t="s">
+      <c r="B96" s="15" t="s">
         <v>560</v>
       </c>
-      <c r="D96" s="14" t="s">
+      <c r="C96" s="13" t="s">
         <v>561</v>
       </c>
-      <c r="E96" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F96" s="14" t="s">
+      <c r="D96" s="13" t="s">
         <v>562</v>
       </c>
-      <c r="G96" s="14" t="s">
+      <c r="E96" s="13" t="s">
+        <v>562</v>
+      </c>
+      <c r="F96" s="13" t="s">
         <v>563</v>
       </c>
-      <c r="H96" s="15">
-[...6 lines deleted...]
-      <c r="K96" s="14" t="s">
+      <c r="G96" s="13" t="s">
         <v>564</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A97" s="12">
+      <c r="H96" s="14">
+        <v>44211</v>
+      </c>
+      <c r="I96" s="13"/>
+      <c r="J96" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K96" s="13" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="97" spans="1:11" ht="22.5">
+      <c r="A97" s="11">
         <v>95</v>
       </c>
-      <c r="B97" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C97" s="14" t="s">
+      <c r="B97" s="15" t="s">
         <v>566</v>
       </c>
-      <c r="D97" s="14" t="s">
+      <c r="C97" s="13" t="s">
         <v>567</v>
       </c>
-      <c r="E97" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F97" s="14" t="s">
+      <c r="D97" s="13" t="s">
         <v>568</v>
       </c>
-      <c r="G97" s="14" t="s">
+      <c r="E97" s="13" t="s">
+        <v>568</v>
+      </c>
+      <c r="F97" s="13" t="s">
         <v>569</v>
       </c>
-      <c r="H97" s="15">
-[...6 lines deleted...]
-      <c r="K97" s="14" t="s">
+      <c r="G97" s="13" t="s">
         <v>570</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A98" s="12">
+      <c r="H97" s="14">
+        <v>44217</v>
+      </c>
+      <c r="I97" s="13"/>
+      <c r="J97" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K97" s="13" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="98" spans="1:11" ht="33.75">
+      <c r="A98" s="11">
         <v>96</v>
       </c>
-      <c r="B98" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C98" s="14" t="s">
+      <c r="B98" s="15" t="s">
         <v>572</v>
       </c>
-      <c r="D98" s="14" t="s">
+      <c r="C98" s="13" t="s">
         <v>573</v>
       </c>
-      <c r="E98" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F98" s="14" t="s">
+      <c r="D98" s="13" t="s">
         <v>574</v>
       </c>
-      <c r="G98" s="14" t="s">
+      <c r="E98" s="13" t="s">
         <v>575</v>
       </c>
-      <c r="H98" s="15">
-[...6 lines deleted...]
-      <c r="K98" s="14" t="s">
+      <c r="F98" s="13" t="s">
         <v>576</v>
       </c>
+      <c r="G98" s="13" t="s">
+        <v>577</v>
+      </c>
+      <c r="H98" s="14">
+        <v>44243</v>
+      </c>
+      <c r="I98" s="13"/>
+      <c r="J98" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K98" s="13" t="s">
+        <v>578</v>
+      </c>
     </row>
     <row r="99" spans="1:11" ht="33.75">
-      <c r="A99" s="12">
+      <c r="A99" s="11">
         <v>97</v>
       </c>
-      <c r="B99" s="16" t="s">
-[...5 lines deleted...]
-      <c r="D99" s="14" t="s">
+      <c r="B99" s="15" t="s">
         <v>579</v>
       </c>
-      <c r="E99" s="14" t="s">
+      <c r="C99" s="13" t="s">
         <v>580</v>
       </c>
-      <c r="F99" s="14" t="s">
+      <c r="D99" s="13" t="s">
         <v>581</v>
       </c>
-      <c r="G99" s="14" t="s">
+      <c r="E99" s="13" t="s">
+        <v>581</v>
+      </c>
+      <c r="F99" s="13" t="s">
         <v>582</v>
       </c>
-      <c r="H99" s="15">
-[...6 lines deleted...]
-      <c r="K99" s="14" t="s">
+      <c r="G99" s="13" t="s">
         <v>583</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A100" s="12">
+      <c r="H99" s="14">
+        <v>44257</v>
+      </c>
+      <c r="I99" s="13"/>
+      <c r="J99" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K99" s="13" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="100" spans="1:11" ht="45">
+      <c r="A100" s="11">
         <v>98</v>
       </c>
-      <c r="B100" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C100" s="14" t="s">
+      <c r="B100" s="15" t="s">
         <v>585</v>
       </c>
-      <c r="D100" s="14" t="s">
+      <c r="C100" s="13" t="s">
         <v>586</v>
       </c>
-      <c r="E100" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F100" s="14" t="s">
+      <c r="D100" s="13" t="s">
+        <v>111</v>
+      </c>
+      <c r="E100" s="13" t="s">
+        <v>111</v>
+      </c>
+      <c r="F100" s="13" t="s">
         <v>587</v>
       </c>
-      <c r="G100" s="14" t="s">
+      <c r="G100" s="13" t="s">
         <v>588</v>
       </c>
-      <c r="H100" s="15">
-[...6 lines deleted...]
-      <c r="K100" s="14" t="s">
+      <c r="H100" s="14">
+        <v>44258</v>
+      </c>
+      <c r="I100" s="13"/>
+      <c r="J100" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K100" s="13" t="s">
         <v>589</v>
       </c>
     </row>
     <row r="101" spans="1:11" ht="45">
-      <c r="A101" s="12">
+      <c r="A101" s="11">
         <v>99</v>
       </c>
-      <c r="B101" s="16" t="s">
+      <c r="B101" s="15" t="s">
         <v>590</v>
       </c>
-      <c r="C101" s="14" t="s">
+      <c r="C101" s="13" t="s">
         <v>591</v>
       </c>
-      <c r="D101" s="14" t="s">
-[...5 lines deleted...]
-      <c r="F101" s="14" t="s">
+      <c r="D101" s="13" t="s">
         <v>592</v>
       </c>
-      <c r="G101" s="14" t="s">
+      <c r="E101" s="13" t="s">
         <v>593</v>
       </c>
-      <c r="H101" s="15">
-[...6 lines deleted...]
-      <c r="K101" s="14" t="s">
+      <c r="F101" s="13" t="s">
         <v>594</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A102" s="12">
+      <c r="G101" s="13" t="s">
+        <v>595</v>
+      </c>
+      <c r="H101" s="14">
+        <v>44292</v>
+      </c>
+      <c r="I101" s="13"/>
+      <c r="J101" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K101" s="13" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="102" spans="1:11" ht="22.5">
+      <c r="A102" s="11">
         <v>100</v>
       </c>
-      <c r="B102" s="16" t="s">
-[...5 lines deleted...]
-      <c r="D102" s="14" t="s">
+      <c r="B102" s="15" t="s">
         <v>597</v>
       </c>
-      <c r="E102" s="14" t="s">
+      <c r="C102" s="13" t="s">
         <v>598</v>
       </c>
-      <c r="F102" s="14" t="s">
+      <c r="D102" s="13" t="s">
         <v>599</v>
       </c>
-      <c r="G102" s="14" t="s">
+      <c r="E102" s="13" t="s">
         <v>600</v>
       </c>
-      <c r="H102" s="15">
-[...6 lines deleted...]
-      <c r="K102" s="14" t="s">
+      <c r="F102" s="13" t="s">
         <v>601</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A103" s="12">
+      <c r="G102" s="13" t="s">
+        <v>602</v>
+      </c>
+      <c r="H102" s="14">
+        <v>44301</v>
+      </c>
+      <c r="I102" s="13"/>
+      <c r="J102" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K102" s="13" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="103" spans="1:11" ht="56.25">
+      <c r="A103" s="11">
         <v>101</v>
       </c>
-      <c r="B103" s="16" t="s">
-[...5 lines deleted...]
-      <c r="D103" s="14" t="s">
+      <c r="B103" s="31" t="s">
         <v>604</v>
       </c>
-      <c r="E103" s="14" t="s">
+      <c r="C103" s="31">
+        <v>40003936099</v>
+      </c>
+      <c r="D103" s="31" t="s">
         <v>605</v>
       </c>
-      <c r="F103" s="14" t="s">
+      <c r="E103" s="31" t="s">
+        <v>605</v>
+      </c>
+      <c r="F103" s="32" t="s">
         <v>606</v>
       </c>
-      <c r="G103" s="14" t="s">
+      <c r="G103" s="13" t="s">
         <v>607</v>
       </c>
-      <c r="H103" s="15">
-[...6 lines deleted...]
-      <c r="K103" s="14" t="s">
+      <c r="H103" s="33">
+        <v>44357</v>
+      </c>
+      <c r="I103" s="31"/>
+      <c r="J103" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K103" s="32" t="s">
         <v>608</v>
       </c>
     </row>
-    <row r="104" spans="1:11" ht="56.25">
-      <c r="A104" s="12">
+    <row r="104" spans="1:11">
+      <c r="A104" s="11">
         <v>102</v>
       </c>
-      <c r="B104" s="31" t="s">
+      <c r="B104" s="34" t="s">
         <v>609</v>
       </c>
-      <c r="C104" s="31">
-        <v>40003936099</v>
+      <c r="C104" s="34">
+        <v>40103927355</v>
       </c>
       <c r="D104" s="31" t="s">
         <v>610</v>
       </c>
       <c r="E104" s="31" t="s">
         <v>610</v>
       </c>
-      <c r="F104" s="32" t="s">
+      <c r="F104" s="35" t="s">
         <v>611</v>
       </c>
-      <c r="G104" s="14" t="s">
+      <c r="G104" s="13" t="s">
         <v>612</v>
       </c>
       <c r="H104" s="33">
-        <v>44357</v>
+        <v>44378</v>
       </c>
       <c r="I104" s="31"/>
-      <c r="J104" s="15">
+      <c r="J104" s="14">
         <v>46507</v>
       </c>
       <c r="K104" s="32" t="s">
         <v>613</v>
       </c>
     </row>
-    <row r="105" spans="1:11">
-      <c r="A105" s="12">
+    <row r="105" spans="1:11" ht="45">
+      <c r="A105" s="11">
         <v>103</v>
       </c>
-      <c r="B105" s="31" t="s">
+      <c r="B105" s="34" t="s">
         <v>614</v>
       </c>
-      <c r="C105" s="31">
-[...2 lines deleted...]
-      <c r="D105" s="31" t="s">
+      <c r="C105" s="34">
+        <v>40103372404</v>
+      </c>
+      <c r="D105" s="34" t="s">
         <v>615</v>
       </c>
       <c r="E105" s="31" t="s">
-        <v>615</v>
-[...1 lines deleted...]
-      <c r="F105" s="32" t="s">
         <v>616</v>
       </c>
-      <c r="G105" s="14" t="s">
+      <c r="F105" s="35" t="s">
         <v>617</v>
       </c>
-      <c r="H105" s="33">
-[...3 lines deleted...]
-      <c r="J105" s="15">
+      <c r="G105" s="13" t="s">
+        <v>618</v>
+      </c>
+      <c r="H105" s="36">
+        <v>44389</v>
+      </c>
+      <c r="I105" s="34"/>
+      <c r="J105" s="14">
         <v>46507</v>
       </c>
       <c r="K105" s="32" t="s">
-        <v>618</v>
-[...3 lines deleted...]
-      <c r="A106" s="12">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="106" spans="1:11" ht="45">
+      <c r="A106" s="11">
         <v>104</v>
       </c>
-      <c r="B106" s="31" t="s">
-[...5 lines deleted...]
-      <c r="D106" s="31" t="s">
+      <c r="B106" s="37" t="s">
         <v>620</v>
       </c>
-      <c r="E106" s="31" t="s">
+      <c r="C106" s="38" t="s">
         <v>621</v>
       </c>
-      <c r="F106" s="32" t="s">
+      <c r="D106" s="39" t="s">
         <v>622</v>
       </c>
-      <c r="G106" s="14" t="s">
+      <c r="E106" s="39" t="s">
+        <v>622</v>
+      </c>
+      <c r="F106" s="37" t="s">
         <v>623</v>
       </c>
-      <c r="H106" s="33">
-[...6 lines deleted...]
-      <c r="K106" s="32" t="s">
+      <c r="G106" s="13" t="s">
         <v>624</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A107" s="12">
+      <c r="H106" s="40">
+        <v>44417</v>
+      </c>
+      <c r="I106" s="41"/>
+      <c r="J106" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K106" s="39" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="107" spans="1:11">
+      <c r="A107" s="11">
         <v>105</v>
       </c>
-      <c r="B107" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C107" s="34" t="s">
+      <c r="B107" s="37" t="s">
         <v>626</v>
       </c>
-      <c r="D107" s="20" t="s">
+      <c r="C107" s="38" t="s">
         <v>627</v>
       </c>
-      <c r="E107" s="20" t="s">
-[...2 lines deleted...]
-      <c r="F107" s="16" t="s">
+      <c r="D107" s="39" t="s">
         <v>628</v>
       </c>
-      <c r="G107" s="14" t="s">
+      <c r="E107" s="39" t="s">
+        <v>628</v>
+      </c>
+      <c r="F107" s="39" t="s">
         <v>629</v>
       </c>
-      <c r="H107" s="35">
-[...6 lines deleted...]
-      <c r="K107" s="20" t="s">
+      <c r="G107" s="13" t="s">
         <v>630</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A108" s="12">
+      <c r="H107" s="40">
+        <v>44426</v>
+      </c>
+      <c r="I107" s="41"/>
+      <c r="J107" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K107" s="39" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="108" spans="1:11" ht="45">
+      <c r="A108" s="11">
         <v>106</v>
       </c>
-      <c r="B108" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C108" s="34" t="s">
+      <c r="B108" s="34" t="s">
         <v>632</v>
       </c>
-      <c r="D108" s="20" t="s">
+      <c r="C108" s="34">
+        <v>40203281703</v>
+      </c>
+      <c r="D108" s="31" t="s">
         <v>633</v>
       </c>
-      <c r="E108" s="20" t="s">
-[...2 lines deleted...]
-      <c r="F108" s="20" t="s">
+      <c r="E108" s="31" t="s">
         <v>634</v>
       </c>
-      <c r="G108" s="14" t="s">
+      <c r="F108" s="32" t="s">
         <v>635</v>
       </c>
-      <c r="H108" s="35">
-[...6 lines deleted...]
-      <c r="K108" s="20" t="s">
+      <c r="G108" s="13" t="s">
         <v>636</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A109" s="12">
+      <c r="H108" s="42">
+        <v>44433</v>
+      </c>
+      <c r="I108" s="32"/>
+      <c r="J108" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K108" s="32" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="109" spans="1:11" ht="45">
+      <c r="A109" s="11">
         <v>107</v>
       </c>
-      <c r="B109" s="31" t="s">
-        <v>637</v>
+      <c r="B109" s="43" t="s">
+        <v>638</v>
       </c>
       <c r="C109" s="31">
-        <v>40203281703</v>
+        <v>41203062733</v>
       </c>
       <c r="D109" s="31" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="E109" s="31" t="s">
         <v>639</v>
       </c>
       <c r="F109" s="32" t="s">
         <v>640</v>
       </c>
-      <c r="G109" s="14" t="s">
+      <c r="G109" s="13" t="s">
         <v>641</v>
       </c>
-      <c r="H109" s="37">
-[...3 lines deleted...]
-      <c r="J109" s="15">
+      <c r="H109" s="33">
+        <v>44462</v>
+      </c>
+      <c r="I109" s="31"/>
+      <c r="J109" s="14">
         <v>46507</v>
       </c>
       <c r="K109" s="32" t="s">
-        <v>2102</v>
-[...3 lines deleted...]
-      <c r="A110" s="12">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="110" spans="1:11" ht="33.75">
+      <c r="A110" s="11">
         <v>108</v>
       </c>
-      <c r="B110" s="38" t="s">
-        <v>642</v>
+      <c r="B110" s="31" t="s">
+        <v>643</v>
       </c>
       <c r="C110" s="31">
-        <v>41203062733</v>
+        <v>43603051555</v>
       </c>
       <c r="D110" s="31" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="E110" s="31" t="s">
-        <v>643</v>
-[...4 lines deleted...]
-      <c r="G110" s="14" t="s">
         <v>645</v>
       </c>
+      <c r="F110" s="35" t="s">
+        <v>646</v>
+      </c>
+      <c r="G110" s="13" t="s">
+        <v>647</v>
+      </c>
       <c r="H110" s="33">
-        <v>44462</v>
+        <v>44467</v>
       </c>
       <c r="I110" s="31"/>
-      <c r="J110" s="15">
+      <c r="J110" s="14">
         <v>46507</v>
       </c>
       <c r="K110" s="32" t="s">
-        <v>646</v>
-[...3 lines deleted...]
-      <c r="A111" s="12">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="111" spans="1:11">
+      <c r="A111" s="11">
         <v>109</v>
       </c>
-      <c r="B111" s="31" t="s">
-[...8 lines deleted...]
-      <c r="E111" s="31" t="s">
+      <c r="B111" s="34" t="s">
         <v>649</v>
       </c>
-      <c r="F111" s="32" t="s">
+      <c r="C111" s="34">
+        <v>40103166622</v>
+      </c>
+      <c r="D111" s="34" t="s">
         <v>650</v>
       </c>
-      <c r="G111" s="14" t="s">
+      <c r="E111" s="34" t="s">
+        <v>650</v>
+      </c>
+      <c r="F111" s="35" t="s">
         <v>651</v>
       </c>
-      <c r="H111" s="33">
-[...3 lines deleted...]
-      <c r="J111" s="15">
+      <c r="G111" s="13" t="s">
+        <v>652</v>
+      </c>
+      <c r="H111" s="36">
+        <v>44489</v>
+      </c>
+      <c r="I111" s="34"/>
+      <c r="J111" s="14">
         <v>46507</v>
       </c>
       <c r="K111" s="32" t="s">
-        <v>652</v>
-[...3 lines deleted...]
-      <c r="A112" s="12">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="112" spans="1:11" ht="22.5">
+      <c r="A112" s="11">
         <v>110</v>
       </c>
-      <c r="B112" s="31" t="s">
-[...5 lines deleted...]
-      <c r="D112" s="31" t="s">
+      <c r="B112" s="34" t="s">
         <v>654</v>
       </c>
-      <c r="E112" s="31" t="s">
-        <v>654</v>
+      <c r="C112" s="34">
+        <v>48503014859</v>
+      </c>
+      <c r="D112" s="34" t="s">
+        <v>655</v>
+      </c>
+      <c r="E112" s="34" t="s">
+        <v>655</v>
       </c>
       <c r="F112" s="32" t="s">
-        <v>655</v>
-[...1 lines deleted...]
-      <c r="G112" s="14" t="s">
         <v>656</v>
       </c>
+      <c r="G112" s="13" t="s">
+        <v>657</v>
+      </c>
       <c r="H112" s="33">
-        <v>44489</v>
+        <v>44497</v>
       </c>
       <c r="I112" s="31"/>
-      <c r="J112" s="15">
+      <c r="J112" s="14">
         <v>46507</v>
       </c>
       <c r="K112" s="32" t="s">
-        <v>657</v>
-[...3 lines deleted...]
-      <c r="A113" s="12">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="113" spans="1:11" ht="33.75">
+      <c r="A113" s="11">
         <v>111</v>
       </c>
-      <c r="B113" s="31" t="s">
-[...5 lines deleted...]
-      <c r="D113" s="31" t="s">
+      <c r="B113" s="34" t="s">
         <v>659</v>
       </c>
-      <c r="E113" s="31" t="s">
-[...2 lines deleted...]
-      <c r="F113" s="32" t="s">
+      <c r="C113" s="34">
+        <v>40203110019</v>
+      </c>
+      <c r="D113" s="34" t="s">
         <v>660</v>
       </c>
-      <c r="G113" s="14" t="s">
+      <c r="E113" s="34" t="s">
+        <v>660</v>
+      </c>
+      <c r="F113" s="35" t="s">
         <v>661</v>
       </c>
+      <c r="G113" s="13" t="s">
+        <v>662</v>
+      </c>
       <c r="H113" s="33">
-        <v>44497</v>
+        <v>44517</v>
       </c>
       <c r="I113" s="31"/>
-      <c r="J113" s="15">
+      <c r="J113" s="14">
         <v>46507</v>
       </c>
       <c r="K113" s="32" t="s">
-        <v>662</v>
-[...3 lines deleted...]
-      <c r="A114" s="12">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="114" spans="1:11" ht="22.5">
+      <c r="A114" s="11">
         <v>112</v>
       </c>
-      <c r="B114" s="31" t="s">
-[...5 lines deleted...]
-      <c r="D114" s="31" t="s">
+      <c r="B114" s="34" t="s">
         <v>664</v>
       </c>
-      <c r="E114" s="31" t="s">
-[...2 lines deleted...]
-      <c r="F114" s="32" t="s">
+      <c r="C114" s="34">
+        <v>50203323731</v>
+      </c>
+      <c r="D114" s="35" t="s">
         <v>665</v>
       </c>
-      <c r="G114" s="14" t="s">
+      <c r="E114" s="35" t="s">
         <v>666</v>
       </c>
-      <c r="H114" s="33">
+      <c r="F114" s="35" t="s">
+        <v>667</v>
+      </c>
+      <c r="G114" s="13" t="s">
+        <v>668</v>
+      </c>
+      <c r="H114" s="42">
         <v>44517</v>
       </c>
-      <c r="I114" s="31"/>
-      <c r="J114" s="15">
+      <c r="I114" s="32"/>
+      <c r="J114" s="14">
         <v>46507</v>
       </c>
       <c r="K114" s="32" t="s">
-        <v>667</v>
-[...3 lines deleted...]
-      <c r="A115" s="12">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="115" spans="1:11" ht="22.5">
+      <c r="A115" s="11">
         <v>113</v>
       </c>
-      <c r="B115" s="31" t="s">
-[...8 lines deleted...]
-      <c r="E115" s="32" t="s">
+      <c r="B115" s="34" t="s">
         <v>670</v>
       </c>
-      <c r="F115" s="32" t="s">
+      <c r="C115" s="34">
+        <v>40203307627</v>
+      </c>
+      <c r="D115" s="34" t="s">
         <v>671</v>
       </c>
-      <c r="G115" s="14" t="s">
+      <c r="E115" s="34" t="s">
+        <v>671</v>
+      </c>
+      <c r="F115" s="35" t="s">
         <v>672</v>
       </c>
-      <c r="H115" s="37">
-[...3 lines deleted...]
-      <c r="J115" s="15">
+      <c r="G115" s="13" t="s">
+        <v>673</v>
+      </c>
+      <c r="H115" s="33">
+        <v>44529</v>
+      </c>
+      <c r="I115" s="31"/>
+      <c r="J115" s="14">
         <v>46507</v>
       </c>
       <c r="K115" s="32" t="s">
-        <v>673</v>
-[...3 lines deleted...]
-      <c r="A116" s="12">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="116" spans="1:11" ht="56.25">
+      <c r="A116" s="11">
         <v>114</v>
       </c>
-      <c r="B116" s="31" t="s">
-[...5 lines deleted...]
-      <c r="D116" s="31" t="s">
+      <c r="B116" s="34" t="s">
         <v>675</v>
       </c>
-      <c r="E116" s="31" t="s">
-[...2 lines deleted...]
-      <c r="F116" s="32" t="s">
+      <c r="C116" s="34">
+        <v>44103148110</v>
+      </c>
+      <c r="D116" s="34" t="s">
         <v>676</v>
       </c>
-      <c r="G116" s="14" t="s">
+      <c r="E116" s="34" t="s">
         <v>677</v>
       </c>
+      <c r="F116" s="35" t="s">
+        <v>678</v>
+      </c>
+      <c r="G116" s="13" t="s">
+        <v>679</v>
+      </c>
       <c r="H116" s="33">
-        <v>44529</v>
+        <v>45106</v>
       </c>
       <c r="I116" s="31"/>
-      <c r="J116" s="15">
+      <c r="J116" s="14">
         <v>46507</v>
       </c>
       <c r="K116" s="32" t="s">
-        <v>678</v>
-[...3 lines deleted...]
-      <c r="A117" s="12">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="117" spans="1:11" ht="33.75">
+      <c r="A117" s="11">
         <v>115</v>
       </c>
-      <c r="B117" s="31" t="s">
-[...8 lines deleted...]
-      <c r="E117" s="31" t="s">
+      <c r="B117" s="34" t="s">
         <v>681</v>
       </c>
-      <c r="F117" s="32" t="s">
+      <c r="C117" s="34">
+        <v>40203095557</v>
+      </c>
+      <c r="D117" s="34" t="s">
         <v>682</v>
       </c>
-      <c r="G117" s="14" t="s">
+      <c r="E117" s="34" t="s">
+        <v>682</v>
+      </c>
+      <c r="F117" s="35" t="s">
         <v>683</v>
       </c>
+      <c r="G117" s="13" t="s">
+        <v>684</v>
+      </c>
       <c r="H117" s="33">
-        <v>45106</v>
+        <v>44533</v>
       </c>
       <c r="I117" s="31"/>
-      <c r="J117" s="15">
+      <c r="J117" s="14">
         <v>46507</v>
       </c>
       <c r="K117" s="32" t="s">
-        <v>684</v>
-[...3 lines deleted...]
-      <c r="A118" s="12">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="118" spans="1:11" ht="22.5">
+      <c r="A118" s="11">
         <v>116</v>
       </c>
-      <c r="B118" s="31" t="s">
-[...5 lines deleted...]
-      <c r="D118" s="31" t="s">
+      <c r="B118" s="19" t="s">
         <v>686</v>
       </c>
-      <c r="E118" s="31" t="s">
-[...2 lines deleted...]
-      <c r="F118" s="32" t="s">
+      <c r="C118" s="19">
+        <v>40103508505</v>
+      </c>
+      <c r="D118" s="19" t="s">
         <v>687</v>
       </c>
-      <c r="G118" s="14" t="s">
+      <c r="E118" s="19" t="s">
+        <v>687</v>
+      </c>
+      <c r="F118" s="15" t="s">
         <v>688</v>
       </c>
+      <c r="G118" s="13" t="s">
+        <v>689</v>
+      </c>
       <c r="H118" s="33">
-        <v>44533</v>
+        <v>44540</v>
       </c>
       <c r="I118" s="31"/>
-      <c r="J118" s="15">
+      <c r="J118" s="14">
         <v>46507</v>
       </c>
       <c r="K118" s="32" t="s">
-        <v>689</v>
-[...3 lines deleted...]
-      <c r="A119" s="12">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="119" spans="1:11">
+      <c r="A119" s="11">
         <v>117</v>
       </c>
-      <c r="B119" s="20" t="s">
-[...5 lines deleted...]
-      <c r="D119" s="20" t="s">
+      <c r="B119" s="19" t="s">
         <v>691</v>
       </c>
-      <c r="E119" s="20" t="s">
-[...2 lines deleted...]
-      <c r="F119" s="16" t="s">
+      <c r="C119" s="19">
+        <v>40103497911</v>
+      </c>
+      <c r="D119" s="19" t="s">
         <v>692</v>
       </c>
-      <c r="G119" s="14" t="s">
+      <c r="E119" s="19" t="s">
         <v>693</v>
       </c>
-      <c r="H119" s="33">
-[...3 lines deleted...]
-      <c r="J119" s="15">
+      <c r="F119" s="15" t="s">
+        <v>694</v>
+      </c>
+      <c r="G119" s="13" t="s">
+        <v>695</v>
+      </c>
+      <c r="H119" s="36">
+        <v>44559</v>
+      </c>
+      <c r="I119" s="34"/>
+      <c r="J119" s="14">
         <v>46507</v>
       </c>
       <c r="K119" s="32" t="s">
-        <v>694</v>
-[...3 lines deleted...]
-      <c r="A120" s="12">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="120" spans="1:11" ht="33.75">
+      <c r="A120" s="11">
         <v>118</v>
       </c>
-      <c r="B120" s="20" t="s">
-[...8 lines deleted...]
-      <c r="E120" s="20" t="s">
+      <c r="B120" s="19" t="s">
         <v>697</v>
       </c>
-      <c r="F120" s="16" t="s">
+      <c r="C120" s="19">
+        <v>50103320141</v>
+      </c>
+      <c r="D120" s="19" t="s">
+        <v>574</v>
+      </c>
+      <c r="E120" s="19" t="s">
         <v>698</v>
       </c>
-      <c r="G120" s="14" t="s">
+      <c r="F120" s="15" t="s">
         <v>699</v>
       </c>
-      <c r="H120" s="33">
+      <c r="G120" s="13" t="s">
+        <v>700</v>
+      </c>
+      <c r="H120" s="36">
         <v>44559</v>
       </c>
-      <c r="I120" s="31"/>
-      <c r="J120" s="15">
+      <c r="I120" s="34"/>
+      <c r="J120" s="14">
         <v>46507</v>
       </c>
       <c r="K120" s="32" t="s">
-        <v>700</v>
-[...3 lines deleted...]
-      <c r="A121" s="12">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="121" spans="1:11" ht="22.5">
+      <c r="A121" s="11">
         <v>119</v>
       </c>
-      <c r="B121" s="20" t="s">
-[...8 lines deleted...]
-      <c r="E121" s="20" t="s">
+      <c r="B121" s="34" t="s">
         <v>702</v>
       </c>
-      <c r="F121" s="16" t="s">
+      <c r="C121" s="34">
+        <v>40203348080</v>
+      </c>
+      <c r="D121" s="34" t="s">
         <v>703</v>
       </c>
-      <c r="G121" s="14" t="s">
+      <c r="E121" s="34" t="s">
+        <v>703</v>
+      </c>
+      <c r="F121" s="35" t="s">
         <v>704</v>
       </c>
-      <c r="H121" s="33">
-[...6 lines deleted...]
-      <c r="K121" s="32" t="s">
+      <c r="G121" s="13" t="s">
         <v>705</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A122" s="12">
+      <c r="H121" s="36">
+        <v>44574</v>
+      </c>
+      <c r="I121" s="34"/>
+      <c r="J121" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K121" s="44" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="122" spans="1:11" ht="33.75">
+      <c r="A122" s="11">
         <v>120</v>
       </c>
-      <c r="B122" s="31" t="s">
-[...5 lines deleted...]
-      <c r="D122" s="31" t="s">
+      <c r="B122" s="34" t="s">
         <v>707</v>
       </c>
-      <c r="E122" s="31" t="s">
-[...2 lines deleted...]
-      <c r="F122" s="32" t="s">
+      <c r="C122" s="34">
+        <v>40203358731</v>
+      </c>
+      <c r="D122" s="34" t="s">
         <v>708</v>
       </c>
-      <c r="G122" s="14" t="s">
+      <c r="E122" s="34" t="s">
         <v>709</v>
       </c>
-      <c r="H122" s="33">
-[...3 lines deleted...]
-      <c r="J122" s="15">
+      <c r="F122" s="15" t="s">
+        <v>710</v>
+      </c>
+      <c r="G122" s="13" t="s">
+        <v>711</v>
+      </c>
+      <c r="H122" s="36">
+        <v>44592</v>
+      </c>
+      <c r="I122" s="34"/>
+      <c r="J122" s="14">
         <v>46507</v>
       </c>
       <c r="K122" s="32" t="s">
-        <v>710</v>
-[...3 lines deleted...]
-      <c r="A123" s="12">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="123" spans="1:11">
+      <c r="A123" s="11">
         <v>121</v>
       </c>
-      <c r="B123" s="31" t="s">
-[...8 lines deleted...]
-      <c r="E123" s="31" t="s">
+      <c r="B123" s="34" t="s">
         <v>713</v>
       </c>
-      <c r="F123" s="16" t="s">
+      <c r="C123" s="34">
+        <v>40203352989</v>
+      </c>
+      <c r="D123" s="34" t="s">
         <v>714</v>
       </c>
-      <c r="G123" s="14" t="s">
+      <c r="E123" s="34" t="s">
+        <v>714</v>
+      </c>
+      <c r="F123" s="15" t="s">
         <v>715</v>
       </c>
-      <c r="H123" s="33">
-[...3 lines deleted...]
-      <c r="J123" s="15">
+      <c r="G123" s="13" t="s">
+        <v>716</v>
+      </c>
+      <c r="H123" s="36">
+        <v>44602</v>
+      </c>
+      <c r="I123" s="34"/>
+      <c r="J123" s="14">
         <v>46507</v>
       </c>
       <c r="K123" s="32" t="s">
-        <v>716</v>
-[...3 lines deleted...]
-      <c r="A124" s="12">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="124" spans="1:11" ht="33.75">
+      <c r="A124" s="11">
         <v>122</v>
       </c>
-      <c r="B124" s="31" t="s">
-[...5 lines deleted...]
-      <c r="D124" s="31" t="s">
+      <c r="B124" s="34" t="s">
         <v>718</v>
       </c>
-      <c r="E124" s="31" t="s">
-[...2 lines deleted...]
-      <c r="F124" s="16" t="s">
+      <c r="C124" s="34">
+        <v>41703001548</v>
+      </c>
+      <c r="D124" s="34" t="s">
         <v>719</v>
       </c>
-      <c r="G124" s="14" t="s">
+      <c r="E124" s="34" t="s">
+        <v>719</v>
+      </c>
+      <c r="F124" s="15" t="s">
         <v>720</v>
       </c>
-      <c r="H124" s="33">
-[...3 lines deleted...]
-      <c r="J124" s="15">
+      <c r="G124" s="13" t="s">
+        <v>721</v>
+      </c>
+      <c r="H124" s="36">
+        <v>45027</v>
+      </c>
+      <c r="I124" s="34"/>
+      <c r="J124" s="14">
         <v>46507</v>
       </c>
       <c r="K124" s="32" t="s">
-        <v>721</v>
-[...3 lines deleted...]
-      <c r="A125" s="12">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="125" spans="1:11" ht="45">
+      <c r="A125" s="11">
         <v>123</v>
       </c>
-      <c r="B125" s="31" t="s">
-[...5 lines deleted...]
-      <c r="D125" s="31" t="s">
+      <c r="B125" s="34" t="s">
         <v>723</v>
       </c>
-      <c r="E125" s="31" t="s">
+      <c r="C125" s="34">
+        <v>50003991181</v>
+      </c>
+      <c r="D125" s="34" t="s">
         <v>724</v>
       </c>
-      <c r="F125" s="16" t="s">
+      <c r="E125" s="34" t="s">
+        <v>724</v>
+      </c>
+      <c r="F125" s="15" t="s">
         <v>725</v>
       </c>
-      <c r="G125" s="14" t="s">
+      <c r="G125" s="13" t="s">
         <v>726</v>
       </c>
-      <c r="H125" s="33">
-[...3 lines deleted...]
-      <c r="J125" s="15">
+      <c r="H125" s="36">
+        <v>45110</v>
+      </c>
+      <c r="I125" s="34"/>
+      <c r="J125" s="14">
         <v>46507</v>
       </c>
       <c r="K125" s="32" t="s">
         <v>727</v>
       </c>
     </row>
-    <row r="126" spans="1:11" ht="33.75">
-      <c r="A126" s="12">
+    <row r="126" spans="1:11">
+      <c r="A126" s="11">
         <v>124</v>
       </c>
-      <c r="B126" s="31" t="s">
+      <c r="B126" s="34" t="s">
         <v>728</v>
       </c>
-      <c r="C126" s="31">
-[...2 lines deleted...]
-      <c r="D126" s="31" t="s">
+      <c r="C126" s="34">
+        <v>40203317146</v>
+      </c>
+      <c r="D126" s="34" t="s">
         <v>729</v>
       </c>
-      <c r="E126" s="31" t="s">
+      <c r="E126" s="34" t="s">
         <v>729</v>
       </c>
-      <c r="F126" s="16" t="s">
+      <c r="F126" s="15" t="s">
         <v>730</v>
       </c>
-      <c r="G126" s="14" t="s">
+      <c r="G126" s="13" t="s">
         <v>731</v>
       </c>
-      <c r="H126" s="33">
-[...3 lines deleted...]
-      <c r="J126" s="15">
+      <c r="H126" s="36">
+        <v>44622</v>
+      </c>
+      <c r="I126" s="34"/>
+      <c r="J126" s="14">
         <v>46507</v>
       </c>
       <c r="K126" s="32" t="s">
         <v>732</v>
       </c>
     </row>
-    <row r="127" spans="1:11" ht="45">
-      <c r="A127" s="12">
+    <row r="127" spans="1:11">
+      <c r="A127" s="11">
         <v>125</v>
       </c>
-      <c r="B127" s="31" t="s">
+      <c r="B127" s="34" t="s">
         <v>733</v>
       </c>
-      <c r="C127" s="31">
-[...2 lines deleted...]
-      <c r="D127" s="31" t="s">
+      <c r="C127" s="34">
+        <v>40203330515</v>
+      </c>
+      <c r="D127" s="34" t="s">
         <v>734</v>
       </c>
-      <c r="E127" s="31" t="s">
-[...2 lines deleted...]
-      <c r="F127" s="16" t="s">
+      <c r="E127" s="34" t="s">
+        <v>729</v>
+      </c>
+      <c r="F127" s="15" t="s">
         <v>735</v>
       </c>
-      <c r="G127" s="14" t="s">
+      <c r="G127" s="13" t="s">
         <v>736</v>
       </c>
-      <c r="H127" s="33">
-[...3 lines deleted...]
-      <c r="J127" s="15">
+      <c r="H127" s="36">
+        <v>44622</v>
+      </c>
+      <c r="I127" s="34"/>
+      <c r="J127" s="14">
         <v>46507</v>
       </c>
       <c r="K127" s="32" t="s">
         <v>737</v>
       </c>
     </row>
-    <row r="128" spans="1:11">
-      <c r="A128" s="12">
+    <row r="128" spans="1:11" ht="78.75">
+      <c r="A128" s="11">
         <v>126</v>
       </c>
-      <c r="B128" s="31" t="s">
+      <c r="B128" s="34" t="s">
         <v>738</v>
       </c>
-      <c r="C128" s="31">
-[...2 lines deleted...]
-      <c r="D128" s="31" t="s">
+      <c r="C128" s="34">
+        <v>40203016684</v>
+      </c>
+      <c r="D128" s="34" t="s">
         <v>739</v>
       </c>
-      <c r="E128" s="31" t="s">
+      <c r="E128" s="34" t="s">
         <v>739</v>
       </c>
-      <c r="F128" s="16" t="s">
+      <c r="F128" s="15" t="s">
         <v>740</v>
       </c>
-      <c r="G128" s="14" t="s">
+      <c r="G128" s="13" t="s">
         <v>741</v>
       </c>
-      <c r="H128" s="33">
+      <c r="H128" s="36">
         <v>44622</v>
       </c>
-      <c r="I128" s="31"/>
-      <c r="J128" s="15">
+      <c r="I128" s="34"/>
+      <c r="J128" s="14">
         <v>46507</v>
       </c>
       <c r="K128" s="32" t="s">
         <v>742</v>
       </c>
     </row>
-    <row r="129" spans="1:11">
-      <c r="A129" s="12">
+    <row r="129" spans="1:11" ht="45">
+      <c r="A129" s="11">
         <v>127</v>
       </c>
-      <c r="B129" s="31" t="s">
+      <c r="B129" s="34" t="s">
         <v>743</v>
       </c>
-      <c r="C129" s="31">
-[...2 lines deleted...]
-      <c r="D129" s="31" t="s">
+      <c r="C129" s="34">
+        <v>40203358534</v>
+      </c>
+      <c r="D129" s="34" t="s">
         <v>744</v>
       </c>
-      <c r="E129" s="31" t="s">
-[...2 lines deleted...]
-      <c r="F129" s="16" t="s">
+      <c r="E129" s="34" t="s">
+        <v>744</v>
+      </c>
+      <c r="F129" s="15" t="s">
         <v>745</v>
       </c>
-      <c r="G129" s="14" t="s">
+      <c r="G129" s="13" t="s">
         <v>746</v>
       </c>
-      <c r="H129" s="33">
-[...3 lines deleted...]
-      <c r="J129" s="15">
+      <c r="H129" s="36">
+        <v>44680</v>
+      </c>
+      <c r="I129" s="34"/>
+      <c r="J129" s="14">
         <v>46507</v>
       </c>
       <c r="K129" s="32" t="s">
         <v>747</v>
       </c>
     </row>
-    <row r="130" spans="1:11" ht="78.75">
-      <c r="A130" s="12">
+    <row r="130" spans="1:11" ht="33.75">
+      <c r="A130" s="11">
         <v>128</v>
       </c>
-      <c r="B130" s="31" t="s">
+      <c r="B130" s="34" t="s">
         <v>748</v>
       </c>
-      <c r="C130" s="31">
-[...2 lines deleted...]
-      <c r="D130" s="31" t="s">
+      <c r="C130" s="34">
+        <v>44103052844</v>
+      </c>
+      <c r="D130" s="34" t="s">
         <v>749</v>
       </c>
-      <c r="E130" s="31" t="s">
-[...2 lines deleted...]
-      <c r="F130" s="16" t="s">
+      <c r="E130" s="34" t="s">
         <v>750</v>
       </c>
-      <c r="G130" s="14" t="s">
+      <c r="F130" s="15" t="s">
         <v>751</v>
       </c>
-      <c r="H130" s="33">
-[...3 lines deleted...]
-      <c r="J130" s="15">
+      <c r="G130" s="13" t="s">
+        <v>752</v>
+      </c>
+      <c r="H130" s="36">
+        <v>44641</v>
+      </c>
+      <c r="I130" s="34"/>
+      <c r="J130" s="14">
         <v>46507</v>
       </c>
       <c r="K130" s="32" t="s">
-        <v>752</v>
-[...3 lines deleted...]
-      <c r="A131" s="12">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="131" spans="1:11" ht="67.5">
+      <c r="A131" s="11">
         <v>129</v>
       </c>
-      <c r="B131" s="31" t="s">
-[...5 lines deleted...]
-      <c r="D131" s="31" t="s">
+      <c r="B131" s="34" t="s">
         <v>754</v>
       </c>
-      <c r="E131" s="31" t="s">
-[...2 lines deleted...]
-      <c r="F131" s="16" t="s">
+      <c r="C131" s="34">
+        <v>50002193811</v>
+      </c>
+      <c r="D131" s="34" t="s">
         <v>755</v>
       </c>
-      <c r="G131" s="14" t="s">
+      <c r="E131" s="34" t="s">
+        <v>755</v>
+      </c>
+      <c r="F131" s="15" t="s">
         <v>756</v>
       </c>
-      <c r="H131" s="33">
-[...3 lines deleted...]
-      <c r="J131" s="15">
+      <c r="G131" s="13" t="s">
+        <v>757</v>
+      </c>
+      <c r="H131" s="36">
+        <v>44663</v>
+      </c>
+      <c r="I131" s="34"/>
+      <c r="J131" s="14">
         <v>46507</v>
       </c>
       <c r="K131" s="32" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
     </row>
     <row r="132" spans="1:11" ht="33.75">
-      <c r="A132" s="12">
+      <c r="A132" s="11">
         <v>130</v>
       </c>
-      <c r="B132" s="31" t="s">
-[...5 lines deleted...]
-      <c r="D132" s="31" t="s">
+      <c r="B132" s="34" t="s">
         <v>759</v>
       </c>
-      <c r="E132" s="31" t="s">
+      <c r="C132" s="34">
+        <v>40103347036</v>
+      </c>
+      <c r="D132" s="34" t="s">
         <v>760</v>
       </c>
-      <c r="F132" s="16" t="s">
+      <c r="E132" s="34" t="s">
+        <v>760</v>
+      </c>
+      <c r="F132" s="15" t="s">
         <v>761</v>
       </c>
-      <c r="G132" s="14" t="s">
+      <c r="G132" s="13" t="s">
         <v>762</v>
       </c>
-      <c r="H132" s="33">
-[...3 lines deleted...]
-      <c r="J132" s="15">
+      <c r="H132" s="36">
+        <v>44677</v>
+      </c>
+      <c r="I132" s="34"/>
+      <c r="J132" s="14">
         <v>46507</v>
       </c>
       <c r="K132" s="32" t="s">
         <v>763</v>
       </c>
     </row>
-    <row r="133" spans="1:11" ht="67.5">
-      <c r="A133" s="12">
+    <row r="133" spans="1:11" ht="45">
+      <c r="A133" s="11">
         <v>131</v>
       </c>
-      <c r="B133" s="31" t="s">
+      <c r="B133" s="34" t="s">
         <v>764</v>
       </c>
-      <c r="C133" s="31">
-[...2 lines deleted...]
-      <c r="D133" s="31" t="s">
+      <c r="C133" s="34">
+        <v>50203387291</v>
+      </c>
+      <c r="D133" s="34" t="s">
+        <v>605</v>
+      </c>
+      <c r="E133" s="34" t="s">
+        <v>605</v>
+      </c>
+      <c r="F133" s="15" t="s">
         <v>765</v>
       </c>
-      <c r="E133" s="31" t="s">
-[...2 lines deleted...]
-      <c r="F133" s="16" t="s">
+      <c r="G133" s="13" t="s">
         <v>766</v>
       </c>
-      <c r="G133" s="14" t="s">
+      <c r="H133" s="45">
+        <v>44677</v>
+      </c>
+      <c r="I133" s="35"/>
+      <c r="J133" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K133" s="32" t="s">
         <v>767</v>
       </c>
-      <c r="H133" s="33">
-[...6 lines deleted...]
-      <c r="K133" s="32" t="s">
+    </row>
+    <row r="134" spans="1:11" ht="33.75">
+      <c r="A134" s="11">
+        <v>132</v>
+      </c>
+      <c r="B134" s="34" t="s">
         <v>768</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B134" s="31" t="s">
+      <c r="C134" s="34">
+        <v>50203358771</v>
+      </c>
+      <c r="D134" s="34" t="s">
         <v>769</v>
       </c>
-      <c r="C134" s="31">
-[...2 lines deleted...]
-      <c r="D134" s="31" t="s">
+      <c r="E134" s="34" t="s">
         <v>770</v>
       </c>
-      <c r="E134" s="31" t="s">
-[...2 lines deleted...]
-      <c r="F134" s="16" t="s">
+      <c r="F134" s="15" t="s">
         <v>771</v>
       </c>
-      <c r="G134" s="14" t="s">
+      <c r="G134" s="13" t="s">
         <v>772</v>
       </c>
-      <c r="H134" s="33">
-[...6 lines deleted...]
-      <c r="K134" s="32" t="s">
+      <c r="H134" s="36">
+        <v>44678</v>
+      </c>
+      <c r="I134" s="34"/>
+      <c r="J134" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K134" s="35" t="s">
         <v>773</v>
       </c>
     </row>
-    <row r="135" spans="1:11" ht="36" customHeight="1">
-      <c r="A135" s="12">
+    <row r="135" spans="1:11" ht="33.75">
+      <c r="A135" s="11">
         <v>133</v>
       </c>
-      <c r="B135" s="31" t="s">
+      <c r="B135" s="34" t="s">
         <v>774</v>
       </c>
-      <c r="C135" s="31">
-[...8 lines deleted...]
-      <c r="F135" s="16" t="s">
+      <c r="C135" s="34">
+        <v>40203378831</v>
+      </c>
+      <c r="D135" s="34" t="s">
         <v>775</v>
       </c>
-      <c r="G135" s="14" t="s">
+      <c r="E135" s="34" t="s">
+        <v>775</v>
+      </c>
+      <c r="F135" s="15" t="s">
         <v>776</v>
       </c>
-      <c r="H135" s="37">
-[...3 lines deleted...]
-      <c r="J135" s="15">
+      <c r="G135" s="13" t="s">
+        <v>777</v>
+      </c>
+      <c r="H135" s="36">
+        <v>44698</v>
+      </c>
+      <c r="I135" s="34"/>
+      <c r="J135" s="14">
         <v>46507</v>
       </c>
       <c r="K135" s="32" t="s">
-        <v>777</v>
-[...3 lines deleted...]
-      <c r="A136" s="12">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="136" spans="1:11" ht="67.5">
+      <c r="A136" s="11">
         <v>134</v>
       </c>
-      <c r="B136" s="31" t="s">
-        <v>778</v>
+      <c r="B136" s="34" t="s">
+        <v>779</v>
       </c>
       <c r="C136" s="31">
-        <v>50203358771</v>
+        <v>40003789592</v>
       </c>
       <c r="D136" s="31" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="E136" s="31" t="s">
         <v>780</v>
       </c>
-      <c r="F136" s="16" t="s">
+      <c r="F136" s="15" t="s">
         <v>781</v>
       </c>
-      <c r="G136" s="14" t="s">
+      <c r="G136" s="13" t="s">
         <v>782</v>
       </c>
-      <c r="H136" s="33">
-[...3 lines deleted...]
-      <c r="J136" s="15">
+      <c r="H136" s="36">
+        <v>44711</v>
+      </c>
+      <c r="I136" s="34"/>
+      <c r="J136" s="14">
         <v>46507</v>
       </c>
       <c r="K136" s="32" t="s">
         <v>783</v>
       </c>
     </row>
-    <row r="137" spans="1:11" ht="33.75">
-      <c r="A137" s="12">
+    <row r="137" spans="1:11" ht="45">
+      <c r="A137" s="11">
         <v>135</v>
       </c>
-      <c r="B137" s="31" t="s">
+      <c r="B137" s="34" t="s">
         <v>784</v>
       </c>
       <c r="C137" s="31">
-        <v>40203378831</v>
+        <v>50203388831</v>
       </c>
       <c r="D137" s="31" t="s">
         <v>785</v>
       </c>
       <c r="E137" s="31" t="s">
         <v>785</v>
       </c>
-      <c r="F137" s="16" t="s">
+      <c r="F137" s="15" t="s">
         <v>786</v>
       </c>
-      <c r="G137" s="14" t="s">
+      <c r="G137" s="13" t="s">
         <v>787</v>
       </c>
-      <c r="H137" s="33">
-[...3 lines deleted...]
-      <c r="J137" s="15">
+      <c r="H137" s="36">
+        <v>44711</v>
+      </c>
+      <c r="I137" s="34"/>
+      <c r="J137" s="14">
         <v>46507</v>
       </c>
       <c r="K137" s="32" t="s">
         <v>788</v>
       </c>
     </row>
-    <row r="138" spans="1:11" ht="65.650000000000006" customHeight="1">
-      <c r="A138" s="12">
+    <row r="138" spans="1:11" ht="22.5">
+      <c r="A138" s="11">
         <v>136</v>
       </c>
-      <c r="B138" s="31" t="s">
+      <c r="B138" s="34" t="s">
         <v>789</v>
       </c>
       <c r="C138" s="31">
-        <v>40003789592</v>
+        <v>40203177374</v>
       </c>
       <c r="D138" s="31" t="s">
         <v>790</v>
       </c>
       <c r="E138" s="31" t="s">
         <v>790</v>
       </c>
-      <c r="F138" s="16" t="s">
+      <c r="F138" s="15" t="s">
         <v>791</v>
       </c>
-      <c r="G138" s="14" t="s">
+      <c r="G138" s="13" t="s">
         <v>792</v>
       </c>
-      <c r="H138" s="33">
-[...3 lines deleted...]
-      <c r="J138" s="15">
+      <c r="H138" s="36">
+        <v>44963</v>
+      </c>
+      <c r="I138" s="34"/>
+      <c r="J138" s="14">
         <v>46507</v>
       </c>
       <c r="K138" s="32" t="s">
         <v>793</v>
       </c>
     </row>
-    <row r="139" spans="1:11" ht="65.650000000000006" customHeight="1">
-      <c r="A139" s="12">
+    <row r="139" spans="1:11" ht="33.75">
+      <c r="A139" s="11">
         <v>137</v>
       </c>
-      <c r="B139" s="31" t="s">
+      <c r="B139" s="34" t="s">
         <v>794</v>
       </c>
-      <c r="C139" s="31">
-[...2 lines deleted...]
-      <c r="D139" s="31" t="s">
+      <c r="C139" s="34">
+        <v>44103038018</v>
+      </c>
+      <c r="D139" s="34" t="s">
         <v>795</v>
       </c>
-      <c r="E139" s="31" t="s">
+      <c r="E139" s="34" t="s">
         <v>795</v>
       </c>
-      <c r="F139" s="16" t="s">
+      <c r="F139" s="15" t="s">
         <v>796</v>
       </c>
-      <c r="G139" s="14" t="s">
+      <c r="G139" s="13" t="s">
         <v>797</v>
       </c>
-      <c r="H139" s="33">
-[...3 lines deleted...]
-      <c r="J139" s="15">
+      <c r="H139" s="36">
+        <v>44714</v>
+      </c>
+      <c r="I139" s="34"/>
+      <c r="J139" s="14">
         <v>46507</v>
       </c>
       <c r="K139" s="32" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="140" spans="1:11" ht="33" customHeight="1">
-      <c r="A140" s="12">
+    <row r="140" spans="1:11" ht="33.75">
+      <c r="A140" s="11">
         <v>138</v>
       </c>
-      <c r="B140" s="31" t="s">
+      <c r="B140" s="34" t="s">
         <v>799</v>
       </c>
-      <c r="C140" s="31">
-[...2 lines deleted...]
-      <c r="D140" s="31" t="s">
+      <c r="C140" s="34">
+        <v>40203384594</v>
+      </c>
+      <c r="D140" s="34" t="s">
         <v>800</v>
       </c>
-      <c r="E140" s="31" t="s">
+      <c r="E140" s="34" t="s">
         <v>800</v>
       </c>
-      <c r="F140" s="16" t="s">
+      <c r="F140" s="15" t="s">
         <v>801</v>
       </c>
-      <c r="G140" s="14" t="s">
+      <c r="G140" s="13" t="s">
         <v>802</v>
       </c>
-      <c r="H140" s="33">
-[...3 lines deleted...]
-      <c r="J140" s="15">
+      <c r="H140" s="36">
+        <v>44714</v>
+      </c>
+      <c r="I140" s="34"/>
+      <c r="J140" s="14">
         <v>46507</v>
       </c>
       <c r="K140" s="32" t="s">
         <v>803</v>
       </c>
     </row>
     <row r="141" spans="1:11" ht="33.75">
-      <c r="A141" s="12">
+      <c r="A141" s="11">
         <v>139</v>
       </c>
-      <c r="B141" s="31" t="s">
+      <c r="B141" s="34" t="s">
         <v>804</v>
       </c>
-      <c r="C141" s="31">
-[...2 lines deleted...]
-      <c r="D141" s="31" t="s">
+      <c r="C141" s="34">
+        <v>40203397226</v>
+      </c>
+      <c r="D141" s="34" t="s">
         <v>805</v>
       </c>
-      <c r="E141" s="31" t="s">
+      <c r="E141" s="34" t="s">
         <v>805</v>
       </c>
-      <c r="F141" s="16" t="s">
+      <c r="F141" s="15" t="s">
         <v>806</v>
       </c>
-      <c r="G141" s="14" t="s">
+      <c r="G141" s="13" t="s">
         <v>807</v>
       </c>
-      <c r="H141" s="33">
-[...3 lines deleted...]
-      <c r="J141" s="15">
+      <c r="H141" s="36">
+        <v>44721</v>
+      </c>
+      <c r="I141" s="34"/>
+      <c r="J141" s="14">
         <v>46507</v>
       </c>
       <c r="K141" s="32" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="142" spans="1:11" ht="33.75">
-      <c r="A142" s="12">
+    <row r="142" spans="1:11" ht="67.5">
+      <c r="A142" s="11">
         <v>140</v>
       </c>
-      <c r="B142" s="31" t="s">
+      <c r="B142" s="34" t="s">
         <v>809</v>
       </c>
-      <c r="C142" s="31">
-[...2 lines deleted...]
-      <c r="D142" s="31" t="s">
+      <c r="C142" s="34">
+        <v>40203081415</v>
+      </c>
+      <c r="D142" s="34" t="s">
         <v>810</v>
       </c>
-      <c r="E142" s="31" t="s">
-[...2 lines deleted...]
-      <c r="F142" s="16" t="s">
+      <c r="E142" s="34" t="s">
         <v>811</v>
       </c>
-      <c r="G142" s="14" t="s">
+      <c r="F142" s="15" t="s">
         <v>812</v>
       </c>
-      <c r="H142" s="33">
-[...3 lines deleted...]
-      <c r="J142" s="15">
+      <c r="G142" s="13" t="s">
+        <v>813</v>
+      </c>
+      <c r="H142" s="36">
+        <v>44722</v>
+      </c>
+      <c r="I142" s="34"/>
+      <c r="J142" s="14">
         <v>46507</v>
       </c>
       <c r="K142" s="32" t="s">
-        <v>813</v>
-[...3 lines deleted...]
-      <c r="A143" s="12">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="143" spans="1:11" ht="45">
+      <c r="A143" s="11">
         <v>141</v>
       </c>
-      <c r="B143" s="31" t="s">
-[...5 lines deleted...]
-      <c r="D143" s="31" t="s">
+      <c r="B143" s="34" t="s">
         <v>815</v>
       </c>
-      <c r="E143" s="31" t="s">
-[...2 lines deleted...]
-      <c r="F143" s="16" t="s">
+      <c r="C143" s="34">
+        <v>44103116365</v>
+      </c>
+      <c r="D143" s="34" t="s">
         <v>816</v>
       </c>
-      <c r="G143" s="14" t="s">
+      <c r="E143" s="34" t="s">
+        <v>816</v>
+      </c>
+      <c r="F143" s="15" t="s">
         <v>817</v>
       </c>
-      <c r="H143" s="33">
-[...3 lines deleted...]
-      <c r="J143" s="15">
+      <c r="G143" s="13" t="s">
+        <v>818</v>
+      </c>
+      <c r="H143" s="36">
+        <v>44722</v>
+      </c>
+      <c r="I143" s="34"/>
+      <c r="J143" s="14">
         <v>46507</v>
       </c>
       <c r="K143" s="32" t="s">
-        <v>818</v>
-[...3 lines deleted...]
-      <c r="A144" s="12">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="144" spans="1:11" ht="45">
+      <c r="A144" s="11">
         <v>142</v>
       </c>
-      <c r="B144" s="31" t="s">
-[...5 lines deleted...]
-      <c r="D144" s="31" t="s">
+      <c r="B144" s="34" t="s">
         <v>820</v>
       </c>
-      <c r="E144" s="31" t="s">
+      <c r="C144" s="34">
+        <v>40103505829</v>
+      </c>
+      <c r="D144" s="34" t="s">
         <v>821</v>
       </c>
-      <c r="F144" s="16" t="s">
+      <c r="E144" s="34" t="s">
+        <v>821</v>
+      </c>
+      <c r="F144" s="15" t="s">
         <v>822</v>
       </c>
-      <c r="G144" s="14" t="s">
+      <c r="G144" s="13" t="s">
         <v>823</v>
       </c>
-      <c r="H144" s="33">
+      <c r="H144" s="36">
         <v>44722</v>
       </c>
-      <c r="I144" s="31"/>
-      <c r="J144" s="15">
+      <c r="I144" s="34"/>
+      <c r="J144" s="14">
         <v>46507</v>
       </c>
       <c r="K144" s="32" t="s">
         <v>824</v>
       </c>
     </row>
-    <row r="145" spans="1:11" ht="70.150000000000006" customHeight="1">
-      <c r="A145" s="12">
+    <row r="145" spans="1:11" ht="33.75">
+      <c r="A145" s="11">
         <v>143</v>
       </c>
-      <c r="B145" s="31" t="s">
+      <c r="B145" s="34" t="s">
         <v>825</v>
       </c>
-      <c r="C145" s="31">
-[...2 lines deleted...]
-      <c r="D145" s="31" t="s">
+      <c r="C145" s="34">
+        <v>40203396080</v>
+      </c>
+      <c r="D145" s="34" t="s">
         <v>826</v>
       </c>
-      <c r="E145" s="31" t="s">
+      <c r="E145" s="34" t="s">
         <v>826</v>
       </c>
-      <c r="F145" s="16" t="s">
+      <c r="F145" s="15" t="s">
         <v>827</v>
       </c>
-      <c r="G145" s="14" t="s">
+      <c r="G145" s="13" t="s">
         <v>828</v>
       </c>
-      <c r="H145" s="33">
-[...3 lines deleted...]
-      <c r="J145" s="15">
+      <c r="H145" s="36">
+        <v>44728</v>
+      </c>
+      <c r="I145" s="34"/>
+      <c r="J145" s="14">
         <v>46507</v>
       </c>
       <c r="K145" s="32" t="s">
         <v>829</v>
       </c>
     </row>
-    <row r="146" spans="1:11" ht="70.150000000000006" customHeight="1">
-      <c r="A146" s="12">
+    <row r="146" spans="1:11" ht="33.75">
+      <c r="A146" s="11">
         <v>144</v>
       </c>
-      <c r="B146" s="31" t="s">
+      <c r="B146" s="34" t="s">
         <v>830</v>
       </c>
-      <c r="C146" s="31">
-[...2 lines deleted...]
-      <c r="D146" s="31" t="s">
+      <c r="C146" s="34">
+        <v>42403046552</v>
+      </c>
+      <c r="D146" s="34" t="s">
         <v>831</v>
       </c>
-      <c r="E146" s="31" t="s">
-[...2 lines deleted...]
-      <c r="F146" s="16" t="s">
+      <c r="E146" s="34" t="s">
         <v>832</v>
       </c>
-      <c r="G146" s="14" t="s">
+      <c r="F146" s="15" t="s">
         <v>833</v>
       </c>
-      <c r="H146" s="33">
-[...3 lines deleted...]
-      <c r="J146" s="15">
+      <c r="G146" s="13" t="s">
+        <v>834</v>
+      </c>
+      <c r="H146" s="36">
+        <v>44728</v>
+      </c>
+      <c r="I146" s="34"/>
+      <c r="J146" s="14">
         <v>46507</v>
       </c>
       <c r="K146" s="32" t="s">
-        <v>834</v>
-[...3 lines deleted...]
-      <c r="A147" s="12">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="147" spans="1:11" ht="56.25">
+      <c r="A147" s="11">
         <v>145</v>
       </c>
-      <c r="B147" s="31" t="s">
-[...5 lines deleted...]
-      <c r="D147" s="31" t="s">
+      <c r="B147" s="34" t="s">
         <v>836</v>
       </c>
-      <c r="E147" s="31" t="s">
-[...2 lines deleted...]
-      <c r="F147" s="16" t="s">
+      <c r="C147" s="34">
+        <v>40203284574</v>
+      </c>
+      <c r="D147" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="E147" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="F147" s="29" t="s">
         <v>837</v>
       </c>
-      <c r="G147" s="14" t="s">
+      <c r="G147" s="13" t="s">
         <v>838</v>
       </c>
-      <c r="H147" s="33">
-[...3 lines deleted...]
-      <c r="J147" s="15">
+      <c r="H147" s="46">
+        <v>44750</v>
+      </c>
+      <c r="I147" s="47"/>
+      <c r="J147" s="14">
         <v>46507</v>
       </c>
       <c r="K147" s="32" t="s">
         <v>839</v>
       </c>
     </row>
-    <row r="148" spans="1:11" ht="35.65" customHeight="1">
-      <c r="A148" s="12">
+    <row r="148" spans="1:11" ht="33.75">
+      <c r="A148" s="11">
         <v>146</v>
       </c>
-      <c r="B148" s="31" t="s">
+      <c r="B148" s="34" t="s">
         <v>840</v>
       </c>
-      <c r="C148" s="31">
-[...2 lines deleted...]
-      <c r="D148" s="31" t="s">
+      <c r="C148" s="34">
+        <v>40203255842</v>
+      </c>
+      <c r="D148" s="34" t="s">
         <v>841</v>
       </c>
-      <c r="E148" s="31" t="s">
+      <c r="E148" s="34" t="s">
+        <v>841</v>
+      </c>
+      <c r="F148" s="29" t="s">
         <v>842</v>
       </c>
-      <c r="F148" s="16" t="s">
+      <c r="G148" s="13" t="s">
         <v>843</v>
       </c>
-      <c r="G148" s="14" t="s">
+      <c r="H148" s="46">
+        <v>44760</v>
+      </c>
+      <c r="I148" s="47"/>
+      <c r="J148" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K148" s="32" t="s">
         <v>844</v>
       </c>
-      <c r="H148" s="33">
-[...6 lines deleted...]
-      <c r="K148" s="32" t="s">
+    </row>
+    <row r="149" spans="1:11" ht="56.25">
+      <c r="A149" s="11">
+        <v>147</v>
+      </c>
+      <c r="B149" s="34" t="s">
         <v>845</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B149" s="31" t="s">
+      <c r="C149" s="34">
+        <v>51503034181</v>
+      </c>
+      <c r="D149" s="34" t="s">
         <v>846</v>
       </c>
-      <c r="C149" s="31">
-[...8 lines deleted...]
-      <c r="F149" s="28" t="s">
+      <c r="E149" s="34" t="s">
         <v>847</v>
       </c>
-      <c r="G149" s="14" t="s">
+      <c r="F149" s="29" t="s">
         <v>848</v>
       </c>
-      <c r="H149" s="39">
-[...3 lines deleted...]
-      <c r="J149" s="15">
+      <c r="G149" s="13" t="s">
+        <v>849</v>
+      </c>
+      <c r="H149" s="46">
+        <v>44784</v>
+      </c>
+      <c r="I149" s="47"/>
+      <c r="J149" s="14">
         <v>46507</v>
       </c>
       <c r="K149" s="32" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
     </row>
     <row r="150" spans="1:11" ht="33.75">
-      <c r="A150" s="12">
+      <c r="A150" s="11">
         <v>148</v>
       </c>
-      <c r="B150" s="31" t="s">
-[...5 lines deleted...]
-      <c r="D150" s="31" t="s">
+      <c r="B150" s="34" t="s">
         <v>851</v>
       </c>
-      <c r="E150" s="31" t="s">
-[...2 lines deleted...]
-      <c r="F150" s="28" t="s">
+      <c r="C150" s="34">
+        <v>40103974877</v>
+      </c>
+      <c r="D150" s="34" t="s">
         <v>852</v>
       </c>
-      <c r="G150" s="14" t="s">
+      <c r="E150" s="34" t="s">
+        <v>852</v>
+      </c>
+      <c r="F150" s="13" t="s">
+        <v>118</v>
+      </c>
+      <c r="G150" s="13" t="s">
         <v>853</v>
       </c>
-      <c r="H150" s="39">
-[...3 lines deleted...]
-      <c r="J150" s="15">
+      <c r="H150" s="46">
+        <v>44777</v>
+      </c>
+      <c r="I150" s="47"/>
+      <c r="J150" s="14">
         <v>46507</v>
       </c>
       <c r="K150" s="32" t="s">
         <v>854</v>
       </c>
     </row>
-    <row r="151" spans="1:11" ht="56.25">
-      <c r="A151" s="12">
+    <row r="151" spans="1:11" ht="22.5">
+      <c r="A151" s="11">
         <v>149</v>
       </c>
-      <c r="B151" s="31" t="s">
+      <c r="B151" s="34" t="s">
         <v>855</v>
       </c>
-      <c r="C151" s="31">
-[...2 lines deleted...]
-      <c r="D151" s="31" t="s">
+      <c r="C151" s="34">
+        <v>40203356073</v>
+      </c>
+      <c r="D151" s="34" t="s">
         <v>856</v>
       </c>
-      <c r="E151" s="31" t="s">
+      <c r="E151" s="34" t="s">
+        <v>856</v>
+      </c>
+      <c r="F151" s="29" t="s">
         <v>857</v>
       </c>
-      <c r="F151" s="28" t="s">
+      <c r="G151" s="13" t="s">
         <v>858</v>
       </c>
-      <c r="G151" s="14" t="s">
+      <c r="H151" s="46">
+        <v>44777</v>
+      </c>
+      <c r="I151" s="47"/>
+      <c r="J151" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K151" s="32" t="s">
         <v>859</v>
       </c>
-      <c r="H151" s="39">
+    </row>
+    <row r="152" spans="1:11" ht="33.75">
+      <c r="A152" s="11">
+        <v>150</v>
+      </c>
+      <c r="B152" s="48" t="s">
+        <v>860</v>
+      </c>
+      <c r="C152" s="48">
+        <v>40003121062</v>
+      </c>
+      <c r="D152" s="48" t="s">
+        <v>861</v>
+      </c>
+      <c r="E152" s="48" t="s">
+        <v>861</v>
+      </c>
+      <c r="F152" s="29" t="s">
+        <v>862</v>
+      </c>
+      <c r="G152" s="13" t="s">
+        <v>863</v>
+      </c>
+      <c r="H152" s="46">
+        <v>44782</v>
+      </c>
+      <c r="I152" s="47"/>
+      <c r="J152" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K152" s="49" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="153" spans="1:11" ht="45">
+      <c r="A153" s="11">
+        <v>151</v>
+      </c>
+      <c r="B153" s="48" t="s">
+        <v>865</v>
+      </c>
+      <c r="C153" s="48">
+        <v>40203050735</v>
+      </c>
+      <c r="D153" s="48" t="s">
+        <v>866</v>
+      </c>
+      <c r="E153" s="48" t="s">
+        <v>866</v>
+      </c>
+      <c r="F153" s="29" t="s">
+        <v>867</v>
+      </c>
+      <c r="G153" s="13" t="s">
+        <v>868</v>
+      </c>
+      <c r="H153" s="30">
         <v>44784</v>
       </c>
-      <c r="I151" s="40"/>
-[...66 lines deleted...]
-      <c r="J153" s="15">
+      <c r="I153" s="29"/>
+      <c r="J153" s="14">
         <v>46507</v>
       </c>
       <c r="K153" s="32" t="s">
         <v>869</v>
       </c>
     </row>
-    <row r="154" spans="1:11" s="43" customFormat="1" ht="33.75">
-      <c r="A154" s="12">
+    <row r="154" spans="1:11" ht="33.75">
+      <c r="A154" s="11">
         <v>152</v>
       </c>
-      <c r="B154" s="41" t="s">
+      <c r="B154" s="48" t="s">
         <v>870</v>
       </c>
-      <c r="C154" s="41">
-[...2 lines deleted...]
-      <c r="D154" s="41" t="s">
+      <c r="C154" s="48">
+        <v>40203403927</v>
+      </c>
+      <c r="D154" s="48" t="s">
         <v>871</v>
       </c>
-      <c r="E154" s="41" t="s">
+      <c r="E154" s="48" t="s">
         <v>871</v>
       </c>
-      <c r="F154" s="28" t="s">
+      <c r="F154" s="29" t="s">
         <v>872</v>
       </c>
-      <c r="G154" s="14" t="s">
+      <c r="G154" s="13" t="s">
         <v>873</v>
       </c>
-      <c r="H154" s="39">
-[...6 lines deleted...]
-      <c r="K154" s="42" t="s">
+      <c r="H154" s="46">
+        <v>44784</v>
+      </c>
+      <c r="I154" s="47"/>
+      <c r="J154" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K154" s="49" t="s">
         <v>874</v>
       </c>
     </row>
-    <row r="155" spans="1:11" s="43" customFormat="1" ht="45">
-      <c r="A155" s="12">
+    <row r="155" spans="1:11" ht="22.5">
+      <c r="A155" s="11">
         <v>153</v>
       </c>
-      <c r="B155" s="41" t="s">
+      <c r="B155" s="48" t="s">
         <v>875</v>
       </c>
-      <c r="C155" s="41">
-[...2 lines deleted...]
-      <c r="D155" s="41" t="s">
+      <c r="C155" s="48">
+        <v>40203272240</v>
+      </c>
+      <c r="D155" s="48" t="s">
         <v>876</v>
       </c>
-      <c r="E155" s="41" t="s">
+      <c r="E155" s="48" t="s">
         <v>876</v>
       </c>
-      <c r="F155" s="28" t="s">
+      <c r="F155" s="29" t="s">
         <v>877</v>
       </c>
-      <c r="G155" s="14" t="s">
+      <c r="G155" s="13" t="s">
         <v>878</v>
       </c>
-      <c r="H155" s="29">
-[...6 lines deleted...]
-      <c r="K155" s="32" t="s">
+      <c r="H155" s="46">
+        <v>44791</v>
+      </c>
+      <c r="I155" s="47"/>
+      <c r="J155" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K155" s="49" t="s">
         <v>879</v>
       </c>
     </row>
-    <row r="156" spans="1:11" s="43" customFormat="1" ht="33.75">
-      <c r="A156" s="12">
+    <row r="156" spans="1:11" ht="33.75">
+      <c r="A156" s="11">
         <v>154</v>
       </c>
-      <c r="B156" s="41" t="s">
+      <c r="B156" s="48" t="s">
         <v>880</v>
       </c>
-      <c r="C156" s="41">
-[...2 lines deleted...]
-      <c r="D156" s="41" t="s">
+      <c r="C156" s="48">
+        <v>40203403471</v>
+      </c>
+      <c r="D156" s="48" t="s">
         <v>881</v>
       </c>
-      <c r="E156" s="41" t="s">
+      <c r="E156" s="48" t="s">
         <v>881</v>
       </c>
-      <c r="F156" s="28" t="s">
+      <c r="F156" s="29" t="s">
         <v>882</v>
       </c>
-      <c r="G156" s="14" t="s">
+      <c r="G156" s="13" t="s">
         <v>883</v>
       </c>
-      <c r="H156" s="39">
-[...6 lines deleted...]
-      <c r="K156" s="42" t="s">
+      <c r="H156" s="46">
+        <v>44833</v>
+      </c>
+      <c r="I156" s="47"/>
+      <c r="J156" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K156" s="49" t="s">
         <v>884</v>
       </c>
     </row>
-    <row r="157" spans="1:11" s="43" customFormat="1" ht="22.5">
-      <c r="A157" s="12">
+    <row r="157" spans="1:11" ht="33.75">
+      <c r="A157" s="11">
         <v>155</v>
       </c>
-      <c r="B157" s="41" t="s">
+      <c r="B157" s="48" t="s">
         <v>885</v>
       </c>
-      <c r="C157" s="41">
-[...2 lines deleted...]
-      <c r="D157" s="41" t="s">
+      <c r="C157" s="48">
+        <v>40203270767</v>
+      </c>
+      <c r="D157" s="48" t="s">
         <v>886</v>
       </c>
-      <c r="E157" s="41" t="s">
-[...2 lines deleted...]
-      <c r="F157" s="28" t="s">
+      <c r="E157" s="48" t="s">
         <v>887</v>
       </c>
-      <c r="G157" s="14" t="s">
+      <c r="F157" s="29" t="s">
         <v>888</v>
       </c>
-      <c r="H157" s="39">
-[...6 lines deleted...]
-      <c r="K157" s="42" t="s">
+      <c r="G157" s="13" t="s">
         <v>889</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A158" s="12">
+      <c r="H157" s="46">
+        <v>44797</v>
+      </c>
+      <c r="I157" s="47"/>
+      <c r="J157" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K157" s="49" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="158" spans="1:11" ht="22.5">
+      <c r="A158" s="11">
         <v>156</v>
       </c>
-      <c r="B158" s="41" t="s">
-[...5 lines deleted...]
-      <c r="D158" s="41" t="s">
+      <c r="B158" s="48" t="s">
         <v>891</v>
       </c>
-      <c r="E158" s="41" t="s">
-[...2 lines deleted...]
-      <c r="F158" s="28" t="s">
+      <c r="C158" s="48">
+        <v>40203263731</v>
+      </c>
+      <c r="D158" s="48" t="s">
         <v>892</v>
       </c>
-      <c r="G158" s="14" t="s">
+      <c r="E158" s="48" t="s">
+        <v>892</v>
+      </c>
+      <c r="F158" s="29" t="s">
         <v>893</v>
       </c>
-      <c r="H158" s="39">
-[...6 lines deleted...]
-      <c r="K158" s="42" t="s">
+      <c r="G158" s="13" t="s">
         <v>894</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A159" s="12">
+      <c r="H158" s="46">
+        <v>44811</v>
+      </c>
+      <c r="I158" s="47"/>
+      <c r="J158" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K158" s="49" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="159" spans="1:11" ht="33.75">
+      <c r="A159" s="11">
         <v>157</v>
       </c>
-      <c r="B159" s="41" t="s">
-[...5 lines deleted...]
-      <c r="D159" s="41" t="s">
+      <c r="B159" s="48" t="s">
         <v>896</v>
       </c>
-      <c r="E159" s="41" t="s">
+      <c r="C159" s="48">
+        <v>40203294318</v>
+      </c>
+      <c r="D159" s="48" t="s">
         <v>897</v>
       </c>
-      <c r="F159" s="28" t="s">
+      <c r="E159" s="48" t="s">
+        <v>897</v>
+      </c>
+      <c r="F159" s="29" t="s">
         <v>898</v>
       </c>
-      <c r="G159" s="14" t="s">
+      <c r="G159" s="13" t="s">
         <v>899</v>
       </c>
-      <c r="H159" s="39">
-[...6 lines deleted...]
-      <c r="K159" s="42" t="s">
+      <c r="H159" s="46">
+        <v>44818</v>
+      </c>
+      <c r="I159" s="47"/>
+      <c r="J159" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K159" s="49" t="s">
         <v>900</v>
       </c>
     </row>
-    <row r="160" spans="1:11" ht="22.5">
-      <c r="A160" s="12">
+    <row r="160" spans="1:11" ht="33.75">
+      <c r="A160" s="11">
         <v>158</v>
       </c>
-      <c r="B160" s="41" t="s">
+      <c r="B160" s="48" t="s">
         <v>901</v>
       </c>
-      <c r="C160" s="41">
-[...2 lines deleted...]
-      <c r="D160" s="41" t="s">
+      <c r="C160" s="48">
+        <v>40103003876</v>
+      </c>
+      <c r="D160" s="48" t="s">
+        <v>122</v>
+      </c>
+      <c r="E160" s="48" t="s">
+        <v>122</v>
+      </c>
+      <c r="F160" s="29" t="s">
         <v>902</v>
       </c>
-      <c r="E160" s="41" t="s">
-[...2 lines deleted...]
-      <c r="F160" s="28" t="s">
+      <c r="G160" s="13" t="s">
         <v>903</v>
       </c>
-      <c r="G160" s="14" t="s">
+      <c r="H160" s="46">
+        <v>44832</v>
+      </c>
+      <c r="I160" s="47"/>
+      <c r="J160" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K160" s="32" t="s">
         <v>904</v>
       </c>
-      <c r="H160" s="39">
-[...6 lines deleted...]
-      <c r="K160" s="42" t="s">
+    </row>
+    <row r="161" spans="1:11" ht="45">
+      <c r="A161" s="11">
+        <v>159</v>
+      </c>
+      <c r="B161" s="48" t="s">
         <v>905</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B161" s="41" t="s">
+      <c r="C161" s="48">
+        <v>40103692530</v>
+      </c>
+      <c r="D161" s="49" t="s">
         <v>906</v>
       </c>
-      <c r="C161" s="41">
-[...2 lines deleted...]
-      <c r="D161" s="41" t="s">
+      <c r="E161" s="48" t="s">
         <v>907</v>
       </c>
-      <c r="E161" s="41" t="s">
-[...2 lines deleted...]
-      <c r="F161" s="28" t="s">
+      <c r="F161" s="29" t="s">
         <v>908</v>
       </c>
-      <c r="G161" s="14" t="s">
+      <c r="G161" s="13" t="s">
         <v>909</v>
       </c>
-      <c r="H161" s="39">
-[...6 lines deleted...]
-      <c r="K161" s="42" t="s">
+      <c r="H161" s="46">
+        <v>44837</v>
+      </c>
+      <c r="I161" s="47"/>
+      <c r="J161" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K161" s="49" t="s">
         <v>910</v>
       </c>
     </row>
     <row r="162" spans="1:11" ht="33.75">
-      <c r="A162" s="12">
+      <c r="A162" s="11">
         <v>160</v>
       </c>
-      <c r="B162" s="41" t="s">
+      <c r="B162" s="48" t="s">
         <v>911</v>
       </c>
-      <c r="C162" s="41">
-[...8 lines deleted...]
-      <c r="F162" s="28" t="s">
+      <c r="C162" s="48">
+        <v>54103050671</v>
+      </c>
+      <c r="D162" s="48" t="s">
         <v>912</v>
       </c>
-      <c r="G162" s="14" t="s">
+      <c r="E162" s="48" t="s">
+        <v>912</v>
+      </c>
+      <c r="F162" s="29" t="s">
         <v>913</v>
       </c>
-      <c r="H162" s="39">
-[...3 lines deleted...]
-      <c r="J162" s="15">
+      <c r="G162" s="13" t="s">
+        <v>914</v>
+      </c>
+      <c r="H162" s="46">
+        <v>44840</v>
+      </c>
+      <c r="I162" s="47"/>
+      <c r="J162" s="14">
         <v>46507</v>
       </c>
       <c r="K162" s="32" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
     </row>
     <row r="163" spans="1:11" ht="45">
-      <c r="A163" s="12">
+      <c r="A163" s="11">
         <v>161</v>
       </c>
-      <c r="B163" s="41" t="s">
-[...5 lines deleted...]
-      <c r="D163" s="42" t="s">
+      <c r="B163" s="48" t="s">
         <v>916</v>
       </c>
-      <c r="E163" s="41" t="s">
+      <c r="C163" s="48">
+        <v>40203142584</v>
+      </c>
+      <c r="D163" s="48" t="s">
         <v>917</v>
       </c>
-      <c r="F163" s="28" t="s">
+      <c r="E163" s="48" t="s">
+        <v>917</v>
+      </c>
+      <c r="F163" s="29" t="s">
         <v>918</v>
       </c>
-      <c r="G163" s="14" t="s">
+      <c r="G163" s="13" t="s">
         <v>919</v>
       </c>
-      <c r="H163" s="39">
-[...6 lines deleted...]
-      <c r="K163" s="42" t="s">
+      <c r="H163" s="46">
+        <v>44840</v>
+      </c>
+      <c r="I163" s="47"/>
+      <c r="J163" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K163" s="32" t="s">
         <v>920</v>
       </c>
     </row>
     <row r="164" spans="1:11" ht="33.75">
-      <c r="A164" s="12">
+      <c r="A164" s="11">
         <v>162</v>
       </c>
-      <c r="B164" s="41" t="s">
+      <c r="B164" s="48" t="s">
         <v>921</v>
       </c>
-      <c r="C164" s="41">
-[...2 lines deleted...]
-      <c r="D164" s="41" t="s">
+      <c r="C164" s="48">
+        <v>40203433565</v>
+      </c>
+      <c r="D164" s="48" t="s">
         <v>922</v>
       </c>
-      <c r="E164" s="41" t="s">
+      <c r="E164" s="48" t="s">
         <v>922</v>
       </c>
-      <c r="F164" s="28" t="s">
+      <c r="F164" s="29" t="s">
         <v>923</v>
       </c>
-      <c r="G164" s="14" t="s">
+      <c r="G164" s="13" t="s">
         <v>924</v>
       </c>
-      <c r="H164" s="39">
-[...3 lines deleted...]
-      <c r="J164" s="15">
+      <c r="H164" s="46">
+        <v>44873</v>
+      </c>
+      <c r="I164" s="47"/>
+      <c r="J164" s="14">
         <v>46507</v>
       </c>
       <c r="K164" s="32" t="s">
         <v>925</v>
       </c>
     </row>
     <row r="165" spans="1:11" ht="45">
-      <c r="A165" s="12">
+      <c r="A165" s="11">
         <v>163</v>
       </c>
-      <c r="B165" s="41" t="s">
+      <c r="B165" s="48" t="s">
         <v>926</v>
       </c>
-      <c r="C165" s="41">
-[...2 lines deleted...]
-      <c r="D165" s="41" t="s">
+      <c r="C165" s="48">
+        <v>50203133371</v>
+      </c>
+      <c r="D165" s="48" t="s">
         <v>927</v>
       </c>
-      <c r="E165" s="41" t="s">
+      <c r="E165" s="48" t="s">
         <v>927</v>
       </c>
-      <c r="F165" s="28" t="s">
+      <c r="F165" s="29" t="s">
         <v>928</v>
       </c>
-      <c r="G165" s="14" t="s">
+      <c r="G165" s="13" t="s">
         <v>929</v>
       </c>
-      <c r="H165" s="39">
-[...3 lines deleted...]
-      <c r="J165" s="15">
+      <c r="H165" s="46">
+        <v>44886</v>
+      </c>
+      <c r="I165" s="47"/>
+      <c r="J165" s="14">
         <v>46507</v>
       </c>
       <c r="K165" s="32" t="s">
         <v>930</v>
       </c>
     </row>
     <row r="166" spans="1:11" ht="33.75">
-      <c r="A166" s="12">
+      <c r="A166" s="11">
         <v>164</v>
       </c>
-      <c r="B166" s="41" t="s">
+      <c r="B166" s="48" t="s">
         <v>931</v>
       </c>
-      <c r="C166" s="41">
-[...2 lines deleted...]
-      <c r="D166" s="41" t="s">
+      <c r="C166" s="48">
+        <v>40203242195</v>
+      </c>
+      <c r="D166" s="48" t="s">
         <v>932</v>
       </c>
-      <c r="E166" s="41" t="s">
-[...2 lines deleted...]
-      <c r="F166" s="28" t="s">
+      <c r="E166" s="48" t="s">
         <v>933</v>
       </c>
-      <c r="G166" s="14" t="s">
+      <c r="F166" s="29" t="s">
         <v>934</v>
       </c>
-      <c r="H166" s="39">
-[...3 lines deleted...]
-      <c r="J166" s="15">
+      <c r="G166" s="13" t="s">
+        <v>935</v>
+      </c>
+      <c r="H166" s="46">
+        <v>44889</v>
+      </c>
+      <c r="I166" s="47"/>
+      <c r="J166" s="14">
         <v>46507</v>
       </c>
       <c r="K166" s="32" t="s">
-        <v>935</v>
-[...3 lines deleted...]
-      <c r="A167" s="12">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="167" spans="1:11" ht="33.75">
+      <c r="A167" s="11">
         <v>165</v>
       </c>
-      <c r="B167" s="41" t="s">
-[...5 lines deleted...]
-      <c r="D167" s="41" t="s">
+      <c r="B167" s="48" t="s">
         <v>937</v>
       </c>
-      <c r="E167" s="41" t="s">
-[...2 lines deleted...]
-      <c r="F167" s="28" t="s">
+      <c r="C167" s="48">
+        <v>40103897262</v>
+      </c>
+      <c r="D167" s="48" t="s">
         <v>938</v>
       </c>
-      <c r="G167" s="14" t="s">
+      <c r="E167" s="48" t="s">
         <v>939</v>
       </c>
-      <c r="H167" s="39">
-[...3 lines deleted...]
-      <c r="J167" s="15">
+      <c r="F167" s="29" t="s">
+        <v>940</v>
+      </c>
+      <c r="G167" s="13" t="s">
+        <v>941</v>
+      </c>
+      <c r="H167" s="46">
+        <v>44890</v>
+      </c>
+      <c r="I167" s="47"/>
+      <c r="J167" s="14">
         <v>46507</v>
       </c>
       <c r="K167" s="32" t="s">
-        <v>940</v>
-[...3 lines deleted...]
-      <c r="A168" s="12">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="168" spans="1:11" ht="22.5">
+      <c r="A168" s="11">
         <v>166</v>
       </c>
-      <c r="B168" s="41" t="s">
-[...8 lines deleted...]
-      <c r="E168" s="41" t="s">
+      <c r="B168" s="48" t="s">
         <v>943</v>
       </c>
-      <c r="F168" s="28" t="s">
+      <c r="C168" s="48">
+        <v>40203194641</v>
+      </c>
+      <c r="D168" s="48" t="s">
         <v>944</v>
       </c>
-      <c r="G168" s="14" t="s">
+      <c r="E168" s="48" t="s">
         <v>945</v>
       </c>
-      <c r="H168" s="39">
-[...3 lines deleted...]
-      <c r="J168" s="15">
+      <c r="F168" s="29" t="s">
+        <v>946</v>
+      </c>
+      <c r="G168" s="13" t="s">
+        <v>947</v>
+      </c>
+      <c r="H168" s="46">
+        <v>44870</v>
+      </c>
+      <c r="I168" s="47"/>
+      <c r="J168" s="14">
         <v>46507</v>
       </c>
       <c r="K168" s="32" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
     </row>
     <row r="169" spans="1:11" ht="33.75">
-      <c r="A169" s="12">
+      <c r="A169" s="11">
         <v>167</v>
       </c>
-      <c r="B169" s="41" t="s">
-[...8 lines deleted...]
-      <c r="E169" s="41" t="s">
+      <c r="B169" s="48" t="s">
         <v>949</v>
       </c>
-      <c r="F169" s="28" t="s">
+      <c r="C169" s="48">
+        <v>40203202883</v>
+      </c>
+      <c r="D169" s="48" t="s">
         <v>950</v>
       </c>
-      <c r="G169" s="14" t="s">
+      <c r="E169" s="48" t="s">
         <v>951</v>
       </c>
-      <c r="H169" s="39">
-[...3 lines deleted...]
-      <c r="J169" s="15">
+      <c r="F169" s="29" t="s">
+        <v>952</v>
+      </c>
+      <c r="G169" s="13" t="s">
+        <v>953</v>
+      </c>
+      <c r="H169" s="46">
+        <v>44907</v>
+      </c>
+      <c r="I169" s="47"/>
+      <c r="J169" s="14">
         <v>46507</v>
       </c>
       <c r="K169" s="32" t="s">
-        <v>952</v>
-[...3 lines deleted...]
-      <c r="A170" s="12">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="170" spans="1:11" ht="45">
+      <c r="A170" s="11">
         <v>168</v>
       </c>
-      <c r="B170" s="41" t="s">
-[...8 lines deleted...]
-      <c r="E170" s="41" t="s">
+      <c r="B170" s="48" t="s">
         <v>955</v>
       </c>
-      <c r="F170" s="28" t="s">
+      <c r="C170" s="48">
+        <v>40203442337</v>
+      </c>
+      <c r="D170" s="48" t="s">
         <v>956</v>
       </c>
-      <c r="G170" s="14" t="s">
+      <c r="E170" s="48" t="s">
+        <v>956</v>
+      </c>
+      <c r="F170" s="29" t="s">
         <v>957</v>
       </c>
-      <c r="H170" s="39">
-[...3 lines deleted...]
-      <c r="J170" s="15">
+      <c r="G170" s="13" t="s">
+        <v>958</v>
+      </c>
+      <c r="H170" s="46">
+        <v>44917</v>
+      </c>
+      <c r="I170" s="47"/>
+      <c r="J170" s="14">
         <v>46507</v>
       </c>
       <c r="K170" s="32" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
     </row>
     <row r="171" spans="1:11" ht="33.75">
-      <c r="A171" s="12">
+      <c r="A171" s="11">
         <v>169</v>
       </c>
-      <c r="B171" s="41" t="s">
-[...5 lines deleted...]
-      <c r="D171" s="41" t="s">
+      <c r="B171" s="48" t="s">
         <v>960</v>
       </c>
-      <c r="E171" s="41" t="s">
+      <c r="C171" s="48">
+        <v>42103106956</v>
+      </c>
+      <c r="D171" s="48" t="s">
         <v>961</v>
       </c>
-      <c r="F171" s="28" t="s">
+      <c r="E171" s="48" t="s">
         <v>962</v>
       </c>
-      <c r="G171" s="14" t="s">
+      <c r="F171" s="29" t="s">
         <v>963</v>
       </c>
-      <c r="H171" s="39">
-[...3 lines deleted...]
-      <c r="J171" s="15">
+      <c r="G171" s="13" t="s">
+        <v>964</v>
+      </c>
+      <c r="H171" s="46">
+        <v>44924</v>
+      </c>
+      <c r="I171" s="47"/>
+      <c r="J171" s="14">
         <v>46507</v>
       </c>
       <c r="K171" s="32" t="s">
-        <v>964</v>
-[...3 lines deleted...]
-      <c r="A172" s="12">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="172" spans="1:11" ht="33.75">
+      <c r="A172" s="11">
         <v>170</v>
       </c>
-      <c r="B172" s="41" t="s">
-[...5 lines deleted...]
-      <c r="D172" s="41" t="s">
+      <c r="B172" s="48" t="s">
         <v>966</v>
       </c>
-      <c r="E172" s="41" t="s">
-[...2 lines deleted...]
-      <c r="F172" s="28" t="s">
+      <c r="C172" s="48">
+        <v>40203438524</v>
+      </c>
+      <c r="D172" s="48" t="s">
         <v>967</v>
       </c>
-      <c r="G172" s="14" t="s">
+      <c r="E172" s="48" t="s">
         <v>968</v>
       </c>
-      <c r="H172" s="39">
-[...3 lines deleted...]
-      <c r="J172" s="15">
+      <c r="F172" s="29" t="s">
+        <v>969</v>
+      </c>
+      <c r="G172" s="13" t="s">
+        <v>970</v>
+      </c>
+      <c r="H172" s="46">
+        <v>44960</v>
+      </c>
+      <c r="I172" s="47"/>
+      <c r="J172" s="14">
         <v>46507</v>
       </c>
       <c r="K172" s="32" t="s">
-        <v>969</v>
-[...3 lines deleted...]
-      <c r="A173" s="12">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="173" spans="1:11" ht="33.75">
+      <c r="A173" s="11">
         <v>171</v>
       </c>
-      <c r="B173" s="41" t="s">
-[...11 lines deleted...]
-      <c r="F173" s="28" t="s">
+      <c r="B173" s="48" t="s">
         <v>972</v>
       </c>
-      <c r="G173" s="14" t="s">
+      <c r="C173" s="39">
+        <v>50203412391</v>
+      </c>
+      <c r="D173" s="48" t="s">
         <v>973</v>
       </c>
-      <c r="H173" s="39">
-[...3 lines deleted...]
-      <c r="J173" s="15">
+      <c r="E173" s="48" t="s">
+        <v>973</v>
+      </c>
+      <c r="F173" s="29" t="s">
+        <v>974</v>
+      </c>
+      <c r="G173" s="13" t="s">
+        <v>975</v>
+      </c>
+      <c r="H173" s="46">
+        <v>44960</v>
+      </c>
+      <c r="I173" s="47"/>
+      <c r="J173" s="14">
         <v>46507</v>
       </c>
       <c r="K173" s="32" t="s">
-        <v>974</v>
-[...3 lines deleted...]
-      <c r="A174" s="12">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="174" spans="1:11" ht="33.75">
+      <c r="A174" s="11">
         <v>172</v>
       </c>
-      <c r="B174" s="41" t="s">
-[...8 lines deleted...]
-      <c r="E174" s="41" t="s">
+      <c r="B174" s="48" t="s">
         <v>977</v>
       </c>
-      <c r="F174" s="28" t="s">
+      <c r="C174" s="48">
+        <v>40003264397</v>
+      </c>
+      <c r="D174" s="39" t="s">
         <v>978</v>
       </c>
-      <c r="G174" s="14" t="s">
+      <c r="E174" s="48" t="s">
         <v>979</v>
       </c>
-      <c r="H174" s="39">
-[...3 lines deleted...]
-      <c r="J174" s="15">
+      <c r="F174" s="29" t="s">
+        <v>980</v>
+      </c>
+      <c r="G174" s="13" t="s">
+        <v>981</v>
+      </c>
+      <c r="H174" s="46">
+        <v>44966</v>
+      </c>
+      <c r="I174" s="47"/>
+      <c r="J174" s="14">
         <v>46507</v>
       </c>
       <c r="K174" s="32" t="s">
-        <v>980</v>
-[...3 lines deleted...]
-      <c r="A175" s="12">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="175" spans="1:11" ht="33.75">
+      <c r="A175" s="11">
         <v>173</v>
       </c>
-      <c r="B175" s="41" t="s">
-[...8 lines deleted...]
-      <c r="E175" s="41" t="s">
+      <c r="B175" s="48" t="s">
         <v>983</v>
       </c>
-      <c r="F175" s="28" t="s">
+      <c r="C175" s="48">
+        <v>40203441261</v>
+      </c>
+      <c r="D175" s="48" t="s">
         <v>984</v>
       </c>
-      <c r="G175" s="14" t="s">
+      <c r="E175" s="48" t="s">
+        <v>984</v>
+      </c>
+      <c r="F175" s="29" t="s">
         <v>985</v>
       </c>
-      <c r="H175" s="39">
-[...3 lines deleted...]
-      <c r="J175" s="15">
+      <c r="G175" s="13" t="s">
+        <v>986</v>
+      </c>
+      <c r="H175" s="46">
+        <v>44998</v>
+      </c>
+      <c r="I175" s="47"/>
+      <c r="J175" s="14">
         <v>46507</v>
       </c>
       <c r="K175" s="32" t="s">
-        <v>986</v>
-[...3 lines deleted...]
-      <c r="A176" s="12">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="176" spans="1:11" ht="22.5">
+      <c r="A176" s="11">
         <v>174</v>
       </c>
-      <c r="B176" s="41" t="s">
-[...5 lines deleted...]
-      <c r="D176" s="41" t="s">
+      <c r="B176" s="48" t="s">
         <v>988</v>
       </c>
-      <c r="E176" s="41" t="s">
-[...2 lines deleted...]
-      <c r="F176" s="28" t="s">
+      <c r="C176" s="48">
+        <v>42103077619</v>
+      </c>
+      <c r="D176" s="48" t="s">
         <v>989</v>
       </c>
-      <c r="G176" s="14" t="s">
+      <c r="E176" s="48" t="s">
+        <v>989</v>
+      </c>
+      <c r="F176" s="29" t="s">
         <v>990</v>
       </c>
-      <c r="H176" s="39">
-[...3 lines deleted...]
-      <c r="J176" s="15">
+      <c r="G176" s="13" t="s">
+        <v>991</v>
+      </c>
+      <c r="H176" s="46">
+        <v>44979</v>
+      </c>
+      <c r="I176" s="47"/>
+      <c r="J176" s="14">
         <v>46507</v>
       </c>
       <c r="K176" s="32" t="s">
-        <v>991</v>
-[...3 lines deleted...]
-      <c r="A177" s="12">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="177" spans="1:11" ht="22.5">
+      <c r="A177" s="11">
         <v>175</v>
       </c>
-      <c r="B177" s="41" t="s">
+      <c r="B177" s="48" t="s">
+        <v>993</v>
+      </c>
+      <c r="C177" s="48">
+        <v>40002010380</v>
+      </c>
+      <c r="D177" s="48" t="s">
+        <v>994</v>
+      </c>
+      <c r="E177" s="48" t="s">
+        <v>995</v>
+      </c>
+      <c r="F177" s="29" t="s">
+        <v>996</v>
+      </c>
+      <c r="G177" s="13" t="s">
+        <v>997</v>
+      </c>
+      <c r="H177" s="46">
+        <v>44979</v>
+      </c>
+      <c r="I177" s="47"/>
+      <c r="J177" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K177" s="32" t="s">
         <v>992</v>
       </c>
-      <c r="C177" s="41">
-[...26 lines deleted...]
-      <c r="A178" s="12">
+    </row>
+    <row r="178" spans="1:11" ht="56.25">
+      <c r="A178" s="11">
         <v>176</v>
       </c>
-      <c r="B178" s="41" t="s">
+      <c r="B178" s="48" t="s">
         <v>998</v>
       </c>
-      <c r="C178" s="41">
-[...2 lines deleted...]
-      <c r="D178" s="41" t="s">
+      <c r="C178" s="48">
+        <v>44103139279</v>
+      </c>
+      <c r="D178" s="48" t="s">
         <v>999</v>
       </c>
-      <c r="E178" s="41" t="s">
+      <c r="E178" s="48" t="s">
         <v>999</v>
       </c>
-      <c r="F178" s="28" t="s">
+      <c r="F178" s="29" t="s">
         <v>1000</v>
       </c>
-      <c r="G178" s="14" t="s">
+      <c r="G178" s="13" t="s">
         <v>1001</v>
       </c>
-      <c r="H178" s="39">
-[...3 lines deleted...]
-      <c r="J178" s="15">
+      <c r="H178" s="46">
+        <v>44991</v>
+      </c>
+      <c r="I178" s="47"/>
+      <c r="J178" s="14">
         <v>46507</v>
       </c>
       <c r="K178" s="32" t="s">
         <v>1002</v>
       </c>
     </row>
     <row r="179" spans="1:11" ht="22.5">
-      <c r="A179" s="12">
+      <c r="A179" s="11">
         <v>177</v>
       </c>
-      <c r="B179" s="41" t="s">
+      <c r="B179" s="48" t="s">
         <v>1003</v>
       </c>
-      <c r="C179" s="41">
-[...2 lines deleted...]
-      <c r="D179" s="41" t="s">
+      <c r="C179" s="48">
+        <v>50203093401</v>
+      </c>
+      <c r="D179" s="49" t="s">
         <v>1004</v>
       </c>
-      <c r="E179" s="41" t="s">
-[...2 lines deleted...]
-      <c r="F179" s="28" t="s">
+      <c r="E179" s="48" t="s">
         <v>1005</v>
       </c>
-      <c r="G179" s="14" t="s">
+      <c r="F179" s="29" t="s">
         <v>1006</v>
       </c>
-      <c r="H179" s="39">
-[...3 lines deleted...]
-      <c r="J179" s="15">
+      <c r="G179" s="13" t="s">
+        <v>1007</v>
+      </c>
+      <c r="H179" s="46">
+        <v>44999</v>
+      </c>
+      <c r="I179" s="47"/>
+      <c r="J179" s="14">
         <v>46507</v>
       </c>
       <c r="K179" s="32" t="s">
-        <v>1007</v>
-[...3 lines deleted...]
-      <c r="A180" s="12">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="180" spans="1:11" ht="33.75">
+      <c r="A180" s="11">
         <v>178</v>
       </c>
-      <c r="B180" s="41" t="s">
-[...5 lines deleted...]
-      <c r="D180" s="41" t="s">
+      <c r="B180" s="48" t="s">
         <v>1009</v>
       </c>
-      <c r="E180" s="41" t="s">
+      <c r="C180" s="48">
+        <v>40103619020</v>
+      </c>
+      <c r="D180" s="48" t="s">
         <v>1010</v>
       </c>
-      <c r="F180" s="28" t="s">
+      <c r="E180" s="48" t="s">
         <v>1011</v>
       </c>
-      <c r="G180" s="14" t="s">
+      <c r="F180" s="29" t="s">
         <v>1012</v>
       </c>
-      <c r="H180" s="39">
-[...3 lines deleted...]
-      <c r="J180" s="15">
+      <c r="G180" s="13" t="s">
+        <v>1013</v>
+      </c>
+      <c r="H180" s="46">
+        <v>45009</v>
+      </c>
+      <c r="I180" s="47"/>
+      <c r="J180" s="14">
         <v>46507</v>
       </c>
       <c r="K180" s="32" t="s">
-        <v>1007</v>
-[...3 lines deleted...]
-      <c r="A181" s="12">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="181" spans="1:11" ht="33.75">
+      <c r="A181" s="11">
         <v>179</v>
       </c>
-      <c r="B181" s="41" t="s">
-[...11 lines deleted...]
-      <c r="F181" s="28" t="s">
+      <c r="B181" s="48" t="s">
         <v>1015</v>
       </c>
-      <c r="G181" s="14" t="s">
+      <c r="C181" s="48">
+        <v>40003095713</v>
+      </c>
+      <c r="D181" s="48" t="s">
         <v>1016</v>
       </c>
-      <c r="H181" s="39">
-[...3 lines deleted...]
-      <c r="J181" s="15">
+      <c r="E181" s="48" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F181" s="29" t="s">
+        <v>1017</v>
+      </c>
+      <c r="G181" s="13" t="s">
+        <v>1018</v>
+      </c>
+      <c r="H181" s="46">
+        <v>45015</v>
+      </c>
+      <c r="I181" s="47"/>
+      <c r="J181" s="14">
         <v>46507</v>
       </c>
       <c r="K181" s="32" t="s">
-        <v>1017</v>
-[...3 lines deleted...]
-      <c r="A182" s="12">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="182" spans="1:11" ht="45">
+      <c r="A182" s="11">
         <v>180</v>
       </c>
-      <c r="B182" s="41" t="s">
-[...8 lines deleted...]
-      <c r="E182" s="41" t="s">
+      <c r="B182" s="48" t="s">
         <v>1020</v>
       </c>
-      <c r="F182" s="28" t="s">
+      <c r="C182" s="48">
+        <v>43903002559</v>
+      </c>
+      <c r="D182" s="48" t="s">
         <v>1021</v>
       </c>
-      <c r="G182" s="14" t="s">
+      <c r="E182" s="48" t="s">
         <v>1022</v>
       </c>
-      <c r="H182" s="39">
-[...3 lines deleted...]
-      <c r="J182" s="15">
+      <c r="F182" s="29" t="s">
+        <v>1023</v>
+      </c>
+      <c r="G182" s="13" t="s">
+        <v>1024</v>
+      </c>
+      <c r="H182" s="46">
+        <v>45016</v>
+      </c>
+      <c r="I182" s="47"/>
+      <c r="J182" s="14">
         <v>46507</v>
       </c>
       <c r="K182" s="32" t="s">
-        <v>1023</v>
-[...3 lines deleted...]
-      <c r="A183" s="12">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="183" spans="1:11" ht="33.75">
+      <c r="A183" s="11">
         <v>181</v>
       </c>
-      <c r="B183" s="41" t="s">
-[...5 lines deleted...]
-      <c r="D183" s="41" t="s">
+      <c r="B183" s="48" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C183" s="48">
+        <v>40203419203</v>
+      </c>
+      <c r="D183" s="48" t="s">
+        <v>1027</v>
+      </c>
+      <c r="E183" s="48" t="s">
+        <v>1027</v>
+      </c>
+      <c r="F183" s="29" t="s">
+        <v>1028</v>
+      </c>
+      <c r="G183" s="13" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H183" s="46">
+        <v>45016</v>
+      </c>
+      <c r="I183" s="47"/>
+      <c r="J183" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K183" s="32" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="184" spans="1:11" ht="33.75">
+      <c r="A184" s="11">
+        <v>182</v>
+      </c>
+      <c r="B184" s="48" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C184" s="48">
+        <v>50103355001</v>
+      </c>
+      <c r="D184" s="48" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E184" s="48" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F184" s="29" t="s">
+        <v>1033</v>
+      </c>
+      <c r="G184" s="13" t="s">
+        <v>1034</v>
+      </c>
+      <c r="H184" s="46">
+        <v>45016</v>
+      </c>
+      <c r="I184" s="47"/>
+      <c r="J184" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K184" s="32" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="185" spans="1:11" ht="33.75">
+      <c r="A185" s="11">
+        <v>183</v>
+      </c>
+      <c r="B185" s="48" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C185" s="48">
+        <v>42403006225</v>
+      </c>
+      <c r="D185" s="48" t="s">
+        <v>1016</v>
+      </c>
+      <c r="E185" s="48" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F185" s="29" t="s">
+        <v>1037</v>
+      </c>
+      <c r="G185" s="13" t="s">
+        <v>1038</v>
+      </c>
+      <c r="H185" s="46">
+        <v>45016</v>
+      </c>
+      <c r="I185" s="47"/>
+      <c r="J185" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K185" s="32" t="s">
         <v>1025</v>
       </c>
-      <c r="E183" s="41" t="s">
-[...71 lines deleted...]
-      <c r="G185" s="14" t="s">
+    </row>
+    <row r="186" spans="1:11" ht="33.75">
+      <c r="A186" s="11">
+        <v>184</v>
+      </c>
+      <c r="B186" s="37" t="s">
         <v>1039</v>
       </c>
-      <c r="H185" s="39">
-[...6 lines deleted...]
-      <c r="K185" s="32" t="s">
+      <c r="C186" s="38" t="s">
         <v>1040</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B186" s="41" t="s">
+      <c r="D186" s="39" t="s">
+        <v>230</v>
+      </c>
+      <c r="E186" s="47" t="s">
+        <v>230</v>
+      </c>
+      <c r="F186" s="29" t="s">
         <v>1041</v>
       </c>
-      <c r="C186" s="41">
-[...2 lines deleted...]
-      <c r="D186" s="41" t="s">
+      <c r="G186" s="13" t="s">
         <v>1042</v>
       </c>
-      <c r="E186" s="41" t="s">
-[...2 lines deleted...]
-      <c r="F186" s="28" t="s">
+      <c r="H186" s="40">
+        <v>45030</v>
+      </c>
+      <c r="I186" s="39"/>
+      <c r="J186" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K186" s="29" t="s">
         <v>1043</v>
       </c>
-      <c r="G186" s="14" t="s">
+    </row>
+    <row r="187" spans="1:11">
+      <c r="A187" s="11">
+        <v>185</v>
+      </c>
+      <c r="B187" s="15" t="s">
         <v>1044</v>
       </c>
-      <c r="H186" s="39">
-[...6 lines deleted...]
-      <c r="K186" s="32" t="s">
+      <c r="C187" s="31">
+        <v>41503078413</v>
+      </c>
+      <c r="D187" s="19" t="s">
         <v>1045</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B187" s="41" t="s">
+      <c r="E187" s="19" t="s">
+        <v>1045</v>
+      </c>
+      <c r="F187" s="29" t="s">
         <v>1046</v>
       </c>
-      <c r="C187" s="41">
-[...2 lines deleted...]
-      <c r="D187" s="41" t="s">
+      <c r="G187" s="13" t="s">
         <v>1047</v>
       </c>
-      <c r="E187" s="41" t="s">
-[...2 lines deleted...]
-      <c r="F187" s="28" t="s">
+      <c r="H187" s="40">
+        <v>45035</v>
+      </c>
+      <c r="I187" s="39"/>
+      <c r="J187" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K187" s="29" t="s">
         <v>1048</v>
       </c>
-      <c r="G187" s="14" t="s">
+    </row>
+    <row r="188" spans="1:11" ht="22.5">
+      <c r="A188" s="11">
+        <v>186</v>
+      </c>
+      <c r="B188" s="15" t="s">
         <v>1049</v>
       </c>
-      <c r="H187" s="39">
-[...6 lines deleted...]
-      <c r="K187" s="32" t="s">
+      <c r="C188" s="31">
+        <v>40103866864</v>
+      </c>
+      <c r="D188" s="19" t="s">
         <v>1050</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B188" s="41" t="s">
+      <c r="E188" s="19" t="s">
         <v>1051</v>
       </c>
-      <c r="C188" s="41">
-[...8 lines deleted...]
-      <c r="F188" s="28" t="s">
+      <c r="F188" s="29" t="s">
         <v>1052</v>
       </c>
-      <c r="G188" s="14" t="s">
+      <c r="G188" s="13" t="s">
         <v>1053</v>
       </c>
-      <c r="H188" s="39">
-[...11 lines deleted...]
-      <c r="A189" s="12">
+      <c r="H188" s="40">
+        <v>45041</v>
+      </c>
+      <c r="I188" s="39"/>
+      <c r="J188" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K188" s="29" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="189" spans="1:11">
+      <c r="A189" s="11">
         <v>187</v>
       </c>
-      <c r="B189" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C189" s="34" t="s">
+      <c r="B189" s="15" t="s">
         <v>1055</v>
       </c>
-      <c r="D189" s="20" t="s">
-[...5 lines deleted...]
-      <c r="F189" s="28" t="s">
+      <c r="C189" s="34">
+        <v>40203467650</v>
+      </c>
+      <c r="D189" s="19" t="s">
         <v>1056</v>
       </c>
-      <c r="G189" s="14" t="s">
+      <c r="E189" s="19" t="s">
+        <v>1056</v>
+      </c>
+      <c r="F189" s="29" t="s">
         <v>1057</v>
       </c>
-      <c r="H189" s="35">
-[...6 lines deleted...]
-      <c r="K189" s="28" t="s">
+      <c r="G189" s="13" t="s">
         <v>1058</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A190" s="12">
+      <c r="H189" s="40">
+        <v>45106</v>
+      </c>
+      <c r="I189" s="39"/>
+      <c r="J189" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K189" s="32" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="190" spans="1:11" ht="33.75">
+      <c r="A190" s="11">
         <v>188</v>
       </c>
-      <c r="B190" s="16" t="s">
-[...5 lines deleted...]
-      <c r="D190" s="20" t="s">
+      <c r="B190" s="15" t="s">
         <v>1060</v>
       </c>
-      <c r="E190" s="20" t="s">
-[...2 lines deleted...]
-      <c r="F190" s="28" t="s">
+      <c r="C190" s="34">
+        <v>40203427357</v>
+      </c>
+      <c r="D190" s="19" t="s">
         <v>1061</v>
       </c>
-      <c r="G190" s="14" t="s">
+      <c r="E190" s="19" t="s">
+        <v>1061</v>
+      </c>
+      <c r="F190" s="29" t="s">
         <v>1062</v>
       </c>
-      <c r="H190" s="35">
-[...6 lines deleted...]
-      <c r="K190" s="28" t="s">
+      <c r="G190" s="13" t="s">
         <v>1063</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A191" s="12">
+      <c r="H190" s="40">
+        <v>45044</v>
+      </c>
+      <c r="I190" s="39"/>
+      <c r="J190" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K190" s="32" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="191" spans="1:11" ht="33.75">
+      <c r="A191" s="11">
         <v>189</v>
       </c>
-      <c r="B191" s="16" t="s">
-[...5 lines deleted...]
-      <c r="D191" s="20" t="s">
+      <c r="B191" s="15" t="s">
         <v>1065</v>
       </c>
-      <c r="E191" s="20" t="s">
+      <c r="C191" s="34">
+        <v>40203461200</v>
+      </c>
+      <c r="D191" s="19" t="s">
         <v>1066</v>
       </c>
-      <c r="F191" s="28" t="s">
+      <c r="E191" s="19" t="s">
         <v>1067</v>
       </c>
-      <c r="G191" s="14" t="s">
+      <c r="F191" s="29" t="s">
         <v>1068</v>
       </c>
-      <c r="H191" s="35">
-[...6 lines deleted...]
-      <c r="K191" s="28" t="s">
+      <c r="G191" s="13" t="s">
         <v>1069</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A192" s="12">
+      <c r="H191" s="40">
+        <v>45064</v>
+      </c>
+      <c r="I191" s="39"/>
+      <c r="J191" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K191" s="32" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="192" spans="1:11" ht="33.75">
+      <c r="A192" s="11">
         <v>190</v>
       </c>
-      <c r="B192" s="16" t="s">
-[...5 lines deleted...]
-      <c r="D192" s="20" t="s">
+      <c r="B192" s="29" t="s">
         <v>1071</v>
       </c>
-      <c r="E192" s="20" t="s">
-[...2 lines deleted...]
-      <c r="F192" s="28" t="s">
+      <c r="C192" s="48">
+        <v>40203478194</v>
+      </c>
+      <c r="D192" s="47" t="s">
         <v>1072</v>
       </c>
-      <c r="G192" s="14" t="s">
+      <c r="E192" s="47" t="s">
+        <v>1072</v>
+      </c>
+      <c r="F192" s="29" t="s">
         <v>1073</v>
       </c>
-      <c r="H192" s="35">
+      <c r="G192" s="13" t="s">
+        <v>1074</v>
+      </c>
+      <c r="H192" s="46">
+        <v>45076</v>
+      </c>
+      <c r="I192" s="47"/>
+      <c r="J192" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K192" s="49" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="193" spans="1:11">
+      <c r="A193" s="11">
+        <v>191</v>
+      </c>
+      <c r="B193" s="29" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C193" s="48">
+        <v>40203255221</v>
+      </c>
+      <c r="D193" s="47" t="s">
+        <v>1077</v>
+      </c>
+      <c r="E193" s="47" t="s">
+        <v>1078</v>
+      </c>
+      <c r="F193" s="29" t="s">
+        <v>1079</v>
+      </c>
+      <c r="G193" s="13" t="s">
+        <v>1080</v>
+      </c>
+      <c r="H193" s="46">
+        <v>45077</v>
+      </c>
+      <c r="I193" s="47"/>
+      <c r="J193" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K193" s="49" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="194" spans="1:11" ht="33.75">
+      <c r="A194" s="11">
+        <v>192</v>
+      </c>
+      <c r="B194" s="48" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C194" s="48">
+        <v>40203436472</v>
+      </c>
+      <c r="D194" s="47" t="s">
+        <v>1083</v>
+      </c>
+      <c r="E194" s="47" t="s">
+        <v>1084</v>
+      </c>
+      <c r="F194" s="29" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G194" s="13" t="s">
+        <v>1086</v>
+      </c>
+      <c r="H194" s="50">
         <v>45106</v>
       </c>
-      <c r="I192" s="20"/>
-[...74 lines deleted...]
-      <c r="A195" s="12">
+      <c r="I194" s="48"/>
+      <c r="J194" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K194" s="49" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="195" spans="1:11" ht="22.5">
+      <c r="A195" s="11">
         <v>193</v>
       </c>
-      <c r="B195" s="28" t="s">
-[...11 lines deleted...]
-      <c r="F195" s="28" t="s">
+      <c r="B195" s="48" t="s">
         <v>1088</v>
       </c>
-      <c r="G195" s="14" t="s">
+      <c r="C195" s="48">
+        <v>40203318090</v>
+      </c>
+      <c r="D195" s="47" t="s">
         <v>1089</v>
       </c>
-      <c r="H195" s="39">
-[...6 lines deleted...]
-      <c r="K195" s="42" t="s">
+      <c r="E195" s="47" t="s">
+        <v>1089</v>
+      </c>
+      <c r="F195" s="29" t="s">
         <v>1090</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A196" s="12">
+      <c r="G195" s="13" t="s">
+        <v>1091</v>
+      </c>
+      <c r="H195" s="50">
+        <v>45106</v>
+      </c>
+      <c r="I195" s="48"/>
+      <c r="J195" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K195" s="49" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="196" spans="1:11" ht="33.75">
+      <c r="A196" s="11">
         <v>194</v>
       </c>
-      <c r="B196" s="28" t="s">
-[...8 lines deleted...]
-      <c r="E196" s="40" t="s">
+      <c r="B196" s="48" t="s">
         <v>1093</v>
       </c>
-      <c r="F196" s="28" t="s">
+      <c r="C196" s="48">
+        <v>40203280676</v>
+      </c>
+      <c r="D196" s="47" t="s">
         <v>1094</v>
       </c>
-      <c r="G196" s="14" t="s">
+      <c r="E196" s="47" t="s">
         <v>1095</v>
       </c>
-      <c r="H196" s="39">
-[...6 lines deleted...]
-      <c r="K196" s="42" t="s">
+      <c r="F196" s="29" t="s">
         <v>1096</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A197" s="12">
+      <c r="G196" s="13" t="s">
+        <v>1097</v>
+      </c>
+      <c r="H196" s="50">
+        <v>45113</v>
+      </c>
+      <c r="I196" s="48"/>
+      <c r="J196" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K196" s="49" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="197" spans="1:11" ht="67.5">
+      <c r="A197" s="11">
         <v>195</v>
       </c>
-      <c r="B197" s="41" t="s">
-[...8 lines deleted...]
-      <c r="E197" s="40" t="s">
+      <c r="B197" s="48" t="s">
         <v>1099</v>
       </c>
-      <c r="F197" s="28" t="s">
+      <c r="C197" s="48">
+        <v>50203487771</v>
+      </c>
+      <c r="D197" s="47" t="s">
         <v>1100</v>
       </c>
-      <c r="G197" s="14" t="s">
+      <c r="E197" s="47" t="s">
+        <v>1100</v>
+      </c>
+      <c r="F197" s="29" t="s">
         <v>1101</v>
       </c>
-      <c r="H197" s="44">
-[...6 lines deleted...]
-      <c r="K197" s="42" t="s">
+      <c r="G197" s="13" t="s">
         <v>1102</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A198" s="12">
+      <c r="H197" s="50">
+        <v>45114</v>
+      </c>
+      <c r="I197" s="48"/>
+      <c r="J197" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K197" s="49" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="198" spans="1:11" ht="22.5">
+      <c r="A198" s="11">
         <v>196</v>
       </c>
-      <c r="B198" s="41" t="s">
-[...5 lines deleted...]
-      <c r="D198" s="40" t="s">
+      <c r="B198" s="48" t="s">
         <v>1104</v>
       </c>
-      <c r="E198" s="40" t="s">
-[...2 lines deleted...]
-      <c r="F198" s="28" t="s">
+      <c r="C198" s="48">
+        <v>40203447870</v>
+      </c>
+      <c r="D198" s="29" t="s">
         <v>1105</v>
       </c>
-      <c r="G198" s="14" t="s">
+      <c r="E198" s="29" t="s">
+        <v>1105</v>
+      </c>
+      <c r="F198" s="29" t="s">
         <v>1106</v>
       </c>
-      <c r="H198" s="44">
-[...6 lines deleted...]
-      <c r="K198" s="42" t="s">
+      <c r="G198" s="13" t="s">
         <v>1107</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A199" s="12">
+      <c r="H198" s="50">
+        <v>45120</v>
+      </c>
+      <c r="I198" s="48"/>
+      <c r="J198" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K198" s="49" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="199" spans="1:11" ht="22.5">
+      <c r="A199" s="11">
         <v>197</v>
       </c>
-      <c r="B199" s="41" t="s">
-[...5 lines deleted...]
-      <c r="D199" s="40" t="s">
+      <c r="B199" s="48" t="s">
         <v>1109</v>
       </c>
-      <c r="E199" s="40" t="s">
+      <c r="C199" s="48">
+        <v>40203206495</v>
+      </c>
+      <c r="D199" s="49" t="s">
         <v>1110</v>
       </c>
-      <c r="F199" s="28" t="s">
+      <c r="E199" s="49" t="s">
+        <v>1110</v>
+      </c>
+      <c r="F199" s="29" t="s">
         <v>1111</v>
       </c>
-      <c r="G199" s="14" t="s">
+      <c r="G199" s="13" t="s">
         <v>1112</v>
       </c>
-      <c r="H199" s="44">
-[...6 lines deleted...]
-      <c r="K199" s="42" t="s">
+      <c r="H199" s="51">
+        <v>45121</v>
+      </c>
+      <c r="I199" s="49"/>
+      <c r="J199" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K199" s="49" t="s">
         <v>1113</v>
       </c>
     </row>
-    <row r="200" spans="1:11" ht="67.5">
-      <c r="A200" s="12">
+    <row r="200" spans="1:11" ht="45">
+      <c r="A200" s="11">
         <v>198</v>
       </c>
-      <c r="B200" s="41" t="s">
+      <c r="B200" s="48" t="s">
         <v>1114</v>
       </c>
-      <c r="C200" s="41">
-[...2 lines deleted...]
-      <c r="D200" s="40" t="s">
+      <c r="C200" s="48">
+        <v>40203487943</v>
+      </c>
+      <c r="D200" s="47" t="s">
         <v>1115</v>
       </c>
-      <c r="E200" s="40" t="s">
+      <c r="E200" s="47" t="s">
         <v>1115</v>
       </c>
-      <c r="F200" s="28" t="s">
+      <c r="F200" s="29" t="s">
         <v>1116</v>
       </c>
-      <c r="G200" s="14" t="s">
+      <c r="G200" s="13" t="s">
         <v>1117</v>
       </c>
-      <c r="H200" s="44">
-[...6 lines deleted...]
-      <c r="K200" s="42" t="s">
+      <c r="H200" s="51">
+        <v>45125</v>
+      </c>
+      <c r="I200" s="49"/>
+      <c r="J200" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K200" s="49" t="s">
         <v>1118</v>
       </c>
     </row>
-    <row r="201" spans="1:11" ht="22.5">
-      <c r="A201" s="12">
+    <row r="201" spans="1:11" ht="56.25">
+      <c r="A201" s="11">
         <v>199</v>
       </c>
-      <c r="B201" s="41" t="s">
+      <c r="B201" s="48" t="s">
         <v>1119</v>
       </c>
-      <c r="C201" s="41">
-[...2 lines deleted...]
-      <c r="D201" s="28" t="s">
+      <c r="C201" s="48">
+        <v>40103914789</v>
+      </c>
+      <c r="D201" s="47" t="s">
         <v>1120</v>
       </c>
-      <c r="E201" s="28" t="s">
-[...2 lines deleted...]
-      <c r="F201" s="28" t="s">
+      <c r="E201" s="47" t="s">
         <v>1121</v>
       </c>
-      <c r="G201" s="14" t="s">
+      <c r="F201" s="29" t="s">
         <v>1122</v>
       </c>
-      <c r="H201" s="44">
-[...6 lines deleted...]
-      <c r="K201" s="42" t="s">
+      <c r="G201" s="13" t="s">
         <v>1123</v>
       </c>
+      <c r="H201" s="51">
+        <v>45131</v>
+      </c>
+      <c r="I201" s="49"/>
+      <c r="J201" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K201" s="32" t="s">
+        <v>1124</v>
+      </c>
     </row>
     <row r="202" spans="1:11" ht="22.5">
-      <c r="A202" s="12">
+      <c r="A202" s="11">
         <v>200</v>
       </c>
-      <c r="B202" s="41" t="s">
-[...5 lines deleted...]
-      <c r="D202" s="42" t="s">
+      <c r="B202" s="49" t="s">
         <v>1125</v>
       </c>
-      <c r="E202" s="42" t="s">
-[...2 lines deleted...]
-      <c r="F202" s="28" t="s">
+      <c r="C202" s="49">
+        <v>40203330411</v>
+      </c>
+      <c r="D202" s="49" t="s">
         <v>1126</v>
       </c>
-      <c r="G202" s="14" t="s">
+      <c r="E202" s="49" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F202" s="49" t="s">
         <v>1127</v>
       </c>
-      <c r="H202" s="45">
-[...6 lines deleted...]
-      <c r="K202" s="42" t="s">
+      <c r="G202" s="13" t="s">
         <v>1128</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A203" s="12">
+      <c r="H202" s="51">
+        <v>45132</v>
+      </c>
+      <c r="I202" s="49"/>
+      <c r="J202" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K202" s="49" t="s">
+        <v>1129</v>
+      </c>
+    </row>
+    <row r="203" spans="1:11" ht="22.5">
+      <c r="A203" s="11">
         <v>201</v>
       </c>
-      <c r="B203" s="41" t="s">
-[...5 lines deleted...]
-      <c r="D203" s="40" t="s">
+      <c r="B203" s="48" t="s">
         <v>1130</v>
       </c>
-      <c r="E203" s="40" t="s">
-[...2 lines deleted...]
-      <c r="F203" s="28" t="s">
+      <c r="C203" s="48">
+        <v>40203464508</v>
+      </c>
+      <c r="D203" s="49" t="s">
         <v>1131</v>
       </c>
-      <c r="G203" s="14" t="s">
+      <c r="E203" s="49" t="s">
+        <v>1131</v>
+      </c>
+      <c r="F203" s="49" t="s">
         <v>1132</v>
       </c>
-      <c r="H203" s="45">
-[...6 lines deleted...]
-      <c r="K203" s="42" t="s">
+      <c r="G203" s="13" t="s">
         <v>1133</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A204" s="12">
+      <c r="H203" s="51">
+        <v>45152</v>
+      </c>
+      <c r="I203" s="49"/>
+      <c r="J203" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K203" s="32" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="204" spans="1:11" ht="101.25">
+      <c r="A204" s="11">
         <v>202</v>
       </c>
-      <c r="B204" s="41" t="s">
-[...5 lines deleted...]
-      <c r="D204" s="40" t="s">
+      <c r="B204" s="48" t="s">
         <v>1135</v>
       </c>
-      <c r="E204" s="40" t="s">
+      <c r="C204" s="48">
+        <v>40203487799</v>
+      </c>
+      <c r="D204" s="49" t="s">
         <v>1136</v>
       </c>
-      <c r="F204" s="28" t="s">
+      <c r="E204" s="49" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F204" s="49" t="s">
         <v>1137</v>
       </c>
-      <c r="G204" s="14" t="s">
+      <c r="G204" s="13" t="s">
         <v>1138</v>
       </c>
-      <c r="H204" s="45">
-[...3 lines deleted...]
-      <c r="J204" s="15">
+      <c r="H204" s="51">
+        <v>45161</v>
+      </c>
+      <c r="I204" s="49"/>
+      <c r="J204" s="14">
         <v>46507</v>
       </c>
       <c r="K204" s="32" t="s">
         <v>1139</v>
       </c>
     </row>
-    <row r="205" spans="1:11" ht="68.25" customHeight="1">
-      <c r="A205" s="12">
+    <row r="205" spans="1:11" ht="45">
+      <c r="A205" s="11">
         <v>203</v>
       </c>
-      <c r="B205" s="42" t="s">
+      <c r="B205" s="48" t="s">
         <v>1140</v>
       </c>
-      <c r="C205" s="42">
-[...2 lines deleted...]
-      <c r="D205" s="42" t="s">
+      <c r="C205" s="48">
+        <v>40203379998</v>
+      </c>
+      <c r="D205" s="49" t="s">
         <v>1141</v>
       </c>
-      <c r="E205" s="42" t="s">
+      <c r="E205" s="49" t="s">
         <v>1141</v>
       </c>
-      <c r="F205" s="42" t="s">
+      <c r="F205" s="49" t="s">
         <v>1142</v>
       </c>
-      <c r="G205" s="14" t="s">
+      <c r="G205" s="13" t="s">
         <v>1143</v>
       </c>
-      <c r="H205" s="45">
-[...6 lines deleted...]
-      <c r="K205" s="42" t="s">
+      <c r="H205" s="51">
+        <v>45161</v>
+      </c>
+      <c r="I205" s="49"/>
+      <c r="J205" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K205" s="49" t="s">
         <v>1144</v>
       </c>
     </row>
-    <row r="206" spans="1:11" ht="36.75" customHeight="1">
-      <c r="A206" s="12">
+    <row r="206" spans="1:11" ht="22.5">
+      <c r="A206" s="11">
         <v>204</v>
       </c>
-      <c r="B206" s="41" t="s">
+      <c r="B206" s="48" t="s">
         <v>1145</v>
       </c>
-      <c r="C206" s="41">
-[...2 lines deleted...]
-      <c r="D206" s="42" t="s">
+      <c r="C206" s="48">
+        <v>40203475821</v>
+      </c>
+      <c r="D206" s="49" t="s">
+        <v>1010</v>
+      </c>
+      <c r="E206" s="49" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F206" s="49" t="s">
         <v>1146</v>
       </c>
-      <c r="E206" s="42" t="s">
-[...2 lines deleted...]
-      <c r="F206" s="42" t="s">
+      <c r="G206" s="13" t="s">
         <v>1147</v>
       </c>
-      <c r="G206" s="14" t="s">
+      <c r="H206" s="51">
+        <v>45187</v>
+      </c>
+      <c r="I206" s="49"/>
+      <c r="J206" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K206" s="32" t="s">
         <v>1148</v>
       </c>
-      <c r="H206" s="45">
-[...6 lines deleted...]
-      <c r="K206" s="32" t="s">
+    </row>
+    <row r="207" spans="1:11" ht="33.75">
+      <c r="A207" s="11">
+        <v>205</v>
+      </c>
+      <c r="B207" s="48" t="s">
         <v>1149</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B207" s="41" t="s">
+      <c r="C207" s="48">
+        <v>40103652449</v>
+      </c>
+      <c r="D207" s="49" t="s">
         <v>1150</v>
       </c>
-      <c r="C207" s="41">
-[...2 lines deleted...]
-      <c r="D207" s="42" t="s">
+      <c r="E207" s="49" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F207" s="49" t="s">
         <v>1151</v>
       </c>
-      <c r="E207" s="42" t="s">
-[...2 lines deleted...]
-      <c r="F207" s="42" t="s">
+      <c r="G207" s="13" t="s">
         <v>1152</v>
       </c>
-      <c r="G207" s="14" t="s">
+      <c r="H207" s="51">
+        <v>45191</v>
+      </c>
+      <c r="I207" s="49"/>
+      <c r="J207" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K207" s="32" t="s">
         <v>1153</v>
       </c>
-      <c r="H207" s="45">
-[...6 lines deleted...]
-      <c r="K207" s="32" t="s">
+    </row>
+    <row r="208" spans="1:11" ht="33.75">
+      <c r="A208" s="11">
+        <v>206</v>
+      </c>
+      <c r="B208" s="48" t="s">
         <v>1154</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B208" s="41" t="s">
+      <c r="C208" s="48">
+        <v>40203490835</v>
+      </c>
+      <c r="D208" s="49" t="s">
         <v>1155</v>
       </c>
-      <c r="C208" s="41">
-[...2 lines deleted...]
-      <c r="D208" s="42" t="s">
+      <c r="E208" s="49" t="s">
+        <v>1155</v>
+      </c>
+      <c r="F208" s="49" t="s">
         <v>1156</v>
       </c>
-      <c r="E208" s="42" t="s">
-[...2 lines deleted...]
-      <c r="F208" s="42" t="s">
+      <c r="G208" s="13" t="s">
         <v>1157</v>
       </c>
-      <c r="G208" s="14" t="s">
+      <c r="H208" s="51">
+        <v>45196</v>
+      </c>
+      <c r="I208" s="49"/>
+      <c r="J208" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K208" s="32" t="s">
         <v>1158</v>
       </c>
-      <c r="H208" s="45">
-[...6 lines deleted...]
-      <c r="K208" s="42" t="s">
+    </row>
+    <row r="209" spans="1:11" ht="22.5">
+      <c r="A209" s="11">
+        <v>207</v>
+      </c>
+      <c r="B209" s="48" t="s">
         <v>1159</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B209" s="41" t="s">
+      <c r="C209" s="48">
+        <v>43603083438</v>
+      </c>
+      <c r="D209" s="49" t="s">
         <v>1160</v>
       </c>
-      <c r="C209" s="41">
-[...2 lines deleted...]
-      <c r="D209" s="42" t="s">
+      <c r="E209" s="49" t="s">
+        <v>1160</v>
+      </c>
+      <c r="F209" s="49" t="s">
         <v>1161</v>
       </c>
-      <c r="E209" s="42" t="s">
-[...2 lines deleted...]
-      <c r="F209" s="42" t="s">
+      <c r="G209" s="13" t="s">
         <v>1162</v>
       </c>
-      <c r="G209" s="14" t="s">
+      <c r="H209" s="51">
+        <v>45196</v>
+      </c>
+      <c r="I209" s="49"/>
+      <c r="J209" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K209" s="32" t="s">
         <v>1163</v>
       </c>
-      <c r="H209" s="45">
-[...6 lines deleted...]
-      <c r="K209" s="32" t="s">
+    </row>
+    <row r="210" spans="1:11" ht="22.5">
+      <c r="A210" s="11">
+        <v>208</v>
+      </c>
+      <c r="B210" s="48" t="s">
         <v>1164</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B210" s="41" t="s">
+      <c r="C210" s="48">
+        <v>50203433711</v>
+      </c>
+      <c r="D210" s="49" t="s">
         <v>1165</v>
       </c>
-      <c r="C210" s="41">
-[...8 lines deleted...]
-      <c r="F210" s="42" t="s">
+      <c r="E210" s="49" t="s">
+        <v>1165</v>
+      </c>
+      <c r="F210" s="49" t="s">
         <v>1166</v>
       </c>
-      <c r="G210" s="14" t="s">
+      <c r="G210" s="13" t="s">
         <v>1167</v>
       </c>
-      <c r="H210" s="45">
-[...3 lines deleted...]
-      <c r="J210" s="15">
+      <c r="H210" s="51">
+        <v>45203</v>
+      </c>
+      <c r="I210" s="49"/>
+      <c r="J210" s="14">
         <v>46507</v>
       </c>
       <c r="K210" s="32" t="s">
         <v>1168</v>
       </c>
     </row>
-    <row r="211" spans="1:11" ht="41.65" customHeight="1">
-      <c r="A211" s="12">
+    <row r="211" spans="1:11" ht="33.75">
+      <c r="A211" s="11">
         <v>209</v>
       </c>
-      <c r="B211" s="41" t="s">
+      <c r="B211" s="48" t="s">
         <v>1169</v>
       </c>
-      <c r="C211" s="41">
-[...2 lines deleted...]
-      <c r="D211" s="42" t="s">
+      <c r="C211" s="48">
+        <v>44103097810</v>
+      </c>
+      <c r="D211" s="49" t="s">
         <v>1170</v>
       </c>
-      <c r="E211" s="42" t="s">
+      <c r="E211" s="49" t="s">
         <v>1170</v>
       </c>
-      <c r="F211" s="42" t="s">
+      <c r="F211" s="49" t="s">
         <v>1171</v>
       </c>
-      <c r="G211" s="14" t="s">
+      <c r="G211" s="13" t="s">
         <v>1172</v>
       </c>
-      <c r="H211" s="45">
-[...3 lines deleted...]
-      <c r="J211" s="15">
+      <c r="H211" s="51">
+        <v>45218</v>
+      </c>
+      <c r="I211" s="49"/>
+      <c r="J211" s="14">
         <v>46507</v>
       </c>
       <c r="K211" s="32" t="s">
         <v>1173</v>
       </c>
     </row>
-    <row r="212" spans="1:11" ht="33.75">
-      <c r="A212" s="12">
+    <row r="212" spans="1:11" ht="22.5">
+      <c r="A212" s="11">
         <v>210</v>
       </c>
-      <c r="B212" s="41" t="s">
+      <c r="B212" s="48" t="s">
         <v>1174</v>
       </c>
-      <c r="C212" s="41">
-[...2 lines deleted...]
-      <c r="D212" s="42" t="s">
+      <c r="C212" s="48">
+        <v>40203504463</v>
+      </c>
+      <c r="D212" s="49" t="s">
         <v>1175</v>
       </c>
-      <c r="E212" s="42" t="s">
+      <c r="E212" s="49" t="s">
         <v>1175</v>
       </c>
-      <c r="F212" s="42" t="s">
+      <c r="F212" s="49" t="s">
         <v>1176</v>
       </c>
-      <c r="G212" s="14" t="s">
+      <c r="G212" s="13" t="s">
         <v>1177</v>
       </c>
-      <c r="H212" s="45">
-[...3 lines deleted...]
-      <c r="J212" s="15">
+      <c r="H212" s="51">
+        <v>45239</v>
+      </c>
+      <c r="I212" s="49"/>
+      <c r="J212" s="14">
         <v>46507</v>
       </c>
       <c r="K212" s="32" t="s">
         <v>1178</v>
       </c>
     </row>
     <row r="213" spans="1:11" ht="22.5">
-      <c r="A213" s="12">
+      <c r="A213" s="11">
         <v>211</v>
       </c>
-      <c r="B213" s="41" t="s">
+      <c r="B213" s="48" t="s">
         <v>1179</v>
       </c>
-      <c r="C213" s="41">
-[...2 lines deleted...]
-      <c r="D213" s="42" t="s">
+      <c r="C213" s="48">
+        <v>40103818934</v>
+      </c>
+      <c r="D213" s="49" t="s">
         <v>1180</v>
       </c>
-      <c r="E213" s="42" t="s">
+      <c r="E213" s="49" t="s">
         <v>1180</v>
       </c>
-      <c r="F213" s="42" t="s">
+      <c r="F213" s="49" t="s">
         <v>1181</v>
       </c>
-      <c r="G213" s="14" t="s">
+      <c r="G213" s="13" t="s">
         <v>1182</v>
       </c>
-      <c r="H213" s="45">
-[...3 lines deleted...]
-      <c r="J213" s="15">
+      <c r="H213" s="51">
+        <v>45239</v>
+      </c>
+      <c r="I213" s="49"/>
+      <c r="J213" s="14">
         <v>46507</v>
       </c>
       <c r="K213" s="32" t="s">
         <v>1183</v>
       </c>
     </row>
     <row r="214" spans="1:11" ht="22.5">
-      <c r="A214" s="12">
+      <c r="A214" s="11">
         <v>212</v>
       </c>
-      <c r="B214" s="41" t="s">
+      <c r="B214" s="48" t="s">
         <v>1184</v>
       </c>
-      <c r="C214" s="41">
-[...2 lines deleted...]
-      <c r="D214" s="42" t="s">
+      <c r="C214" s="48">
+        <v>40203443614</v>
+      </c>
+      <c r="D214" s="49" t="s">
         <v>1185</v>
       </c>
-      <c r="E214" s="42" t="s">
+      <c r="E214" s="49" t="s">
         <v>1185</v>
       </c>
-      <c r="F214" s="42" t="s">
+      <c r="F214" s="49" t="s">
         <v>1186</v>
       </c>
-      <c r="G214" s="14" t="s">
+      <c r="G214" s="13" t="s">
         <v>1187</v>
       </c>
-      <c r="H214" s="45">
-[...3 lines deleted...]
-      <c r="J214" s="15">
+      <c r="H214" s="51">
+        <v>45251</v>
+      </c>
+      <c r="I214" s="49"/>
+      <c r="J214" s="14">
         <v>46507</v>
       </c>
       <c r="K214" s="32" t="s">
         <v>1188</v>
       </c>
     </row>
-    <row r="215" spans="1:11" ht="33.75">
-      <c r="A215" s="12">
+    <row r="215" spans="1:11" ht="213.75">
+      <c r="A215" s="11">
         <v>213</v>
       </c>
-      <c r="B215" s="41" t="s">
+      <c r="B215" s="48" t="s">
         <v>1189</v>
       </c>
-      <c r="C215" s="41">
-[...2 lines deleted...]
-      <c r="D215" s="42" t="s">
+      <c r="C215" s="48">
+        <v>40203441223</v>
+      </c>
+      <c r="D215" s="49" t="s">
+        <v>1115</v>
+      </c>
+      <c r="E215" s="49" t="s">
+        <v>1115</v>
+      </c>
+      <c r="F215" s="49" t="s">
         <v>1190</v>
       </c>
-      <c r="E215" s="42" t="s">
-[...2 lines deleted...]
-      <c r="F215" s="42" t="s">
+      <c r="G215" s="13" t="s">
         <v>1191</v>
       </c>
-      <c r="G215" s="14" t="s">
+      <c r="H215" s="51">
+        <v>45253</v>
+      </c>
+      <c r="I215" s="49"/>
+      <c r="J215" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K215" s="32" t="s">
         <v>1192</v>
       </c>
-      <c r="H215" s="45">
-[...6 lines deleted...]
-      <c r="K215" s="32" t="s">
+    </row>
+    <row r="216" spans="1:11" ht="22.5">
+      <c r="A216" s="11">
+        <v>214</v>
+      </c>
+      <c r="B216" s="48" t="s">
         <v>1193</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B216" s="41" t="s">
+      <c r="C216" s="48">
+        <v>40003164644</v>
+      </c>
+      <c r="D216" s="49" t="s">
         <v>1194</v>
       </c>
-      <c r="C216" s="41">
-[...2 lines deleted...]
-      <c r="D216" s="42" t="s">
+      <c r="E216" s="49" t="s">
         <v>1195</v>
       </c>
-      <c r="E216" s="42" t="s">
-[...2 lines deleted...]
-      <c r="F216" s="42" t="s">
+      <c r="F216" s="49" t="s">
         <v>1196</v>
       </c>
-      <c r="G216" s="14" t="s">
+      <c r="G216" s="13" t="s">
         <v>1197</v>
       </c>
-      <c r="H216" s="45">
-[...3 lines deleted...]
-      <c r="J216" s="15">
+      <c r="H216" s="51">
+        <v>45254</v>
+      </c>
+      <c r="I216" s="49"/>
+      <c r="J216" s="14">
         <v>46507</v>
       </c>
       <c r="K216" s="32" t="s">
         <v>1198</v>
       </c>
     </row>
-    <row r="217" spans="1:11" ht="31.5" customHeight="1">
-      <c r="A217" s="12">
+    <row r="217" spans="1:11" ht="22.5">
+      <c r="A217" s="11">
         <v>215</v>
       </c>
-      <c r="B217" s="41" t="s">
+      <c r="B217" s="48" t="s">
         <v>1199</v>
       </c>
-      <c r="C217" s="41">
-[...2 lines deleted...]
-      <c r="D217" s="42" t="s">
+      <c r="C217" s="48">
+        <v>40203487017</v>
+      </c>
+      <c r="D217" s="49" t="s">
         <v>1200</v>
       </c>
-      <c r="E217" s="42" t="s">
+      <c r="E217" s="49" t="s">
         <v>1200</v>
       </c>
-      <c r="F217" s="42" t="s">
+      <c r="F217" s="49" t="s">
         <v>1201</v>
       </c>
-      <c r="G217" s="14" t="s">
+      <c r="G217" s="13" t="s">
         <v>1202</v>
       </c>
-      <c r="H217" s="45">
-[...3 lines deleted...]
-      <c r="J217" s="15">
+      <c r="H217" s="51">
+        <v>45254</v>
+      </c>
+      <c r="I217" s="49"/>
+      <c r="J217" s="14">
         <v>46507</v>
       </c>
       <c r="K217" s="32" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="218" spans="1:11" ht="22.5">
+      <c r="A218" s="11">
+        <v>216</v>
+      </c>
+      <c r="B218" s="48" t="s">
         <v>1203</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B218" s="41" t="s">
+      <c r="C218" s="48">
+        <v>40203495194</v>
+      </c>
+      <c r="D218" s="49" t="s">
         <v>1204</v>
       </c>
-      <c r="C218" s="41">
-[...2 lines deleted...]
-      <c r="D218" s="42" t="s">
+      <c r="E218" s="49" t="s">
         <v>1205</v>
       </c>
-      <c r="E218" s="42" t="s">
-[...2 lines deleted...]
-      <c r="F218" s="42" t="s">
+      <c r="F218" s="49" t="s">
         <v>1206</v>
       </c>
-      <c r="G218" s="14" t="s">
+      <c r="G218" s="13" t="s">
         <v>1207</v>
       </c>
-      <c r="H218" s="45">
-[...3 lines deleted...]
-      <c r="J218" s="15">
+      <c r="H218" s="51">
+        <v>45254</v>
+      </c>
+      <c r="I218" s="49"/>
+      <c r="J218" s="14">
         <v>46507</v>
       </c>
       <c r="K218" s="32" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="219" spans="1:11" ht="33.75">
+      <c r="A219" s="11">
+        <v>217</v>
+      </c>
+      <c r="B219" s="31" t="s">
         <v>1208</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B219" s="41" t="s">
+      <c r="C219" s="48">
+        <v>40103619444</v>
+      </c>
+      <c r="D219" s="31" t="s">
         <v>1209</v>
       </c>
-      <c r="C219" s="41">
-[...8 lines deleted...]
-      <c r="F219" s="42" t="s">
+      <c r="E219" s="31" t="s">
         <v>1210</v>
       </c>
-      <c r="G219" s="14" t="s">
+      <c r="F219" s="49" t="s">
         <v>1211</v>
       </c>
-      <c r="H219" s="45">
-[...3 lines deleted...]
-      <c r="J219" s="15">
+      <c r="G219" s="13" t="s">
+        <v>1212</v>
+      </c>
+      <c r="H219" s="51">
+        <v>45261</v>
+      </c>
+      <c r="I219" s="49"/>
+      <c r="J219" s="14">
         <v>46507</v>
       </c>
       <c r="K219" s="32" t="s">
-        <v>1212</v>
-[...3 lines deleted...]
-      <c r="A220" s="12">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="220" spans="1:11" ht="33.75">
+      <c r="A220" s="11">
         <v>218</v>
       </c>
-      <c r="B220" s="41" t="s">
-[...5 lines deleted...]
-      <c r="D220" s="42" t="s">
+      <c r="B220" s="47" t="s">
         <v>1214</v>
       </c>
-      <c r="E220" s="42" t="s">
+      <c r="C220" s="47">
+        <v>40203430037</v>
+      </c>
+      <c r="D220" s="29" t="s">
         <v>1215</v>
       </c>
-      <c r="F220" s="42" t="s">
+      <c r="E220" s="29" t="s">
         <v>1216</v>
       </c>
-      <c r="G220" s="14" t="s">
+      <c r="F220" s="29" t="s">
         <v>1217</v>
       </c>
-      <c r="H220" s="45">
-[...6 lines deleted...]
-      <c r="K220" s="32" t="s">
+      <c r="G220" s="13" t="s">
         <v>1218</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A221" s="12">
+      <c r="H220" s="30">
+        <v>45271</v>
+      </c>
+      <c r="I220" s="29"/>
+      <c r="J220" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K220" s="37" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="221" spans="1:11">
+      <c r="A221" s="11">
         <v>219</v>
       </c>
-      <c r="B221" s="41" t="s">
-[...5 lines deleted...]
-      <c r="D221" s="42" t="s">
+      <c r="B221" s="47" t="s">
         <v>1220</v>
       </c>
-      <c r="E221" s="42" t="s">
-[...2 lines deleted...]
-      <c r="F221" s="42" t="s">
+      <c r="C221" s="47">
+        <v>40203507667</v>
+      </c>
+      <c r="D221" s="29" t="s">
         <v>1221</v>
       </c>
-      <c r="G221" s="14" t="s">
+      <c r="E221" s="29" t="s">
+        <v>1221</v>
+      </c>
+      <c r="F221" s="29" t="s">
         <v>1222</v>
       </c>
-      <c r="H221" s="45">
-[...11 lines deleted...]
-      <c r="A222" s="12">
+      <c r="G221" s="13" t="s">
+        <v>1223</v>
+      </c>
+      <c r="H221" s="30">
+        <v>45273</v>
+      </c>
+      <c r="I221" s="29"/>
+      <c r="J221" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K221" s="37" t="s">
+        <v>1224</v>
+      </c>
+    </row>
+    <row r="222" spans="1:11">
+      <c r="A222" s="11">
         <v>220</v>
       </c>
-      <c r="B222" s="41" t="s">
-[...8 lines deleted...]
-      <c r="E222" s="42" t="s">
+      <c r="B222" s="47" t="s">
         <v>1225</v>
       </c>
-      <c r="F222" s="42" t="s">
+      <c r="C222" s="47">
+        <v>40203373603</v>
+      </c>
+      <c r="D222" s="29" t="s">
         <v>1226</v>
       </c>
-      <c r="G222" s="14" t="s">
+      <c r="E222" s="29" t="s">
+        <v>1226</v>
+      </c>
+      <c r="F222" s="29" t="s">
         <v>1227</v>
       </c>
-      <c r="H222" s="45">
-[...11 lines deleted...]
-      <c r="A223" s="12">
+      <c r="G222" s="13" t="s">
+        <v>1228</v>
+      </c>
+      <c r="H222" s="30">
+        <v>45278</v>
+      </c>
+      <c r="I222" s="29"/>
+      <c r="J222" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K222" s="37" t="s">
+        <v>1229</v>
+      </c>
+    </row>
+    <row r="223" spans="1:11" ht="22.5">
+      <c r="A223" s="11">
         <v>221</v>
       </c>
-      <c r="B223" s="31" t="s">
-[...8 lines deleted...]
-      <c r="E223" s="31" t="s">
+      <c r="B223" s="47" t="s">
         <v>1230</v>
       </c>
-      <c r="F223" s="42" t="s">
+      <c r="C223" s="47">
+        <v>40203418477</v>
+      </c>
+      <c r="D223" s="29" t="s">
+        <v>887</v>
+      </c>
+      <c r="E223" s="29" t="s">
+        <v>887</v>
+      </c>
+      <c r="F223" s="29" t="s">
         <v>1231</v>
       </c>
-      <c r="G223" s="14" t="s">
+      <c r="G223" s="13" t="s">
         <v>1232</v>
       </c>
-      <c r="H223" s="45">
-[...6 lines deleted...]
-      <c r="K223" s="32" t="s">
+      <c r="H223" s="30">
+        <v>45301</v>
+      </c>
+      <c r="I223" s="29"/>
+      <c r="J223" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K223" s="37" t="s">
         <v>1233</v>
       </c>
     </row>
-    <row r="224" spans="1:11" ht="33.75">
-      <c r="A224" s="12">
+    <row r="224" spans="1:11" ht="22.5">
+      <c r="A224" s="11">
         <v>222</v>
       </c>
-      <c r="B224" s="40" t="s">
+      <c r="B224" s="47" t="s">
         <v>1234</v>
       </c>
-      <c r="C224" s="40">
-[...2 lines deleted...]
-      <c r="D224" s="28" t="s">
+      <c r="C224" s="47">
+        <v>41203069500</v>
+      </c>
+      <c r="D224" s="29" t="s">
         <v>1235</v>
       </c>
-      <c r="E224" s="28" t="s">
+      <c r="E224" s="29" t="s">
         <v>1236</v>
       </c>
-      <c r="F224" s="28" t="s">
+      <c r="F224" s="29" t="s">
         <v>1237</v>
       </c>
-      <c r="G224" s="14" t="s">
+      <c r="G224" s="13" t="s">
         <v>1238</v>
       </c>
-      <c r="H224" s="29">
-[...6 lines deleted...]
-      <c r="K224" s="16" t="s">
+      <c r="H224" s="30">
+        <v>45306</v>
+      </c>
+      <c r="I224" s="29"/>
+      <c r="J224" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K224" s="37" t="s">
         <v>1239</v>
       </c>
     </row>
-    <row r="225" spans="1:11" s="46" customFormat="1" ht="40.15" customHeight="1">
-      <c r="A225" s="12">
+    <row r="225" spans="1:11" ht="33.75">
+      <c r="A225" s="11">
         <v>223</v>
       </c>
-      <c r="B225" s="40" t="s">
+      <c r="B225" s="31" t="s">
         <v>1240</v>
       </c>
-      <c r="C225" s="40">
-[...2 lines deleted...]
-      <c r="D225" s="28" t="s">
+      <c r="C225" s="47">
+        <v>40003737849</v>
+      </c>
+      <c r="D225" s="29" t="s">
         <v>1241</v>
       </c>
-      <c r="E225" s="28" t="s">
+      <c r="E225" s="29" t="s">
         <v>1241</v>
       </c>
-      <c r="F225" s="28" t="s">
+      <c r="F225" s="29" t="s">
         <v>1242</v>
       </c>
-      <c r="G225" s="14" t="s">
+      <c r="G225" s="13" t="s">
         <v>1243</v>
       </c>
-      <c r="H225" s="29">
-[...6 lines deleted...]
-      <c r="K225" s="16" t="s">
+      <c r="H225" s="30">
+        <v>45314</v>
+      </c>
+      <c r="I225" s="29"/>
+      <c r="J225" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K225" s="37" t="s">
         <v>1244</v>
       </c>
     </row>
-    <row r="226" spans="1:11" s="46" customFormat="1" ht="40.15" customHeight="1">
-      <c r="A226" s="12">
+    <row r="226" spans="1:11" ht="67.5">
+      <c r="A226" s="11">
         <v>224</v>
       </c>
-      <c r="B226" s="40" t="s">
+      <c r="B226" s="31" t="s">
         <v>1245</v>
       </c>
-      <c r="C226" s="40">
-[...2 lines deleted...]
-      <c r="D226" s="28" t="s">
+      <c r="C226" s="47">
+        <v>50103012391</v>
+      </c>
+      <c r="D226" s="29" t="s">
         <v>1246</v>
       </c>
-      <c r="E226" s="28" t="s">
+      <c r="E226" s="29" t="s">
         <v>1246</v>
       </c>
-      <c r="F226" s="28" t="s">
+      <c r="F226" s="29" t="s">
         <v>1247</v>
       </c>
-      <c r="G226" s="14" t="s">
+      <c r="G226" s="13" t="s">
         <v>1248</v>
       </c>
-      <c r="H226" s="29">
-[...6 lines deleted...]
-      <c r="K226" s="16" t="s">
+      <c r="H226" s="30">
+        <v>45321</v>
+      </c>
+      <c r="I226" s="29"/>
+      <c r="J226" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K226" s="37" t="s">
         <v>1249</v>
       </c>
     </row>
-    <row r="227" spans="1:11" s="46" customFormat="1" ht="40.15" customHeight="1">
-      <c r="A227" s="12">
+    <row r="227" spans="1:11" ht="22.5">
+      <c r="A227" s="11">
         <v>225</v>
       </c>
-      <c r="B227" s="40" t="s">
+      <c r="B227" s="31" t="s">
         <v>1250</v>
       </c>
-      <c r="C227" s="40">
-[...8 lines deleted...]
-      <c r="F227" s="28" t="s">
+      <c r="C227" s="47">
+        <v>40203435405</v>
+      </c>
+      <c r="D227" s="29" t="s">
         <v>1251</v>
       </c>
-      <c r="G227" s="14" t="s">
+      <c r="E227" s="29" t="s">
+        <v>1251</v>
+      </c>
+      <c r="F227" s="29" t="s">
         <v>1252</v>
       </c>
-      <c r="H227" s="29">
-[...6 lines deleted...]
-      <c r="K227" s="16" t="s">
+      <c r="G227" s="13" t="s">
         <v>1253</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A228" s="12">
+      <c r="H227" s="30">
+        <v>45321</v>
+      </c>
+      <c r="I227" s="29"/>
+      <c r="J227" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K227" s="37" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="228" spans="1:11" ht="56.25">
+      <c r="A228" s="11">
         <v>226</v>
       </c>
-      <c r="B228" s="40" t="s">
-[...5 lines deleted...]
-      <c r="D228" s="28" t="s">
+      <c r="B228" s="34" t="s">
         <v>1255</v>
       </c>
-      <c r="E228" s="28" t="s">
+      <c r="C228" s="47">
+        <v>40203453909</v>
+      </c>
+      <c r="D228" s="29" t="s">
         <v>1256</v>
       </c>
-      <c r="F228" s="28" t="s">
+      <c r="E228" s="29" t="s">
+        <v>1256</v>
+      </c>
+      <c r="F228" s="29" t="s">
         <v>1257</v>
       </c>
-      <c r="G228" s="14" t="s">
+      <c r="G228" s="13" t="s">
         <v>1258</v>
       </c>
-      <c r="H228" s="29">
-[...6 lines deleted...]
-      <c r="K228" s="16" t="s">
+      <c r="H228" s="30">
+        <v>45341</v>
+      </c>
+      <c r="I228" s="29"/>
+      <c r="J228" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K228" s="37" t="s">
         <v>1259</v>
       </c>
     </row>
-    <row r="229" spans="1:11" s="46" customFormat="1" ht="40.15" customHeight="1">
-      <c r="A229" s="12">
+    <row r="229" spans="1:11" ht="22.5">
+      <c r="A229" s="11">
         <v>227</v>
       </c>
-      <c r="B229" s="31" t="s">
+      <c r="B229" s="34" t="s">
         <v>1260</v>
       </c>
-      <c r="C229" s="40">
-[...2 lines deleted...]
-      <c r="D229" s="28" t="s">
+      <c r="C229" s="47">
+        <v>40203523996</v>
+      </c>
+      <c r="D229" s="29" t="s">
         <v>1261</v>
       </c>
-      <c r="E229" s="28" t="s">
+      <c r="E229" s="29" t="s">
         <v>1261</v>
       </c>
-      <c r="F229" s="28" t="s">
+      <c r="F229" s="29" t="s">
         <v>1262</v>
       </c>
-      <c r="G229" s="14" t="s">
+      <c r="G229" s="13" t="s">
         <v>1263</v>
       </c>
-      <c r="H229" s="29">
-[...6 lines deleted...]
-      <c r="K229" s="16" t="s">
+      <c r="H229" s="30">
+        <v>45343</v>
+      </c>
+      <c r="I229" s="29"/>
+      <c r="J229" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K229" s="37" t="s">
         <v>1264</v>
       </c>
     </row>
-    <row r="230" spans="1:11" s="46" customFormat="1" ht="40.15" customHeight="1">
-      <c r="A230" s="12">
+    <row r="230" spans="1:11" ht="33.75">
+      <c r="A230" s="11">
         <v>228</v>
       </c>
-      <c r="B230" s="31" t="s">
+      <c r="B230" s="34" t="s">
         <v>1265</v>
       </c>
-      <c r="C230" s="40">
-[...2 lines deleted...]
-      <c r="D230" s="28" t="s">
+      <c r="C230" s="47">
+        <v>40203439835</v>
+      </c>
+      <c r="D230" s="29" t="s">
         <v>1266</v>
       </c>
-      <c r="E230" s="28" t="s">
-[...2 lines deleted...]
-      <c r="F230" s="28" t="s">
+      <c r="E230" s="29" t="s">
         <v>1267</v>
       </c>
-      <c r="G230" s="14" t="s">
+      <c r="F230" s="29" t="s">
         <v>1268</v>
       </c>
-      <c r="H230" s="29">
-[...6 lines deleted...]
-      <c r="K230" s="16" t="s">
+      <c r="G230" s="13" t="s">
         <v>1269</v>
       </c>
+      <c r="H230" s="30">
+        <v>45345</v>
+      </c>
+      <c r="I230" s="29"/>
+      <c r="J230" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K230" s="37" t="s">
+        <v>1270</v>
+      </c>
     </row>
     <row r="231" spans="1:11" ht="22.5">
-      <c r="A231" s="12">
+      <c r="A231" s="11">
         <v>229</v>
       </c>
-      <c r="B231" s="31" t="s">
-[...5 lines deleted...]
-      <c r="D231" s="28" t="s">
+      <c r="B231" s="34" t="s">
         <v>1271</v>
       </c>
-      <c r="E231" s="28" t="s">
-[...2 lines deleted...]
-      <c r="F231" s="28" t="s">
+      <c r="C231" s="47">
+        <v>40103161841</v>
+      </c>
+      <c r="D231" s="29" t="s">
+        <v>610</v>
+      </c>
+      <c r="E231" s="29" t="s">
         <v>1272</v>
       </c>
-      <c r="G231" s="14" t="s">
+      <c r="F231" s="32" t="s">
         <v>1273</v>
       </c>
-      <c r="H231" s="29">
-[...6 lines deleted...]
-      <c r="K231" s="16" t="s">
+      <c r="G231" s="13" t="s">
         <v>1274</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A232" s="12">
+      <c r="H231" s="30">
+        <v>45351</v>
+      </c>
+      <c r="I231" s="29"/>
+      <c r="J231" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K231" s="32" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="232" spans="1:11" ht="33.75">
+      <c r="A232" s="11">
         <v>230</v>
       </c>
-      <c r="B232" s="31" t="s">
-[...5 lines deleted...]
-      <c r="D232" s="28" t="s">
+      <c r="B232" s="34" t="s">
         <v>1276</v>
       </c>
-      <c r="E232" s="28" t="s">
-[...2 lines deleted...]
-      <c r="F232" s="28" t="s">
+      <c r="C232" s="47">
+        <v>41503082828</v>
+      </c>
+      <c r="D232" s="29" t="s">
         <v>1277</v>
       </c>
-      <c r="G232" s="14" t="s">
+      <c r="E232" s="29" t="s">
         <v>1278</v>
       </c>
-      <c r="H232" s="29">
-[...6 lines deleted...]
-      <c r="K232" s="16" t="s">
+      <c r="F232" s="32" t="s">
         <v>1279</v>
       </c>
+      <c r="G232" s="13" t="s">
+        <v>1280</v>
+      </c>
+      <c r="H232" s="30">
+        <v>45357</v>
+      </c>
+      <c r="I232" s="29"/>
+      <c r="J232" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K232" s="37" t="s">
+        <v>1281</v>
+      </c>
     </row>
     <row r="233" spans="1:11" ht="22.5">
-      <c r="A233" s="12">
+      <c r="A233" s="11">
         <v>231</v>
       </c>
-      <c r="B233" s="31" t="s">
-[...11 lines deleted...]
-      <c r="F233" s="28" t="s">
+      <c r="B233" s="34" t="s">
         <v>1282</v>
       </c>
-      <c r="G233" s="14" t="s">
+      <c r="C233" s="47">
+        <v>41203071204</v>
+      </c>
+      <c r="D233" s="29" t="s">
+        <v>462</v>
+      </c>
+      <c r="E233" s="29" t="s">
+        <v>462</v>
+      </c>
+      <c r="F233" s="32" t="s">
         <v>1283</v>
       </c>
-      <c r="H233" s="29">
-[...6 lines deleted...]
-      <c r="K233" s="16" t="s">
+      <c r="G233" s="13" t="s">
         <v>1284</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A234" s="12">
+      <c r="H233" s="30">
+        <v>45366</v>
+      </c>
+      <c r="I233" s="29"/>
+      <c r="J233" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K233" s="31" t="s">
+        <v>1285</v>
+      </c>
+    </row>
+    <row r="234" spans="1:11">
+      <c r="A234" s="11">
         <v>232</v>
       </c>
-      <c r="B234" s="31" t="s">
+      <c r="B234" s="34" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C234" s="47">
+        <v>40203211439</v>
+      </c>
+      <c r="D234" s="29" t="s">
+        <v>462</v>
+      </c>
+      <c r="E234" s="29" t="s">
+        <v>462</v>
+      </c>
+      <c r="F234" s="32" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G234" s="13" t="s">
+        <v>1288</v>
+      </c>
+      <c r="H234" s="30">
+        <v>45366</v>
+      </c>
+      <c r="I234" s="29"/>
+      <c r="J234" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K234" s="31" t="s">
         <v>1285</v>
       </c>
-      <c r="C234" s="40">
-[...11 lines deleted...]
-      <c r="G234" s="14" t="s">
+    </row>
+    <row r="235" spans="1:11">
+      <c r="A235" s="11">
+        <v>233</v>
+      </c>
+      <c r="B235" s="34" t="s">
         <v>1289</v>
       </c>
-      <c r="H234" s="29">
-[...6 lines deleted...]
-      <c r="K234" s="16" t="s">
+      <c r="C235" s="47">
+        <v>42103095991</v>
+      </c>
+      <c r="D235" s="29" t="s">
+        <v>462</v>
+      </c>
+      <c r="E235" s="29" t="s">
+        <v>462</v>
+      </c>
+      <c r="F235" s="32" t="s">
         <v>1290</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B235" s="31" t="s">
+      <c r="G235" s="13" t="s">
         <v>1291</v>
       </c>
-      <c r="C235" s="40">
-[...2 lines deleted...]
-      <c r="D235" s="28" t="s">
+      <c r="H235" s="30">
+        <v>45366</v>
+      </c>
+      <c r="I235" s="29"/>
+      <c r="J235" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K235" s="31" t="s">
+        <v>1285</v>
+      </c>
+    </row>
+    <row r="236" spans="1:11" ht="33.75">
+      <c r="A236" s="11">
+        <v>234</v>
+      </c>
+      <c r="B236" s="34" t="s">
         <v>1292</v>
       </c>
-      <c r="E235" s="28" t="s">
+      <c r="C236" s="47">
+        <v>40203544714</v>
+      </c>
+      <c r="D236" s="29" t="s">
         <v>1293</v>
       </c>
-      <c r="F235" s="28" t="s">
+      <c r="E236" s="29" t="s">
         <v>1294</v>
       </c>
-      <c r="G235" s="14" t="s">
+      <c r="F236" s="32" t="s">
         <v>1295</v>
       </c>
-      <c r="H235" s="29">
-[...6 lines deleted...]
-      <c r="K235" s="16" t="s">
+      <c r="G236" s="13" t="s">
         <v>1296</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B236" s="31" t="s">
+      <c r="H236" s="30">
+        <v>45377</v>
+      </c>
+      <c r="I236" s="29"/>
+      <c r="J236" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K236" s="37" t="s">
         <v>1297</v>
       </c>
-      <c r="C236" s="40">
-[...2 lines deleted...]
-      <c r="D236" s="28" t="s">
+    </row>
+    <row r="237" spans="1:11" ht="22.5">
+      <c r="A237" s="11">
+        <v>235</v>
+      </c>
+      <c r="B237" s="34" t="s">
         <v>1298</v>
       </c>
-      <c r="E236" s="28" t="s">
+      <c r="C237" s="47">
+        <v>40203229854</v>
+      </c>
+      <c r="D237" s="29" t="s">
         <v>1299</v>
       </c>
-      <c r="F236" s="28" t="s">
+      <c r="E237" s="29" t="s">
+        <v>1299</v>
+      </c>
+      <c r="F237" s="32" t="s">
         <v>1300</v>
       </c>
-      <c r="G236" s="14" t="s">
+      <c r="G237" s="13" t="s">
         <v>1301</v>
       </c>
-      <c r="H236" s="29">
-[...6 lines deleted...]
-      <c r="K236" s="32" t="s">
+      <c r="H237" s="30">
+        <v>45377</v>
+      </c>
+      <c r="I237" s="29"/>
+      <c r="J237" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K237" s="37" t="s">
         <v>1302</v>
       </c>
     </row>
-    <row r="237" spans="1:11" ht="22.5">
-[...3 lines deleted...]
-      <c r="B237" s="31" t="s">
+    <row r="238" spans="1:11" ht="33.75">
+      <c r="A238" s="11">
+        <v>236</v>
+      </c>
+      <c r="B238" s="34" t="s">
         <v>1303</v>
       </c>
-      <c r="C237" s="40">
-[...5 lines deleted...]
-      <c r="E237" s="28" t="s">
+      <c r="C238" s="47">
+        <v>40203464194</v>
+      </c>
+      <c r="D238" s="29" t="s">
         <v>1304</v>
       </c>
-      <c r="F237" s="32" t="s">
+      <c r="E238" s="29" t="s">
         <v>1305</v>
       </c>
-      <c r="G237" s="14" t="s">
+      <c r="F238" s="32" t="s">
         <v>1306</v>
       </c>
-      <c r="H237" s="29">
-[...6 lines deleted...]
-      <c r="K237" s="32" t="s">
+      <c r="G238" s="13" t="s">
         <v>1307</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B238" s="31" t="s">
+      <c r="H238" s="30">
+        <v>45377</v>
+      </c>
+      <c r="I238" s="29"/>
+      <c r="J238" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K238" s="37" t="s">
         <v>1308</v>
       </c>
-      <c r="C238" s="40">
-[...2 lines deleted...]
-      <c r="D238" s="28" t="s">
+    </row>
+    <row r="239" spans="1:11" ht="45">
+      <c r="A239" s="11">
+        <v>237</v>
+      </c>
+      <c r="B239" s="34" t="s">
         <v>1309</v>
       </c>
-      <c r="E238" s="28" t="s">
+      <c r="C239" s="47">
+        <v>40203518980</v>
+      </c>
+      <c r="D239" s="29" t="s">
         <v>1310</v>
       </c>
-      <c r="F238" s="32" t="s">
+      <c r="E239" s="29" t="s">
+        <v>1310</v>
+      </c>
+      <c r="F239" s="32" t="s">
         <v>1311</v>
       </c>
-      <c r="G238" s="14" t="s">
+      <c r="G239" s="13" t="s">
         <v>1312</v>
       </c>
-      <c r="H238" s="29">
-[...6 lines deleted...]
-      <c r="K238" s="16" t="s">
+      <c r="H239" s="30">
+        <v>45386</v>
+      </c>
+      <c r="I239" s="29"/>
+      <c r="J239" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K239" s="37" t="s">
         <v>1313</v>
       </c>
     </row>
-    <row r="239" spans="1:11" ht="22.5">
-[...3 lines deleted...]
-      <c r="B239" s="31" t="s">
+    <row r="240" spans="1:11" ht="33.75">
+      <c r="A240" s="11">
+        <v>238</v>
+      </c>
+      <c r="B240" s="34" t="s">
         <v>1314</v>
       </c>
-      <c r="C239" s="40">
-[...8 lines deleted...]
-      <c r="F239" s="32" t="s">
+      <c r="C240" s="47">
+        <v>40203321527</v>
+      </c>
+      <c r="D240" s="29" t="s">
         <v>1315</v>
       </c>
-      <c r="G239" s="14" t="s">
+      <c r="E240" s="29" t="s">
         <v>1316</v>
       </c>
-      <c r="H239" s="29">
-[...6 lines deleted...]
-      <c r="K239" s="31" t="s">
+      <c r="F240" s="32" t="s">
         <v>1317</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B240" s="31" t="s">
+      <c r="G240" s="13" t="s">
         <v>1318</v>
       </c>
-      <c r="C240" s="40">
-[...8 lines deleted...]
-      <c r="F240" s="32" t="s">
+      <c r="H240" s="30">
+        <v>45386</v>
+      </c>
+      <c r="I240" s="29"/>
+      <c r="J240" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K240" s="37" t="s">
         <v>1319</v>
       </c>
-      <c r="G240" s="14" t="s">
+    </row>
+    <row r="241" spans="1:11" ht="22.5">
+      <c r="A241" s="11">
+        <v>239</v>
+      </c>
+      <c r="B241" s="34" t="s">
         <v>1320</v>
       </c>
-      <c r="H240" s="29">
-[...14 lines deleted...]
-      <c r="B241" s="31" t="s">
+      <c r="C241" s="47">
+        <v>40203165144</v>
+      </c>
+      <c r="D241" s="29" t="s">
         <v>1321</v>
       </c>
-      <c r="C241" s="40">
-[...6 lines deleted...]
-        <v>461</v>
+      <c r="E241" s="29" t="s">
+        <v>1321</v>
       </c>
       <c r="F241" s="32" t="s">
         <v>1322</v>
       </c>
-      <c r="G241" s="14" t="s">
+      <c r="G241" s="13" t="s">
         <v>1323</v>
       </c>
-      <c r="H241" s="29">
-[...7 lines deleted...]
-        <v>1317</v>
+      <c r="H241" s="30">
+        <v>45394</v>
+      </c>
+      <c r="I241" s="29"/>
+      <c r="J241" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K241" s="37" t="s">
+        <v>1324</v>
       </c>
     </row>
     <row r="242" spans="1:11" ht="33.75">
-      <c r="A242" s="12">
+      <c r="A242" s="11">
         <v>240</v>
       </c>
-      <c r="B242" s="31" t="s">
+      <c r="B242" s="34" t="s">
+        <v>1325</v>
+      </c>
+      <c r="C242" s="47">
+        <v>40203539713</v>
+      </c>
+      <c r="D242" s="29" t="s">
+        <v>744</v>
+      </c>
+      <c r="E242" s="29" t="s">
+        <v>744</v>
+      </c>
+      <c r="F242" s="32" t="s">
+        <v>1326</v>
+      </c>
+      <c r="G242" s="13" t="s">
+        <v>1327</v>
+      </c>
+      <c r="H242" s="30">
+        <v>45394</v>
+      </c>
+      <c r="I242" s="29"/>
+      <c r="J242" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K242" s="37" t="s">
+        <v>1328</v>
+      </c>
+    </row>
+    <row r="243" spans="1:11" ht="45">
+      <c r="A243" s="11">
+        <v>241</v>
+      </c>
+      <c r="B243" s="34" t="s">
+        <v>1329</v>
+      </c>
+      <c r="C243" s="47">
+        <v>40003652866</v>
+      </c>
+      <c r="D243" s="29" t="s">
+        <v>945</v>
+      </c>
+      <c r="E243" s="29" t="s">
+        <v>770</v>
+      </c>
+      <c r="F243" s="32" t="s">
+        <v>1330</v>
+      </c>
+      <c r="G243" s="13" t="s">
+        <v>1331</v>
+      </c>
+      <c r="H243" s="30">
+        <v>45393</v>
+      </c>
+      <c r="I243" s="29"/>
+      <c r="J243" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K243" s="37" t="s">
         <v>1324</v>
       </c>
-      <c r="C242" s="40">
-[...41 lines deleted...]
-      <c r="F243" s="32" t="s">
+    </row>
+    <row r="244" spans="1:11" ht="33.75">
+      <c r="A244" s="11">
+        <v>242</v>
+      </c>
+      <c r="B244" s="34" t="s">
         <v>1332</v>
       </c>
-      <c r="G243" s="14" t="s">
+      <c r="C244" s="47">
+        <v>40203551580</v>
+      </c>
+      <c r="D244" s="29" t="s">
         <v>1333</v>
       </c>
-      <c r="H243" s="29">
-[...6 lines deleted...]
-      <c r="K243" s="16" t="s">
+      <c r="E244" s="29" t="s">
         <v>1334</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B244" s="31" t="s">
+      <c r="F244" s="32" t="s">
         <v>1335</v>
       </c>
-      <c r="C244" s="40">
-[...2 lines deleted...]
-      <c r="D244" s="28" t="s">
+      <c r="G244" s="13" t="s">
         <v>1336</v>
       </c>
-      <c r="E244" s="28" t="s">
+      <c r="H244" s="30">
+        <v>45400</v>
+      </c>
+      <c r="I244" s="29"/>
+      <c r="J244" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K244" s="37" t="s">
         <v>1337</v>
       </c>
-      <c r="F244" s="32" t="s">
+    </row>
+    <row r="245" spans="1:11" ht="45">
+      <c r="A245" s="11">
+        <v>243</v>
+      </c>
+      <c r="B245" s="34" t="s">
         <v>1338</v>
       </c>
-      <c r="G244" s="14" t="s">
+      <c r="C245" s="47">
+        <v>40203536026</v>
+      </c>
+      <c r="D245" s="29" t="s">
         <v>1339</v>
       </c>
-      <c r="H244" s="29">
-[...6 lines deleted...]
-      <c r="K244" s="16" t="s">
+      <c r="E245" s="29" t="s">
+        <v>1339</v>
+      </c>
+      <c r="F245" s="32" t="s">
         <v>1340</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B245" s="31" t="s">
+      <c r="G245" s="13" t="s">
         <v>1341</v>
       </c>
-      <c r="C245" s="40">
-[...2 lines deleted...]
-      <c r="D245" s="28" t="s">
+      <c r="H245" s="30">
+        <v>45405</v>
+      </c>
+      <c r="I245" s="29"/>
+      <c r="J245" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K245" s="37" t="s">
         <v>1342</v>
       </c>
-      <c r="E245" s="28" t="s">
-[...2 lines deleted...]
-      <c r="F245" s="32" t="s">
+    </row>
+    <row r="246" spans="1:11" ht="22.5">
+      <c r="A246" s="11">
+        <v>244</v>
+      </c>
+      <c r="B246" s="34" t="s">
         <v>1343</v>
       </c>
-      <c r="G245" s="14" t="s">
+      <c r="C246" s="47">
+        <v>40203530470</v>
+      </c>
+      <c r="D246" s="29" t="s">
         <v>1344</v>
       </c>
-      <c r="H245" s="29">
-[...6 lines deleted...]
-      <c r="K245" s="16" t="s">
+      <c r="E246" s="29" t="s">
+        <v>1344</v>
+      </c>
+      <c r="F246" s="32" t="s">
         <v>1345</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B246" s="31" t="s">
+      <c r="G246" s="13" t="s">
         <v>1346</v>
       </c>
-      <c r="C246" s="40">
-[...2 lines deleted...]
-      <c r="D246" s="28" t="s">
+      <c r="H246" s="30">
+        <v>45405</v>
+      </c>
+      <c r="I246" s="29"/>
+      <c r="J246" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K246" s="37" t="s">
         <v>1347</v>
       </c>
-      <c r="E246" s="28" t="s">
+    </row>
+    <row r="247" spans="1:11">
+      <c r="A247" s="11">
+        <v>245</v>
+      </c>
+      <c r="B247" s="34" t="s">
         <v>1348</v>
       </c>
-      <c r="F246" s="32" t="s">
+      <c r="C247" s="47">
+        <v>40203362455</v>
+      </c>
+      <c r="D247" s="29" t="s">
         <v>1349</v>
       </c>
-      <c r="G246" s="14" t="s">
+      <c r="E247" s="29" t="s">
         <v>1350</v>
       </c>
-      <c r="H246" s="29">
-[...6 lines deleted...]
-      <c r="K246" s="16" t="s">
+      <c r="F247" s="32" t="s">
         <v>1351</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B247" s="31" t="s">
+      <c r="G247" s="13" t="s">
         <v>1352</v>
       </c>
-      <c r="C247" s="40">
-[...2 lines deleted...]
-      <c r="D247" s="28" t="s">
+      <c r="H247" s="30">
+        <v>45405</v>
+      </c>
+      <c r="I247" s="29"/>
+      <c r="J247" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K247" s="37" t="s">
         <v>1353</v>
       </c>
-      <c r="E247" s="28" t="s">
-[...2 lines deleted...]
-      <c r="F247" s="32" t="s">
+    </row>
+    <row r="248" spans="1:11" ht="22.5">
+      <c r="A248" s="11">
+        <v>246</v>
+      </c>
+      <c r="B248" s="34" t="s">
         <v>1354</v>
       </c>
-      <c r="G247" s="14" t="s">
+      <c r="C248" s="47">
+        <v>40203012822</v>
+      </c>
+      <c r="D248" s="29" t="s">
+        <v>396</v>
+      </c>
+      <c r="E248" s="29" t="s">
+        <v>396</v>
+      </c>
+      <c r="F248" s="32" t="s">
         <v>1355</v>
       </c>
-      <c r="H247" s="29">
-[...6 lines deleted...]
-      <c r="K247" s="16" t="s">
+      <c r="G248" s="13" t="s">
         <v>1356</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B248" s="31" t="s">
+      <c r="H248" s="30">
+        <v>45408</v>
+      </c>
+      <c r="I248" s="29"/>
+      <c r="J248" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K248" s="37" t="s">
         <v>1357</v>
       </c>
-      <c r="C248" s="40">
-[...8 lines deleted...]
-      <c r="F248" s="32" t="s">
+    </row>
+    <row r="249" spans="1:11" ht="22.5">
+      <c r="A249" s="11">
+        <v>247</v>
+      </c>
+      <c r="B249" s="34" t="s">
         <v>1358</v>
       </c>
-      <c r="G248" s="14" t="s">
+      <c r="C249" s="47">
+        <v>40003225328</v>
+      </c>
+      <c r="D249" s="29" t="s">
         <v>1359</v>
       </c>
-      <c r="H248" s="29">
-[...6 lines deleted...]
-      <c r="K248" s="16" t="s">
+      <c r="E249" s="29" t="s">
+        <v>1359</v>
+      </c>
+      <c r="F249" s="32" t="s">
         <v>1360</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B249" s="31" t="s">
+      <c r="G249" s="13" t="s">
         <v>1361</v>
       </c>
-      <c r="C249" s="40">
-[...8 lines deleted...]
-      <c r="F249" s="32" t="s">
+      <c r="H249" s="30">
+        <v>45408</v>
+      </c>
+      <c r="I249" s="29"/>
+      <c r="J249" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K249" s="37" t="s">
         <v>1362</v>
       </c>
-      <c r="G249" s="14" t="s">
+    </row>
+    <row r="250" spans="1:11">
+      <c r="A250" s="11">
+        <v>248</v>
+      </c>
+      <c r="B250" s="34" t="s">
         <v>1363</v>
       </c>
-      <c r="H249" s="29">
-[...14 lines deleted...]
-      <c r="B250" s="31" t="s">
+      <c r="C250" s="47">
+        <v>40203323091</v>
+      </c>
+      <c r="D250" s="29" t="s">
         <v>1364</v>
       </c>
-      <c r="C250" s="40">
-[...2 lines deleted...]
-      <c r="D250" s="28" t="s">
+      <c r="E250" s="29" t="s">
+        <v>1364</v>
+      </c>
+      <c r="F250" s="32" t="s">
         <v>1365</v>
       </c>
-      <c r="E250" s="28" t="s">
+      <c r="G250" s="13" t="s">
         <v>1366</v>
       </c>
-      <c r="F250" s="32" t="s">
+      <c r="H250" s="30">
+        <v>45408</v>
+      </c>
+      <c r="I250" s="29"/>
+      <c r="J250" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K250" s="37" t="s">
         <v>1367</v>
       </c>
-      <c r="G250" s="14" t="s">
+    </row>
+    <row r="251" spans="1:11" ht="33.75">
+      <c r="A251" s="11">
+        <v>249</v>
+      </c>
+      <c r="B251" s="34" t="s">
         <v>1368</v>
       </c>
-      <c r="H250" s="29">
-[...6 lines deleted...]
-      <c r="K250" s="16" t="s">
+      <c r="C251" s="47">
+        <v>40203550157</v>
+      </c>
+      <c r="D251" s="29" t="s">
         <v>1369</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B251" s="32" t="s">
+      <c r="E251" s="29" t="s">
+        <v>1369</v>
+      </c>
+      <c r="F251" s="32" t="s">
         <v>1370</v>
       </c>
-      <c r="C251" s="28">
-[...2 lines deleted...]
-      <c r="D251" s="28" t="s">
+      <c r="G251" s="13" t="s">
         <v>1371</v>
       </c>
-      <c r="E251" s="28" t="s">
-[...2 lines deleted...]
-      <c r="F251" s="32" t="s">
+      <c r="H251" s="30">
+        <v>45411</v>
+      </c>
+      <c r="I251" s="29"/>
+      <c r="J251" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K251" s="37" t="s">
         <v>1372</v>
       </c>
-      <c r="G251" s="14" t="s">
+    </row>
+    <row r="252" spans="1:11" ht="33.75">
+      <c r="A252" s="11">
+        <v>250</v>
+      </c>
+      <c r="B252" s="34" t="s">
         <v>1373</v>
       </c>
-      <c r="H251" s="29">
-[...6 lines deleted...]
-      <c r="K251" s="16" t="s">
+      <c r="C252" s="47">
+        <v>40203360702</v>
+      </c>
+      <c r="D252" s="29" t="s">
         <v>1374</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B252" s="31" t="s">
+      <c r="E252" s="29" t="s">
+        <v>1374</v>
+      </c>
+      <c r="F252" s="32" t="s">
         <v>1375</v>
       </c>
-      <c r="C252" s="40">
-[...2 lines deleted...]
-      <c r="D252" s="28" t="s">
+      <c r="G252" s="13" t="s">
         <v>1376</v>
       </c>
-      <c r="E252" s="28" t="s">
-[...2 lines deleted...]
-      <c r="F252" s="32" t="s">
+      <c r="H252" s="30">
+        <v>45411</v>
+      </c>
+      <c r="I252" s="29"/>
+      <c r="J252" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K252" s="37" t="s">
         <v>1377</v>
       </c>
-      <c r="G252" s="14" t="s">
+    </row>
+    <row r="253" spans="1:11">
+      <c r="A253" s="11">
+        <v>251</v>
+      </c>
+      <c r="B253" s="34" t="s">
         <v>1378</v>
       </c>
-      <c r="H252" s="29">
-[...6 lines deleted...]
-      <c r="K252" s="16" t="s">
+      <c r="C253" s="47">
+        <v>40203527038</v>
+      </c>
+      <c r="D253" s="29" t="s">
         <v>1379</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B253" s="31" t="s">
+      <c r="E253" s="29" t="s">
         <v>1380</v>
       </c>
-      <c r="C253" s="40">
-[...2 lines deleted...]
-      <c r="D253" s="28" t="s">
+      <c r="F253" s="32" t="s">
         <v>1381</v>
       </c>
-      <c r="E253" s="28" t="s">
-[...2 lines deleted...]
-      <c r="F253" s="32" t="s">
+      <c r="G253" s="13" t="s">
         <v>1382</v>
       </c>
-      <c r="G253" s="14" t="s">
+      <c r="H253" s="30">
+        <v>45422</v>
+      </c>
+      <c r="I253" s="29"/>
+      <c r="J253" s="14">
+        <v>46516</v>
+      </c>
+      <c r="K253" s="37" t="s">
         <v>1383</v>
       </c>
-      <c r="H253" s="29">
-[...6 lines deleted...]
-      <c r="K253" s="16" t="s">
+    </row>
+    <row r="254" spans="1:11" ht="33.75">
+      <c r="A254" s="11">
+        <v>252</v>
+      </c>
+      <c r="B254" s="34" t="s">
         <v>1384</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B254" s="31" t="s">
+      <c r="C254" s="47">
+        <v>40003858038</v>
+      </c>
+      <c r="D254" s="29" t="s">
         <v>1385</v>
       </c>
-      <c r="C254" s="40">
-[...2 lines deleted...]
-      <c r="D254" s="28" t="s">
+      <c r="E254" s="29" t="s">
+        <v>1385</v>
+      </c>
+      <c r="F254" s="32" t="s">
         <v>1386</v>
       </c>
-      <c r="E254" s="28" t="s">
+      <c r="G254" s="13" t="s">
         <v>1387</v>
       </c>
-      <c r="F254" s="32" t="s">
+      <c r="H254" s="30">
+        <v>45422</v>
+      </c>
+      <c r="I254" s="29"/>
+      <c r="J254" s="14">
+        <v>46516</v>
+      </c>
+      <c r="K254" s="37" t="s">
         <v>1388</v>
       </c>
-      <c r="G254" s="14" t="s">
+    </row>
+    <row r="255" spans="1:11" ht="45">
+      <c r="A255" s="11">
+        <v>253</v>
+      </c>
+      <c r="B255" s="34" t="s">
         <v>1389</v>
       </c>
-      <c r="H254" s="29">
-[...6 lines deleted...]
-      <c r="K254" s="16" t="s">
+      <c r="C255" s="47">
+        <v>40103231960</v>
+      </c>
+      <c r="D255" s="29" t="s">
         <v>1390</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B255" s="31" t="s">
+      <c r="E255" s="29" t="s">
+        <v>1390</v>
+      </c>
+      <c r="F255" s="32" t="s">
         <v>1391</v>
       </c>
-      <c r="C255" s="40">
-[...8 lines deleted...]
-      <c r="F255" s="32" t="s">
+      <c r="G255" s="13" t="s">
         <v>1392</v>
       </c>
-      <c r="G255" s="14" t="s">
+      <c r="H255" s="30">
+        <v>45422</v>
+      </c>
+      <c r="I255" s="29"/>
+      <c r="J255" s="14">
+        <v>46516</v>
+      </c>
+      <c r="K255" s="37" t="s">
+        <v>1383</v>
+      </c>
+    </row>
+    <row r="256" spans="1:11" ht="22.5">
+      <c r="A256" s="11">
+        <v>254</v>
+      </c>
+      <c r="B256" s="34" t="s">
         <v>1393</v>
       </c>
-      <c r="H255" s="29">
-[...6 lines deleted...]
-      <c r="K255" s="16" t="s">
+      <c r="C256" s="47">
+        <v>40203155860</v>
+      </c>
+      <c r="D256" s="29" t="s">
         <v>1394</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B256" s="31" t="s">
+      <c r="E256" s="29" t="s">
+        <v>1394</v>
+      </c>
+      <c r="F256" s="32" t="s">
         <v>1395</v>
       </c>
-      <c r="C256" s="40">
-[...2 lines deleted...]
-      <c r="D256" s="28" t="s">
+      <c r="G256" s="13" t="s">
         <v>1396</v>
       </c>
-      <c r="E256" s="28" t="s">
-[...2 lines deleted...]
-      <c r="F256" s="32" t="s">
+      <c r="H256" s="30">
+        <v>45434</v>
+      </c>
+      <c r="I256" s="29"/>
+      <c r="J256" s="14">
+        <v>46528</v>
+      </c>
+      <c r="K256" s="37" t="s">
         <v>1397</v>
       </c>
-      <c r="G256" s="14" t="s">
+    </row>
+    <row r="257" spans="1:11" ht="33.75">
+      <c r="A257" s="11">
+        <v>255</v>
+      </c>
+      <c r="B257" s="34" t="s">
         <v>1398</v>
       </c>
-      <c r="H256" s="29">
-[...6 lines deleted...]
-      <c r="K256" s="16" t="s">
+      <c r="C257" s="47">
+        <v>42103092228</v>
+      </c>
+      <c r="D257" s="29" t="s">
         <v>1399</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B257" s="31" t="s">
+      <c r="E257" s="29" t="s">
         <v>1400</v>
       </c>
-      <c r="C257" s="40">
-[...2 lines deleted...]
-      <c r="D257" s="28" t="s">
+      <c r="F257" s="32" t="s">
         <v>1401</v>
       </c>
-      <c r="E257" s="28" t="s">
-[...2 lines deleted...]
-      <c r="F257" s="32" t="s">
+      <c r="G257" s="13" t="s">
         <v>1402</v>
       </c>
-      <c r="G257" s="14" t="s">
+      <c r="H257" s="30">
+        <v>45436</v>
+      </c>
+      <c r="I257" s="29"/>
+      <c r="J257" s="14">
+        <v>46530</v>
+      </c>
+      <c r="K257" s="37" t="s">
         <v>1403</v>
       </c>
-      <c r="H257" s="29">
-[...6 lines deleted...]
-      <c r="K257" s="16" t="s">
+    </row>
+    <row r="258" spans="1:11" ht="33.75">
+      <c r="A258" s="11">
+        <v>256</v>
+      </c>
+      <c r="B258" s="34" t="s">
         <v>1404</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B258" s="31" t="s">
+      <c r="C258" s="47">
+        <v>40203558574</v>
+      </c>
+      <c r="D258" s="29" t="s">
         <v>1405</v>
       </c>
-      <c r="C258" s="40">
-[...5 lines deleted...]
-      <c r="E258" s="28" t="s">
+      <c r="E258" s="29" t="s">
         <v>1406</v>
       </c>
       <c r="F258" s="32" t="s">
         <v>1407</v>
       </c>
-      <c r="G258" s="14" t="s">
+      <c r="G258" s="13" t="s">
         <v>1408</v>
       </c>
-      <c r="H258" s="29">
-[...6 lines deleted...]
-      <c r="K258" s="16" t="s">
+      <c r="H258" s="30">
+        <v>45436</v>
+      </c>
+      <c r="I258" s="29"/>
+      <c r="J258" s="14">
+        <v>46530</v>
+      </c>
+      <c r="K258" s="37" t="s">
         <v>1409</v>
       </c>
     </row>
-    <row r="259" spans="1:11" ht="33" customHeight="1">
-      <c r="A259" s="12">
+    <row r="259" spans="1:11" ht="45">
+      <c r="A259" s="11">
         <v>257</v>
       </c>
-      <c r="B259" s="31" t="s">
+      <c r="B259" s="34" t="s">
         <v>1410</v>
       </c>
-      <c r="C259" s="40">
-[...2 lines deleted...]
-      <c r="D259" s="28" t="s">
+      <c r="C259" s="47">
+        <v>42103079906</v>
+      </c>
+      <c r="D259" s="29" t="s">
         <v>1411</v>
       </c>
-      <c r="E259" s="28" t="s">
-        <v>1411</v>
+      <c r="E259" s="29" t="s">
+        <v>1412</v>
       </c>
       <c r="F259" s="32" t="s">
-        <v>1412</v>
-[...1 lines deleted...]
-      <c r="G259" s="14" t="s">
         <v>1413</v>
       </c>
-      <c r="H259" s="29">
-[...6 lines deleted...]
-      <c r="K259" s="16" t="s">
+      <c r="G259" s="13" t="s">
         <v>1414</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A260" s="12">
+      <c r="H259" s="30">
+        <v>45442</v>
+      </c>
+      <c r="I259" s="29"/>
+      <c r="J259" s="14">
+        <v>46536</v>
+      </c>
+      <c r="K259" s="37" t="s">
+        <v>1415</v>
+      </c>
+    </row>
+    <row r="260" spans="1:11" ht="45">
+      <c r="A260" s="11">
         <v>258</v>
       </c>
-      <c r="B260" s="31" t="s">
-[...5 lines deleted...]
-      <c r="D260" s="28" t="s">
+      <c r="B260" s="34" t="s">
         <v>1416</v>
       </c>
-      <c r="E260" s="28" t="s">
+      <c r="C260" s="47">
+        <v>40203303038</v>
+      </c>
+      <c r="D260" s="29" t="s">
         <v>1417</v>
       </c>
+      <c r="E260" s="29" t="s">
+        <v>1418</v>
+      </c>
       <c r="F260" s="32" t="s">
-        <v>1418</v>
-[...1 lines deleted...]
-      <c r="G260" s="14" t="s">
         <v>1419</v>
       </c>
-      <c r="H260" s="29">
-[...6 lines deleted...]
-      <c r="K260" s="16" t="s">
+      <c r="G260" s="13" t="s">
         <v>1420</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A261" s="12">
+      <c r="H260" s="30">
+        <v>45449</v>
+      </c>
+      <c r="I260" s="29"/>
+      <c r="J260" s="14">
+        <v>46543</v>
+      </c>
+      <c r="K260" s="37" t="s">
+        <v>1421</v>
+      </c>
+    </row>
+    <row r="261" spans="1:11" ht="22.5">
+      <c r="A261" s="11">
         <v>259</v>
       </c>
-      <c r="B261" s="31" t="s">
-[...5 lines deleted...]
-      <c r="D261" s="28" t="s">
+      <c r="B261" s="34" t="s">
         <v>1422</v>
       </c>
-      <c r="E261" s="28" t="s">
-        <v>1422</v>
+      <c r="C261" s="47">
+        <v>40203563518</v>
+      </c>
+      <c r="D261" s="29" t="s">
+        <v>1423</v>
+      </c>
+      <c r="E261" s="29" t="s">
+        <v>1424</v>
       </c>
       <c r="F261" s="32" t="s">
-        <v>1423</v>
-[...11 lines deleted...]
-      <c r="K261" s="16" t="s">
         <v>1425</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A262" s="12">
+      <c r="G261" s="13" t="s">
+        <v>1426</v>
+      </c>
+      <c r="H261" s="30">
+        <v>45453</v>
+      </c>
+      <c r="I261" s="29"/>
+      <c r="J261" s="14">
+        <v>46547</v>
+      </c>
+      <c r="K261" s="37" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="262" spans="1:11" ht="22.5">
+      <c r="A262" s="11">
         <v>260</v>
       </c>
-      <c r="B262" s="31" t="s">
-[...9 lines deleted...]
-        <v>1427</v>
+      <c r="B262" s="32" t="s">
+        <v>1428</v>
+      </c>
+      <c r="C262" s="32">
+        <v>40203491968</v>
+      </c>
+      <c r="D262" s="32" t="s">
+        <v>1429</v>
+      </c>
+      <c r="E262" s="32" t="s">
+        <v>1429</v>
       </c>
       <c r="F262" s="32" t="s">
-        <v>1428</v>
-[...16 lines deleted...]
-      <c r="A263" s="12">
+        <v>1430</v>
+      </c>
+      <c r="G262" s="13" t="s">
+        <v>1431</v>
+      </c>
+      <c r="H262" s="42">
+        <v>45469</v>
+      </c>
+      <c r="I262" s="32"/>
+      <c r="J262" s="14">
+        <v>46563</v>
+      </c>
+      <c r="K262" s="32" t="s">
+        <v>1432</v>
+      </c>
+    </row>
+    <row r="263" spans="1:11" ht="33.75">
+      <c r="A263" s="11">
         <v>261</v>
       </c>
-      <c r="B263" s="31" t="s">
-[...9 lines deleted...]
-        <v>1431</v>
+      <c r="B263" s="32" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C263" s="32">
+        <v>40203560013</v>
+      </c>
+      <c r="D263" s="32" t="s">
+        <v>1405</v>
+      </c>
+      <c r="E263" s="32" t="s">
+        <v>1405</v>
       </c>
       <c r="F263" s="32" t="s">
-        <v>1432</v>
-[...11 lines deleted...]
-      <c r="K263" s="16" t="s">
         <v>1434</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A264" s="12">
+      <c r="G263" s="13" t="s">
+        <v>1435</v>
+      </c>
+      <c r="H263" s="42">
+        <v>45470</v>
+      </c>
+      <c r="I263" s="32"/>
+      <c r="J263" s="14">
+        <v>46564</v>
+      </c>
+      <c r="K263" s="32" t="s">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="264" spans="1:11" ht="22.5">
+      <c r="A264" s="11">
         <v>262</v>
       </c>
-      <c r="B264" s="31" t="s">
-[...8 lines deleted...]
-      <c r="E264" s="28" t="s">
+      <c r="B264" s="34" t="s">
         <v>1437</v>
       </c>
+      <c r="C264" s="47">
+        <v>40203568017</v>
+      </c>
+      <c r="D264" s="29" t="s">
+        <v>1438</v>
+      </c>
+      <c r="E264" s="29" t="s">
+        <v>1438</v>
+      </c>
       <c r="F264" s="32" t="s">
-        <v>1438</v>
-[...1 lines deleted...]
-      <c r="G264" s="14" t="s">
         <v>1439</v>
       </c>
-      <c r="H264" s="29">
-[...6 lines deleted...]
-      <c r="K264" s="16" t="s">
+      <c r="G264" s="13" t="s">
         <v>1440</v>
       </c>
+      <c r="H264" s="42">
+        <v>45482</v>
+      </c>
+      <c r="I264" s="32"/>
+      <c r="J264" s="14">
+        <v>46576</v>
+      </c>
+      <c r="K264" s="32" t="s">
+        <v>1441</v>
+      </c>
     </row>
     <row r="265" spans="1:11" ht="33.75">
-      <c r="A265" s="12">
+      <c r="A265" s="11">
         <v>263</v>
       </c>
-      <c r="B265" s="31" t="s">
-[...5 lines deleted...]
-      <c r="D265" s="28" t="s">
+      <c r="B265" s="34" t="s">
         <v>1442</v>
       </c>
-      <c r="E265" s="28" t="s">
+      <c r="C265" s="47">
+        <v>40203501819</v>
+      </c>
+      <c r="D265" s="29" t="s">
+        <v>1443</v>
+      </c>
+      <c r="E265" s="29" t="s">
         <v>1443</v>
       </c>
       <c r="F265" s="32" t="s">
         <v>1444</v>
       </c>
-      <c r="G265" s="14" t="s">
+      <c r="G265" s="13" t="s">
         <v>1445</v>
       </c>
-      <c r="H265" s="29">
-[...6 lines deleted...]
-      <c r="K265" s="16" t="s">
+      <c r="H265" s="42">
+        <v>45482</v>
+      </c>
+      <c r="I265" s="32"/>
+      <c r="J265" s="14">
+        <v>46576</v>
+      </c>
+      <c r="K265" s="37" t="s">
         <v>1446</v>
       </c>
     </row>
-    <row r="266" spans="1:11" ht="45">
-      <c r="A266" s="12">
+    <row r="266" spans="1:11" ht="33.75">
+      <c r="A266" s="11">
         <v>264</v>
       </c>
-      <c r="B266" s="31" t="s">
+      <c r="B266" s="34" t="s">
         <v>1447</v>
       </c>
-      <c r="C266" s="40">
-[...2 lines deleted...]
-      <c r="D266" s="28" t="s">
+      <c r="C266" s="47">
+        <v>50203561171</v>
+      </c>
+      <c r="D266" s="29" t="s">
         <v>1448</v>
       </c>
-      <c r="E266" s="28" t="s">
+      <c r="E266" s="29" t="s">
         <v>1449</v>
       </c>
       <c r="F266" s="32" t="s">
         <v>1450</v>
       </c>
-      <c r="G266" s="14" t="s">
+      <c r="G266" s="13" t="s">
         <v>1451</v>
       </c>
-      <c r="H266" s="29">
-[...6 lines deleted...]
-      <c r="K266" s="16" t="s">
+      <c r="H266" s="42">
+        <v>45499</v>
+      </c>
+      <c r="I266" s="32"/>
+      <c r="J266" s="14">
+        <v>46593</v>
+      </c>
+      <c r="K266" s="37" t="s">
         <v>1452</v>
       </c>
     </row>
     <row r="267" spans="1:11" ht="45">
-      <c r="A267" s="12">
+      <c r="A267" s="11">
         <v>265</v>
       </c>
-      <c r="B267" s="31" t="s">
+      <c r="B267" s="34" t="s">
         <v>1453</v>
       </c>
-      <c r="C267" s="40">
-[...2 lines deleted...]
-      <c r="D267" s="28" t="s">
+      <c r="C267" s="47">
+        <v>40003758446</v>
+      </c>
+      <c r="D267" s="29" t="s">
         <v>1454</v>
       </c>
-      <c r="E267" s="28" t="s">
+      <c r="E267" s="29" t="s">
         <v>1455</v>
       </c>
       <c r="F267" s="32" t="s">
         <v>1456</v>
       </c>
-      <c r="G267" s="14" t="s">
+      <c r="G267" s="13" t="s">
         <v>1457</v>
       </c>
-      <c r="H267" s="29">
-[...6 lines deleted...]
-      <c r="K267" s="16" t="s">
+      <c r="H267" s="42">
+        <v>45506</v>
+      </c>
+      <c r="I267" s="32"/>
+      <c r="J267" s="14">
+        <v>46600</v>
+      </c>
+      <c r="K267" s="37" t="s">
         <v>1458</v>
       </c>
     </row>
-    <row r="268" spans="1:11" ht="22.5">
-      <c r="A268" s="12">
+    <row r="268" spans="1:11">
+      <c r="A268" s="11">
         <v>266</v>
       </c>
-      <c r="B268" s="31" t="s">
+      <c r="B268" s="19" t="s">
         <v>1459</v>
       </c>
-      <c r="C268" s="40">
-[...2 lines deleted...]
-      <c r="D268" s="28" t="s">
+      <c r="C268" s="39">
+        <v>50203393781</v>
+      </c>
+      <c r="D268" s="39" t="s">
         <v>1460</v>
       </c>
-      <c r="E268" s="28" t="s">
+      <c r="E268" s="39" t="s">
+        <v>1460</v>
+      </c>
+      <c r="F268" s="37" t="s">
         <v>1461</v>
       </c>
-      <c r="F268" s="32" t="s">
+      <c r="G268" s="13" t="s">
         <v>1462</v>
       </c>
-      <c r="G268" s="14" t="s">
+      <c r="H268" s="52">
+        <v>45517</v>
+      </c>
+      <c r="I268" s="37"/>
+      <c r="J268" s="14">
+        <v>46611</v>
+      </c>
+      <c r="K268" s="37" t="s">
         <v>1463</v>
       </c>
-      <c r="H268" s="29">
-[...6 lines deleted...]
-      <c r="K268" s="16" t="s">
+    </row>
+    <row r="269" spans="1:11" ht="33.75">
+      <c r="A269" s="11">
+        <v>267</v>
+      </c>
+      <c r="B269" s="34" t="s">
         <v>1464</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B269" s="32" t="s">
+      <c r="C269" s="47">
+        <v>40103984413</v>
+      </c>
+      <c r="D269" s="29" t="s">
         <v>1465</v>
       </c>
-      <c r="C269" s="32">
-[...2 lines deleted...]
-      <c r="D269" s="32" t="s">
+      <c r="E269" s="29" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F269" s="37" t="s">
         <v>1466</v>
       </c>
-      <c r="E269" s="32" t="s">
-[...2 lines deleted...]
-      <c r="F269" s="32" t="s">
+      <c r="G269" s="13" t="s">
         <v>1467</v>
       </c>
-      <c r="G269" s="14" t="s">
+      <c r="H269" s="52">
+        <v>45530</v>
+      </c>
+      <c r="I269" s="37"/>
+      <c r="J269" s="14">
+        <v>46624</v>
+      </c>
+      <c r="K269" s="32" t="s">
         <v>1468</v>
       </c>
-      <c r="H269" s="37">
-[...6 lines deleted...]
-      <c r="K269" s="32" t="s">
+    </row>
+    <row r="270" spans="1:11" ht="33.75">
+      <c r="A270" s="11">
+        <v>268</v>
+      </c>
+      <c r="B270" s="34" t="s">
         <v>1469</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B270" s="32" t="s">
+      <c r="C270" s="47">
+        <v>40103856584</v>
+      </c>
+      <c r="D270" s="29" t="s">
         <v>1470</v>
       </c>
-      <c r="C270" s="32">
-[...8 lines deleted...]
-      <c r="F270" s="32" t="s">
+      <c r="E270" s="29" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F270" s="37" t="s">
         <v>1471</v>
       </c>
-      <c r="G270" s="14" t="s">
+      <c r="G270" s="13" t="s">
         <v>1472</v>
       </c>
-      <c r="H270" s="37">
-[...6 lines deleted...]
-      <c r="K270" s="32" t="s">
+      <c r="H270" s="52">
+        <v>45533</v>
+      </c>
+      <c r="I270" s="37"/>
+      <c r="J270" s="14">
+        <v>46627</v>
+      </c>
+      <c r="K270" s="37" t="s">
         <v>1473</v>
       </c>
     </row>
-    <row r="271" spans="1:11" ht="22.5">
-      <c r="A271" s="12">
+    <row r="271" spans="1:11" ht="33.75">
+      <c r="A271" s="11">
         <v>269</v>
       </c>
-      <c r="B271" s="31" t="s">
+      <c r="B271" s="34" t="s">
         <v>1474</v>
       </c>
-      <c r="C271" s="40">
-[...2 lines deleted...]
-      <c r="D271" s="28" t="s">
+      <c r="C271" s="47">
+        <v>40103595659</v>
+      </c>
+      <c r="D271" s="29" t="s">
         <v>1475</v>
       </c>
-      <c r="E271" s="28" t="s">
+      <c r="E271" s="29" t="s">
         <v>1475</v>
       </c>
-      <c r="F271" s="32" t="s">
+      <c r="F271" s="37" t="s">
         <v>1476</v>
       </c>
-      <c r="G271" s="14" t="s">
+      <c r="G271" s="13" t="s">
         <v>1477</v>
       </c>
-      <c r="H271" s="37">
-[...6 lines deleted...]
-      <c r="K271" s="32" t="s">
+      <c r="H271" s="52">
+        <v>45533</v>
+      </c>
+      <c r="I271" s="37"/>
+      <c r="J271" s="14">
+        <v>46627</v>
+      </c>
+      <c r="K271" s="37" t="s">
         <v>1478</v>
       </c>
     </row>
-    <row r="272" spans="1:11" ht="33.75">
-      <c r="A272" s="12">
+    <row r="272" spans="1:11" ht="45">
+      <c r="A272" s="11">
         <v>270</v>
       </c>
-      <c r="B272" s="31" t="s">
+      <c r="B272" s="34" t="s">
         <v>1479</v>
       </c>
-      <c r="C272" s="40">
-[...2 lines deleted...]
-      <c r="D272" s="28" t="s">
+      <c r="C272" s="47">
+        <v>40203289514</v>
+      </c>
+      <c r="D272" s="29" t="s">
         <v>1480</v>
       </c>
-      <c r="E272" s="28" t="s">
+      <c r="E272" s="29" t="s">
         <v>1480</v>
       </c>
-      <c r="F272" s="32" t="s">
+      <c r="F272" s="37" t="s">
         <v>1481</v>
       </c>
-      <c r="G272" s="14" t="s">
+      <c r="G272" s="13" t="s">
         <v>1482</v>
       </c>
-      <c r="H272" s="37">
-[...6 lines deleted...]
-      <c r="K272" s="16" t="s">
+      <c r="H272" s="52">
+        <v>45533</v>
+      </c>
+      <c r="I272" s="37"/>
+      <c r="J272" s="14">
+        <v>46627</v>
+      </c>
+      <c r="K272" s="37" t="s">
         <v>1483</v>
       </c>
     </row>
     <row r="273" spans="1:11" ht="33.75">
-      <c r="A273" s="12">
+      <c r="A273" s="11">
         <v>271</v>
       </c>
-      <c r="B273" s="31" t="s">
+      <c r="B273" s="34" t="s">
         <v>1484</v>
       </c>
-      <c r="C273" s="40">
-[...2 lines deleted...]
-      <c r="D273" s="28" t="s">
+      <c r="C273" s="47">
+        <v>40003837182</v>
+      </c>
+      <c r="D273" s="29" t="s">
         <v>1485</v>
       </c>
-      <c r="E273" s="28" t="s">
+      <c r="E273" s="29" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F273" s="37" t="s">
         <v>1486</v>
       </c>
-      <c r="F273" s="32" t="s">
+      <c r="G273" s="13" t="s">
         <v>1487</v>
       </c>
-      <c r="G273" s="14" t="s">
+      <c r="H273" s="52">
+        <v>45533</v>
+      </c>
+      <c r="I273" s="37"/>
+      <c r="J273" s="14">
+        <v>46627</v>
+      </c>
+      <c r="K273" s="37" t="s">
         <v>1488</v>
       </c>
-      <c r="H273" s="37">
-[...6 lines deleted...]
-      <c r="K273" s="16" t="s">
+    </row>
+    <row r="274" spans="1:11" ht="33.75">
+      <c r="A274" s="11">
+        <v>272</v>
+      </c>
+      <c r="B274" s="34" t="s">
         <v>1489</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B274" s="31" t="s">
+      <c r="C274" s="31">
+        <v>40203569794</v>
+      </c>
+      <c r="D274" s="31" t="s">
         <v>1490</v>
       </c>
-      <c r="C274" s="40">
-[...2 lines deleted...]
-      <c r="D274" s="28" t="s">
+      <c r="E274" s="29" t="s">
         <v>1491</v>
       </c>
-      <c r="E274" s="28" t="s">
+      <c r="F274" s="37" t="s">
         <v>1492</v>
       </c>
-      <c r="F274" s="32" t="s">
+      <c r="G274" s="13" t="s">
         <v>1493</v>
       </c>
-      <c r="G274" s="14" t="s">
+      <c r="H274" s="52">
+        <v>45539</v>
+      </c>
+      <c r="I274" s="37"/>
+      <c r="J274" s="14">
+        <v>46633</v>
+      </c>
+      <c r="K274" s="37" t="s">
         <v>1494</v>
       </c>
-      <c r="H274" s="37">
-[...6 lines deleted...]
-      <c r="K274" s="16" t="s">
+    </row>
+    <row r="275" spans="1:11" ht="22.5">
+      <c r="A275" s="11">
+        <v>273</v>
+      </c>
+      <c r="B275" s="34" t="s">
         <v>1495</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B275" s="20" t="s">
+      <c r="C275" s="31">
+        <v>42403021027</v>
+      </c>
+      <c r="D275" s="31" t="s">
         <v>1496</v>
       </c>
-      <c r="C275" s="20">
-[...2 lines deleted...]
-      <c r="D275" s="20" t="s">
+      <c r="E275" s="31" t="s">
+        <v>1496</v>
+      </c>
+      <c r="F275" s="37" t="s">
         <v>1497</v>
       </c>
-      <c r="E275" s="20" t="s">
-[...2 lines deleted...]
-      <c r="F275" s="16" t="s">
+      <c r="G275" s="13" t="s">
         <v>1498</v>
       </c>
-      <c r="G275" s="14" t="s">
+      <c r="H275" s="52">
+        <v>45539</v>
+      </c>
+      <c r="I275" s="37"/>
+      <c r="J275" s="14">
+        <v>46633</v>
+      </c>
+      <c r="K275" s="37" t="s">
+        <v>1494</v>
+      </c>
+    </row>
+    <row r="276" spans="1:11" ht="56.25">
+      <c r="A276" s="11">
+        <v>274</v>
+      </c>
+      <c r="B276" s="34" t="s">
         <v>1499</v>
       </c>
-      <c r="H275" s="15">
-[...6 lines deleted...]
-      <c r="K275" s="16" t="s">
+      <c r="C276" s="31">
+        <v>40203530451</v>
+      </c>
+      <c r="D276" s="31" t="s">
         <v>1500</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B276" s="31" t="s">
+      <c r="E276" s="29" t="s">
         <v>1501</v>
       </c>
-      <c r="C276" s="40">
-[...2 lines deleted...]
-      <c r="D276" s="28" t="s">
+      <c r="F276" s="37" t="s">
         <v>1502</v>
       </c>
-      <c r="E276" s="28" t="s">
-[...2 lines deleted...]
-      <c r="F276" s="16" t="s">
+      <c r="G276" s="13" t="s">
         <v>1503</v>
       </c>
-      <c r="G276" s="14" t="s">
+      <c r="H276" s="52">
+        <v>45539</v>
+      </c>
+      <c r="I276" s="37"/>
+      <c r="J276" s="14">
+        <v>46633</v>
+      </c>
+      <c r="K276" s="37" t="s">
         <v>1504</v>
       </c>
-      <c r="H276" s="15">
-[...6 lines deleted...]
-      <c r="K276" s="32" t="s">
+    </row>
+    <row r="277" spans="1:11" ht="33.75">
+      <c r="A277" s="11">
+        <v>275</v>
+      </c>
+      <c r="B277" s="34" t="s">
         <v>1505</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B277" s="31" t="s">
+      <c r="C277" s="34">
+        <v>40203466250</v>
+      </c>
+      <c r="D277" s="34" t="s">
         <v>1506</v>
       </c>
-      <c r="C277" s="40">
-[...2 lines deleted...]
-      <c r="D277" s="28" t="s">
+      <c r="E277" s="34" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F277" s="15" t="s">
         <v>1507</v>
       </c>
-      <c r="E277" s="28" t="s">
-[...2 lines deleted...]
-      <c r="F277" s="16" t="s">
+      <c r="G277" s="13" t="s">
         <v>1508</v>
       </c>
-      <c r="G277" s="14" t="s">
+      <c r="H277" s="14">
+        <v>45546</v>
+      </c>
+      <c r="I277" s="15"/>
+      <c r="J277" s="14">
+        <v>46640</v>
+      </c>
+      <c r="K277" s="37" t="s">
         <v>1509</v>
       </c>
-      <c r="H277" s="15">
-[...6 lines deleted...]
-      <c r="K277" s="16" t="s">
+    </row>
+    <row r="278" spans="1:11" ht="33.75">
+      <c r="A278" s="11">
+        <v>276</v>
+      </c>
+      <c r="B278" s="34" t="s">
         <v>1510</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B278" s="31" t="s">
+      <c r="C278" s="34">
+        <v>45403058493</v>
+      </c>
+      <c r="D278" s="34" t="s">
         <v>1511</v>
       </c>
-      <c r="C278" s="40">
-[...2 lines deleted...]
-      <c r="D278" s="28" t="s">
+      <c r="E278" s="29" t="s">
         <v>1512</v>
       </c>
-      <c r="E278" s="28" t="s">
-[...2 lines deleted...]
-      <c r="F278" s="16" t="s">
+      <c r="F278" s="15" t="s">
         <v>1513</v>
       </c>
-      <c r="G278" s="14" t="s">
+      <c r="G278" s="13" t="s">
         <v>1514</v>
       </c>
-      <c r="H278" s="15">
-[...6 lines deleted...]
-      <c r="K278" s="16" t="s">
+      <c r="H278" s="14">
+        <v>45546</v>
+      </c>
+      <c r="I278" s="15"/>
+      <c r="J278" s="14">
+        <v>46640</v>
+      </c>
+      <c r="K278" s="37" t="s">
         <v>1515</v>
       </c>
     </row>
-    <row r="279" spans="1:11" ht="33.75">
-      <c r="A279" s="12">
+    <row r="279" spans="1:11" ht="45">
+      <c r="A279" s="11">
         <v>277</v>
       </c>
-      <c r="B279" s="31" t="s">
+      <c r="B279" s="34" t="s">
         <v>1516</v>
       </c>
-      <c r="C279" s="40">
-[...2 lines deleted...]
-      <c r="D279" s="28" t="s">
+      <c r="C279" s="34">
+        <v>40203102505</v>
+      </c>
+      <c r="D279" s="34" t="s">
         <v>1517</v>
       </c>
-      <c r="E279" s="28" t="s">
-[...2 lines deleted...]
-      <c r="F279" s="16" t="s">
+      <c r="E279" s="34" t="s">
         <v>1518</v>
       </c>
-      <c r="G279" s="14" t="s">
+      <c r="F279" s="15" t="s">
         <v>1519</v>
       </c>
-      <c r="H279" s="15">
-[...6 lines deleted...]
-      <c r="K279" s="16" t="s">
+      <c r="G279" s="13" t="s">
         <v>1520</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A280" s="12">
+      <c r="H279" s="14">
+        <v>45560</v>
+      </c>
+      <c r="I279" s="15"/>
+      <c r="J279" s="14">
+        <v>46654</v>
+      </c>
+      <c r="K279" s="31" t="s">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="280" spans="1:11" ht="33.75">
+      <c r="A280" s="11">
         <v>278</v>
       </c>
-      <c r="B280" s="31" t="s">
-[...5 lines deleted...]
-      <c r="D280" s="28" t="s">
+      <c r="B280" s="34" t="s">
         <v>1522</v>
       </c>
-      <c r="E280" s="28" t="s">
-[...2 lines deleted...]
-      <c r="F280" s="16" t="s">
+      <c r="C280" s="34">
+        <v>40203580838</v>
+      </c>
+      <c r="D280" s="34" t="s">
         <v>1523</v>
       </c>
-      <c r="G280" s="14" t="s">
+      <c r="E280" s="34" t="s">
+        <v>1523</v>
+      </c>
+      <c r="F280" s="15" t="s">
         <v>1524</v>
       </c>
-      <c r="H280" s="15">
-[...6 lines deleted...]
-      <c r="K280" s="16" t="s">
+      <c r="G280" s="13" t="s">
         <v>1525</v>
       </c>
+      <c r="H280" s="14">
+        <v>45565</v>
+      </c>
+      <c r="I280" s="15"/>
+      <c r="J280" s="14">
+        <v>46659</v>
+      </c>
+      <c r="K280" s="32" t="s">
+        <v>1526</v>
+      </c>
     </row>
     <row r="281" spans="1:11" ht="33.75">
-      <c r="A281" s="12">
+      <c r="A281" s="11">
         <v>279</v>
       </c>
       <c r="B281" s="31" t="s">
-        <v>1526</v>
-[...4 lines deleted...]
-      <c r="D281" s="28" t="s">
         <v>1527</v>
       </c>
-      <c r="E281" s="28" t="s">
-[...2 lines deleted...]
-      <c r="F281" s="16" t="s">
+      <c r="C281" s="31">
+        <v>44103129355</v>
+      </c>
+      <c r="D281" s="29" t="s">
         <v>1528</v>
       </c>
-      <c r="G281" s="14" t="s">
+      <c r="E281" s="31" t="s">
         <v>1529</v>
       </c>
-      <c r="H281" s="15">
-[...6 lines deleted...]
-      <c r="K281" s="16" t="s">
+      <c r="F281" s="15" t="s">
         <v>1530</v>
       </c>
+      <c r="G281" s="13" t="s">
+        <v>1531</v>
+      </c>
+      <c r="H281" s="14">
+        <v>45569</v>
+      </c>
+      <c r="I281" s="15"/>
+      <c r="J281" s="14">
+        <v>46663</v>
+      </c>
+      <c r="K281" s="37" t="s">
+        <v>1532</v>
+      </c>
     </row>
     <row r="282" spans="1:11" ht="33.75">
-      <c r="A282" s="12">
+      <c r="A282" s="11">
         <v>280</v>
       </c>
       <c r="B282" s="31" t="s">
-        <v>1531</v>
-[...7 lines deleted...]
-      <c r="E282" s="28" t="s">
         <v>1533</v>
       </c>
-      <c r="F282" s="16" t="s">
+      <c r="C282" s="34">
+        <v>40003295166</v>
+      </c>
+      <c r="D282" s="34" t="s">
         <v>1534</v>
       </c>
-      <c r="G282" s="14" t="s">
+      <c r="E282" s="34" t="s">
+        <v>1534</v>
+      </c>
+      <c r="F282" s="15" t="s">
         <v>1535</v>
       </c>
-      <c r="H282" s="15">
-[...6 lines deleted...]
-      <c r="K282" s="16" t="s">
+      <c r="G282" s="13" t="s">
         <v>1536</v>
       </c>
+      <c r="H282" s="14">
+        <v>45569</v>
+      </c>
+      <c r="I282" s="15"/>
+      <c r="J282" s="14">
+        <v>46663</v>
+      </c>
+      <c r="K282" s="37" t="s">
+        <v>1537</v>
+      </c>
     </row>
     <row r="283" spans="1:11" ht="22.5">
-      <c r="A283" s="12">
+      <c r="A283" s="11">
         <v>281</v>
       </c>
-      <c r="B283" s="31" t="s">
-[...5 lines deleted...]
-      <c r="D283" s="31" t="s">
+      <c r="B283" s="34" t="s">
         <v>1538</v>
       </c>
-      <c r="E283" s="31" t="s">
-[...2 lines deleted...]
-      <c r="F283" s="16" t="s">
+      <c r="C283" s="34">
+        <v>40203585002</v>
+      </c>
+      <c r="D283" s="35" t="s">
         <v>1539</v>
       </c>
-      <c r="G283" s="14" t="s">
+      <c r="E283" s="35" t="s">
+        <v>1539</v>
+      </c>
+      <c r="F283" s="15" t="s">
         <v>1540</v>
       </c>
-      <c r="H283" s="15">
-[...11 lines deleted...]
-      <c r="A284" s="12">
+      <c r="G283" s="13" t="s">
+        <v>1541</v>
+      </c>
+      <c r="H283" s="14">
+        <v>45573</v>
+      </c>
+      <c r="I283" s="15"/>
+      <c r="J283" s="14">
+        <v>46667</v>
+      </c>
+      <c r="K283" s="37" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="284" spans="1:11" ht="33.75">
+      <c r="A284" s="11">
         <v>282</v>
       </c>
-      <c r="B284" s="31" t="s">
-[...8 lines deleted...]
-      <c r="E284" s="28" t="s">
+      <c r="B284" s="34" t="s">
         <v>1543</v>
       </c>
-      <c r="F284" s="16" t="s">
+      <c r="C284" s="34">
+        <v>40203423251</v>
+      </c>
+      <c r="D284" s="34" t="s">
+        <v>1170</v>
+      </c>
+      <c r="E284" s="34" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F284" s="15" t="s">
         <v>1544</v>
       </c>
-      <c r="G284" s="14" t="s">
+      <c r="G284" s="13" t="s">
         <v>1545</v>
       </c>
-      <c r="H284" s="15">
-[...6 lines deleted...]
-      <c r="K284" s="16" t="s">
+      <c r="H284" s="14">
+        <v>45582</v>
+      </c>
+      <c r="I284" s="15"/>
+      <c r="J284" s="14">
+        <v>46676</v>
+      </c>
+      <c r="K284" s="32" t="s">
         <v>1546</v>
       </c>
     </row>
     <row r="285" spans="1:11" ht="33.75">
-      <c r="A285" s="12">
+      <c r="A285" s="11">
         <v>283</v>
       </c>
-      <c r="B285" s="31" t="s">
+      <c r="B285" s="34" t="s">
         <v>1547</v>
       </c>
-      <c r="C285" s="31">
-[...2 lines deleted...]
-      <c r="D285" s="31" t="s">
+      <c r="C285" s="34">
+        <v>40203261872</v>
+      </c>
+      <c r="D285" s="34" t="s">
         <v>1548</v>
       </c>
       <c r="E285" s="31" t="s">
-        <v>1548</v>
-[...1 lines deleted...]
-      <c r="F285" s="16" t="s">
         <v>1549</v>
       </c>
-      <c r="G285" s="14" t="s">
+      <c r="F285" s="15" t="s">
         <v>1550</v>
       </c>
-      <c r="H285" s="15">
-[...6 lines deleted...]
-      <c r="K285" s="16" t="s">
+      <c r="G285" s="13" t="s">
         <v>1551</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A286" s="12">
+      <c r="H285" s="14">
+        <v>45582</v>
+      </c>
+      <c r="I285" s="15"/>
+      <c r="J285" s="14">
+        <v>46676</v>
+      </c>
+      <c r="K285" s="32" t="s">
+        <v>1552</v>
+      </c>
+    </row>
+    <row r="286" spans="1:11" ht="33.75">
+      <c r="A286" s="11">
         <v>284</v>
       </c>
-      <c r="B286" s="31" t="s">
-        <v>1552</v>
+      <c r="B286" s="34" t="s">
+        <v>1553</v>
       </c>
       <c r="C286" s="31">
-        <v>45403058493</v>
-[...4 lines deleted...]
-      <c r="E286" s="28" t="s">
+        <v>40203265408</v>
+      </c>
+      <c r="D286" s="34" t="s">
         <v>1554</v>
       </c>
-      <c r="F286" s="16" t="s">
+      <c r="E286" s="34" t="s">
+        <v>1554</v>
+      </c>
+      <c r="F286" s="15" t="s">
         <v>1555</v>
       </c>
-      <c r="G286" s="14" t="s">
+      <c r="G286" s="13" t="s">
         <v>1556</v>
       </c>
-      <c r="H286" s="15">
-[...6 lines deleted...]
-      <c r="K286" s="16" t="s">
+      <c r="H286" s="14">
+        <v>45587</v>
+      </c>
+      <c r="I286" s="15"/>
+      <c r="J286" s="14">
+        <v>46681</v>
+      </c>
+      <c r="K286" s="31" t="s">
         <v>1557</v>
       </c>
     </row>
-    <row r="287" spans="1:11" ht="45">
-      <c r="A287" s="12">
+    <row r="287" spans="1:11" ht="33.75">
+      <c r="A287" s="11">
         <v>285</v>
       </c>
-      <c r="B287" s="31" t="s">
+      <c r="B287" s="34" t="s">
         <v>1558</v>
       </c>
-      <c r="C287" s="31">
-[...2 lines deleted...]
-      <c r="D287" s="31" t="s">
+      <c r="C287" s="34">
+        <v>50103341001</v>
+      </c>
+      <c r="D287" s="34" t="s">
         <v>1559</v>
       </c>
-      <c r="E287" s="31" t="s">
+      <c r="E287" s="34" t="s">
+        <v>1559</v>
+      </c>
+      <c r="F287" s="15" t="s">
         <v>1560</v>
       </c>
-      <c r="F287" s="16" t="s">
+      <c r="G287" s="13" t="s">
         <v>1561</v>
       </c>
-      <c r="G287" s="14" t="s">
+      <c r="H287" s="14">
+        <v>45587</v>
+      </c>
+      <c r="I287" s="15"/>
+      <c r="J287" s="14">
+        <v>46681</v>
+      </c>
+      <c r="K287" s="32" t="s">
         <v>1562</v>
       </c>
-      <c r="H287" s="15">
-[...6 lines deleted...]
-      <c r="K287" s="31" t="s">
+    </row>
+    <row r="288" spans="1:11" ht="45">
+      <c r="A288" s="11">
+        <v>286</v>
+      </c>
+      <c r="B288" s="34" t="s">
         <v>1563</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B288" s="31" t="s">
+      <c r="C288" s="34">
+        <v>40203441276</v>
+      </c>
+      <c r="D288" s="34" t="s">
         <v>1564</v>
       </c>
-      <c r="C288" s="31">
-[...2 lines deleted...]
-      <c r="D288" s="31" t="s">
+      <c r="E288" s="34" t="s">
         <v>1565</v>
       </c>
-      <c r="E288" s="31" t="s">
-[...2 lines deleted...]
-      <c r="F288" s="16" t="s">
+      <c r="F288" s="15" t="s">
         <v>1566</v>
       </c>
-      <c r="G288" s="14" t="s">
+      <c r="G288" s="13" t="s">
         <v>1567</v>
       </c>
-      <c r="H288" s="15">
-[...4 lines deleted...]
-        <v>46659</v>
+      <c r="H288" s="14">
+        <v>45602</v>
+      </c>
+      <c r="I288" s="15"/>
+      <c r="J288" s="14">
+        <v>46696</v>
       </c>
       <c r="K288" s="32" t="s">
         <v>1568</v>
       </c>
     </row>
-    <row r="289" spans="1:11" ht="52.15" customHeight="1">
-      <c r="A289" s="12">
+    <row r="289" spans="1:11" ht="33.75">
+      <c r="A289" s="11">
         <v>287</v>
       </c>
-      <c r="B289" s="31" t="s">
+      <c r="B289" s="34" t="s">
         <v>1569</v>
       </c>
-      <c r="C289" s="31">
-[...2 lines deleted...]
-      <c r="D289" s="31" t="s">
+      <c r="C289" s="34">
+        <v>40203584435</v>
+      </c>
+      <c r="D289" s="34" t="s">
         <v>1570</v>
       </c>
-      <c r="E289" s="31" t="s">
+      <c r="E289" s="34" t="s">
         <v>1571</v>
       </c>
-      <c r="F289" s="16" t="s">
+      <c r="F289" s="15" t="s">
         <v>1572</v>
       </c>
-      <c r="G289" s="14" t="s">
+      <c r="G289" s="13" t="s">
         <v>1573</v>
       </c>
-      <c r="H289" s="15">
-[...6 lines deleted...]
-      <c r="K289" s="16" t="s">
+      <c r="H289" s="14">
+        <v>45615</v>
+      </c>
+      <c r="I289" s="15"/>
+      <c r="J289" s="14">
+        <v>46709</v>
+      </c>
+      <c r="K289" s="32" t="s">
         <v>1574</v>
       </c>
     </row>
-    <row r="290" spans="1:11" ht="45.6" customHeight="1">
-      <c r="A290" s="12">
+    <row r="290" spans="1:11">
+      <c r="A290" s="11">
         <v>288</v>
       </c>
-      <c r="B290" s="31" t="s">
+      <c r="B290" s="34" t="s">
         <v>1575</v>
       </c>
-      <c r="C290" s="31">
-[...2 lines deleted...]
-      <c r="D290" s="31" t="s">
+      <c r="C290" s="34">
+        <v>42103111904</v>
+      </c>
+      <c r="D290" s="34" t="s">
         <v>1576</v>
       </c>
-      <c r="E290" s="31" t="s">
-[...2 lines deleted...]
-      <c r="F290" s="16" t="s">
+      <c r="E290" s="34" t="s">
         <v>1577</v>
       </c>
-      <c r="G290" s="14" t="s">
+      <c r="F290" s="15" t="s">
         <v>1578</v>
       </c>
-      <c r="H290" s="15">
-[...6 lines deleted...]
-      <c r="K290" s="16" t="s">
+      <c r="G290" s="13" t="s">
         <v>1579</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A291" s="12">
+      <c r="H290" s="14">
+        <v>45621</v>
+      </c>
+      <c r="I290" s="15"/>
+      <c r="J290" s="14">
+        <v>46715</v>
+      </c>
+      <c r="K290" s="32" t="s">
+        <v>1580</v>
+      </c>
+    </row>
+    <row r="291" spans="1:11" ht="33.75">
+      <c r="A291" s="11">
         <v>289</v>
       </c>
-      <c r="B291" s="31" t="s">
-[...5 lines deleted...]
-      <c r="D291" s="31" t="s">
+      <c r="B291" s="34" t="s">
         <v>1581</v>
       </c>
+      <c r="C291" s="34">
+        <v>42103069560</v>
+      </c>
+      <c r="D291" s="34" t="s">
+        <v>1582</v>
+      </c>
       <c r="E291" s="31" t="s">
-        <v>1581</v>
-[...4 lines deleted...]
-      <c r="G291" s="14" t="s">
         <v>1583</v>
       </c>
-      <c r="H291" s="15">
-[...6 lines deleted...]
-      <c r="K291" s="16" t="s">
+      <c r="F291" s="15" t="s">
         <v>1584</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A292" s="12">
+      <c r="G291" s="13" t="s">
+        <v>1585</v>
+      </c>
+      <c r="H291" s="14">
+        <v>45621</v>
+      </c>
+      <c r="I291" s="15"/>
+      <c r="J291" s="14">
+        <v>46715</v>
+      </c>
+      <c r="K291" s="32" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="292" spans="1:11" ht="22.5">
+      <c r="A292" s="11">
         <v>290</v>
       </c>
-      <c r="B292" s="31" t="s">
-        <v>1585</v>
+      <c r="B292" s="34" t="s">
+        <v>1587</v>
       </c>
       <c r="C292" s="31">
-        <v>40203423251</v>
+        <v>50103581701</v>
       </c>
       <c r="D292" s="31" t="s">
-        <v>1190</v>
+        <v>1588</v>
       </c>
       <c r="E292" s="31" t="s">
-        <v>1190</v>
-[...12 lines deleted...]
-        <v>46676</v>
+        <v>1588</v>
+      </c>
+      <c r="F292" s="15" t="s">
+        <v>1589</v>
+      </c>
+      <c r="G292" s="13" t="s">
+        <v>1590</v>
+      </c>
+      <c r="H292" s="14">
+        <v>45635</v>
+      </c>
+      <c r="I292" s="15"/>
+      <c r="J292" s="14">
+        <v>46729</v>
       </c>
       <c r="K292" s="32" t="s">
-        <v>1588</v>
-[...3 lines deleted...]
-      <c r="A293" s="12">
+        <v>1591</v>
+      </c>
+    </row>
+    <row r="293" spans="1:11" ht="22.5">
+      <c r="A293" s="11">
         <v>291</v>
       </c>
-      <c r="B293" s="31" t="s">
-        <v>1589</v>
+      <c r="B293" s="34" t="s">
+        <v>1592</v>
       </c>
       <c r="C293" s="31">
-        <v>40203261872</v>
+        <v>40203088377</v>
       </c>
       <c r="D293" s="31" t="s">
-        <v>1590</v>
+        <v>462</v>
       </c>
       <c r="E293" s="31" t="s">
-        <v>1591</v>
-[...4 lines deleted...]
-      <c r="G293" s="14" t="s">
+        <v>462</v>
+      </c>
+      <c r="F293" s="15" t="s">
         <v>1593</v>
       </c>
-      <c r="H293" s="15">
-[...4 lines deleted...]
-        <v>46676</v>
+      <c r="G293" s="13" t="s">
+        <v>1594</v>
+      </c>
+      <c r="H293" s="14">
+        <v>45635</v>
+      </c>
+      <c r="I293" s="15"/>
+      <c r="J293" s="14">
+        <v>46729</v>
       </c>
       <c r="K293" s="32" t="s">
-        <v>1594</v>
-[...3 lines deleted...]
-      <c r="A294" s="12">
+        <v>1595</v>
+      </c>
+    </row>
+    <row r="294" spans="1:11" ht="33.75">
+      <c r="A294" s="11">
         <v>292</v>
       </c>
-      <c r="B294" s="31" t="s">
-[...5 lines deleted...]
-      <c r="D294" s="31" t="s">
+      <c r="B294" s="34" t="s">
         <v>1596</v>
       </c>
-      <c r="E294" s="31" t="s">
-[...2 lines deleted...]
-      <c r="F294" s="16" t="s">
+      <c r="C294" s="34">
+        <v>40203595000</v>
+      </c>
+      <c r="D294" s="34" t="s">
         <v>1597</v>
       </c>
-      <c r="G294" s="14" t="s">
+      <c r="E294" s="34" t="s">
         <v>1598</v>
       </c>
-      <c r="H294" s="15">
-[...6 lines deleted...]
-      <c r="K294" s="31" t="s">
+      <c r="F294" s="15" t="s">
         <v>1599</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A295" s="12">
+      <c r="G294" s="13" t="s">
+        <v>1600</v>
+      </c>
+      <c r="H294" s="14">
+        <v>45646</v>
+      </c>
+      <c r="I294" s="15"/>
+      <c r="J294" s="14">
+        <v>46740</v>
+      </c>
+      <c r="K294" s="35" t="s">
+        <v>1601</v>
+      </c>
+    </row>
+    <row r="295" spans="1:11" ht="45">
+      <c r="A295" s="11">
         <v>293</v>
       </c>
-      <c r="B295" s="31" t="s">
-[...11 lines deleted...]
-      <c r="F295" s="16" t="s">
+      <c r="B295" s="37" t="s">
         <v>1602</v>
       </c>
-      <c r="G295" s="14" t="s">
+      <c r="C295" s="38" t="s">
         <v>1603</v>
       </c>
-      <c r="H295" s="15">
-[...4 lines deleted...]
-        <v>46681</v>
+      <c r="D295" s="39" t="s">
+        <v>1604</v>
+      </c>
+      <c r="E295" s="39" t="s">
+        <v>1605</v>
+      </c>
+      <c r="F295" s="15" t="s">
+        <v>1606</v>
+      </c>
+      <c r="G295" s="13" t="s">
+        <v>1607</v>
+      </c>
+      <c r="H295" s="40">
+        <v>45659</v>
+      </c>
+      <c r="I295" s="41"/>
+      <c r="J295" s="14">
+        <v>46753</v>
       </c>
       <c r="K295" s="32" t="s">
-        <v>1604</v>
-[...3 lines deleted...]
-      <c r="A296" s="12">
+        <v>1608</v>
+      </c>
+    </row>
+    <row r="296" spans="1:11" ht="33.75">
+      <c r="A296" s="11">
         <v>294</v>
       </c>
-      <c r="B296" s="31" t="s">
-[...14 lines deleted...]
-      <c r="G296" s="14" t="s">
+      <c r="B296" s="34" t="s">
         <v>1609</v>
       </c>
-      <c r="H296" s="15">
-[...4 lines deleted...]
-        <v>46696</v>
+      <c r="C296" s="34">
+        <v>40203569756</v>
+      </c>
+      <c r="D296" s="34" t="s">
+        <v>1610</v>
+      </c>
+      <c r="E296" s="34" t="s">
+        <v>1610</v>
+      </c>
+      <c r="F296" s="15" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G296" s="13" t="s">
+        <v>1612</v>
+      </c>
+      <c r="H296" s="14">
+        <v>45680</v>
+      </c>
+      <c r="I296" s="15"/>
+      <c r="J296" s="14">
+        <v>46774</v>
       </c>
       <c r="K296" s="32" t="s">
-        <v>1610</v>
-[...3 lines deleted...]
-      <c r="A297" s="12">
+        <v>1613</v>
+      </c>
+    </row>
+    <row r="297" spans="1:11" ht="33.75">
+      <c r="A297" s="11">
         <v>295</v>
       </c>
-      <c r="B297" s="31" t="s">
-[...11 lines deleted...]
-      <c r="F297" s="16" t="s">
+      <c r="B297" s="34" t="s">
         <v>1614</v>
       </c>
-      <c r="G297" s="14" t="s">
+      <c r="C297" s="34">
+        <v>40203304103</v>
+      </c>
+      <c r="D297" s="34" t="s">
+        <v>676</v>
+      </c>
+      <c r="E297" s="34" t="s">
+        <v>676</v>
+      </c>
+      <c r="F297" s="15" t="s">
         <v>1615</v>
       </c>
-      <c r="H297" s="15">
-[...4 lines deleted...]
-        <v>46709</v>
+      <c r="G297" s="13" t="s">
+        <v>1616</v>
+      </c>
+      <c r="H297" s="36">
+        <v>45681</v>
+      </c>
+      <c r="I297" s="34"/>
+      <c r="J297" s="14">
+        <v>46775</v>
       </c>
       <c r="K297" s="32" t="s">
-        <v>1616</v>
-[...3 lines deleted...]
-      <c r="A298" s="12">
+        <v>1617</v>
+      </c>
+    </row>
+    <row r="298" spans="1:11" ht="33.75">
+      <c r="A298" s="11">
         <v>296</v>
       </c>
-      <c r="B298" s="31" t="s">
-[...5 lines deleted...]
-      <c r="D298" s="31" t="s">
+      <c r="B298" s="34" t="s">
         <v>1618</v>
       </c>
-      <c r="E298" s="31" t="s">
+      <c r="C298" s="34">
+        <v>42103043896</v>
+      </c>
+      <c r="D298" s="34" t="s">
         <v>1619</v>
       </c>
-      <c r="F298" s="16" t="s">
+      <c r="E298" s="34" t="s">
         <v>1620</v>
       </c>
-      <c r="G298" s="14" t="s">
+      <c r="F298" s="15" t="s">
         <v>1621</v>
       </c>
-      <c r="H298" s="15">
-[...4 lines deleted...]
-        <v>46715</v>
+      <c r="G298" s="13" t="s">
+        <v>1622</v>
+      </c>
+      <c r="H298" s="36">
+        <v>45699</v>
+      </c>
+      <c r="I298" s="34"/>
+      <c r="J298" s="14">
+        <v>46793</v>
       </c>
       <c r="K298" s="32" t="s">
-        <v>1622</v>
-[...3 lines deleted...]
-      <c r="A299" s="12">
+        <v>1623</v>
+      </c>
+    </row>
+    <row r="299" spans="1:11" ht="22.5">
+      <c r="A299" s="11">
         <v>297</v>
       </c>
       <c r="B299" s="31" t="s">
-        <v>1623</v>
-[...4 lines deleted...]
-      <c r="D299" s="31" t="s">
         <v>1624</v>
       </c>
-      <c r="E299" s="31" t="s">
+      <c r="C299" s="34">
+        <v>40003900180</v>
+      </c>
+      <c r="D299" s="34" t="s">
         <v>1625</v>
       </c>
-      <c r="F299" s="16" t="s">
+      <c r="E299" s="34" t="s">
+        <v>1625</v>
+      </c>
+      <c r="F299" s="15" t="s">
         <v>1626</v>
       </c>
-      <c r="G299" s="14" t="s">
+      <c r="G299" s="13" t="s">
         <v>1627</v>
       </c>
-      <c r="H299" s="15">
-[...4 lines deleted...]
-        <v>46715</v>
+      <c r="H299" s="36">
+        <v>45702</v>
+      </c>
+      <c r="I299" s="34"/>
+      <c r="J299" s="14">
+        <v>46796</v>
       </c>
       <c r="K299" s="32" t="s">
         <v>1628</v>
       </c>
     </row>
     <row r="300" spans="1:11" ht="22.5">
-      <c r="A300" s="12">
+      <c r="A300" s="11">
         <v>298</v>
       </c>
-      <c r="B300" s="31" t="s">
+      <c r="B300" s="34" t="s">
         <v>1629</v>
       </c>
-      <c r="C300" s="31">
-[...2 lines deleted...]
-      <c r="D300" s="31" t="s">
+      <c r="C300" s="34">
+        <v>40203210683</v>
+      </c>
+      <c r="D300" s="34" t="s">
         <v>1630</v>
       </c>
-      <c r="E300" s="31" t="s">
+      <c r="E300" s="34" t="s">
         <v>1630</v>
       </c>
-      <c r="F300" s="16" t="s">
+      <c r="F300" s="15" t="s">
         <v>1631</v>
       </c>
-      <c r="G300" s="14" t="s">
+      <c r="G300" s="13" t="s">
         <v>1632</v>
       </c>
-      <c r="H300" s="15">
-[...4 lines deleted...]
-        <v>46729</v>
+      <c r="H300" s="36">
+        <v>45700</v>
+      </c>
+      <c r="I300" s="34"/>
+      <c r="J300" s="14">
+        <v>46794</v>
       </c>
       <c r="K300" s="32" t="s">
         <v>1633</v>
       </c>
     </row>
-    <row r="301" spans="1:11" ht="28.15" customHeight="1">
-      <c r="A301" s="12">
+    <row r="301" spans="1:11" ht="33.75">
+      <c r="A301" s="11">
         <v>299</v>
       </c>
-      <c r="B301" s="31" t="s">
+      <c r="B301" s="34" t="s">
         <v>1634</v>
       </c>
-      <c r="C301" s="31">
-[...2 lines deleted...]
-      <c r="D301" s="31" t="s">
+      <c r="C301" s="34">
+        <v>40103992355</v>
+      </c>
+      <c r="D301" s="35" t="s">
         <v>1635</v>
       </c>
-      <c r="E301" s="31" t="s">
+      <c r="E301" s="35" t="s">
+        <v>1635</v>
+      </c>
+      <c r="F301" s="15" t="s">
         <v>1636</v>
       </c>
-      <c r="F301" s="16" t="s">
+      <c r="G301" s="13" t="s">
         <v>1637</v>
       </c>
-      <c r="G301" s="14" t="s">
+      <c r="H301" s="36">
+        <v>45702</v>
+      </c>
+      <c r="I301" s="34"/>
+      <c r="J301" s="14">
+        <v>46796</v>
+      </c>
+      <c r="K301" s="32" t="s">
         <v>1638</v>
       </c>
-      <c r="H301" s="15">
-[...6 lines deleted...]
-      <c r="K301" s="32" t="s">
+    </row>
+    <row r="302" spans="1:11" ht="33.75">
+      <c r="A302" s="11">
+        <v>300</v>
+      </c>
+      <c r="B302" s="34" t="s">
         <v>1639</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B302" s="31" t="s">
+      <c r="C302" s="34">
+        <v>40003571103</v>
+      </c>
+      <c r="D302" s="34" t="s">
         <v>1640</v>
       </c>
-      <c r="C302" s="31">
-[...8 lines deleted...]
-      <c r="F302" s="16" t="s">
+      <c r="E302" s="34" t="s">
+        <v>1640</v>
+      </c>
+      <c r="F302" s="15" t="s">
         <v>1641</v>
       </c>
-      <c r="G302" s="14" t="s">
+      <c r="G302" s="13" t="s">
         <v>1642</v>
       </c>
-      <c r="H302" s="15">
-[...4 lines deleted...]
-        <v>46729</v>
+      <c r="H302" s="36">
+        <v>45702</v>
+      </c>
+      <c r="I302" s="34"/>
+      <c r="J302" s="14">
+        <v>46796</v>
       </c>
       <c r="K302" s="32" t="s">
         <v>1643</v>
       </c>
     </row>
-    <row r="303" spans="1:11" ht="33.6" customHeight="1">
-      <c r="A303" s="12">
+    <row r="303" spans="1:11" ht="33.75">
+      <c r="A303" s="11">
         <v>301</v>
       </c>
-      <c r="B303" s="31" t="s">
+      <c r="B303" s="34" t="s">
         <v>1644</v>
       </c>
       <c r="C303" s="31">
-        <v>40203595000</v>
-[...1 lines deleted...]
-      <c r="D303" s="31" t="s">
+        <v>40003124232</v>
+      </c>
+      <c r="D303" s="34" t="s">
         <v>1645</v>
       </c>
-      <c r="E303" s="31" t="s">
+      <c r="E303" s="34" t="s">
+        <v>1645</v>
+      </c>
+      <c r="F303" s="15" t="s">
         <v>1646</v>
       </c>
-      <c r="F303" s="16" t="s">
+      <c r="G303" s="13" t="s">
         <v>1647</v>
       </c>
-      <c r="G303" s="14" t="s">
+      <c r="H303" s="36">
+        <v>45713</v>
+      </c>
+      <c r="I303" s="34"/>
+      <c r="J303" s="14">
+        <v>46807</v>
+      </c>
+      <c r="K303" s="32" t="s">
         <v>1648</v>
       </c>
-      <c r="H303" s="15">
-[...6 lines deleted...]
-      <c r="K303" s="32" t="s">
+    </row>
+    <row r="304" spans="1:11" ht="45">
+      <c r="A304" s="11">
+        <v>302</v>
+      </c>
+      <c r="B304" s="34" t="s">
         <v>1649</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B304" s="16" t="s">
+      <c r="C304" s="31">
+        <v>40003124232</v>
+      </c>
+      <c r="D304" s="34" t="s">
         <v>1650</v>
       </c>
-      <c r="C304" s="34" t="s">
+      <c r="E304" s="34" t="s">
         <v>1651</v>
       </c>
-      <c r="D304" s="20" t="s">
+      <c r="F304" s="15" t="s">
         <v>1652</v>
       </c>
-      <c r="E304" s="20" t="s">
+      <c r="G304" s="13" t="s">
         <v>1653</v>
       </c>
-      <c r="F304" s="16" t="s">
+      <c r="H304" s="36">
+        <v>45713</v>
+      </c>
+      <c r="I304" s="34"/>
+      <c r="J304" s="14">
+        <v>46807</v>
+      </c>
+      <c r="K304" s="32" t="s">
         <v>1654</v>
       </c>
-      <c r="G304" s="14" t="s">
+    </row>
+    <row r="305" spans="1:11" ht="33.75">
+      <c r="A305" s="11">
+        <v>303</v>
+      </c>
+      <c r="B305" s="34" t="s">
         <v>1655</v>
       </c>
-      <c r="H304" s="35">
-[...6 lines deleted...]
-      <c r="K304" s="32" t="s">
+      <c r="C305" s="34">
+        <v>40103527811</v>
+      </c>
+      <c r="D305" s="34" t="s">
         <v>1656</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B305" s="31" t="s">
+      <c r="E305" s="34" t="s">
         <v>1657</v>
       </c>
-      <c r="C305" s="31">
-[...2 lines deleted...]
-      <c r="D305" s="31" t="s">
+      <c r="F305" s="15" t="s">
         <v>1658</v>
       </c>
-      <c r="E305" s="31" t="s">
-[...2 lines deleted...]
-      <c r="F305" s="16" t="s">
+      <c r="G305" s="13" t="s">
         <v>1659</v>
       </c>
-      <c r="G305" s="14" t="s">
+      <c r="H305" s="36">
+        <v>45719</v>
+      </c>
+      <c r="I305" s="34"/>
+      <c r="J305" s="14">
+        <v>46814</v>
+      </c>
+      <c r="K305" s="32" t="s">
         <v>1660</v>
       </c>
-      <c r="H305" s="15">
-[...6 lines deleted...]
-      <c r="K305" s="32" t="s">
+    </row>
+    <row r="306" spans="1:11" ht="33.75">
+      <c r="A306" s="11">
+        <v>304</v>
+      </c>
+      <c r="B306" s="34" t="s">
         <v>1661</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B306" s="31" t="s">
+      <c r="C306" s="34">
+        <v>44103119728</v>
+      </c>
+      <c r="D306" s="34" t="s">
         <v>1662</v>
       </c>
-      <c r="C306" s="31">
-[...2 lines deleted...]
-      <c r="D306" s="31" t="s">
+      <c r="E306" s="34" t="s">
+        <v>1662</v>
+      </c>
+      <c r="F306" s="32" t="s">
         <v>1663</v>
       </c>
-      <c r="E306" s="31" t="s">
-[...2 lines deleted...]
-      <c r="F306" s="16" t="s">
+      <c r="G306" s="13" t="s">
         <v>1664</v>
       </c>
-      <c r="G306" s="14" t="s">
+      <c r="H306" s="36">
+        <v>45719</v>
+      </c>
+      <c r="I306" s="34"/>
+      <c r="J306" s="14">
+        <v>46814</v>
+      </c>
+      <c r="K306" s="32" t="s">
         <v>1665</v>
       </c>
-      <c r="H306" s="33">
-[...6 lines deleted...]
-      <c r="K306" s="32" t="s">
+    </row>
+    <row r="307" spans="1:11" ht="22.5">
+      <c r="A307" s="11">
+        <v>305</v>
+      </c>
+      <c r="B307" s="34" t="s">
         <v>1666</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B307" s="31" t="s">
+      <c r="C307" s="34">
+        <v>40203619440</v>
+      </c>
+      <c r="D307" s="34" t="s">
         <v>1667</v>
       </c>
-      <c r="C307" s="31">
-[...8 lines deleted...]
-      <c r="F307" s="16" t="s">
+      <c r="E307" s="34" t="s">
+        <v>1523</v>
+      </c>
+      <c r="F307" s="15" t="s">
         <v>1668</v>
       </c>
-      <c r="G307" s="14" t="s">
+      <c r="G307" s="13" t="s">
         <v>1669</v>
       </c>
-      <c r="H307" s="33">
-[...4 lines deleted...]
-        <v>46775</v>
+      <c r="H307" s="36">
+        <v>45719</v>
+      </c>
+      <c r="I307" s="34"/>
+      <c r="J307" s="14">
+        <v>46814</v>
       </c>
       <c r="K307" s="32" t="s">
         <v>1670</v>
       </c>
     </row>
-    <row r="308" spans="1:11" ht="40.9" customHeight="1">
-      <c r="A308" s="12">
+    <row r="308" spans="1:11" ht="45">
+      <c r="A308" s="11">
         <v>306</v>
       </c>
-      <c r="B308" s="31" t="s">
+      <c r="B308" s="34" t="s">
         <v>1671</v>
       </c>
-      <c r="C308" s="31">
-[...2 lines deleted...]
-      <c r="D308" s="31" t="s">
+      <c r="C308" s="34">
+        <v>40203348678</v>
+      </c>
+      <c r="D308" s="34" t="s">
         <v>1672</v>
       </c>
-      <c r="E308" s="31" t="s">
+      <c r="E308" s="34" t="s">
         <v>1673</v>
       </c>
-      <c r="F308" s="16" t="s">
+      <c r="F308" s="15" t="s">
         <v>1674</v>
       </c>
-      <c r="G308" s="14" t="s">
+      <c r="G308" s="13" t="s">
         <v>1675</v>
       </c>
-      <c r="H308" s="33">
-[...4 lines deleted...]
-        <v>46793</v>
+      <c r="H308" s="36">
+        <v>45723</v>
+      </c>
+      <c r="I308" s="34"/>
+      <c r="J308" s="14">
+        <v>46818</v>
       </c>
       <c r="K308" s="32" t="s">
         <v>1676</v>
       </c>
     </row>
-    <row r="309" spans="1:11" ht="22.5">
-      <c r="A309" s="12">
+    <row r="309" spans="1:11">
+      <c r="A309" s="11">
         <v>307</v>
       </c>
-      <c r="B309" s="31" t="s">
+      <c r="B309" s="34" t="s">
         <v>1677</v>
       </c>
-      <c r="C309" s="31">
-[...2 lines deleted...]
-      <c r="D309" s="31" t="s">
+      <c r="C309" s="34">
+        <v>40203413766</v>
+      </c>
+      <c r="D309" s="34" t="s">
         <v>1678</v>
       </c>
-      <c r="E309" s="31" t="s">
+      <c r="E309" s="34" t="s">
         <v>1678</v>
       </c>
-      <c r="F309" s="16" t="s">
+      <c r="F309" s="15" t="s">
         <v>1679</v>
       </c>
-      <c r="G309" s="14" t="s">
+      <c r="G309" s="13" t="s">
         <v>1680</v>
       </c>
-      <c r="H309" s="33">
-[...4 lines deleted...]
-        <v>46796</v>
+      <c r="H309" s="36">
+        <v>45723</v>
+      </c>
+      <c r="I309" s="34"/>
+      <c r="J309" s="14">
+        <v>46818</v>
       </c>
       <c r="K309" s="32" t="s">
         <v>1681</v>
       </c>
     </row>
-    <row r="310" spans="1:11" ht="56.25">
-      <c r="A310" s="12">
+    <row r="310" spans="1:11" ht="22.5">
+      <c r="A310" s="11">
         <v>308</v>
       </c>
-      <c r="B310" s="31" t="s">
+      <c r="B310" s="34" t="s">
         <v>1682</v>
       </c>
-      <c r="C310" s="31">
-[...2 lines deleted...]
-      <c r="D310" s="31" t="s">
+      <c r="C310" s="34">
+        <v>40203608201</v>
+      </c>
+      <c r="D310" s="34" t="s">
         <v>1683</v>
       </c>
-      <c r="E310" s="31" t="s">
+      <c r="E310" s="34" t="s">
         <v>1684</v>
       </c>
-      <c r="F310" s="32" t="s">
+      <c r="F310" s="15" t="s">
         <v>1685</v>
       </c>
-      <c r="G310" s="14" t="s">
+      <c r="G310" s="13" t="s">
         <v>1686</v>
       </c>
-      <c r="H310" s="33">
-[...4 lines deleted...]
-        <v>46796</v>
+      <c r="H310" s="36">
+        <v>45723</v>
+      </c>
+      <c r="I310" s="34"/>
+      <c r="J310" s="14">
+        <v>46818</v>
       </c>
       <c r="K310" s="32" t="s">
+        <v>1681</v>
+      </c>
+    </row>
+    <row r="311" spans="1:11" ht="33.75">
+      <c r="A311" s="11">
+        <v>309</v>
+      </c>
+      <c r="B311" s="34" t="s">
         <v>1687</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B311" s="31" t="s">
+      <c r="C311" s="34">
+        <v>40203617577</v>
+      </c>
+      <c r="D311" s="34" t="s">
         <v>1688</v>
       </c>
-      <c r="C311" s="31">
-[...2 lines deleted...]
-      <c r="D311" s="31" t="s">
+      <c r="E311" s="34" t="s">
         <v>1689</v>
       </c>
-      <c r="E311" s="31" t="s">
-[...2 lines deleted...]
-      <c r="F311" s="16" t="s">
+      <c r="F311" s="15" t="s">
         <v>1690</v>
       </c>
-      <c r="G311" s="14" t="s">
+      <c r="G311" s="13" t="s">
         <v>1691</v>
       </c>
-      <c r="H311" s="33">
-[...4 lines deleted...]
-        <v>46794</v>
+      <c r="H311" s="36">
+        <v>45733</v>
+      </c>
+      <c r="I311" s="34"/>
+      <c r="J311" s="14">
+        <v>46828</v>
       </c>
       <c r="K311" s="32" t="s">
         <v>1692</v>
       </c>
     </row>
     <row r="312" spans="1:11" ht="33.75">
-      <c r="A312" s="12">
+      <c r="A312" s="11">
         <v>310</v>
       </c>
-      <c r="B312" s="31" t="s">
+      <c r="B312" s="37" t="s">
         <v>1693</v>
       </c>
-      <c r="C312" s="31">
-[...2 lines deleted...]
-      <c r="D312" s="31" t="s">
+      <c r="C312" s="38" t="s">
         <v>1694</v>
       </c>
-      <c r="E312" s="31" t="s">
-[...2 lines deleted...]
-      <c r="F312" s="16" t="s">
+      <c r="D312" s="39" t="s">
         <v>1695</v>
       </c>
-      <c r="G312" s="14" t="s">
+      <c r="E312" s="39" t="s">
+        <v>1695</v>
+      </c>
+      <c r="F312" s="39" t="s">
         <v>1696</v>
       </c>
-      <c r="H312" s="33">
-[...6 lines deleted...]
-      <c r="K312" s="32" t="s">
+      <c r="G312" s="13" t="s">
         <v>1697</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A313" s="12">
+      <c r="H312" s="52">
+        <v>45733</v>
+      </c>
+      <c r="I312" s="53"/>
+      <c r="J312" s="14">
+        <v>46828</v>
+      </c>
+      <c r="K312" s="37" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="313" spans="1:11" ht="33.75">
+      <c r="A313" s="11">
         <v>311</v>
       </c>
-      <c r="B313" s="31" t="s">
-[...5 lines deleted...]
-      <c r="D313" s="31" t="s">
+      <c r="B313" s="34" t="s">
         <v>1699</v>
       </c>
-      <c r="E313" s="31" t="s">
-[...2 lines deleted...]
-      <c r="F313" s="16" t="s">
+      <c r="C313" s="34">
+        <v>40103358985</v>
+      </c>
+      <c r="D313" s="34" t="s">
         <v>1700</v>
       </c>
-      <c r="G313" s="14" t="s">
+      <c r="E313" s="34" t="s">
         <v>1701</v>
       </c>
-      <c r="H313" s="33">
-[...4 lines deleted...]
-        <v>46796</v>
+      <c r="F313" s="15" t="s">
+        <v>1702</v>
+      </c>
+      <c r="G313" s="13" t="s">
+        <v>1703</v>
+      </c>
+      <c r="H313" s="36">
+        <v>45733</v>
+      </c>
+      <c r="I313" s="34"/>
+      <c r="J313" s="14">
+        <v>46828</v>
       </c>
       <c r="K313" s="32" t="s">
-        <v>1702</v>
-[...3 lines deleted...]
-      <c r="A314" s="12">
+        <v>1704</v>
+      </c>
+    </row>
+    <row r="314" spans="1:11">
+      <c r="A314" s="11">
         <v>312</v>
       </c>
-      <c r="B314" s="31" t="s">
-[...11 lines deleted...]
-      <c r="F314" s="16" t="s">
+      <c r="B314" s="34" t="s">
         <v>1705</v>
       </c>
-      <c r="G314" s="14" t="s">
+      <c r="C314" s="34">
+        <v>40203200064</v>
+      </c>
+      <c r="D314" s="34" t="s">
         <v>1706</v>
       </c>
-      <c r="H314" s="33">
-[...4 lines deleted...]
-        <v>46807</v>
+      <c r="E314" s="34" t="s">
+        <v>1706</v>
+      </c>
+      <c r="F314" s="15" t="s">
+        <v>1707</v>
+      </c>
+      <c r="G314" s="13" t="s">
+        <v>1708</v>
+      </c>
+      <c r="H314" s="36">
+        <v>45742</v>
+      </c>
+      <c r="I314" s="34"/>
+      <c r="J314" s="14">
+        <v>46837</v>
       </c>
       <c r="K314" s="32" t="s">
-        <v>1707</v>
-[...3 lines deleted...]
-      <c r="A315" s="12">
+        <v>1709</v>
+      </c>
+    </row>
+    <row r="315" spans="1:11" ht="33.75">
+      <c r="A315" s="11">
         <v>313</v>
       </c>
-      <c r="B315" s="31" t="s">
-[...8 lines deleted...]
-      <c r="E315" s="31" t="s">
+      <c r="B315" s="34" t="s">
         <v>1710</v>
       </c>
-      <c r="F315" s="16" t="s">
+      <c r="C315" s="34">
+        <v>40203574456</v>
+      </c>
+      <c r="D315" s="34" t="s">
         <v>1711</v>
       </c>
-      <c r="G315" s="14" t="s">
+      <c r="E315" s="34" t="s">
         <v>1712</v>
       </c>
-      <c r="H315" s="33">
-[...4 lines deleted...]
-        <v>46807</v>
+      <c r="F315" s="15" t="s">
+        <v>1713</v>
+      </c>
+      <c r="G315" s="13" t="s">
+        <v>1714</v>
+      </c>
+      <c r="H315" s="36">
+        <v>45742</v>
+      </c>
+      <c r="I315" s="34"/>
+      <c r="J315" s="14">
+        <v>46837</v>
       </c>
       <c r="K315" s="32" t="s">
-        <v>1713</v>
-[...3 lines deleted...]
-      <c r="A316" s="12">
+        <v>1715</v>
+      </c>
+    </row>
+    <row r="316" spans="1:11" ht="22.5">
+      <c r="A316" s="11">
         <v>314</v>
       </c>
-      <c r="B316" s="31" t="s">
-[...8 lines deleted...]
-      <c r="E316" s="31" t="s">
+      <c r="B316" s="34" t="s">
         <v>1716</v>
       </c>
-      <c r="F316" s="16" t="s">
+      <c r="C316" s="34">
+        <v>40003484446</v>
+      </c>
+      <c r="D316" s="35" t="s">
         <v>1717</v>
       </c>
-      <c r="G316" s="14" t="s">
+      <c r="E316" s="34" t="s">
         <v>1718</v>
       </c>
-      <c r="H316" s="33">
-[...4 lines deleted...]
-        <v>46814</v>
+      <c r="F316" s="15" t="s">
+        <v>1719</v>
+      </c>
+      <c r="G316" s="13" t="s">
+        <v>1720</v>
+      </c>
+      <c r="H316" s="36">
+        <v>45751</v>
+      </c>
+      <c r="I316" s="34"/>
+      <c r="J316" s="14">
+        <v>46846</v>
       </c>
       <c r="K316" s="32" t="s">
-        <v>1719</v>
-[...3 lines deleted...]
-      <c r="A317" s="12">
+        <v>1721</v>
+      </c>
+    </row>
+    <row r="317" spans="1:11" ht="22.5">
+      <c r="A317" s="11">
         <v>315</v>
       </c>
-      <c r="B317" s="31" t="s">
-[...11 lines deleted...]
-      <c r="F317" s="32" t="s">
+      <c r="B317" s="34" t="s">
         <v>1722</v>
       </c>
-      <c r="G317" s="14" t="s">
+      <c r="C317" s="34">
+        <v>40203614299</v>
+      </c>
+      <c r="D317" s="34" t="s">
+        <v>94</v>
+      </c>
+      <c r="E317" s="34" t="s">
+        <v>94</v>
+      </c>
+      <c r="F317" s="15" t="s">
         <v>1723</v>
       </c>
-      <c r="H317" s="33">
-[...4 lines deleted...]
-        <v>46814</v>
+      <c r="G317" s="13" t="s">
+        <v>1724</v>
+      </c>
+      <c r="H317" s="36">
+        <v>45755</v>
+      </c>
+      <c r="I317" s="34"/>
+      <c r="J317" s="14">
+        <v>46850</v>
       </c>
       <c r="K317" s="32" t="s">
-        <v>1724</v>
-[...3 lines deleted...]
-      <c r="A318" s="12">
+        <v>1725</v>
+      </c>
+    </row>
+    <row r="318" spans="1:11" ht="33.75">
+      <c r="A318" s="11">
         <v>316</v>
       </c>
-      <c r="B318" s="31" t="s">
-[...5 lines deleted...]
-      <c r="D318" s="31" t="s">
+      <c r="B318" s="34" t="s">
         <v>1726</v>
       </c>
-      <c r="E318" s="31" t="s">
-[...2 lines deleted...]
-      <c r="F318" s="16" t="s">
+      <c r="C318" s="34">
+        <v>40203611216</v>
+      </c>
+      <c r="D318" s="34" t="s">
         <v>1727</v>
       </c>
-      <c r="G318" s="14" t="s">
+      <c r="E318" s="34" t="s">
         <v>1728</v>
       </c>
-      <c r="H318" s="33">
-[...4 lines deleted...]
-        <v>46814</v>
+      <c r="F318" s="15" t="s">
+        <v>1729</v>
+      </c>
+      <c r="G318" s="13" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H318" s="36">
+        <v>45758</v>
+      </c>
+      <c r="I318" s="34"/>
+      <c r="J318" s="14">
+        <v>46853</v>
       </c>
       <c r="K318" s="32" t="s">
-        <v>1729</v>
-[...3 lines deleted...]
-      <c r="A319" s="12">
+        <v>1731</v>
+      </c>
+    </row>
+    <row r="319" spans="1:11" ht="33.75">
+      <c r="A319" s="11">
         <v>317</v>
       </c>
-      <c r="B319" s="31" t="s">
-[...8 lines deleted...]
-      <c r="E319" s="31" t="s">
+      <c r="B319" s="34" t="s">
         <v>1732</v>
       </c>
-      <c r="F319" s="16" t="s">
+      <c r="C319" s="34">
+        <v>40203614636</v>
+      </c>
+      <c r="D319" s="34" t="s">
+        <v>1115</v>
+      </c>
+      <c r="E319" s="34" t="s">
+        <v>1115</v>
+      </c>
+      <c r="F319" s="15" t="s">
         <v>1733</v>
       </c>
-      <c r="G319" s="14" t="s">
+      <c r="G319" s="13" t="s">
         <v>1734</v>
       </c>
-      <c r="H319" s="33">
-[...4 lines deleted...]
-        <v>46818</v>
+      <c r="H319" s="36">
+        <v>45758</v>
+      </c>
+      <c r="I319" s="34"/>
+      <c r="J319" s="14">
+        <v>46853</v>
       </c>
       <c r="K319" s="32" t="s">
         <v>1735</v>
       </c>
     </row>
-    <row r="320" spans="1:11">
-      <c r="A320" s="12">
+    <row r="320" spans="1:11" ht="33.75">
+      <c r="A320" s="11">
         <v>318</v>
       </c>
-      <c r="B320" s="31" t="s">
+      <c r="B320" s="34" t="s">
         <v>1736</v>
       </c>
-      <c r="C320" s="31">
-[...2 lines deleted...]
-      <c r="D320" s="31" t="s">
+      <c r="C320" s="34">
+        <v>45403051616</v>
+      </c>
+      <c r="D320" s="34" t="s">
         <v>1737</v>
       </c>
-      <c r="E320" s="31" t="s">
-[...2 lines deleted...]
-      <c r="F320" s="16" t="s">
+      <c r="E320" s="35" t="s">
         <v>1738</v>
       </c>
-      <c r="G320" s="14" t="s">
+      <c r="F320" s="15" t="s">
         <v>1739</v>
       </c>
-      <c r="H320" s="33">
-[...4 lines deleted...]
-        <v>46818</v>
+      <c r="G320" s="13" t="s">
+        <v>1740</v>
+      </c>
+      <c r="H320" s="36">
+        <v>45761</v>
+      </c>
+      <c r="I320" s="34"/>
+      <c r="J320" s="14">
+        <v>46856</v>
       </c>
       <c r="K320" s="32" t="s">
+        <v>1741</v>
+      </c>
+    </row>
+    <row r="321" spans="1:11">
+      <c r="A321" s="11">
+        <v>319</v>
+      </c>
+      <c r="B321" s="34" t="s">
+        <v>1742</v>
+      </c>
+      <c r="C321" s="34">
+        <v>40203629862</v>
+      </c>
+      <c r="D321" s="34" t="s">
+        <v>1743</v>
+      </c>
+      <c r="E321" s="34" t="s">
+        <v>1743</v>
+      </c>
+      <c r="F321" s="15" t="s">
+        <v>1744</v>
+      </c>
+      <c r="G321" s="13" t="s">
         <v>1740</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G321" s="14" t="s">
+      <c r="H321" s="36">
+        <v>45758</v>
+      </c>
+      <c r="I321" s="34"/>
+      <c r="J321" s="14">
+        <v>46853</v>
+      </c>
+      <c r="K321" s="32" t="s">
         <v>1745</v>
       </c>
-      <c r="H321" s="33">
-[...8 lines deleted...]
-      </c>
     </row>
     <row r="322" spans="1:11" ht="33.75">
-      <c r="A322" s="12">
+      <c r="A322" s="11">
         <v>320</v>
       </c>
-      <c r="B322" s="31" t="s">
+      <c r="B322" s="34" t="s">
         <v>1746</v>
       </c>
-      <c r="C322" s="31">
-[...2 lines deleted...]
-      <c r="D322" s="31" t="s">
+      <c r="C322" s="34">
+        <v>50203583681</v>
+      </c>
+      <c r="D322" s="34" t="s">
         <v>1747</v>
       </c>
-      <c r="E322" s="31" t="s">
+      <c r="E322" s="34" t="s">
         <v>1748</v>
       </c>
-      <c r="F322" s="16" t="s">
+      <c r="F322" s="15" t="s">
         <v>1749</v>
       </c>
-      <c r="G322" s="14" t="s">
+      <c r="G322" s="13" t="s">
         <v>1750</v>
       </c>
-      <c r="H322" s="33">
-[...4 lines deleted...]
-        <v>46828</v>
+      <c r="H322" s="36">
+        <v>45769</v>
+      </c>
+      <c r="I322" s="34"/>
+      <c r="J322" s="14">
+        <v>46864</v>
       </c>
       <c r="K322" s="32" t="s">
         <v>1751</v>
       </c>
     </row>
-    <row r="323" spans="1:11" ht="40.9" customHeight="1">
-      <c r="A323" s="12">
+    <row r="323" spans="1:11" ht="33.75">
+      <c r="A323" s="11">
         <v>321</v>
       </c>
-      <c r="B323" s="16" t="s">
+      <c r="B323" s="34" t="s">
         <v>1752</v>
       </c>
-      <c r="C323" s="34" t="s">
+      <c r="C323" s="34">
+        <v>40203605154</v>
+      </c>
+      <c r="D323" s="34" t="s">
         <v>1753</v>
       </c>
-      <c r="D323" s="20" t="s">
+      <c r="E323" s="34" t="s">
         <v>1754</v>
       </c>
-      <c r="E323" s="20" t="s">
-[...2 lines deleted...]
-      <c r="F323" s="20" t="s">
+      <c r="F323" s="15" t="s">
         <v>1755</v>
       </c>
-      <c r="G323" s="14" t="s">
+      <c r="G323" s="13" t="s">
         <v>1756</v>
       </c>
-      <c r="H323" s="15">
-[...6 lines deleted...]
-      <c r="K323" s="16" t="s">
+      <c r="H323" s="36">
+        <v>45769</v>
+      </c>
+      <c r="I323" s="34"/>
+      <c r="J323" s="14">
+        <v>46864</v>
+      </c>
+      <c r="K323" s="32" t="s">
         <v>1757</v>
       </c>
     </row>
     <row r="324" spans="1:11" ht="33.75">
-      <c r="A324" s="12">
+      <c r="A324" s="11">
         <v>322</v>
       </c>
-      <c r="B324" s="31" t="s">
+      <c r="B324" s="34" t="s">
         <v>1758</v>
       </c>
-      <c r="C324" s="31">
-[...2 lines deleted...]
-      <c r="D324" s="31" t="s">
+      <c r="C324" s="34">
+        <v>40203599977</v>
+      </c>
+      <c r="D324" s="34" t="s">
         <v>1759</v>
       </c>
-      <c r="E324" s="31" t="s">
+      <c r="E324" s="34" t="s">
+        <v>1759</v>
+      </c>
+      <c r="F324" s="15" t="s">
         <v>1760</v>
       </c>
-      <c r="F324" s="16" t="s">
+      <c r="G324" s="13" t="s">
         <v>1761</v>
       </c>
-      <c r="G324" s="14" t="s">
+      <c r="H324" s="36">
+        <v>45769</v>
+      </c>
+      <c r="I324" s="34"/>
+      <c r="J324" s="14">
+        <v>46864</v>
+      </c>
+      <c r="K324" s="32" t="s">
         <v>1762</v>
       </c>
-      <c r="H324" s="33">
-[...6 lines deleted...]
-      <c r="K324" s="32" t="s">
+    </row>
+    <row r="325" spans="1:11" ht="33.75">
+      <c r="A325" s="11">
+        <v>323</v>
+      </c>
+      <c r="B325" s="34" t="s">
         <v>1763</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B325" s="31" t="s">
+      <c r="C325" s="34">
+        <v>40203241255</v>
+      </c>
+      <c r="D325" s="34" t="s">
         <v>1764</v>
       </c>
-      <c r="C325" s="31">
-[...2 lines deleted...]
-      <c r="D325" s="31" t="s">
+      <c r="E325" s="34" t="s">
         <v>1765</v>
       </c>
-      <c r="E325" s="31" t="s">
-[...2 lines deleted...]
-      <c r="F325" s="16" t="s">
+      <c r="F325" s="15" t="s">
         <v>1766</v>
       </c>
-      <c r="G325" s="14" t="s">
+      <c r="G325" s="13" t="s">
         <v>1767</v>
       </c>
-      <c r="H325" s="33">
-[...4 lines deleted...]
-        <v>46837</v>
+      <c r="H325" s="36">
+        <v>45769</v>
+      </c>
+      <c r="I325" s="34"/>
+      <c r="J325" s="14">
+        <v>46864</v>
       </c>
       <c r="K325" s="32" t="s">
         <v>1768</v>
       </c>
     </row>
-    <row r="326" spans="1:11" ht="33.75">
-      <c r="A326" s="12">
+    <row r="326" spans="1:11" ht="22.5">
+      <c r="A326" s="11">
         <v>324</v>
       </c>
-      <c r="B326" s="31" t="s">
+      <c r="B326" s="34" t="s">
         <v>1769</v>
       </c>
-      <c r="C326" s="31">
-[...2 lines deleted...]
-      <c r="D326" s="31" t="s">
+      <c r="C326" s="34">
+        <v>50203084201</v>
+      </c>
+      <c r="D326" s="34" t="s">
         <v>1770</v>
       </c>
-      <c r="E326" s="31" t="s">
+      <c r="E326" s="34" t="s">
         <v>1771</v>
       </c>
-      <c r="F326" s="16" t="s">
+      <c r="F326" s="15" t="s">
         <v>1772</v>
       </c>
-      <c r="G326" s="14" t="s">
+      <c r="G326" s="13" t="s">
         <v>1773</v>
       </c>
-      <c r="H326" s="33">
-[...4 lines deleted...]
-        <v>46837</v>
+      <c r="H326" s="36">
+        <v>45769</v>
+      </c>
+      <c r="I326" s="34"/>
+      <c r="J326" s="14">
+        <v>46864</v>
       </c>
       <c r="K326" s="32" t="s">
         <v>1774</v>
       </c>
     </row>
-    <row r="327" spans="1:11" ht="45">
-      <c r="A327" s="12">
+    <row r="327" spans="1:11" ht="22.5">
+      <c r="A327" s="11">
         <v>325</v>
       </c>
-      <c r="B327" s="31" t="s">
+      <c r="B327" s="34" t="s">
         <v>1775</v>
       </c>
-      <c r="C327" s="31">
-[...2 lines deleted...]
-      <c r="D327" s="31" t="s">
+      <c r="C327" s="34">
+        <v>40203473360</v>
+      </c>
+      <c r="D327" s="34" t="s">
         <v>1776</v>
       </c>
-      <c r="E327" s="31" t="s">
+      <c r="E327" s="34" t="s">
         <v>1777</v>
       </c>
-      <c r="F327" s="16" t="s">
+      <c r="F327" s="15" t="s">
         <v>1778</v>
       </c>
-      <c r="G327" s="14" t="s">
+      <c r="G327" s="13" t="s">
         <v>1779</v>
       </c>
-      <c r="H327" s="33">
-[...4 lines deleted...]
-        <v>46846</v>
+      <c r="H327" s="36">
+        <v>45769</v>
+      </c>
+      <c r="I327" s="34"/>
+      <c r="J327" s="14">
+        <v>46864</v>
       </c>
       <c r="K327" s="32" t="s">
         <v>1780</v>
       </c>
     </row>
     <row r="328" spans="1:11" ht="22.5">
-      <c r="A328" s="12">
+      <c r="A328" s="11">
         <v>326</v>
       </c>
-      <c r="B328" s="31" t="s">
+      <c r="B328" s="34" t="s">
         <v>1781</v>
       </c>
-      <c r="C328" s="31">
-        <v>40003484446</v>
+      <c r="C328" s="34">
+        <v>40203040328</v>
       </c>
       <c r="D328" s="31" t="s">
         <v>1782</v>
       </c>
-      <c r="E328" s="31" t="s">
+      <c r="E328" s="34" t="s">
         <v>1783</v>
       </c>
-      <c r="F328" s="16" t="s">
+      <c r="F328" s="15" t="s">
         <v>1784</v>
       </c>
-      <c r="G328" s="14" t="s">
+      <c r="G328" s="13" t="s">
         <v>1785</v>
       </c>
-      <c r="H328" s="33">
-[...4 lines deleted...]
-        <v>46846</v>
+      <c r="H328" s="36">
+        <v>45769</v>
+      </c>
+      <c r="I328" s="34"/>
+      <c r="J328" s="14">
+        <v>46864</v>
       </c>
       <c r="K328" s="32" t="s">
         <v>1786</v>
       </c>
     </row>
-    <row r="329" spans="1:11" ht="22.5">
-      <c r="A329" s="12">
+    <row r="329" spans="1:11" ht="33.75">
+      <c r="A329" s="11">
         <v>327</v>
       </c>
-      <c r="B329" s="31" t="s">
+      <c r="B329" s="54" t="s">
         <v>1787</v>
       </c>
-      <c r="C329" s="31">
-[...2 lines deleted...]
-      <c r="D329" s="31" t="s">
+      <c r="C329" s="54">
+        <v>40203625729</v>
+      </c>
+      <c r="D329" s="54" t="s">
         <v>1788</v>
       </c>
-      <c r="E329" s="31" t="s">
+      <c r="E329" s="54" t="s">
+        <v>1789</v>
+      </c>
+      <c r="F329" s="55" t="s">
+        <v>1790</v>
+      </c>
+      <c r="G329" s="56" t="s">
+        <v>1791</v>
+      </c>
+      <c r="H329" s="57">
+        <v>45783</v>
+      </c>
+      <c r="J329" s="58">
+        <v>46878</v>
+      </c>
+      <c r="K329" s="59" t="s">
+        <v>1792</v>
+      </c>
+    </row>
+    <row r="330" spans="1:11" ht="33.75">
+      <c r="A330" s="11">
+        <v>328</v>
+      </c>
+      <c r="B330" s="54" t="s">
+        <v>1793</v>
+      </c>
+      <c r="C330" s="54">
+        <v>40203605385</v>
+      </c>
+      <c r="D330" s="54" t="s">
+        <v>1794</v>
+      </c>
+      <c r="E330" s="54" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F330" s="55" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G330" s="56" t="s">
+        <v>1796</v>
+      </c>
+      <c r="H330" s="58">
+        <v>45783</v>
+      </c>
+      <c r="J330" s="58">
+        <v>46878</v>
+      </c>
+      <c r="K330" s="59" t="s">
+        <v>1797</v>
+      </c>
+    </row>
+    <row r="331" spans="1:11">
+      <c r="A331" s="11">
+        <v>329</v>
+      </c>
+      <c r="B331" s="54" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C331" s="54">
+        <v>42403048394</v>
+      </c>
+      <c r="D331" s="54" t="s">
+        <v>1799</v>
+      </c>
+      <c r="E331" s="54" t="s">
+        <v>1799</v>
+      </c>
+      <c r="F331" s="55" t="s">
+        <v>1800</v>
+      </c>
+      <c r="G331" s="56" t="s">
+        <v>1801</v>
+      </c>
+      <c r="H331" s="58">
+        <v>45786</v>
+      </c>
+      <c r="J331" s="58">
+        <v>46881</v>
+      </c>
+      <c r="K331" s="59" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="332" spans="1:11" ht="33.75">
+      <c r="A332" s="11">
+        <v>330</v>
+      </c>
+      <c r="B332" s="54" t="s">
+        <v>1803</v>
+      </c>
+      <c r="C332" s="54">
+        <v>44103132228</v>
+      </c>
+      <c r="D332" s="54" t="s">
+        <v>1804</v>
+      </c>
+      <c r="E332" s="54" t="s">
+        <v>1804</v>
+      </c>
+      <c r="F332" s="55" t="s">
+        <v>1805</v>
+      </c>
+      <c r="G332" s="56" t="s">
+        <v>1806</v>
+      </c>
+      <c r="H332" s="58">
+        <v>45797</v>
+      </c>
+      <c r="J332" s="58">
+        <v>46892</v>
+      </c>
+      <c r="K332" s="59" t="s">
+        <v>1807</v>
+      </c>
+    </row>
+    <row r="333" spans="1:11">
+      <c r="A333" s="11">
+        <v>331</v>
+      </c>
+      <c r="B333" s="54" t="s">
+        <v>1808</v>
+      </c>
+      <c r="C333" s="60">
+        <v>40203105427</v>
+      </c>
+      <c r="D333" s="54" t="s">
+        <v>1809</v>
+      </c>
+      <c r="E333" s="54" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F333" s="55" t="s">
+        <v>1810</v>
+      </c>
+      <c r="G333" s="56" t="s">
+        <v>1811</v>
+      </c>
+      <c r="H333" s="58">
+        <v>45797</v>
+      </c>
+      <c r="I333" s="60"/>
+      <c r="J333" s="58">
+        <v>46892</v>
+      </c>
+      <c r="K333" s="59" t="s">
+        <v>1812</v>
+      </c>
+    </row>
+    <row r="334" spans="1:11" ht="22.5">
+      <c r="A334" s="11">
+        <v>332</v>
+      </c>
+      <c r="B334" s="54" t="s">
+        <v>1813</v>
+      </c>
+      <c r="C334" s="54">
+        <v>40003807169</v>
+      </c>
+      <c r="D334" s="54" t="s">
+        <v>1814</v>
+      </c>
+      <c r="E334" s="54" t="s">
+        <v>1814</v>
+      </c>
+      <c r="F334" s="55" t="s">
+        <v>1815</v>
+      </c>
+      <c r="G334" s="56" t="s">
+        <v>1816</v>
+      </c>
+      <c r="H334" s="58">
+        <v>45799</v>
+      </c>
+      <c r="J334" s="58">
+        <v>46894</v>
+      </c>
+      <c r="K334" s="59" t="s">
+        <v>1817</v>
+      </c>
+    </row>
+    <row r="335" spans="1:11" ht="78.75">
+      <c r="A335" s="11">
+        <v>333</v>
+      </c>
+      <c r="B335" s="54" t="s">
+        <v>1818</v>
+      </c>
+      <c r="C335" s="54">
+        <v>40203640978</v>
+      </c>
+      <c r="D335" s="54" t="s">
+        <v>1819</v>
+      </c>
+      <c r="E335" s="54" t="s">
+        <v>1819</v>
+      </c>
+      <c r="F335" s="55" t="s">
+        <v>1820</v>
+      </c>
+      <c r="G335" s="56" t="s">
+        <v>1821</v>
+      </c>
+      <c r="H335" s="58">
+        <v>45799</v>
+      </c>
+      <c r="J335" s="58">
+        <v>46894</v>
+      </c>
+      <c r="K335" s="59" t="s">
+        <v>1822</v>
+      </c>
+    </row>
+    <row r="336" spans="1:11" ht="33.75">
+      <c r="A336" s="11">
+        <v>334</v>
+      </c>
+      <c r="B336" s="54" t="s">
+        <v>1823</v>
+      </c>
+      <c r="C336" s="54">
+        <v>40203607403</v>
+      </c>
+      <c r="D336" s="54" t="s">
+        <v>1824</v>
+      </c>
+      <c r="E336" s="54" t="s">
+        <v>744</v>
+      </c>
+      <c r="F336" s="55" t="s">
+        <v>1825</v>
+      </c>
+      <c r="G336" s="56" t="s">
+        <v>1826</v>
+      </c>
+      <c r="H336" s="58">
+        <v>45804</v>
+      </c>
+      <c r="J336" s="58">
+        <v>46899</v>
+      </c>
+      <c r="K336" s="59" t="s">
+        <v>1827</v>
+      </c>
+    </row>
+    <row r="337" spans="1:11" ht="56.25">
+      <c r="A337" s="11">
+        <v>335</v>
+      </c>
+      <c r="B337" s="54" t="s">
+        <v>1828</v>
+      </c>
+      <c r="C337" s="54">
+        <v>40203304565</v>
+      </c>
+      <c r="D337" s="54" t="s">
+        <v>1115</v>
+      </c>
+      <c r="E337" s="54" t="s">
+        <v>1115</v>
+      </c>
+      <c r="F337" s="55" t="s">
+        <v>1829</v>
+      </c>
+      <c r="G337" s="56" t="s">
+        <v>1830</v>
+      </c>
+      <c r="H337" s="58">
+        <v>45804</v>
+      </c>
+      <c r="J337" s="58">
+        <v>46899</v>
+      </c>
+      <c r="K337" s="61" t="s">
+        <v>1831</v>
+      </c>
+    </row>
+    <row r="338" spans="1:11" ht="33.75">
+      <c r="A338" s="11">
+        <v>336</v>
+      </c>
+      <c r="B338" s="54" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C338" s="54">
+        <v>40203445901</v>
+      </c>
+      <c r="D338" s="54" t="s">
+        <v>1833</v>
+      </c>
+      <c r="E338" s="54" t="s">
+        <v>1833</v>
+      </c>
+      <c r="F338" s="55" t="s">
+        <v>1834</v>
+      </c>
+      <c r="G338" s="56" t="s">
+        <v>1835</v>
+      </c>
+      <c r="H338" s="58">
+        <v>45806</v>
+      </c>
+      <c r="J338" s="58">
+        <v>46901</v>
+      </c>
+      <c r="K338" s="59" t="s">
+        <v>1836</v>
+      </c>
+    </row>
+    <row r="339" spans="1:11" ht="33.75">
+      <c r="A339" s="11">
+        <v>337</v>
+      </c>
+      <c r="B339" s="54" t="s">
+        <v>1837</v>
+      </c>
+      <c r="C339" s="54">
+        <v>45403029051</v>
+      </c>
+      <c r="D339" s="54" t="s">
+        <v>1838</v>
+      </c>
+      <c r="E339" s="54" t="s">
+        <v>1838</v>
+      </c>
+      <c r="F339" s="55" t="s">
+        <v>1839</v>
+      </c>
+      <c r="G339" s="56" t="s">
+        <v>1840</v>
+      </c>
+      <c r="H339" s="58">
+        <v>45806</v>
+      </c>
+      <c r="J339" s="58">
+        <v>46901</v>
+      </c>
+      <c r="K339" s="59" t="s">
+        <v>1841</v>
+      </c>
+    </row>
+    <row r="340" spans="1:11" ht="22.5">
+      <c r="A340" s="11">
+        <v>338</v>
+      </c>
+      <c r="B340" s="54" t="s">
+        <v>1842</v>
+      </c>
+      <c r="C340" s="54">
+        <v>40203627113</v>
+      </c>
+      <c r="D340" s="54" t="s">
+        <v>1843</v>
+      </c>
+      <c r="E340" s="54" t="s">
+        <v>1843</v>
+      </c>
+      <c r="F340" s="55" t="s">
+        <v>1844</v>
+      </c>
+      <c r="G340" s="56" t="s">
+        <v>1845</v>
+      </c>
+      <c r="H340" s="58">
+        <v>45806</v>
+      </c>
+      <c r="J340" s="58">
+        <v>46901</v>
+      </c>
+      <c r="K340" s="59" t="s">
+        <v>1846</v>
+      </c>
+    </row>
+    <row r="341" spans="1:11" ht="33.75">
+      <c r="A341" s="11">
+        <v>339</v>
+      </c>
+      <c r="B341" s="54" t="s">
+        <v>1847</v>
+      </c>
+      <c r="C341" s="54">
+        <v>40203595566</v>
+      </c>
+      <c r="D341" s="54" t="s">
+        <v>1848</v>
+      </c>
+      <c r="E341" s="54" t="s">
+        <v>1848</v>
+      </c>
+      <c r="F341" s="55" t="s">
+        <v>1849</v>
+      </c>
+      <c r="G341" s="56" t="s">
+        <v>1850</v>
+      </c>
+      <c r="H341" s="58">
+        <v>45814</v>
+      </c>
+      <c r="J341" s="58">
+        <v>46909</v>
+      </c>
+      <c r="K341" s="59" t="s">
+        <v>1851</v>
+      </c>
+    </row>
+    <row r="342" spans="1:11" ht="22.5">
+      <c r="A342" s="11">
+        <v>340</v>
+      </c>
+      <c r="B342" s="54" t="s">
+        <v>1852</v>
+      </c>
+      <c r="C342" s="54">
+        <v>40203530911</v>
+      </c>
+      <c r="D342" s="54" t="s">
+        <v>1853</v>
+      </c>
+      <c r="E342" s="54" t="s">
+        <v>1854</v>
+      </c>
+      <c r="F342" s="55" t="s">
+        <v>1855</v>
+      </c>
+      <c r="G342" s="56" t="s">
+        <v>1856</v>
+      </c>
+      <c r="H342" s="58">
+        <v>45819</v>
+      </c>
+      <c r="I342" s="60"/>
+      <c r="J342" s="58">
+        <v>46914</v>
+      </c>
+      <c r="K342" s="59" t="s">
+        <v>1857</v>
+      </c>
+    </row>
+    <row r="343" spans="1:11" ht="33.75">
+      <c r="A343" s="11">
+        <v>341</v>
+      </c>
+      <c r="B343" s="54" t="s">
+        <v>1858</v>
+      </c>
+      <c r="C343" s="54">
+        <v>40203643546</v>
+      </c>
+      <c r="D343" s="54" t="s">
+        <v>1859</v>
+      </c>
+      <c r="E343" s="54" t="s">
+        <v>1860</v>
+      </c>
+      <c r="F343" s="55" t="s">
+        <v>1861</v>
+      </c>
+      <c r="G343" s="56" t="s">
+        <v>1862</v>
+      </c>
+      <c r="H343" s="58">
+        <v>45827</v>
+      </c>
+      <c r="J343" s="58">
+        <v>46922</v>
+      </c>
+      <c r="K343" s="59" t="s">
+        <v>1863</v>
+      </c>
+    </row>
+    <row r="344" spans="1:11" ht="22.5">
+      <c r="A344" s="11">
+        <v>342</v>
+      </c>
+      <c r="B344" s="54" t="s">
+        <v>1864</v>
+      </c>
+      <c r="C344" s="54">
+        <v>40203613429</v>
+      </c>
+      <c r="D344" s="54" t="s">
+        <v>1865</v>
+      </c>
+      <c r="E344" s="54" t="s">
+        <v>1865</v>
+      </c>
+      <c r="F344" s="55" t="s">
+        <v>1866</v>
+      </c>
+      <c r="G344" s="56" t="s">
+        <v>1867</v>
+      </c>
+      <c r="H344" s="58">
+        <v>45827</v>
+      </c>
+      <c r="I344" s="62"/>
+      <c r="J344" s="58">
+        <v>46922</v>
+      </c>
+      <c r="K344" s="59" t="s">
+        <v>1868</v>
+      </c>
+    </row>
+    <row r="345" spans="1:11">
+      <c r="A345" s="11">
+        <v>343</v>
+      </c>
+      <c r="B345" s="54" t="s">
+        <v>1869</v>
+      </c>
+      <c r="C345" s="60">
+        <v>40203350263</v>
+      </c>
+      <c r="D345" s="61" t="s">
+        <v>1870</v>
+      </c>
+      <c r="E345" s="61" t="s">
+        <v>744</v>
+      </c>
+      <c r="F345" s="61" t="s">
+        <v>1871</v>
+      </c>
+      <c r="G345" s="56" t="s">
+        <v>1872</v>
+      </c>
+      <c r="H345" s="58">
+        <v>45827</v>
+      </c>
+      <c r="I345" s="60"/>
+      <c r="J345" s="58">
+        <v>46922</v>
+      </c>
+      <c r="K345" s="59" t="s">
+        <v>1873</v>
+      </c>
+    </row>
+    <row r="346" spans="1:11" ht="33.75">
+      <c r="A346" s="11">
+        <v>344</v>
+      </c>
+      <c r="B346" s="54" t="s">
+        <v>1874</v>
+      </c>
+      <c r="C346" s="63">
+        <v>40203535711</v>
+      </c>
+      <c r="D346" s="64" t="s">
+        <v>1875</v>
+      </c>
+      <c r="E346" s="64" t="s">
+        <v>1875</v>
+      </c>
+      <c r="F346" s="65" t="s">
+        <v>1876</v>
+      </c>
+      <c r="G346" s="56" t="s">
+        <v>1877</v>
+      </c>
+      <c r="H346" s="58">
+        <v>45796</v>
+      </c>
+      <c r="J346" s="58">
+        <v>46922</v>
+      </c>
+      <c r="K346" s="59" t="s">
+        <v>1878</v>
+      </c>
+    </row>
+    <row r="347" spans="1:11" ht="33.75">
+      <c r="A347" s="11">
+        <v>345</v>
+      </c>
+      <c r="B347" s="54" t="s">
+        <v>1879</v>
+      </c>
+      <c r="C347" s="63">
+        <v>40203603651</v>
+      </c>
+      <c r="D347" s="66" t="s">
+        <v>956</v>
+      </c>
+      <c r="E347" s="66" t="s">
+        <v>956</v>
+      </c>
+      <c r="F347" s="65" t="s">
+        <v>1880</v>
+      </c>
+      <c r="G347" s="56" t="s">
+        <v>1881</v>
+      </c>
+      <c r="H347" s="58">
+        <v>45797</v>
+      </c>
+      <c r="J347" s="58">
+        <v>46923</v>
+      </c>
+      <c r="K347" s="59" t="s">
+        <v>1882</v>
+      </c>
+    </row>
+    <row r="348" spans="1:11">
+      <c r="A348" s="11">
+        <v>346</v>
+      </c>
+      <c r="B348" s="54" t="s">
+        <v>1883</v>
+      </c>
+      <c r="C348" s="63">
+        <v>40203478071</v>
+      </c>
+      <c r="D348" s="66" t="s">
+        <v>1884</v>
+      </c>
+      <c r="E348" s="66" t="s">
+        <v>1885</v>
+      </c>
+      <c r="F348" s="65" t="s">
+        <v>1886</v>
+      </c>
+      <c r="G348" s="56" t="s">
+        <v>1887</v>
+      </c>
+      <c r="H348" s="58">
+        <v>45847</v>
+      </c>
+      <c r="J348" s="58">
+        <v>46942</v>
+      </c>
+      <c r="K348" s="59" t="s">
+        <v>1888</v>
+      </c>
+    </row>
+    <row r="349" spans="1:11" ht="22.5">
+      <c r="A349" s="11">
+        <v>347</v>
+      </c>
+      <c r="B349" s="54" t="s">
+        <v>1889</v>
+      </c>
+      <c r="C349" s="63">
+        <v>50203632991</v>
+      </c>
+      <c r="D349" s="66" t="s">
+        <v>1890</v>
+      </c>
+      <c r="E349" s="66" t="s">
+        <v>719</v>
+      </c>
+      <c r="F349" s="65" t="s">
+        <v>1891</v>
+      </c>
+      <c r="G349" s="56" t="s">
+        <v>1892</v>
+      </c>
+      <c r="H349" s="58">
+        <v>45853</v>
+      </c>
+      <c r="J349" s="58">
+        <v>46948</v>
+      </c>
+      <c r="K349" s="59" t="s">
+        <v>1893</v>
+      </c>
+    </row>
+    <row r="350" spans="1:11" ht="22.5">
+      <c r="A350" s="11">
+        <v>348</v>
+      </c>
+      <c r="B350" s="54" t="s">
+        <v>1894</v>
+      </c>
+      <c r="C350" s="63">
+        <v>40203095701</v>
+      </c>
+      <c r="D350" s="66" t="s">
+        <v>744</v>
+      </c>
+      <c r="E350" s="66" t="s">
+        <v>744</v>
+      </c>
+      <c r="F350" s="65" t="s">
+        <v>1895</v>
+      </c>
+      <c r="G350" s="56" t="s">
+        <v>1896</v>
+      </c>
+      <c r="H350" s="58">
+        <v>45859</v>
+      </c>
+      <c r="J350" s="58" t="s">
+        <v>1897</v>
+      </c>
+      <c r="K350" s="59" t="s">
+        <v>1898</v>
+      </c>
+    </row>
+    <row r="351" spans="1:11" ht="45">
+      <c r="A351" s="11">
+        <v>349</v>
+      </c>
+      <c r="B351" s="54" t="s">
+        <v>1899</v>
+      </c>
+      <c r="C351" s="63">
+        <v>40203647228</v>
+      </c>
+      <c r="D351" s="66" t="s">
+        <v>1753</v>
+      </c>
+      <c r="E351" s="66" t="s">
+        <v>1753</v>
+      </c>
+      <c r="F351" s="65" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G351" s="56" t="s">
+        <v>1901</v>
+      </c>
+      <c r="H351" s="58">
+        <v>45859</v>
+      </c>
+      <c r="J351" s="58">
+        <v>46954</v>
+      </c>
+      <c r="K351" s="59" t="s">
+        <v>1902</v>
+      </c>
+    </row>
+    <row r="352" spans="1:11" ht="33.75">
+      <c r="A352" s="11">
+        <v>350</v>
+      </c>
+      <c r="B352" s="54" t="s">
+        <v>1903</v>
+      </c>
+      <c r="C352" s="63">
+        <v>50103709491</v>
+      </c>
+      <c r="D352" s="66" t="s">
+        <v>1904</v>
+      </c>
+      <c r="E352" s="66" t="s">
+        <v>1904</v>
+      </c>
+      <c r="F352" s="65" t="s">
+        <v>1905</v>
+      </c>
+      <c r="G352" s="56" t="s">
+        <v>1906</v>
+      </c>
+      <c r="H352" s="58">
+        <v>45859</v>
+      </c>
+      <c r="J352" s="58">
+        <v>46954</v>
+      </c>
+      <c r="K352" s="59" t="s">
+        <v>1907</v>
+      </c>
+    </row>
+    <row r="353" spans="1:11" ht="33.75">
+      <c r="A353" s="11">
+        <v>351</v>
+      </c>
+      <c r="B353" s="54" t="s">
+        <v>1908</v>
+      </c>
+      <c r="C353" s="63">
+        <v>44103075616</v>
+      </c>
+      <c r="D353" s="66" t="s">
+        <v>1909</v>
+      </c>
+      <c r="E353" s="66" t="s">
+        <v>1910</v>
+      </c>
+      <c r="F353" s="65" t="s">
+        <v>1911</v>
+      </c>
+      <c r="G353" s="56" t="s">
+        <v>1912</v>
+      </c>
+      <c r="H353" s="58">
+        <v>45863</v>
+      </c>
+      <c r="J353" s="58">
+        <v>46958</v>
+      </c>
+      <c r="K353" s="59" t="s">
+        <v>1913</v>
+      </c>
+    </row>
+    <row r="354" spans="1:11" ht="22.5">
+      <c r="A354" s="11">
+        <v>352</v>
+      </c>
+      <c r="B354" s="54" t="s">
+        <v>1914</v>
+      </c>
+      <c r="C354" s="63">
+        <v>40203663078</v>
+      </c>
+      <c r="D354" s="66" t="s">
+        <v>1915</v>
+      </c>
+      <c r="E354" s="66" t="s">
+        <v>1916</v>
+      </c>
+      <c r="F354" s="65" t="s">
+        <v>1917</v>
+      </c>
+      <c r="G354" s="56" t="s">
+        <v>1918</v>
+      </c>
+      <c r="H354" s="58">
+        <v>45875</v>
+      </c>
+      <c r="I354" s="60"/>
+      <c r="J354" s="58">
+        <v>46970</v>
+      </c>
+      <c r="K354" s="59" t="s">
+        <v>1919</v>
+      </c>
+    </row>
+    <row r="355" spans="1:11" ht="33.75">
+      <c r="A355" s="11">
+        <v>353</v>
+      </c>
+      <c r="B355" s="54" t="s">
+        <v>1920</v>
+      </c>
+      <c r="C355" s="63">
+        <v>40203659852</v>
+      </c>
+      <c r="D355" s="66" t="s">
+        <v>1921</v>
+      </c>
+      <c r="E355" s="66" t="s">
+        <v>1922</v>
+      </c>
+      <c r="F355" s="65" t="s">
+        <v>1923</v>
+      </c>
+      <c r="G355" s="56" t="s">
+        <v>1924</v>
+      </c>
+      <c r="H355" s="58">
+        <v>45875</v>
+      </c>
+      <c r="J355" s="58">
+        <v>46970</v>
+      </c>
+      <c r="K355" s="59" t="s">
+        <v>1925</v>
+      </c>
+    </row>
+    <row r="356" spans="1:11" ht="22.5">
+      <c r="A356" s="11">
+        <v>354</v>
+      </c>
+      <c r="B356" s="54" t="s">
+        <v>1926</v>
+      </c>
+      <c r="C356" s="63">
+        <v>40203111071</v>
+      </c>
+      <c r="D356" s="66" t="s">
+        <v>1927</v>
+      </c>
+      <c r="E356" s="66" t="s">
+        <v>1927</v>
+      </c>
+      <c r="F356" s="65" t="s">
+        <v>1928</v>
+      </c>
+      <c r="G356" s="56" t="s">
+        <v>1929</v>
+      </c>
+      <c r="H356" s="58">
+        <v>45880</v>
+      </c>
+      <c r="I356" s="60"/>
+      <c r="J356" s="58">
+        <v>46975</v>
+      </c>
+      <c r="K356" s="59" t="s">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="357" spans="1:11" ht="33.75">
+      <c r="A357" s="11">
+        <v>355</v>
+      </c>
+      <c r="B357" s="54" t="s">
+        <v>1931</v>
+      </c>
+      <c r="C357" s="63">
+        <v>40203662763</v>
+      </c>
+      <c r="D357" s="66" t="s">
+        <v>1932</v>
+      </c>
+      <c r="E357" s="66" t="s">
+        <v>1932</v>
+      </c>
+      <c r="F357" s="65" t="s">
+        <v>1933</v>
+      </c>
+      <c r="G357" s="56" t="s">
+        <v>1934</v>
+      </c>
+      <c r="H357" s="58">
+        <v>45880</v>
+      </c>
+      <c r="I357" s="62"/>
+      <c r="J357" s="58">
+        <v>46975</v>
+      </c>
+      <c r="K357" s="59" t="s">
+        <v>1935</v>
+      </c>
+    </row>
+    <row r="358" spans="1:11" ht="22.5">
+      <c r="A358" s="11">
+        <v>356</v>
+      </c>
+      <c r="B358" s="67" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C358" s="68" t="s">
+        <v>1937</v>
+      </c>
+      <c r="D358" s="68" t="s">
+        <v>1938</v>
+      </c>
+      <c r="E358" s="68" t="s">
+        <v>1938</v>
+      </c>
+      <c r="F358" s="65" t="s">
+        <v>1939</v>
+      </c>
+      <c r="G358" s="56" t="s">
+        <v>1940</v>
+      </c>
+      <c r="H358" s="58">
+        <v>45890</v>
+      </c>
+      <c r="J358" s="58">
+        <v>46985</v>
+      </c>
+      <c r="K358" s="59" t="s">
+        <v>1941</v>
+      </c>
+    </row>
+    <row r="359" spans="1:11" ht="22.5">
+      <c r="A359" s="11">
+        <v>357</v>
+      </c>
+      <c r="B359" s="66" t="s">
+        <v>1942</v>
+      </c>
+      <c r="C359" s="66">
+        <v>40203656979</v>
+      </c>
+      <c r="D359" s="66" t="s">
+        <v>1943</v>
+      </c>
+      <c r="E359" s="66" t="s">
+        <v>1943</v>
+      </c>
+      <c r="F359" s="65" t="s">
+        <v>1944</v>
+      </c>
+      <c r="G359" s="56" t="s">
+        <v>1945</v>
+      </c>
+      <c r="H359" s="58">
+        <v>45890</v>
+      </c>
+      <c r="J359" s="58">
+        <v>46985</v>
+      </c>
+      <c r="K359" s="59" t="s">
+        <v>1946</v>
+      </c>
+    </row>
+    <row r="360" spans="1:11" ht="22.5">
+      <c r="A360" s="11">
+        <v>358</v>
+      </c>
+      <c r="B360" s="66" t="s">
+        <v>1947</v>
+      </c>
+      <c r="C360" s="66">
+        <v>40203160452</v>
+      </c>
+      <c r="D360" s="64" t="s">
+        <v>1948</v>
+      </c>
+      <c r="E360" s="64" t="s">
+        <v>1949</v>
+      </c>
+      <c r="F360" s="65" t="s">
+        <v>1950</v>
+      </c>
+      <c r="G360" s="56" t="s">
+        <v>1951</v>
+      </c>
+      <c r="H360" s="58">
+        <v>45890</v>
+      </c>
+      <c r="J360" s="58">
+        <v>46985</v>
+      </c>
+      <c r="K360" s="59" t="s">
+        <v>1952</v>
+      </c>
+    </row>
+    <row r="361" spans="1:11">
+      <c r="A361" s="11">
+        <v>359</v>
+      </c>
+      <c r="B361" s="66" t="s">
+        <v>1953</v>
+      </c>
+      <c r="C361" s="66">
+        <v>40203147312</v>
+      </c>
+      <c r="D361" s="66" t="s">
+        <v>1954</v>
+      </c>
+      <c r="E361" s="66" t="s">
+        <v>1954</v>
+      </c>
+      <c r="F361" s="65" t="s">
+        <v>1955</v>
+      </c>
+      <c r="G361" s="56" t="s">
+        <v>1956</v>
+      </c>
+      <c r="H361" s="58">
+        <v>45895</v>
+      </c>
+      <c r="J361" s="58">
+        <v>46990</v>
+      </c>
+      <c r="K361" s="59" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="362" spans="1:11" ht="33.75">
+      <c r="A362" s="11">
+        <v>360</v>
+      </c>
+      <c r="B362" s="66" t="s">
+        <v>1958</v>
+      </c>
+      <c r="C362" s="66">
+        <v>40203536934</v>
+      </c>
+      <c r="D362" s="66" t="s">
+        <v>1959</v>
+      </c>
+      <c r="E362" s="64" t="s">
+        <v>1960</v>
+      </c>
+      <c r="F362" s="65" t="s">
+        <v>1961</v>
+      </c>
+      <c r="G362" s="61" t="s">
+        <v>1962</v>
+      </c>
+      <c r="H362" s="58">
+        <v>45895</v>
+      </c>
+      <c r="I362" s="60"/>
+      <c r="J362" s="58">
+        <v>46990</v>
+      </c>
+      <c r="K362" s="59" t="s">
+        <v>1963</v>
+      </c>
+    </row>
+    <row r="363" spans="1:11" ht="33.75">
+      <c r="A363" s="11">
+        <v>361</v>
+      </c>
+      <c r="B363" s="61" t="s">
+        <v>1964</v>
+      </c>
+      <c r="C363" s="66">
+        <v>40103990744</v>
+      </c>
+      <c r="D363" s="66" t="s">
+        <v>1965</v>
+      </c>
+      <c r="E363" s="66" t="s">
+        <v>1965</v>
+      </c>
+      <c r="F363" s="65" t="s">
+        <v>1966</v>
+      </c>
+      <c r="G363" s="61" t="s">
+        <v>1967</v>
+      </c>
+      <c r="H363" s="58">
+        <v>45910</v>
+      </c>
+      <c r="J363" s="58">
+        <v>47005</v>
+      </c>
+      <c r="K363" s="59" t="s">
+        <v>1968</v>
+      </c>
+    </row>
+    <row r="364" spans="1:11" ht="67.5">
+      <c r="A364" s="11">
+        <v>362</v>
+      </c>
+      <c r="B364" s="61" t="s">
+        <v>1969</v>
+      </c>
+      <c r="C364" s="66">
+        <v>40203662123</v>
+      </c>
+      <c r="D364" s="66" t="s">
+        <v>1970</v>
+      </c>
+      <c r="E364" s="64" t="s">
+        <v>1971</v>
+      </c>
+      <c r="F364" s="59" t="s">
+        <v>1972</v>
+      </c>
+      <c r="G364" s="69" t="s">
+        <v>1973</v>
+      </c>
+      <c r="H364" s="58">
+        <v>45916</v>
+      </c>
+      <c r="J364" s="58">
+        <v>47011</v>
+      </c>
+      <c r="K364" s="59" t="s">
+        <v>1974</v>
+      </c>
+    </row>
+    <row r="365" spans="1:11" ht="33.75">
+      <c r="A365" s="11">
+        <v>363</v>
+      </c>
+      <c r="B365" s="61" t="s">
+        <v>1975</v>
+      </c>
+      <c r="C365" s="66">
+        <v>40203414206</v>
+      </c>
+      <c r="D365" s="66" t="s">
+        <v>1976</v>
+      </c>
+      <c r="E365" s="66" t="s">
+        <v>1976</v>
+      </c>
+      <c r="F365" s="65" t="s">
+        <v>1977</v>
+      </c>
+      <c r="G365" s="69" t="s">
+        <v>1978</v>
+      </c>
+      <c r="H365" s="58">
+        <v>45918</v>
+      </c>
+      <c r="J365" s="58">
+        <v>47013</v>
+      </c>
+      <c r="K365" s="59" t="s">
+        <v>1979</v>
+      </c>
+    </row>
+    <row r="366" spans="1:11">
+      <c r="A366" s="11">
+        <v>364</v>
+      </c>
+      <c r="B366" s="61" t="s">
+        <v>1980</v>
+      </c>
+      <c r="C366" s="66">
+        <v>40203579519</v>
+      </c>
+      <c r="D366" s="66" t="s">
+        <v>1981</v>
+      </c>
+      <c r="E366" s="64" t="s">
+        <v>1982</v>
+      </c>
+      <c r="F366" s="65" t="s">
+        <v>1983</v>
+      </c>
+      <c r="G366" s="69" t="s">
+        <v>1984</v>
+      </c>
+      <c r="H366" s="58">
+        <v>45918</v>
+      </c>
+      <c r="J366" s="58">
+        <v>47013</v>
+      </c>
+      <c r="K366" s="59" t="s">
+        <v>1985</v>
+      </c>
+    </row>
+    <row r="367" spans="1:11" ht="22.5">
+      <c r="A367" s="11">
+        <v>365</v>
+      </c>
+      <c r="B367" s="61" t="s">
+        <v>1986</v>
+      </c>
+      <c r="C367" s="66">
+        <v>40203642466</v>
+      </c>
+      <c r="D367" s="61" t="s">
+        <v>1987</v>
+      </c>
+      <c r="E367" s="61" t="s">
+        <v>1988</v>
+      </c>
+      <c r="F367" s="65" t="s">
+        <v>1989</v>
+      </c>
+      <c r="G367" s="61" t="s">
+        <v>1990</v>
+      </c>
+      <c r="H367" s="58">
+        <v>45938</v>
+      </c>
+      <c r="J367" s="58">
+        <v>47033</v>
+      </c>
+      <c r="K367" s="59" t="s">
+        <v>1991</v>
+      </c>
+    </row>
+    <row r="368" spans="1:11" ht="22.5">
+      <c r="A368" s="11">
+        <v>366</v>
+      </c>
+      <c r="B368" s="61" t="s">
+        <v>1992</v>
+      </c>
+      <c r="C368" s="66">
+        <v>40203676369</v>
+      </c>
+      <c r="D368" s="61" t="s">
+        <v>805</v>
+      </c>
+      <c r="E368" s="61" t="s">
+        <v>805</v>
+      </c>
+      <c r="F368" s="65" t="s">
+        <v>1993</v>
+      </c>
+      <c r="G368" s="61" t="s">
+        <v>1994</v>
+      </c>
+      <c r="H368" s="58">
+        <v>45938</v>
+      </c>
+      <c r="J368" s="58">
+        <v>47033</v>
+      </c>
+      <c r="K368" s="59" t="s">
+        <v>1995</v>
+      </c>
+    </row>
+    <row r="369" spans="1:11">
+      <c r="A369" s="11">
+        <v>367</v>
+      </c>
+      <c r="B369" s="61" t="s">
+        <v>1996</v>
+      </c>
+      <c r="C369" s="66">
+        <v>40103389788</v>
+      </c>
+      <c r="D369" s="66" t="s">
+        <v>1997</v>
+      </c>
+      <c r="E369" s="61" t="s">
+        <v>1998</v>
+      </c>
+      <c r="F369" s="65" t="s">
+        <v>1999</v>
+      </c>
+      <c r="G369" s="69" t="s">
+        <v>2000</v>
+      </c>
+      <c r="H369" s="58">
+        <v>45938</v>
+      </c>
+      <c r="J369" s="58">
+        <v>47033</v>
+      </c>
+      <c r="K369" s="59" t="s">
+        <v>1991</v>
+      </c>
+    </row>
+    <row r="370" spans="1:11" ht="45">
+      <c r="A370" s="11">
+        <v>368</v>
+      </c>
+      <c r="B370" s="61" t="s">
+        <v>2001</v>
+      </c>
+      <c r="C370" s="66">
+        <v>40103834089</v>
+      </c>
+      <c r="D370" s="61" t="s">
+        <v>2002</v>
+      </c>
+      <c r="E370" s="61" t="s">
+        <v>2002</v>
+      </c>
+      <c r="F370" s="59" t="s">
+        <v>2003</v>
+      </c>
+      <c r="G370" s="61" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H370" s="58">
+        <v>45938</v>
+      </c>
+      <c r="J370" s="58">
+        <v>47033</v>
+      </c>
+      <c r="K370" s="59" t="s">
+        <v>2005</v>
+      </c>
+    </row>
+    <row r="371" spans="1:11" ht="34.5">
+      <c r="A371" s="11">
+        <v>369</v>
+      </c>
+      <c r="B371" s="61" t="s">
+        <v>2006</v>
+      </c>
+      <c r="C371" s="66">
+        <v>40203678641</v>
+      </c>
+      <c r="D371" s="61" t="s">
+        <v>2007</v>
+      </c>
+      <c r="E371" s="61" t="s">
+        <v>1904</v>
+      </c>
+      <c r="F371" s="59" t="s">
+        <v>2008</v>
+      </c>
+      <c r="G371" s="61" t="s">
+        <v>2009</v>
+      </c>
+      <c r="H371" s="58">
+        <v>45940</v>
+      </c>
+      <c r="J371" s="58">
+        <v>47035</v>
+      </c>
+      <c r="K371" s="70" t="s">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="372" spans="1:11" ht="22.5">
+      <c r="A372" s="11">
+        <v>370</v>
+      </c>
+      <c r="B372" s="61" t="s">
+        <v>2011</v>
+      </c>
+      <c r="C372" s="66">
+        <v>40203594202</v>
+      </c>
+      <c r="D372" s="61" t="s">
         <v>94</v>
       </c>
-      <c r="F329" s="16" t="s">
-[...1367 lines deleted...]
-      <c r="K371" s="54" t="s">
+      <c r="E372" s="61" t="s">
+        <v>94</v>
+      </c>
+      <c r="F372" s="59" t="s">
         <v>2012</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B372" s="56" t="s">
+      <c r="G372" s="61" t="s">
         <v>2013</v>
       </c>
-      <c r="C372" s="56">
-[...2 lines deleted...]
-      <c r="D372" s="56" t="s">
+      <c r="H372" s="58">
+        <v>45953</v>
+      </c>
+      <c r="J372" s="58">
+        <v>47048</v>
+      </c>
+      <c r="K372" s="59" t="s">
         <v>2014</v>
       </c>
-      <c r="E372" s="56" t="s">
-[...2 lines deleted...]
-      <c r="F372" s="59" t="s">
+    </row>
+    <row r="373" spans="1:11" ht="33.75">
+      <c r="A373" s="11">
+        <v>371</v>
+      </c>
+      <c r="B373" s="61" t="s">
         <v>2015</v>
       </c>
-      <c r="G372" s="51" t="s">
+      <c r="C373" s="66">
+        <v>40203679469</v>
+      </c>
+      <c r="D373" s="61" t="s">
         <v>2016</v>
       </c>
-      <c r="H372" s="53">
-[...5 lines deleted...]
-      <c r="K372" s="54" t="s">
+      <c r="E373" s="61" t="s">
+        <v>2016</v>
+      </c>
+      <c r="F373" s="59" t="s">
         <v>2017</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B373" s="56" t="s">
+      <c r="G373" s="61" t="s">
         <v>2018</v>
       </c>
-      <c r="C373" s="56">
-[...2 lines deleted...]
-      <c r="D373" s="54" t="s">
+      <c r="H373" s="58">
+        <v>45953</v>
+      </c>
+      <c r="J373" s="58">
+        <v>47048</v>
+      </c>
+      <c r="K373" s="59" t="s">
         <v>2019</v>
       </c>
-      <c r="E373" s="54" t="s">
+    </row>
+    <row r="374" spans="1:11" ht="23.25">
+      <c r="A374" s="11">
+        <v>372</v>
+      </c>
+      <c r="B374" s="61" t="s">
         <v>2020</v>
       </c>
-      <c r="F373" s="59" t="s">
+      <c r="C374" s="66">
+        <v>40203260152</v>
+      </c>
+      <c r="D374" s="59" t="s">
         <v>2021</v>
       </c>
-      <c r="G373" s="51" t="s">
+      <c r="E374" s="59" t="s">
         <v>2022</v>
       </c>
-      <c r="H373" s="53">
-[...5 lines deleted...]
-      <c r="K373" s="54" t="s">
+      <c r="F374" s="61" t="s">
         <v>2023</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B374" s="56" t="s">
+      <c r="G374" s="61" t="s">
         <v>2024</v>
       </c>
-      <c r="C374" s="56">
-[...2 lines deleted...]
-      <c r="D374" s="56" t="s">
+      <c r="H374" s="58">
+        <v>45953</v>
+      </c>
+      <c r="J374" s="58">
+        <v>47048</v>
+      </c>
+      <c r="K374" s="70" t="s">
         <v>2025</v>
       </c>
-      <c r="E374" s="56" t="s">
-[...2 lines deleted...]
-      <c r="F374" s="59" t="s">
+    </row>
+    <row r="375" spans="1:11" ht="33.75">
+      <c r="A375" s="11">
+        <v>373</v>
+      </c>
+      <c r="B375" s="61" t="s">
         <v>2026</v>
       </c>
-      <c r="G374" s="51" t="s">
+      <c r="C375" s="66">
+        <v>40203683267</v>
+      </c>
+      <c r="D375" s="61" t="s">
         <v>2027</v>
       </c>
-      <c r="H374" s="53">
-[...5 lines deleted...]
-      <c r="K374" s="54" t="s">
+      <c r="E375" s="61" t="s">
+        <v>2027</v>
+      </c>
+      <c r="F375" s="59" t="s">
         <v>2028</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B375" s="56" t="s">
+      <c r="G375" s="61" t="s">
         <v>2029</v>
       </c>
-      <c r="C375" s="56">
-[...2 lines deleted...]
-      <c r="D375" s="56" t="s">
+      <c r="H375" s="58">
+        <v>45954</v>
+      </c>
+      <c r="J375" s="58">
+        <v>47049</v>
+      </c>
+      <c r="K375" s="59" t="s">
         <v>2030</v>
       </c>
-      <c r="E375" s="54" t="s">
+    </row>
+    <row r="376" spans="1:11" ht="22.5">
+      <c r="A376" s="11">
+        <v>374</v>
+      </c>
+      <c r="B376" s="61" t="s">
         <v>2031</v>
       </c>
-      <c r="F375" s="59" t="s">
+      <c r="C376" s="66">
+        <v>40203532039</v>
+      </c>
+      <c r="D376" s="61" t="s">
         <v>2032</v>
       </c>
-      <c r="G375" s="56" t="s">
+      <c r="E376" s="61" t="s">
+        <v>462</v>
+      </c>
+      <c r="F376" s="59" t="s">
         <v>2033</v>
       </c>
-      <c r="H375" s="53">
-[...6 lines deleted...]
-      <c r="K375" s="54" t="s">
+      <c r="G376" s="61" t="s">
         <v>2034</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B376" s="56" t="s">
+      <c r="H376" s="58">
+        <v>45957</v>
+      </c>
+      <c r="J376" s="58">
+        <v>47052</v>
+      </c>
+      <c r="K376" s="59" t="s">
         <v>2035</v>
       </c>
-      <c r="C376" s="56">
-[...2 lines deleted...]
-      <c r="D376" s="56" t="s">
+    </row>
+    <row r="377" spans="1:11" ht="45">
+      <c r="A377" s="11">
+        <v>375</v>
+      </c>
+      <c r="B377" s="61" t="s">
         <v>2036</v>
       </c>
-      <c r="E376" s="56" t="s">
-[...2 lines deleted...]
-      <c r="F376" s="59" t="s">
+      <c r="C377" s="66">
+        <v>50003393191</v>
+      </c>
+      <c r="D377" s="61" t="s">
         <v>2037</v>
       </c>
-      <c r="G376" s="56" t="s">
+      <c r="E377" s="61" t="s">
+        <v>2037</v>
+      </c>
+      <c r="F377" s="59" t="s">
         <v>2038</v>
       </c>
-      <c r="H376" s="53">
-[...5 lines deleted...]
-      <c r="K376" s="54" t="s">
+      <c r="G377" s="61" t="s">
         <v>2039</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B377" s="56" t="s">
+      <c r="H377" s="58">
+        <v>45957</v>
+      </c>
+      <c r="J377" s="58">
+        <v>47052</v>
+      </c>
+      <c r="K377" s="59" t="s">
         <v>2040</v>
       </c>
-      <c r="C377" s="56">
-[...2 lines deleted...]
-      <c r="D377" s="56" t="s">
+    </row>
+    <row r="378" spans="1:11" ht="33.75">
+      <c r="A378" s="11">
+        <v>376</v>
+      </c>
+      <c r="B378" s="61" t="s">
         <v>2041</v>
       </c>
-      <c r="E377" s="54" t="s">
+      <c r="C378" s="66">
+        <v>40203543704</v>
+      </c>
+      <c r="D378" s="61" t="s">
         <v>2042</v>
       </c>
-      <c r="F377" s="54" t="s">
+      <c r="E378" s="61" t="s">
+        <v>2042</v>
+      </c>
+      <c r="F378" s="61" t="s">
         <v>2043</v>
       </c>
-      <c r="G377" s="62" t="s">
+      <c r="G378" s="61" t="s">
         <v>2044</v>
       </c>
-      <c r="H377" s="53">
-[...5 lines deleted...]
-      <c r="K377" s="54" t="s">
+      <c r="H378" s="58">
+        <v>45957</v>
+      </c>
+      <c r="J378" s="58">
+        <v>47052</v>
+      </c>
+      <c r="K378" s="59" t="s">
         <v>2045</v>
       </c>
     </row>
-    <row r="378" spans="1:11" ht="33.75">
-[...3 lines deleted...]
-      <c r="B378" s="56" t="s">
+    <row r="379" spans="1:11" ht="33.75">
+      <c r="A379" s="11">
+        <v>377</v>
+      </c>
+      <c r="B379" s="61" t="s">
         <v>2046</v>
       </c>
-      <c r="C378" s="56">
-[...2 lines deleted...]
-      <c r="D378" s="56" t="s">
+      <c r="C379" s="66">
+        <v>40003375103</v>
+      </c>
+      <c r="D379" s="59" t="s">
         <v>2047</v>
       </c>
-      <c r="E378" s="56" t="s">
+      <c r="E379" s="59" t="s">
         <v>2047</v>
       </c>
-      <c r="F378" s="59" t="s">
+      <c r="F379" s="59" t="s">
         <v>2048</v>
       </c>
-      <c r="G378" s="62" t="s">
+      <c r="G379" s="61" t="s">
         <v>2049</v>
       </c>
-      <c r="H378" s="53">
-[...5 lines deleted...]
-      <c r="K378" s="54" t="s">
+      <c r="H379" s="58">
+        <v>45957</v>
+      </c>
+      <c r="J379" s="58">
+        <v>47052</v>
+      </c>
+      <c r="K379" s="59" t="s">
+        <v>2035</v>
+      </c>
+    </row>
+    <row r="380" spans="1:11" ht="33.75">
+      <c r="A380" s="11">
+        <v>378</v>
+      </c>
+      <c r="B380" s="61" t="s">
         <v>2050</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B379" s="56" t="s">
+      <c r="C380" s="66">
+        <v>50203645661</v>
+      </c>
+      <c r="D380" s="61" t="s">
         <v>2051</v>
       </c>
-      <c r="C379" s="56">
-[...2 lines deleted...]
-      <c r="D379" s="56" t="s">
+      <c r="E380" s="61" t="s">
         <v>2052</v>
       </c>
-      <c r="E379" s="54" t="s">
+      <c r="F380" s="59" t="s">
         <v>2053</v>
       </c>
-      <c r="F379" s="59" t="s">
+      <c r="G380" s="61" t="s">
         <v>2054</v>
       </c>
-      <c r="G379" s="62" t="s">
+      <c r="H380" s="58">
+        <v>45961</v>
+      </c>
+      <c r="J380" s="58">
+        <v>47056</v>
+      </c>
+      <c r="K380" s="59" t="s">
         <v>2055</v>
       </c>
-      <c r="H379" s="53">
-[...5 lines deleted...]
-      <c r="K379" s="54" t="s">
+    </row>
+    <row r="381" spans="1:11" ht="22.5">
+      <c r="A381" s="11">
+        <v>379</v>
+      </c>
+      <c r="B381" s="61" t="s">
         <v>2056</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B380" s="56" t="s">
+      <c r="C381" s="66">
+        <v>40203668925</v>
+      </c>
+      <c r="D381" s="61" t="s">
         <v>2057</v>
       </c>
-      <c r="C380" s="56">
-[...2 lines deleted...]
-      <c r="D380" s="56" t="s">
+      <c r="E381" s="61" t="s">
+        <v>2057</v>
+      </c>
+      <c r="F381" s="59" t="s">
         <v>2058</v>
       </c>
-      <c r="E380" s="56" t="s">
+      <c r="G381" s="61" t="s">
         <v>2059</v>
       </c>
-      <c r="F380" s="59" t="s">
+      <c r="H381" s="58">
+        <v>45967</v>
+      </c>
+      <c r="J381" s="58">
+        <v>47062</v>
+      </c>
+      <c r="K381" s="59" t="s">
         <v>2060</v>
       </c>
-      <c r="G380" s="56" t="s">
+    </row>
+    <row r="382" spans="1:11" ht="22.5">
+      <c r="A382" s="11">
+        <v>380</v>
+      </c>
+      <c r="B382" s="61" t="s">
         <v>2061</v>
       </c>
-      <c r="H380" s="53">
-[...5 lines deleted...]
-      <c r="K380" s="54" t="s">
+      <c r="C382" s="66">
+        <v>40203680006</v>
+      </c>
+      <c r="D382" s="61" t="s">
         <v>2062</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B381" s="56" t="s">
+      <c r="E382" s="61" t="s">
         <v>2063</v>
       </c>
-      <c r="C381" s="56">
-[...8 lines deleted...]
-      <c r="F381" s="59" t="s">
+      <c r="F382" s="59" t="s">
         <v>2064</v>
       </c>
-      <c r="G381" s="56" t="s">
+      <c r="G382" s="61" t="s">
         <v>2065</v>
       </c>
-      <c r="H381" s="53">
-[...5 lines deleted...]
-      <c r="K381" s="54" t="s">
+      <c r="H382" s="58">
+        <v>45974</v>
+      </c>
+      <c r="J382" s="58">
+        <v>45973</v>
+      </c>
+      <c r="K382" s="59" t="s">
         <v>2066</v>
       </c>
     </row>
-    <row r="382" spans="1:11">
-[...3 lines deleted...]
-      <c r="B382" s="56" t="s">
+    <row r="383" spans="1:11" ht="22.5">
+      <c r="A383" s="11">
+        <v>381</v>
+      </c>
+      <c r="B383" s="61" t="s">
         <v>2067</v>
       </c>
-      <c r="C382" s="56">
-[...2 lines deleted...]
-      <c r="D382" s="56" t="s">
+      <c r="C383" s="66">
+        <v>40203673752</v>
+      </c>
+      <c r="D383" s="61" t="s">
         <v>2068</v>
       </c>
-      <c r="E382" s="56" t="s">
+      <c r="E383" s="61" t="s">
         <v>2069</v>
       </c>
-      <c r="F382" s="59" t="s">
+      <c r="F383" s="59" t="s">
         <v>2070</v>
       </c>
-      <c r="G382" s="62" t="s">
+      <c r="G383" s="61" t="s">
         <v>2071</v>
       </c>
-      <c r="H382" s="53">
-[...13 lines deleted...]
-      <c r="B383" s="56" t="s">
+      <c r="H383" s="58">
+        <v>45974</v>
+      </c>
+      <c r="J383" s="58">
+        <v>45973</v>
+      </c>
+      <c r="K383" s="59" t="s">
         <v>2072</v>
       </c>
-      <c r="C383" s="56">
-[...2 lines deleted...]
-      <c r="D383" s="56" t="s">
+    </row>
+    <row r="384" spans="1:11" ht="33.75">
+      <c r="A384" s="11">
+        <v>382</v>
+      </c>
+      <c r="B384" s="61" t="s">
         <v>2073</v>
       </c>
-      <c r="E383" s="56" t="s">
-[...2 lines deleted...]
-      <c r="F383" s="54" t="s">
+      <c r="C384" s="66">
+        <v>40203684949</v>
+      </c>
+      <c r="D384" s="61" t="s">
         <v>2074</v>
       </c>
-      <c r="G383" s="56" t="s">
+      <c r="E384" s="61" t="s">
+        <v>2074</v>
+      </c>
+      <c r="F384" s="59" t="s">
         <v>2075</v>
       </c>
-      <c r="H383" s="53">
-[...5 lines deleted...]
-      <c r="K383" s="54" t="s">
+      <c r="G384" s="61" t="s">
         <v>2076</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B384" s="56" t="s">
+      <c r="H384" s="58">
+        <v>45974</v>
+      </c>
+      <c r="J384" s="58">
+        <v>45973</v>
+      </c>
+      <c r="K384" s="59" t="s">
         <v>2077</v>
       </c>
-      <c r="C384" s="56">
-[...2 lines deleted...]
-      <c r="D384" s="56" t="s">
+    </row>
+    <row r="385" spans="1:11" ht="33.75">
+      <c r="A385" s="11">
+        <v>383</v>
+      </c>
+      <c r="B385" s="61" t="s">
         <v>2078</v>
       </c>
-      <c r="E384" s="56" t="s">
-[...2 lines deleted...]
-      <c r="F384" s="54" t="s">
+      <c r="C385" s="66">
+        <v>40203160274</v>
+      </c>
+      <c r="D385" s="61" t="s">
         <v>2079</v>
       </c>
-      <c r="G384" s="56" t="s">
+      <c r="E385" s="59" t="s">
         <v>2080</v>
       </c>
-      <c r="H384" s="53">
-[...5 lines deleted...]
-      <c r="K384" s="63" t="s">
+      <c r="F385" s="59" t="s">
         <v>2081</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B385" s="56" t="s">
+      <c r="G385" s="61" t="s">
         <v>2082</v>
       </c>
-      <c r="C385" s="56">
-[...8 lines deleted...]
-      <c r="F385" s="54" t="s">
+      <c r="H385" s="58">
+        <v>45974</v>
+      </c>
+      <c r="J385" s="58">
+        <v>45973</v>
+      </c>
+      <c r="K385" s="59" t="s">
         <v>2083</v>
       </c>
-      <c r="G385" s="56" t="s">
+    </row>
+    <row r="386" spans="1:11" ht="56.25">
+      <c r="A386" s="11">
+        <v>384</v>
+      </c>
+      <c r="B386" s="61" t="s">
         <v>2084</v>
       </c>
-      <c r="H385" s="53">
-[...5 lines deleted...]
-      <c r="K385" s="54" t="s">
+      <c r="C386" s="66">
+        <v>40203299974</v>
+      </c>
+      <c r="D386" s="61" t="s">
+        <v>111</v>
+      </c>
+      <c r="E386" s="61" t="s">
+        <v>111</v>
+      </c>
+      <c r="F386" s="59" t="s">
         <v>2085</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B386" s="56" t="s">
+      <c r="G386" s="61" t="s">
         <v>2086</v>
       </c>
-      <c r="C386" s="56">
-[...2 lines deleted...]
-      <c r="D386" s="56" t="s">
+      <c r="H386" s="58">
+        <v>45981</v>
+      </c>
+      <c r="J386" s="58">
+        <v>47076</v>
+      </c>
+      <c r="K386" s="59" t="s">
         <v>2087</v>
       </c>
-      <c r="E386" s="56" t="s">
-[...2 lines deleted...]
-      <c r="F386" s="54" t="s">
+    </row>
+    <row r="387" spans="1:11" ht="45">
+      <c r="A387" s="11">
+        <v>385</v>
+      </c>
+      <c r="B387" s="61" t="s">
         <v>2088</v>
       </c>
-      <c r="G386" s="56" t="s">
+      <c r="C387" s="66">
+        <v>40203686418</v>
+      </c>
+      <c r="D387" s="61" t="s">
         <v>2089</v>
       </c>
-      <c r="H386" s="53">
-[...5 lines deleted...]
-      <c r="K386" s="54" t="s">
+      <c r="E387" s="61" t="s">
         <v>2090</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B387" s="56" t="s">
+      <c r="F387" s="59" t="s">
         <v>2091</v>
       </c>
-      <c r="C387" s="56">
-[...2 lines deleted...]
-      <c r="D387" s="54" t="s">
+      <c r="G387" s="61" t="s">
+        <v>2086</v>
+      </c>
+      <c r="H387" s="58">
+        <v>45982</v>
+      </c>
+      <c r="J387" s="58">
+        <v>45981</v>
+      </c>
+      <c r="K387" s="59" t="s">
         <v>2092</v>
-      </c>
-[...48 lines deleted...]
-        <v>2101</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="F66" r:id="rId1" display="mailto:info@qbis.lv" xr:uid="{FBE90D03-FF8B-48D4-8983-08D673C18D6F}"/>
+    <hyperlink ref="F66" r:id="rId1" display="mailto:info@qbis.lv" xr:uid="{443DADB3-142D-4BCD-A37D-97DA531FB698}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>