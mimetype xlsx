--- v2 (2025-12-07)
+++ v3 (2026-01-02)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20338"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{34F002F3-958D-4CD8-8025-CF4368F77995}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6265276D-067D-4257-A505-46C81C70944B}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="22260" windowHeight="12645" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2391" uniqueCount="2093">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2450" uniqueCount="2143">
   <si>
     <t xml:space="preserve">Komersanti, kas saņēmuši Nodarbinātības valsts aģentūras licenci darbiekārtošanas pakalpojumu sniegšanai </t>
   </si>
   <si>
     <t>N.p.k.</t>
   </si>
   <si>
     <t>Darbiekārtošanas pakalpojumu sniedzējs nosaukums (firma)</t>
   </si>
   <si>
     <t>Reģ.Nr.</t>
   </si>
   <si>
     <t>Juridiskā adrese</t>
   </si>
   <si>
     <t>Darbības vietas adrese</t>
   </si>
   <si>
     <t>Kontaktinformācija</t>
   </si>
   <si>
     <t>Licences Nr.</t>
   </si>
   <si>
@@ -176,51 +176,51 @@
 (+370) 68614999.
 E-pasta adrese: liva@adantus.eu;
 arunas@advantus.lt. Mājas lapa: www.personnelsolutions.lv   </t>
   </si>
   <si>
     <t>26/2015</t>
   </si>
   <si>
     <t>Amerikas Savienotās Valstis (1.b) - 12.05.2016. Latvija, Lietuva (2) - 10.12.2015. 
 Nīderlande, Norvēģija (1.c) - 12.05.2016.
 Lietuva (1.b, 1.c) – 12.05.2016., Lielbritānija (1.C, 2) - 26.09.2022.</t>
   </si>
   <si>
     <t>Agence</t>
   </si>
   <si>
     <t>Kungu iela 8, Rīga</t>
   </si>
   <si>
     <t xml:space="preserve">Tālr. Nr.20025263. E-pasta adrese: info@agence.lv      Biroja darba laiks: no plkst.8.00 līdz plkst.17.00          </t>
   </si>
   <si>
     <t>89/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">Latvija (2) - 24.09.2019. Austrija, Armēnija, Azerbaidžāna, Andora, Albānija, Bulgārija, Beļģija, Baltkrievija, Bosnija un Hecegovina, Čehija, Dānija, Francija, Gruzija, Grieķija, Horvātija, Itālija, Igaunija, Īrija, Islande, Kipra, Kazahstāna, Kosova, Kreivija, Lietuva, Lielbritānija, Luksemburga, Lihtenšteina, Malta, Melnkalne, Monako, Moldova, Nīderlande, Norvēģija, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Serbija, Spānija, Šveice, Turcija, Ungārija, Ukraina, Vācija, Zviedrija, Ziemeļmaķedonija (2) - 18.05.2020.       </t>
+    <t xml:space="preserve">Latvija (2) - 24.09.2019. Austrija, Armēnija, Azerbaidžāna, Andora, Albānija, Bulgārija, Beļģija, Baltkrievija, Bosnija un Hecegovina, Čehija, Dānija, Francija, Gruzija, Grieķija, Horvātija, Itālija, Igaunija, Īrija, Islande, Kipra, Kazahstāna, Kosova, Krievija, Lietuva, Lielbritānija, Luksemburga, Lihtenšteina, Malta, Melnkalne, Monako, Moldova, Nīderlande, Norvēģija, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Serbija, Spānija, Šveice, Turcija, Ungārija, Ukraina, Vācija, Zviedrija, Ziemeļmaķedonija (2) - 18.05.2020.       </t>
   </si>
   <si>
     <t>Alisanda Plus</t>
   </si>
   <si>
     <t>40103347017</t>
   </si>
   <si>
     <t>Ģertrūdes iela 33/35-1, Rīga</t>
   </si>
   <si>
     <t>Tālr. Nr.27844388. Tālr./faksa Nr. 67506188. E-pasta adrese: jobs@alisandaplus.lv,  alisandaplus@alisandaplus.lv. Mājas lapa: www.alisandaplus.lv. 
 Biroja darba laiks – no pirmdienas līdz ceturtdienai no plkst.9:00 līdz plkst.17:00, piektdienās no plkst. 9:00 līdz plkst.16:00.</t>
   </si>
   <si>
     <t>10/2011</t>
   </si>
   <si>
     <t xml:space="preserve">Īrija (1.b, 1.c) – 13.11.2017. Kipra (1.b, 1.c) - 19.12.2019. Lielbritānija (1.b, 1.c) - 23.02.2011. Norvēģija (1.b, 1.c) – 23.11.2016. 
    </t>
   </si>
   <si>
     <t>ALMA M</t>
   </si>
   <si>
@@ -293,69 +293,69 @@
   <si>
     <t xml:space="preserve">Grieķija, Kipra, Liebritānija, Nīderlande, Vācija (1.c) - 05.09.2016. Beļģija, Dānija, Francija, Igaunija, Islande, Lietuva, Norvēģija, Polija, Rumānija, Spānija (1.b, 1.c), Somija (2), Zviedrija (1.b, 1.c, 2) - 14.05.2018. Latvija (2) - 13.03.2019. </t>
   </si>
   <si>
     <t>AJ Real Estate</t>
   </si>
   <si>
     <t>Vestienas iela 2J, Rīga</t>
   </si>
   <si>
     <t>Tālr. Nr.67546648. E-pasta adrese: info@ajrealestate.lv</t>
   </si>
   <si>
     <t>41/2020</t>
   </si>
   <si>
     <t>Vācija (2) - 08.06.2020.</t>
   </si>
   <si>
     <t>Aveluk Grupa</t>
   </si>
   <si>
     <t>41203017477</t>
   </si>
   <si>
-    <t>Tērbatas iela 28 - 15, Rīga</t>
-[...2 lines deleted...]
-    <t>Tālr. Nr.29800525. E-pasta adrese: kuleva.kristine@gmail.com</t>
+    <t>Krišjāņa Valdemāra iela 4 - 1, Rīga</t>
+  </si>
+  <si>
+    <t>Tālr. Nr.29800525. E-pasta adrese: kristine@avelukgrupa.lv. Biroja darba laiks: katra mēneša pēdējā piektdienā no 11:00 līdz 13:30. Mājas lapa: www.avelukgrupa.lv</t>
   </si>
   <si>
     <t>97/2019</t>
   </si>
   <si>
     <t>Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Īrija, Itālija, Igaunija, Islande, Kipra, Latvija, Lietuva, Luksemburga, Lielbritānija, Lihtenšteina, Malta, Norvēģija, Nīderlande, Polija, Rumānija, Slovākija, Slovēnija, Somija, Ungārija, Vācija, Zviedrija (2) – 30.10.2019.</t>
   </si>
   <si>
     <t>STFF Stafferty</t>
   </si>
   <si>
     <t>Strēlnieku iela 9-7, Rīga</t>
   </si>
   <si>
-    <t>Tērbatas iela 74A, Rīga</t>
+    <t>Tērbates iela 74A, Rīga</t>
   </si>
   <si>
     <t>Tālr. Nr.25655311. E-pasta adrese:
 info@pharmanet.lv. Mājas lapa: www.pharmanet.lv. Biroja darba laiks - pirmdienās un trešdienās no plkst.13:00 līdz plkst.16:00.</t>
   </si>
   <si>
     <t>23/2014</t>
   </si>
   <si>
     <t xml:space="preserve">
 Dānija, Lietuva, Norvēģija, Zviedrija (1.c) – 25.05.2017. Latvija (2) – 09.01.2015.
 Austrija, Kazahstāna, Kipra, Krievija, Lielbritānja, Niderlande, Šveice, Vācija (1.c) - 15.11.2021., Igaunija, Kazahstāna, Lietuva (2) - 15.11.2021.
 </t>
   </si>
   <si>
     <t>BALTIC DIA</t>
   </si>
   <si>
     <t>50103812191</t>
   </si>
   <si>
     <t>Liepājas iela 34, Rīga</t>
   </si>
   <si>
     <t xml:space="preserve">Tālr. Nr.27052300, 66154330. 
@@ -791,50 +791,53 @@
     <t xml:space="preserve">Čehija, Nīderlande (1.c) - 16.08.2017. Latvija (1.b) - 19.09.2016. Lielbritānija (1.c) - 15.08.2018.,Vācija(1.c)-11.01.2019, Baltkrievija (1.c) -15.11.2021., Apvienotie Arābu Emirāti (1.c)-27.03.2023., Amerikas Savienotās Valstis, Austrija (1.c)-22.09.2023., Šveice, Malta (1.c) - 02.10.2023.
 </t>
   </si>
   <si>
     <t>IMEXTRANS</t>
   </si>
   <si>
     <t>43603067857</t>
   </si>
   <si>
     <t>Nākotnes iela 19, Jelgava</t>
   </si>
   <si>
     <t>Tālr. Nr.25518778. E-pasta adrese: imextrans@inbox.lv</t>
   </si>
   <si>
     <t>54/2018</t>
   </si>
   <si>
     <t xml:space="preserve">Francija, Itālija, Igaunija, Latvija, Lietuva, Nīderlande, Polija, Spānija, Vācija (1.b) - 02.01.2020, (2) - 15.10.2018. Francija, Itālija, Igaunija, Lietuva, Nīderlande, Polija, Spānija, Vācija (1.c) - 02.01.2020.                                                     </t>
   </si>
   <si>
     <t>Impressiogroup</t>
   </si>
   <si>
+    <t>Tērbatas iela 74A, Rīga</t>
+  </si>
+  <si>
     <t>Tālr. Nr29479333. E-pasta adrese:  info@impressiogroup.com                                            Biroja darba laiks: no plkst.9.00 līdz plkst.17.00</t>
   </si>
   <si>
     <t>43/2019</t>
   </si>
   <si>
     <t xml:space="preserve">Zviedrija (2) - 12.06.2019., Latvija, Lietuva, Igaunija, Lielbritānija, Spānija, Norvēģija, Somija, Itālija (2) - 21.03.2023.      </t>
   </si>
   <si>
     <t>Inland WaterWays</t>
   </si>
   <si>
     <t>Viestura iela 36A - 42, Jēkabpils</t>
   </si>
   <si>
     <t>Rīgas iela 111, Jēkabpils</t>
   </si>
   <si>
     <t>Tālr. 24826001, e-pasta adrese: service@inlandwaterways.info</t>
   </si>
   <si>
     <t>99/2019</t>
   </si>
   <si>
     <t>Austrija, Beļģija, Luksemburga, Nīderlande, Šveice, Vācija (1.c) – 01.11.2019. Austrija, Bulgārija, Beļģija, Čehija, Dānija, Francija, Grieķija, Horvātija, Itālija, Igaunija, Islande, Īrija, Kipra, Latvija, Lietuva, Lihtenšteina, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Rumānija, Somija, Slovākija, Slovēnija, Spānija, Šveice, Ungārija, Vācija, Zviedrija (2) - 30.06.2020., Amerikas Savienotās Valsti, Lielbritānija (1.C, 2) - 26.06.2024.</t>
@@ -972,54 +975,54 @@
   </si>
   <si>
     <t>Jelgavas iela 28, Rīga</t>
   </si>
   <si>
     <t>Tālr. Nr.67881397.                
 E-pasta adrese: info@mcptehno.lv. Mājas lapa: www.mcptehno.lv</t>
   </si>
   <si>
     <t>68/2018</t>
   </si>
   <si>
     <t xml:space="preserve"> Igaunija, Latvija, Lietuva (2) - 23.01.2019.
 </t>
   </si>
   <si>
     <t>MD CONSTRCUTION</t>
   </si>
   <si>
     <t>41503080973</t>
   </si>
   <si>
     <t>Jātnieku iela 80-43, Daugavpils</t>
   </si>
   <si>
-    <t>Stiklu iela 16, Daugavpils</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Tālr. Nr.26864981. E-pasta adrese: mdconstruction@inbox.lv          </t>
+    <t>Rīgas iela 80 - 43, Daugavpils</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tālr. Nr.26864981; biroja darba laiks: no pirmdienas līdz piektdienai no plkst. 9:00 līdz plkst.13:00. E-pasta adrese: info@mdconstruction.lv. Mājas lapa: https://www.mdconstruction.lv\en         </t>
   </si>
   <si>
     <t>25/2020</t>
   </si>
   <si>
     <t>Latvija, Somija, Zviedrija (2) - 19.03.2020. Igaunija, Lietuva (2) - 03.09.2020.   </t>
   </si>
   <si>
     <t xml:space="preserve">MDS Agency </t>
   </si>
   <si>
     <t>54103144341</t>
   </si>
   <si>
     <t>Cēsu iela 13B-37, Rīga</t>
   </si>
   <si>
     <t xml:space="preserve">Tālr. Nr.20001100, 20046035. E-pasta adrese: 2000vaga@gmail.com          </t>
   </si>
   <si>
     <t>40/2020</t>
   </si>
   <si>
     <t>Vācija (2) - 02.06.2020.   </t>
   </si>
@@ -1765,69 +1768,50 @@
   </si>
   <si>
     <t>78/2020</t>
   </si>
   <si>
     <t xml:space="preserve">Austrija, Beļģija, Čehija, Dānija, Francija, Itālija, Igaunija, Īrija, Latvija, Lietuva, Lielbritānija, Norvēģija, Nīderlande, Polija, Somija, Spānija, Šveice, Vācija, Zviedrija (2) - 02.12.2020. </t>
   </si>
   <si>
     <t>Ibemploy</t>
   </si>
   <si>
     <t>40203272804</t>
   </si>
   <si>
     <t>Raiņa bulvāris 2-18, Rīga</t>
   </si>
   <si>
     <t>Tālr. Nr.28610184.
 E-pasta adrese: info@ibemploy.com. Mājas lapa: www.ibemploy.lv</t>
   </si>
   <si>
     <t>80/2020</t>
   </si>
   <si>
     <t xml:space="preserve"> Nīderlande, Vācija (1.c) - 07.12.2020., Beļģija, Islande, īrija, Norv;e;gija, Somija, Šveice, Zviedrija (1.C) - 27.03.2023.</t>
-  </si>
-[...17 lines deleted...]
-    <t xml:space="preserve">Latvija (2) - 10.12.2020. </t>
   </si>
   <si>
     <t>TURIN</t>
   </si>
   <si>
     <t>40203280290</t>
   </si>
   <si>
     <t>Rīgas iela 2-12, Salaspils, Salaspils novads</t>
   </si>
   <si>
     <t>Tālr. Nr.29396944.
 E-pasta adrese: info@turin.lv</t>
   </si>
   <si>
     <t>2/2021</t>
   </si>
   <si>
     <t xml:space="preserve">Igaunija, Lietuva, Somija,Zviedrija (2) - 15.01.2021. </t>
   </si>
   <si>
     <t>DKK Group</t>
   </si>
   <si>
     <t>50203277201</t>
@@ -2286,78 +2270,63 @@
     <t>1/2022</t>
   </si>
   <si>
     <t>Latvija (2) -13.01.2022.</t>
   </si>
   <si>
     <t>Jelgavas attīstībai</t>
   </si>
   <si>
     <t>Blaumaņa iela5A-2, Rīga</t>
   </si>
   <si>
     <t>Blaumaņa iela 5A-2, Rīga</t>
   </si>
   <si>
     <t xml:space="preserve">Tālr.Nr.28303998, e-pasta adrese: uldis.sproga@eften.lv
 </t>
   </si>
   <si>
     <t>10/2022</t>
   </si>
   <si>
     <t>Latvija (2.)- 31.01.2022.</t>
   </si>
   <si>
-    <t>G&amp;G Contruction</t>
-[...13 lines deleted...]
-  <si>
     <t>MIIM</t>
   </si>
   <si>
     <t>Ģertrūdes iela 66, Rīga</t>
   </si>
   <si>
-    <t>Tālr.Nr.23305999, e-pasta adrese:dainis@miim.lv       Biroja darba laiks: no plkst.9.00 līdz plkst.18.00</t>
+    <t>Tālr.Nr.28455729; e-pasta adrese:info@miim.eu; mājas lapa adrese: miim.eu.</t>
   </si>
   <si>
     <t>16/2022</t>
   </si>
   <si>
-    <t>Latvija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Īrija, Itālija, Igaunija, Islande, Kipra, Lietuva, Luksemburga, Lielbritānija, Lihtenšteina, Malta, Norvēģija, Nīderlande, Polija, Rumānija, Slovākija, Slovēnija, Somija, Ungārija, Vācija, Zviedrija  (2) - 24.02.2022.</t>
+    <t>Apvienotā Karaliste, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Īrija, Itālija, Igaunija, Islande, Kipra, Latvija, Lietuva, Luksemburga, Lihtenšteina, Malta, Norvēģija, Nīderlande, Polija, Rumānija, Slovākija, Slovēnija, Somija, Ungārija, Vācija, Zviedrija (2) – 24.02.2022., Austrija (2) – 08.12.2025.</t>
   </si>
   <si>
     <t>Veliev Transport Logistik</t>
   </si>
   <si>
     <t>Slokas iela 203 - 20, Rīga</t>
   </si>
   <si>
     <t>Tālr.Nr.25693953, e-pasta adrese: info@vtlsia.com</t>
   </si>
   <si>
     <t>17/2022</t>
   </si>
   <si>
     <t xml:space="preserve"> Latvija (2),  Lietuva, Igaunija, Polija, Vācija, Dānija, Norvēģija, Somija, Zviedrija, Gruzija, Beļģija, Austrija, Šveice, Islande, Lihtenšteina, Lielbritānija, Spānija, Portugāle, Rumānija, Slovēnija, Slovākija, Malta, Nīderlande, Bulgārija, Horvātija, Kipra, Čehija, Francija, Grieķija, Ungārija, Īrija, Itālija, Luksemburga (1.C, 2) – 24.02.2022.</t>
   </si>
   <si>
     <t>EPS International</t>
   </si>
   <si>
     <t>Lielā iela 19 k-2-4E, Mārupe</t>
   </si>
   <si>
     <t>Tālr.Nr.20250757, e-pasta adrese: silvestr@nikav.lv</t>
   </si>
@@ -2690,127 +2659,95 @@
   <si>
     <t>Tālr.29360423, e-pasta adrese: smart.interior2019@gmail.com,
 Biroja darba laiks: no plkst.09.00 līdz plkst.13.00</t>
   </si>
   <si>
     <t>48/2022</t>
   </si>
   <si>
     <t>Austrija,  Beļģija, Dānija, Francija, Igaunija, Itālija,  Īrija, Lietuva, Nīderlande, Norvēģija, Somija, Spānija, Šveicem Vācija, Zviedrija (2) - 16.06.2022.</t>
   </si>
   <si>
     <t>Solotransa</t>
   </si>
   <si>
     <t>Tālr.29253137, e-pasta adrese: solotransa.sia@gmail.com,
 Biroja darba laiks: no plkst.09.00 līdz plkst.18.00.</t>
   </si>
   <si>
     <t>50/2022</t>
   </si>
   <si>
     <t>Latvija (2) - 08.07.2022.; 
 Austrija,  Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Gruzija, Horvātija, Igaunija, Itālija,  Īrija, Islande,  Kipra,  Lielbritānija, Lietuva, Lihtenšteina, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Šveice, Ungārija, Vācija, Zviedrija (1.C; 2) - 08.07.2022.</t>
   </si>
   <si>
-    <t>TREPWO</t>
-[...14 lines deleted...]
-  <si>
     <t>Tranzito Paslaugu Centras</t>
   </si>
   <si>
     <t>Jelgavas iela 1Z, Daugavpils</t>
   </si>
   <si>
     <t>Ziedu iela 14, Carnikava, Ādažu novads</t>
   </si>
   <si>
     <t>Tālr.23881615, e-pasta adrese: broker@tpc.eu,
 Biroja darba laiks: pirmdienās, trešdienās, piektdienās.no plkst.12.00 līdz plkst.17.00.</t>
   </si>
   <si>
     <t>52/2022</t>
   </si>
   <si>
     <t>Latvija, Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Horvātija, Igaunija, Īrija, Itālija, Kipra, Lietuva, Luksemburga, Malta, Nīderlande, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Ungārija, Vācija, Zviedrija, Islande, Lihtenšteina, Norvēģija, Šveice, Krievija, Baltkrievija, Ukraina, Apvienotā Karaliste (2)- 27.07.2022., Kazahstāna, Kirgizstāna, Uzbekistāna, Tadžikistāna (2) - 11.08.2022.</t>
   </si>
   <si>
     <t>Biuro Latvia</t>
   </si>
   <si>
     <t xml:space="preserve">Marijas iela 2, Rīga </t>
   </si>
   <si>
     <t>53/2022</t>
   </si>
   <si>
     <t>Latvija (2)- 04.08.2022.</t>
   </si>
   <si>
     <t>BalticClean</t>
   </si>
   <si>
     <t>Dzirnavu iela 34A-29, Rīga</t>
   </si>
   <si>
     <t>Tālr.29210823, e-pasta adrese: info@balticclean.lv,
 Biroja darba laiks: no plkst.09.00 līdz plkst.17.00.</t>
   </si>
   <si>
     <t>54/2022</t>
   </si>
   <si>
     <t>Vācija (2)- 04.08.2022.</t>
-  </si>
-[...14 lines deleted...]
-    <t>Francija, Vācija, Lietuva, Zviedrija, Dānija, Norvēģija (2) - 09.08.2022.</t>
   </si>
   <si>
     <t>Doles Ieguldījumi</t>
   </si>
   <si>
     <t>Elizabetes iela 63-2, Rīga</t>
   </si>
   <si>
     <t>Tālr. 26170503, e-pasta adrese: piedzina@spridzans.lv, majas lapas adrese: https://dolesieguldijumi.lv,
 Biroja darba laiks: no plkst. 9.00 līdz plkst.18.00.</t>
   </si>
   <si>
     <t>56/2022</t>
   </si>
   <si>
     <t>Austrija,  Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Horvātija, Igaunija, Itālija,  Īrija, Islande,  Kipra,  Lietuva, Lihtenšteina, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Ukraina, Ungārija, Vācija, Zviedrija ( 2) - 11.08.2022.</t>
   </si>
   <si>
     <t>Euro - Asia Logistics OU filiāle</t>
   </si>
   <si>
     <t>Dainas iela 8, Rīga</t>
   </si>
   <si>
     <t>Tālr.22086878, e-pasta adrese: hr@euro-asia-logistics.com
@@ -4067,50 +4004,68 @@
   </si>
   <si>
     <t>Latvija, Igaunija, Dānija, Norvēģija, Nīderlande (2) - 21.02.2024.</t>
   </si>
   <si>
     <t>Rig Consulting</t>
   </si>
   <si>
     <t>Ausmas iela 5, Dobele</t>
   </si>
   <si>
     <t>Neilandi 1, Rītausmas, Īslīces pagasts, Bauskas novads</t>
   </si>
   <si>
     <t>Tālr. 29997921,
  e-pasts: info@rigconsulting.lv; 
 mājas lapa: www.rigconsulting.eu</t>
   </si>
   <si>
     <t>11/2024</t>
   </si>
   <si>
     <t>Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Horvātija, Igaunija, Īrija, Itālija, Kipra, Latvija, Lielbritānija, Lietuva, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Ungārija, Vācija, Zviedrija (2) - 26.02.2024.</t>
   </si>
   <si>
+    <t>SIDC Group</t>
+  </si>
+  <si>
+    <t>Citadeles iela 2, Rīga</t>
+  </si>
+  <si>
+    <t>Skolas iela 21, Rīga</t>
+  </si>
+  <si>
+    <t>Tālr. 22553335; mājas lapas adrese: www.sidc.lv; biroja darba laiks - pēc pieraksta.</t>
+  </si>
+  <si>
+    <t>13/2024</t>
+  </si>
+  <si>
+    <t>Francija, Šveice (1.C) – 29.02.2024.</t>
+  </si>
+  <si>
     <t>4D Art</t>
   </si>
   <si>
     <t>Braslas iela 20 - 309, Rīga</t>
   </si>
   <si>
     <t>Tār. 28719055; e-pasts: 4Dart@inbox.lv;
 Biroja darba laiks no plks. 08.00. līdz plkst. 17.00.</t>
   </si>
   <si>
     <t>14/2024</t>
   </si>
   <si>
     <t>Latvija (2) - 29.02.2024.; Igaunija, Lietuva (2) - 02.04.2024.</t>
   </si>
   <si>
     <t>Rentime</t>
   </si>
   <si>
     <t>Mihoelsa iela 3-4, Daugavpils</t>
   </si>
   <si>
     <t>Cietokšņa iela 42A, Daugavpils</t>
   </si>
   <si>
@@ -5150,50 +5105,66 @@
   <si>
     <t>Tālr. 26156101, e-pasts: siacrickeat@gmail.com, biroja darba laiks: pirmdienās, otrdienās, trešdienās, ceturtdienās no plkst. 10.00 līdz plkst. 15.00.</t>
   </si>
   <si>
     <t>2/2025</t>
   </si>
   <si>
     <t>Amerikas Savienotās Valstis, Albānija, Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Horvātija, Igaunija, Īrija, Islande, Itālija, Kanāda, Kipra, Latvija, Lielbritānija, Lietuva, Lihtenšteina, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Šveice, Ungārija, Vācija, Zviedrija (2) - 02.01.2025.</t>
   </si>
   <si>
     <t>Sanlinijas</t>
   </si>
   <si>
     <t>Mazā Nometņu iela 1-3, Rīga</t>
   </si>
   <si>
     <t>Tālr. +371 28447040, e-pasts: sanlinijas@gmail.com, biroja darba laiks: darba dienās no plkst. 10.00 līdz plkst. 17.00.</t>
   </si>
   <si>
     <t>3/2025</t>
   </si>
   <si>
     <t>Latvija, Lietuva, Malta (2) - 23.01.2025.</t>
   </si>
   <si>
+    <t>LatSteel Company</t>
+  </si>
+  <si>
+    <t>Bajāru iela 59 - 4A, Rīga</t>
+  </si>
+  <si>
+    <t>Tālr. 28322555, e-pasts: ibojarina@gmail.com,  biroja darba laiks: darba dienās no plkst. 10.00 līdz plkst. 14.00.</t>
+  </si>
+  <si>
+    <t>4/2025</t>
+  </si>
+  <si>
+    <t>Latvija (2);
+Francija, Lietuva, Nīderlande, Norvēģija, Zviedrija (1.C; 2) – 24.01.2025.</t>
+  </si>
+  <si>
     <t>TalentHub</t>
   </si>
   <si>
     <t>Tālr. 29411894, e-pasts: info@talenthub.lv, mājas lapas adrese: www.talenthub.lv; biroja darba laiks: darba dienās no plkst. 9.00 līdz plkst. 17.00.</t>
   </si>
   <si>
     <t>5/2025</t>
   </si>
   <si>
     <t>Austrija, Beļģija, Čehija, Dānija, Francija, Grieķija, Igaunija, Islande, Itālija, Latvija, Lietuva, Lielbritānija, Lihtenšteina, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Slovākija, Slovēnija, Somija, Spānija, Šveice, Ungārija, Vācija, Zviedrija (2) - 24.01.2025.</t>
   </si>
   <si>
     <t>TerraFrame</t>
   </si>
   <si>
     <t>Cēsu iela 43-56, Rīga</t>
   </si>
   <si>
     <t>Lielirbes iela 27, Rīga</t>
   </si>
   <si>
     <t>Tālr. 28159628, e-pasts: terraframe.sia@gmail.com, biroja darba laiks no plkst. 8.00 līdz plkst. 17.00</t>
   </si>
   <si>
     <t>6/2025</t>
@@ -6592,58 +6563,303 @@
   <si>
     <t>Allieance for Recruitment</t>
   </si>
   <si>
     <t xml:space="preserve">Tālr. 25453004; e-pasts: evk@afr.lv; biroja darba laiks: no plkst. 9:00 - 16:00; mājas lapas adrese: https://afr.lv/lv  </t>
   </si>
   <si>
     <t>98/2025</t>
   </si>
   <si>
     <t>Albānija, Amerikas Savienotās valstis, Andora, Apvienotā Karaliste, Austrija, Beļģija, Bosnija un Hercegovina, Bulgārija, Čehija, Dānija, Francija, Grieķija, Horvātija, Igaunija, Itālija, Islande, Īrija, Kipra, Kosova, Lietuva, Lihtenšteina, Luksemburga, Malta, Melnkalne, Moldova, Monako, Nīderlande, Norvēģija, Polija, Portugāle, Rumānija, Sanmarīno, Serbija, Slovākija, Slovēnija, Somija, Spānija, Šveice, Turcija, Ukraina, Ungārija, Vācija, Zviedrija (1.C, 2) - 20.11.2025., Latvija (2) - 20.11.2025.</t>
   </si>
   <si>
     <t>TalentStream</t>
   </si>
   <si>
     <t>“Purenes”, Glūdas pag., Jelgavas nov.</t>
   </si>
   <si>
     <t>Raiņa iela 29 - 201, Jelgava</t>
   </si>
   <si>
     <t>Tālr. 26835620; e-pasts: siatalentstream@gmail.com; biroja darba laiks: katra mēneša pirmā otrdiena no plkst.10:00 - 11:00</t>
   </si>
   <si>
+    <t>99/2025</t>
+  </si>
+  <si>
     <t>Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Itālija, Igaunija, Īrija, Islande, Kipra, Lietuva, Luksemburga, Lihtenšteina, Lielbritānija, Malta, Norvēģija, Nīderlande, Polija, Portugāle, Rumānija, Somija, Slovākija, Slovēnija, Spānija, Ungārija, Vācija, Zviedrija (2, 1.C) - 21.11.2025., Latvija (2) - 21.11.2025.</t>
+  </si>
+  <si>
+    <t>CRG</t>
+  </si>
+  <si>
+    <t>Ventspils iela 65A - 33, Rīga</t>
+  </si>
+  <si>
+    <t>Tālr. 26434445; e-pasts: volodymyrbogomolov1@gmail.com; biroja darba laiks: pirmdienās, trešdienās un piekdienās no 12:00 līdz 17:00.</t>
+  </si>
+  <si>
+    <t>100/2025</t>
+  </si>
+  <si>
+    <r>
+      <t>Lietuva, Igaunija, Polija, Čehija, Austrija, Beļģija, Dānija, Francija, Nīderlande, Norvēģija, Rumānija, Horvātija, Somija, Vācija, Zviedrija, Itālija, Spānija, Lielbritānija, Portugāle, Īrija, Kipra, Šveice, Kanāda, Amerikas Savienotās valstis (1.C, 2) - 04.12.2025., Latvija (2)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> - </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>04.12.2025.</t>
+    </r>
+  </si>
+  <si>
+    <t>SOON HR</t>
+  </si>
+  <si>
+    <t>Brāļu Skrindu iela 11, Rēzekne</t>
+  </si>
+  <si>
+    <t>Tālr. 29331310; e-pasts: rihards.krukovskis@gmail.com</t>
+  </si>
+  <si>
+    <t>101/2025</t>
+  </si>
+  <si>
+    <t>Somija, Vācija, Beļģija (2) - 04.12.2025</t>
+  </si>
+  <si>
+    <t>TRANS PROFI</t>
+  </si>
+  <si>
+    <t>Atbrīvošanas aleja 98, Rēzekne</t>
+  </si>
+  <si>
+    <t>Dzērvju iela 6 - 31, Rīga</t>
+  </si>
+  <si>
+    <t>Tālr. 27069300; e-pasts: aivars.stroganovs@inbox.lv; biroja darba laiks: no 15:00 līdz 17:00</t>
+  </si>
+  <si>
+    <t>102/2025</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Polija, Vācija, Lietuva, Igaunija (1.C, 2) - 04.12.2025., Latvija (2) </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">- </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>04.12.2025.</t>
+    </r>
+  </si>
+  <si>
+    <t>Energo power system</t>
+  </si>
+  <si>
+    <t>Tālr. 29897771; e-pasts: energopowersystem@gmail.com; biroja darba laiks: pirmdiena - piektdiena, no plkst. 9:00 līdz 17:00</t>
+  </si>
+  <si>
+    <t>103/2025</t>
+  </si>
+  <si>
+    <t>Latvija, Lietuva, Nīderlande, Igaunija, Zviedrija, Polija, Vācija (2) – 11.12.2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Baku Construct </t>
+  </si>
+  <si>
+    <t>Elizabetes iela 91/93 - 2B, Rīga</t>
+  </si>
+  <si>
+    <t>Tālr. +32486182187; e-pasts: salman1982@hotmail.be; biroja darba laiks: darbdienās no 11:00 - 12:00 un no 13:00 līdz 17:00</t>
+  </si>
+  <si>
+    <t>104/2025</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Beļģija, Latvija, Lietuva, Nīderlande, Polija, Vācija (2) </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">– </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>18.12.2025.</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Weld steel </t>
+  </si>
+  <si>
+    <t>Vecozolu iela 10, Mārupe, Mārupes nov.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Voleru iela 2, Rīga </t>
+  </si>
+  <si>
+    <t>Tālr. 26426499; e-pasts: Hardijs@scm.lv; biroja darba laiks: pirmdiena - piektdiena no 9:00 - 17:00</t>
+  </si>
+  <si>
+    <t>105/2025</t>
+  </si>
+  <si>
+    <t>Austrija, Nīderlande, Vācija, Norvēģija, Šveice, Dānija, Somija, Zviedrija, Francija, Beļģija, Igaunija, Apvienotā Karaliste, Latvija, Lietuva, Polija (2) – 18.12.2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Buildify Group </t>
+  </si>
+  <si>
+    <t>Tālr. 23335545; e-pasts: info@buildifygroup.lv; biroja darba laiks: 9:00 - 18:00; mājas lapas adrese: buildifygroup.lv</t>
+  </si>
+  <si>
+    <t>106/2025</t>
+  </si>
+  <si>
+    <t>Latvija (2) – 18.12.2025.</t>
+  </si>
+  <si>
+    <t>SMART SOLUTION AGENCY</t>
+  </si>
+  <si>
+    <t>Mazā Piena iela 6A – 7, Rīga</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pils iela 21 - 35, Rīga </t>
+  </si>
+  <si>
+    <t>Tālr. 22077555; e-pasts: info-ssa@inbox.lv; biroja darba laiks: darbdienās 10:00 - 18:00</t>
+  </si>
+  <si>
+    <t>107/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BCM Group </t>
+  </si>
+  <si>
+    <t>Ernesta Birznieka-Upīša iela 13 – 67, Rīga</t>
+  </si>
+  <si>
+    <t>Tālr. 22317588; e-pasts: director@bcmgroup.in; biroja darba laiks: 9:00 - 18:00; mājas lapas adrese: https://bcmgroup.in/lv/</t>
+  </si>
+  <si>
+    <t>108/2025</t>
+  </si>
+  <si>
+    <t>Latvija (1.B, 2) – 18.12.2025.</t>
+  </si>
+  <si>
+    <t>DLM Express</t>
+  </si>
+  <si>
+    <t>Tālr. 22017719; e-pasts: info@dlmexpress.eu; biroja darba laiks: 9:00 - 17:00</t>
+  </si>
+  <si>
+    <t>109/2025</t>
+  </si>
+  <si>
+    <t>Latvija, Vācija, Nīderlande (2) – 29.12.2025.</t>
+  </si>
+  <si>
+    <t>Recrylon</t>
+  </si>
+  <si>
+    <t>Tālr. +370 620 80308; e-pasts: elniksa@gmail.com, biroja darba laiks: darbdienās no 11:00 – 12:00 un no 13:00 līdz 17:00</t>
+  </si>
+  <si>
+    <t>110/2025</t>
+  </si>
+  <si>
+    <t>Latvija, Beļģija, Lietuva, Vācija, Nīderlande, Norvēģija, Zviedrija, Polija, Dānija, Apvienotā Karaliste, Francija, Īrija, Itālija, Spānija (2) – 29.12.2025.</t>
+  </si>
+  <si>
+    <t>BalticWork</t>
+  </si>
+  <si>
+    <t>Latgales iela 322M, Rīga</t>
+  </si>
+  <si>
+    <t>Tālr. 29787800; biroja darba laiks: 10:00 - 16:00</t>
+  </si>
+  <si>
+    <t>111/2025</t>
+  </si>
+  <si>
+    <t>Latvija (2) – 29.12.2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="9">
+  <fonts count="11">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Times New Roman"/>
@@ -6655,50 +6871,65 @@
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="BaltOptima"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="14"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
@@ -6996,111 +7227,111 @@
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="6" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="6" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="6" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="6" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2 3" xfId="3" xr:uid="{5B4DBBC6-7AEA-4251-B252-4751B8E370BA}"/>
-[...1 lines deleted...]
-    <cellStyle name="Parasts 2" xfId="2" xr:uid="{E49B0912-7990-4B65-91FB-367CCB730521}"/>
+    <cellStyle name="Normal 2 3" xfId="3" xr:uid="{5B2F7ED6-6452-4D59-9EAD-9AE9CA8AE9B6}"/>
+    <cellStyle name="Normal 6" xfId="1" xr:uid="{328A876E-7E0F-4841-A999-47E3CA793FB7}"/>
+    <cellStyle name="Parasts 2" xfId="2" xr:uid="{2DC4DD8B-3B94-4ED4-9520-E8E06D3D9B20}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -7342,54 +7573,54 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@qbis.lv" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:K387"/>
+  <dimension ref="A1:K397"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A230" workbookViewId="0">
-      <selection activeCell="B384" sqref="B384"/>
+    <sheetView tabSelected="1" topLeftCell="A385" workbookViewId="0">
+      <selection activeCell="E400" sqref="E400"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4.7109375" customWidth="1"/>
     <col min="2" max="2" width="29" customWidth="1"/>
     <col min="3" max="3" width="15" customWidth="1"/>
     <col min="4" max="5" width="31.42578125" customWidth="1"/>
     <col min="6" max="6" width="37.42578125" customWidth="1"/>
     <col min="7" max="7" width="12.28515625" customWidth="1"/>
     <col min="8" max="8" width="14" customWidth="1"/>
     <col min="9" max="9" width="19.5703125" customWidth="1"/>
     <col min="10" max="10" width="11.140625" customWidth="1"/>
     <col min="11" max="11" width="71.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="18.75">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="3"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
@@ -7808,51 +8039,51 @@
         <v>40003847585</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F14" s="15" t="s">
         <v>83</v>
       </c>
       <c r="G14" s="13" t="s">
         <v>84</v>
       </c>
       <c r="H14" s="14">
         <v>43990</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="14">
         <v>46507</v>
       </c>
       <c r="K14" s="15" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="15" spans="1:11" ht="33.75">
+    <row r="15" spans="1:11" ht="45">
       <c r="A15" s="11">
         <v>13</v>
       </c>
       <c r="B15" s="19" t="s">
         <v>86</v>
       </c>
       <c r="C15" s="13" t="s">
         <v>87</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F15" s="15" t="s">
         <v>89</v>
       </c>
       <c r="G15" s="13" t="s">
         <v>90</v>
       </c>
       <c r="H15" s="14">
         <v>43768</v>
       </c>
       <c r="I15" s="15"/>
@@ -8743,11376 +8974,11694 @@
       <c r="G42" s="13" t="s">
         <v>243</v>
       </c>
       <c r="H42" s="14">
         <v>43388</v>
       </c>
       <c r="I42" s="13"/>
       <c r="J42" s="14">
         <v>46507</v>
       </c>
       <c r="K42" s="13" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="43" spans="1:11" ht="33.75">
       <c r="A43" s="11">
         <v>41</v>
       </c>
       <c r="B43" s="15" t="s">
         <v>245</v>
       </c>
       <c r="C43" s="13">
         <v>40003652334</v>
       </c>
       <c r="D43" s="13" t="s">
-        <v>94</v>
+        <v>246</v>
       </c>
       <c r="E43" s="13" t="s">
-        <v>94</v>
+        <v>246</v>
       </c>
       <c r="F43" s="13" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="G43" s="13" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="H43" s="14">
         <v>45006</v>
       </c>
       <c r="I43" s="13"/>
       <c r="J43" s="14">
         <v>46507</v>
       </c>
       <c r="K43" s="13" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="44" spans="1:11" ht="56.25">
       <c r="A44" s="11">
         <v>42</v>
       </c>
       <c r="B44" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C44" s="13">
         <v>45403054646</v>
       </c>
       <c r="D44" s="13" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E44" s="13" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="F44" s="13" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="G44" s="13" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="H44" s="14">
         <v>43770</v>
       </c>
       <c r="I44" s="13"/>
       <c r="J44" s="14">
         <v>46507</v>
       </c>
       <c r="K44" s="13" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="45" spans="1:11" ht="22.5">
       <c r="A45" s="11">
         <v>43</v>
       </c>
       <c r="B45" s="26" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C45" s="27" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D45" s="27" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E45" s="27" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="F45" s="27" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="G45" s="13" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H45" s="28">
         <v>43717</v>
       </c>
       <c r="I45" s="27"/>
       <c r="J45" s="14">
         <v>46507</v>
       </c>
       <c r="K45" s="27" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="46" spans="1:11" ht="45">
       <c r="A46" s="11">
         <v>44</v>
       </c>
       <c r="B46" s="15" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C46" s="13" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="15" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="G46" s="13" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="H46" s="14">
         <v>42424</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="14">
         <v>46507</v>
       </c>
       <c r="K46" s="15" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="47" spans="1:11" ht="22.5">
       <c r="A47" s="11">
         <v>45</v>
       </c>
       <c r="B47" s="15" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C47" s="13" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E47" s="15" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="F47" s="15" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G47" s="13" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H47" s="14">
         <v>41619</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="14">
         <v>46507</v>
       </c>
       <c r="K47" s="15" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="48" spans="1:11" ht="45">
       <c r="A48" s="11">
         <v>46</v>
       </c>
       <c r="B48" s="15" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C48" s="15">
         <v>40103526835</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="E48" s="15" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="F48" s="15" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="G48" s="13" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="H48" s="14">
         <v>41876</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="14">
         <v>46507</v>
       </c>
       <c r="K48" s="15" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="49" spans="1:11" ht="22.5">
       <c r="A49" s="11">
         <v>47</v>
       </c>
       <c r="B49" s="15" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C49" s="13" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E49" s="15" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="F49" s="15" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="G49" s="13">
         <v>79</v>
       </c>
       <c r="H49" s="14">
         <v>39722</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="14">
         <v>46507</v>
       </c>
       <c r="K49" s="15" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="50" spans="1:11" ht="33.75">
       <c r="A50" s="11">
         <v>48</v>
       </c>
       <c r="B50" s="15" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C50" s="13">
         <v>40203160043</v>
       </c>
       <c r="D50" s="13" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E50" s="13" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F50" s="13" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="G50" s="13" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="H50" s="14">
         <v>43644</v>
       </c>
       <c r="I50" s="13"/>
       <c r="J50" s="14">
         <v>46507</v>
       </c>
       <c r="K50" s="13" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="51" spans="1:11" ht="33.75">
       <c r="A51" s="11">
         <v>49</v>
       </c>
       <c r="B51" s="15" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C51" s="15">
         <v>41503028111</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="E51" s="15" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="F51" s="15" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="G51" s="13" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="H51" s="14">
         <v>41024</v>
       </c>
       <c r="I51" s="13"/>
       <c r="J51" s="14">
         <v>46507</v>
       </c>
       <c r="K51" s="15" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="52" spans="1:11" ht="33.75">
       <c r="A52" s="11">
         <v>50</v>
       </c>
       <c r="B52" s="15" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C52" s="15">
         <v>40003545666</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="E52" s="15" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="F52" s="15" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="G52" s="13" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="H52" s="14">
         <v>43488</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="14">
         <v>46507</v>
       </c>
       <c r="K52" s="15" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:11" ht="22.5">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="53" spans="1:11" ht="45">
       <c r="A53" s="11">
         <v>51</v>
       </c>
       <c r="B53" s="15" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C53" s="13" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D53" s="13" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="E53" s="13" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="F53" s="13" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="G53" s="13" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="H53" s="14">
         <v>43909</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="14">
         <v>46507</v>
       </c>
       <c r="K53" s="13" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
     </row>
     <row r="54" spans="1:11" ht="22.5">
       <c r="A54" s="11">
         <v>52</v>
       </c>
       <c r="B54" s="15" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C54" s="13" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D54" s="13" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="E54" s="13" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="F54" s="13" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="G54" s="13" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="H54" s="14">
         <v>43984</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="14">
         <v>46507</v>
       </c>
       <c r="K54" s="13" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="55" spans="1:11" ht="123.75">
       <c r="A55" s="11">
         <v>53</v>
       </c>
       <c r="B55" s="20" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C55" s="21" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D55" s="20" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="E55" s="21" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="F55" s="21" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="G55" s="13" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="H55" s="22">
         <v>42487</v>
       </c>
       <c r="I55" s="20"/>
       <c r="J55" s="14">
         <v>46507</v>
       </c>
       <c r="K55" s="20" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="56" spans="1:11" ht="33.75">
       <c r="A56" s="11">
         <v>54</v>
       </c>
       <c r="B56" s="15" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="E56" s="15" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="F56" s="15" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="G56" s="13" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H56" s="14">
         <v>42493</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="14">
         <v>46507</v>
       </c>
       <c r="K56" s="15" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="57" spans="1:11" ht="45">
       <c r="A57" s="11">
         <v>55</v>
       </c>
       <c r="B57" s="15" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C57" s="13" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D57" s="13" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="E57" s="13" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="F57" s="13" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="G57" s="13" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="H57" s="14">
         <v>43173</v>
       </c>
       <c r="I57" s="13"/>
       <c r="J57" s="14">
         <v>46507</v>
       </c>
       <c r="K57" s="13" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="58" spans="1:11" ht="33.75">
       <c r="A58" s="11">
         <v>56</v>
       </c>
       <c r="B58" s="15" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C58" s="13">
         <v>40103313025</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="E58" s="15" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F58" s="15" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="G58" s="13" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="H58" s="14">
         <v>43714</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="14">
         <v>46507</v>
       </c>
       <c r="K58" s="15" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
     <row r="59" spans="1:11" ht="45">
       <c r="A59" s="11">
         <v>57</v>
       </c>
       <c r="B59" s="15" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C59" s="13" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D59" s="13" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="E59" s="13" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="F59" s="13" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="G59" s="13" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="H59" s="14">
         <v>43143</v>
       </c>
       <c r="I59" s="13"/>
       <c r="J59" s="14">
         <v>46507</v>
       </c>
       <c r="K59" s="13" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="60" spans="1:11" ht="45">
       <c r="A60" s="11">
         <v>58</v>
       </c>
       <c r="B60" s="13" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C60" s="13" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="E60" s="15" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="F60" s="15" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="G60" s="13" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H60" s="14">
         <v>40704</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="14">
         <v>46507</v>
       </c>
       <c r="K60" s="13" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
     </row>
     <row r="61" spans="1:11" ht="56.25">
       <c r="A61" s="11">
         <v>59</v>
       </c>
       <c r="B61" s="15" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="E61" s="15" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="F61" s="15" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G61" s="13" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="H61" s="14">
         <v>42851</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="14">
         <v>46507</v>
       </c>
       <c r="K61" s="15" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="62" spans="1:11" ht="45">
       <c r="A62" s="11">
         <v>60</v>
       </c>
       <c r="B62" s="15" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C62" s="15">
         <v>40103545037</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="E62" s="15" t="s">
-        <v>94</v>
+        <v>246</v>
       </c>
       <c r="F62" s="15" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="G62" s="13" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="H62" s="14">
         <v>43410</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="14">
         <v>46507</v>
       </c>
       <c r="K62" s="15" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="63" spans="1:11" ht="22.5">
       <c r="A63" s="11">
         <v>61</v>
       </c>
       <c r="B63" s="15" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C63" s="15">
         <v>40103933169</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>94</v>
+        <v>246</v>
       </c>
       <c r="E63" s="15" t="s">
-        <v>94</v>
+        <v>246</v>
       </c>
       <c r="F63" s="15" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="G63" s="13" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="H63" s="14">
         <v>42614</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="14">
         <v>46507</v>
       </c>
       <c r="K63" s="15" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="64" spans="1:11" ht="33.75">
       <c r="A64" s="11">
         <v>62</v>
       </c>
       <c r="B64" s="16" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C64" s="16">
         <v>40003685161</v>
       </c>
       <c r="D64" s="16" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="E64" s="16" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="F64" s="16" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="G64" s="13" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="H64" s="18">
         <v>43900</v>
       </c>
       <c r="I64" s="16"/>
       <c r="J64" s="14">
         <v>46507</v>
       </c>
       <c r="K64" s="16" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="65" spans="1:11" ht="45">
       <c r="A65" s="11">
         <v>63</v>
       </c>
       <c r="B65" s="15" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C65" s="15">
         <v>40203217569</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F65" s="15" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="G65" s="13" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="H65" s="14">
         <v>43697</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="14">
         <v>46507</v>
       </c>
       <c r="K65" s="15" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
     </row>
     <row r="66" spans="1:11" ht="22.5">
       <c r="A66" s="11">
         <v>64</v>
       </c>
       <c r="B66" s="15" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C66" s="15">
         <v>50203093261</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="E66" s="15" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="F66" s="15" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="G66" s="13" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="H66" s="14">
         <v>43136</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="14">
         <v>46507</v>
       </c>
       <c r="K66" s="15" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="67" spans="1:11" ht="22.5">
       <c r="A67" s="11">
         <v>65</v>
       </c>
       <c r="B67" s="15" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="E67" s="15" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="F67" s="15" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="G67" s="13" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="H67" s="14">
         <v>43229</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="14">
         <v>46507</v>
       </c>
       <c r="K67" s="15" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="68" spans="1:11" ht="22.5">
       <c r="A68" s="11">
         <v>66</v>
       </c>
       <c r="B68" s="15" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C68" s="15">
         <v>40103839298</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>195</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>195</v>
       </c>
       <c r="F68" s="15" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="G68" s="13" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="H68" s="14">
         <v>43795</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="14">
         <v>46507</v>
       </c>
       <c r="K68" s="15" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="69" spans="1:11" ht="22.5">
       <c r="A69" s="11">
         <v>67</v>
       </c>
       <c r="B69" s="15" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="E69" s="15" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="F69" s="15" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="G69" s="13" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="H69" s="14">
         <v>42837</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="14">
         <v>46507</v>
       </c>
       <c r="K69" s="15" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="70" spans="1:11" ht="22.5">
       <c r="A70" s="11">
         <v>68</v>
       </c>
       <c r="B70" s="15" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C70" s="15">
         <v>40103716947</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="E70" s="15" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="F70" s="15" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="G70" s="13" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="H70" s="14">
         <v>43815</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="14">
         <v>46507</v>
       </c>
       <c r="K70" s="15" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="71" spans="1:11" ht="22.5">
       <c r="A71" s="11">
         <v>69</v>
       </c>
       <c r="B71" s="15" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C71" s="15">
         <v>40003955719</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="E71" s="15" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="F71" s="15" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="G71" s="13">
         <v>56</v>
       </c>
       <c r="H71" s="14">
         <v>39556</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="14">
         <v>46507</v>
       </c>
       <c r="K71" s="15" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
     </row>
     <row r="72" spans="1:11" ht="33.75">
       <c r="A72" s="11">
         <v>70</v>
       </c>
       <c r="B72" s="15" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C72" s="13" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="E72" s="15" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="F72" s="15" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="G72" s="13">
         <v>69</v>
       </c>
       <c r="H72" s="14">
         <v>39679</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="14">
         <v>46507</v>
       </c>
       <c r="K72" s="15" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="73" spans="1:11" ht="33.75">
       <c r="A73" s="11">
         <v>71</v>
       </c>
       <c r="B73" s="20" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C73" s="21" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D73" s="20" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="E73" s="21" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="F73" s="20" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="G73" s="13" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="H73" s="22">
         <v>43552</v>
       </c>
       <c r="I73" s="20"/>
       <c r="J73" s="14">
         <v>46507</v>
       </c>
       <c r="K73" s="20" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
     </row>
     <row r="74" spans="1:11" ht="33.75">
       <c r="A74" s="11">
         <v>72</v>
       </c>
       <c r="B74" s="15" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C74" s="13" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="F74" s="15" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="G74" s="13" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="H74" s="14">
         <v>43468</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="14">
         <v>46507</v>
       </c>
       <c r="K74" s="15" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="75" spans="1:11" ht="22.5">
       <c r="A75" s="11">
         <v>73</v>
       </c>
       <c r="B75" s="15" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C75" s="13" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D75" s="13" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="E75" s="13" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="F75" s="13" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="G75" s="13" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="H75" s="14">
         <v>44705</v>
       </c>
       <c r="I75" s="13"/>
       <c r="J75" s="14">
         <v>46507</v>
       </c>
       <c r="K75" s="13" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
     <row r="76" spans="1:11" ht="22.5">
       <c r="A76" s="11">
         <v>74</v>
       </c>
       <c r="B76" s="15" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C76" s="13" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D76" s="13" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="E76" s="13" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="F76" s="13" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="G76" s="13" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="H76" s="14">
         <v>43930</v>
       </c>
       <c r="I76" s="13"/>
       <c r="J76" s="14">
         <v>46507</v>
       </c>
       <c r="K76" s="13" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="77" spans="1:11" ht="45">
       <c r="A77" s="11">
         <v>75</v>
       </c>
       <c r="B77" s="15" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C77" s="13" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="E77" s="15" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="F77" s="15" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="G77" s="13">
         <v>28</v>
       </c>
       <c r="H77" s="14">
         <v>39436</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="14">
         <v>46507</v>
       </c>
       <c r="K77" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="78" spans="1:11" ht="22.5">
       <c r="A78" s="11">
         <v>76</v>
       </c>
       <c r="B78" s="29" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="C78" s="29" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D78" s="29" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="E78" s="29" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="F78" s="29" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="G78" s="13" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="H78" s="30">
         <v>43398</v>
       </c>
       <c r="I78" s="29"/>
       <c r="J78" s="14">
         <v>46507</v>
       </c>
       <c r="K78" s="29" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="79" spans="1:11" ht="45">
       <c r="A79" s="11">
         <v>77</v>
       </c>
       <c r="B79" s="15" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C79" s="13" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="D79" s="13" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="E79" s="13" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="F79" s="13" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="G79" s="13" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="H79" s="14">
         <v>43839</v>
       </c>
       <c r="I79" s="13"/>
       <c r="J79" s="14">
         <v>46507</v>
       </c>
       <c r="K79" s="13" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
     </row>
     <row r="80" spans="1:11" ht="22.5">
       <c r="A80" s="11">
         <v>78</v>
       </c>
       <c r="B80" s="13" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C80" s="13" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D80" s="13" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="E80" s="13" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="F80" s="13" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G80" s="13" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H80" s="14">
         <v>43840</v>
       </c>
       <c r="I80" s="13"/>
       <c r="J80" s="14">
         <v>46507</v>
       </c>
       <c r="K80" s="13" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
     </row>
     <row r="81" spans="1:11" ht="45">
       <c r="A81" s="11">
         <v>79</v>
       </c>
       <c r="B81" s="16" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C81" s="17" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="D81" s="17" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="E81" s="17" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="F81" s="17" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="G81" s="13" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="H81" s="18">
         <v>43900</v>
       </c>
       <c r="I81" s="17"/>
       <c r="J81" s="14">
         <v>46507</v>
       </c>
       <c r="K81" s="17" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
     </row>
     <row r="82" spans="1:11" ht="45">
       <c r="A82" s="11">
         <v>80</v>
       </c>
       <c r="B82" s="13" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="C82" s="13" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="E82" s="15" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="F82" s="15" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="G82" s="13" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="H82" s="14">
         <v>40567</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="14">
         <v>46507</v>
       </c>
       <c r="K82" s="15" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="83" spans="1:11" ht="45">
       <c r="A83" s="11">
         <v>81</v>
       </c>
       <c r="B83" s="15" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C83" s="13" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="D83" s="13" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="E83" s="13" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="F83" s="13" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="G83" s="13" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="H83" s="14">
         <v>44012</v>
       </c>
       <c r="I83" s="13"/>
       <c r="J83" s="14">
         <v>46507</v>
       </c>
       <c r="K83" s="13" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
     </row>
     <row r="84" spans="1:11" ht="45">
       <c r="A84" s="11">
         <v>82</v>
       </c>
       <c r="B84" s="15" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="C84" s="13" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="D84" s="13" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="E84" s="13" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="F84" s="13" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="G84" s="13" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="H84" s="14">
         <v>44019</v>
       </c>
       <c r="I84" s="13"/>
       <c r="J84" s="14">
         <v>46507</v>
       </c>
       <c r="K84" s="13" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
     </row>
     <row r="85" spans="1:11" ht="45">
       <c r="A85" s="11">
         <v>83</v>
       </c>
       <c r="B85" s="15" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="C85" s="13" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D85" s="13" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="E85" s="13" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="F85" s="13" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="G85" s="13" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="H85" s="14">
         <v>44897</v>
       </c>
       <c r="I85" s="13"/>
       <c r="J85" s="14">
         <v>46507</v>
       </c>
       <c r="K85" s="13" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
     </row>
     <row r="86" spans="1:11" ht="22.5">
       <c r="A86" s="11">
         <v>84</v>
       </c>
       <c r="B86" s="15" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C86" s="13" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D86" s="13" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="E86" s="13" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="F86" s="13" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="G86" s="13" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="H86" s="14">
         <v>44026</v>
       </c>
       <c r="I86" s="13"/>
       <c r="J86" s="14">
         <v>46507</v>
       </c>
       <c r="K86" s="13" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
     </row>
     <row r="87" spans="1:11" ht="45">
       <c r="A87" s="11">
         <v>85</v>
       </c>
       <c r="B87" s="15" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C87" s="13" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D87" s="13" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="E87" s="13" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="F87" s="13" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="G87" s="13" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="H87" s="14">
         <v>45027</v>
       </c>
       <c r="I87" s="13"/>
       <c r="J87" s="14">
         <v>46507</v>
       </c>
       <c r="K87" s="13" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
     </row>
     <row r="88" spans="1:11" ht="22.5">
       <c r="A88" s="11">
         <v>86</v>
       </c>
       <c r="B88" s="15" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C88" s="13" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D88" s="13" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="E88" s="13" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="F88" s="13" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="G88" s="13" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="H88" s="14">
         <v>44092</v>
       </c>
       <c r="I88" s="13"/>
       <c r="J88" s="14">
         <v>46507</v>
       </c>
       <c r="K88" s="13" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
     </row>
     <row r="89" spans="1:11" ht="22.5">
       <c r="A89" s="11">
         <v>87</v>
       </c>
       <c r="B89" s="15" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="C89" s="13" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="D89" s="13" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="E89" s="13" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="F89" s="13" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="G89" s="13" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="H89" s="14">
         <v>44141</v>
       </c>
       <c r="I89" s="13"/>
       <c r="J89" s="14">
         <v>46507</v>
       </c>
       <c r="K89" s="13" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
     </row>
     <row r="90" spans="1:11" ht="45">
       <c r="A90" s="11">
         <v>88</v>
       </c>
       <c r="B90" s="15" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C90" s="13" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="D90" s="13" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="E90" s="13" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="F90" s="13" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="G90" s="13" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="H90" s="14">
         <v>44159</v>
       </c>
       <c r="I90" s="13"/>
       <c r="J90" s="14">
         <v>46507</v>
       </c>
       <c r="K90" s="13" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
     <row r="91" spans="1:11" ht="22.5">
       <c r="A91" s="11">
         <v>89</v>
       </c>
       <c r="B91" s="15" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C91" s="13" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="D91" s="13" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="E91" s="13" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="F91" s="13" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="G91" s="13" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="H91" s="14">
         <v>44162</v>
       </c>
       <c r="I91" s="13"/>
       <c r="J91" s="14">
         <v>46507</v>
       </c>
       <c r="K91" s="13" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="92" spans="1:11" ht="22.5">
       <c r="A92" s="11">
         <v>90</v>
       </c>
       <c r="B92" s="15" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C92" s="13" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D92" s="13" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="E92" s="13" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="F92" s="13" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="G92" s="13" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="H92" s="14">
         <v>44728</v>
       </c>
       <c r="I92" s="13"/>
       <c r="J92" s="14">
         <v>46507</v>
       </c>
       <c r="K92" s="13" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
     </row>
     <row r="93" spans="1:11" ht="22.5">
       <c r="A93" s="11">
         <v>91</v>
       </c>
       <c r="B93" s="15" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="C93" s="13" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D93" s="13" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E93" s="13" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="F93" s="13" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="G93" s="13" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="H93" s="14">
         <v>44999</v>
       </c>
       <c r="I93" s="13"/>
       <c r="J93" s="14">
         <v>46507</v>
       </c>
       <c r="K93" s="13" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
     </row>
     <row r="94" spans="1:11" ht="33.75">
       <c r="A94" s="11">
         <v>92</v>
       </c>
       <c r="B94" s="15" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C94" s="13" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="D94" s="13" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="E94" s="13" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="F94" s="13" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="G94" s="13" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="H94" s="14">
         <v>44172</v>
       </c>
       <c r="I94" s="13"/>
       <c r="J94" s="14">
         <v>46507</v>
       </c>
       <c r="K94" s="13" t="s">
-        <v>553</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:11" ht="33.75">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="95" spans="1:11" ht="22.5">
       <c r="A95" s="11">
         <v>93</v>
       </c>
       <c r="B95" s="15" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C95" s="13" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D95" s="13" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="E95" s="13" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="F95" s="13" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="G95" s="13" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="H95" s="14">
-        <v>44175</v>
+        <v>44211</v>
       </c>
       <c r="I95" s="13"/>
       <c r="J95" s="14">
         <v>46507</v>
       </c>
       <c r="K95" s="13" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
     </row>
     <row r="96" spans="1:11" ht="22.5">
       <c r="A96" s="11">
         <v>94</v>
       </c>
       <c r="B96" s="15" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="C96" s="13" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="D96" s="13" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="E96" s="13" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="F96" s="13" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="G96" s="13" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="H96" s="14">
-        <v>44211</v>
+        <v>44217</v>
       </c>
       <c r="I96" s="13"/>
       <c r="J96" s="14">
         <v>46507</v>
       </c>
       <c r="K96" s="13" t="s">
-        <v>565</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:11" ht="22.5">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="97" spans="1:11" ht="33.75">
       <c r="A97" s="11">
         <v>95</v>
       </c>
       <c r="B97" s="15" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C97" s="13" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D97" s="13" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="E97" s="13" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="F97" s="13" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="G97" s="13" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="H97" s="14">
-        <v>44217</v>
+        <v>44243</v>
       </c>
       <c r="I97" s="13"/>
       <c r="J97" s="14">
         <v>46507</v>
       </c>
       <c r="K97" s="13" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
     </row>
     <row r="98" spans="1:11" ht="33.75">
       <c r="A98" s="11">
         <v>96</v>
       </c>
       <c r="B98" s="15" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="C98" s="13" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="D98" s="13" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="E98" s="13" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="F98" s="13" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="G98" s="13" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="H98" s="14">
-        <v>44243</v>
+        <v>44257</v>
       </c>
       <c r="I98" s="13"/>
       <c r="J98" s="14">
         <v>46507</v>
       </c>
       <c r="K98" s="13" t="s">
-        <v>578</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:11" ht="33.75">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="99" spans="1:11" ht="45">
       <c r="A99" s="11">
         <v>97</v>
       </c>
       <c r="B99" s="15" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C99" s="13" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="D99" s="13" t="s">
-        <v>581</v>
+        <v>111</v>
       </c>
       <c r="E99" s="13" t="s">
-        <v>581</v>
+        <v>111</v>
       </c>
       <c r="F99" s="13" t="s">
         <v>582</v>
       </c>
       <c r="G99" s="13" t="s">
         <v>583</v>
       </c>
       <c r="H99" s="14">
-        <v>44257</v>
+        <v>44258</v>
       </c>
       <c r="I99" s="13"/>
       <c r="J99" s="14">
         <v>46507</v>
       </c>
       <c r="K99" s="13" t="s">
         <v>584</v>
       </c>
     </row>
     <row r="100" spans="1:11" ht="45">
       <c r="A100" s="11">
         <v>98</v>
       </c>
       <c r="B100" s="15" t="s">
         <v>585</v>
       </c>
       <c r="C100" s="13" t="s">
         <v>586</v>
       </c>
       <c r="D100" s="13" t="s">
-        <v>111</v>
+        <v>587</v>
       </c>
       <c r="E100" s="13" t="s">
-        <v>111</v>
+        <v>588</v>
       </c>
       <c r="F100" s="13" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="G100" s="13" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="H100" s="14">
-        <v>44258</v>
+        <v>44292</v>
       </c>
       <c r="I100" s="13"/>
       <c r="J100" s="14">
         <v>46507</v>
       </c>
       <c r="K100" s="13" t="s">
-        <v>589</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:11" ht="45">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="101" spans="1:11" ht="22.5">
       <c r="A101" s="11">
         <v>99</v>
       </c>
       <c r="B101" s="15" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="C101" s="13" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="D101" s="13" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="E101" s="13" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="F101" s="13" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="G101" s="13" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="H101" s="14">
-        <v>44292</v>
+        <v>44301</v>
       </c>
       <c r="I101" s="13"/>
       <c r="J101" s="14">
         <v>46507</v>
       </c>
       <c r="K101" s="13" t="s">
-        <v>596</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:11" ht="22.5">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="102" spans="1:11" ht="56.25">
       <c r="A102" s="11">
         <v>100</v>
       </c>
-      <c r="B102" s="15" t="s">
-[...5 lines deleted...]
-      <c r="D102" s="13" t="s">
+      <c r="B102" s="31" t="s">
         <v>599</v>
       </c>
-      <c r="E102" s="13" t="s">
+      <c r="C102" s="31">
+        <v>40003936099</v>
+      </c>
+      <c r="D102" s="31" t="s">
         <v>600</v>
       </c>
-      <c r="F102" s="13" t="s">
+      <c r="E102" s="31" t="s">
+        <v>600</v>
+      </c>
+      <c r="F102" s="32" t="s">
         <v>601</v>
       </c>
       <c r="G102" s="13" t="s">
         <v>602</v>
       </c>
-      <c r="H102" s="14">
-[...2 lines deleted...]
-      <c r="I102" s="13"/>
+      <c r="H102" s="33">
+        <v>44357</v>
+      </c>
+      <c r="I102" s="31"/>
       <c r="J102" s="14">
         <v>46507</v>
       </c>
-      <c r="K102" s="13" t="s">
+      <c r="K102" s="32" t="s">
         <v>603</v>
       </c>
     </row>
-    <row r="103" spans="1:11" ht="56.25">
+    <row r="103" spans="1:11">
       <c r="A103" s="11">
         <v>101</v>
       </c>
-      <c r="B103" s="31" t="s">
+      <c r="B103" s="34" t="s">
         <v>604</v>
       </c>
-      <c r="C103" s="31">
-        <v>40003936099</v>
+      <c r="C103" s="34">
+        <v>40103927355</v>
       </c>
       <c r="D103" s="31" t="s">
         <v>605</v>
       </c>
       <c r="E103" s="31" t="s">
         <v>605</v>
       </c>
-      <c r="F103" s="32" t="s">
+      <c r="F103" s="35" t="s">
         <v>606</v>
       </c>
       <c r="G103" s="13" t="s">
         <v>607</v>
       </c>
       <c r="H103" s="33">
-        <v>44357</v>
+        <v>44378</v>
       </c>
       <c r="I103" s="31"/>
       <c r="J103" s="14">
         <v>46507</v>
       </c>
       <c r="K103" s="32" t="s">
         <v>608</v>
       </c>
     </row>
-    <row r="104" spans="1:11">
+    <row r="104" spans="1:11" ht="45">
       <c r="A104" s="11">
         <v>102</v>
       </c>
       <c r="B104" s="34" t="s">
         <v>609</v>
       </c>
       <c r="C104" s="34">
-        <v>40103927355</v>
-[...1 lines deleted...]
-      <c r="D104" s="31" t="s">
+        <v>40103372404</v>
+      </c>
+      <c r="D104" s="34" t="s">
         <v>610</v>
       </c>
       <c r="E104" s="31" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="F104" s="35" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="G104" s="13" t="s">
-        <v>612</v>
-[...4 lines deleted...]
-      <c r="I104" s="31"/>
+        <v>613</v>
+      </c>
+      <c r="H104" s="36">
+        <v>44389</v>
+      </c>
+      <c r="I104" s="34"/>
       <c r="J104" s="14">
         <v>46507</v>
       </c>
       <c r="K104" s="32" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
     </row>
     <row r="105" spans="1:11" ht="45">
       <c r="A105" s="11">
         <v>103</v>
       </c>
-      <c r="B105" s="34" t="s">
-[...5 lines deleted...]
-      <c r="D105" s="34" t="s">
+      <c r="B105" s="37" t="s">
         <v>615</v>
       </c>
-      <c r="E105" s="31" t="s">
+      <c r="C105" s="38" t="s">
         <v>616</v>
       </c>
-      <c r="F105" s="35" t="s">
+      <c r="D105" s="39" t="s">
         <v>617</v>
       </c>
+      <c r="E105" s="39" t="s">
+        <v>617</v>
+      </c>
+      <c r="F105" s="37" t="s">
+        <v>618</v>
+      </c>
       <c r="G105" s="13" t="s">
-        <v>618</v>
-[...4 lines deleted...]
-      <c r="I105" s="34"/>
+        <v>619</v>
+      </c>
+      <c r="H105" s="40">
+        <v>44417</v>
+      </c>
+      <c r="I105" s="41"/>
       <c r="J105" s="14">
         <v>46507</v>
       </c>
-      <c r="K105" s="32" t="s">
-[...3 lines deleted...]
-    <row r="106" spans="1:11" ht="45">
+      <c r="K105" s="39" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="106" spans="1:11">
       <c r="A106" s="11">
         <v>104</v>
       </c>
       <c r="B106" s="37" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C106" s="38" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="D106" s="39" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="E106" s="39" t="s">
-        <v>622</v>
-[...1 lines deleted...]
-      <c r="F106" s="37" t="s">
         <v>623</v>
       </c>
+      <c r="F106" s="39" t="s">
+        <v>624</v>
+      </c>
       <c r="G106" s="13" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="H106" s="40">
-        <v>44417</v>
+        <v>44426</v>
       </c>
       <c r="I106" s="41"/>
       <c r="J106" s="14">
         <v>46507</v>
       </c>
       <c r="K106" s="39" t="s">
-        <v>625</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:11">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="107" spans="1:11" ht="45">
       <c r="A107" s="11">
         <v>105</v>
       </c>
-      <c r="B107" s="37" t="s">
-[...2 lines deleted...]
-      <c r="C107" s="38" t="s">
+      <c r="B107" s="34" t="s">
         <v>627</v>
       </c>
-      <c r="D107" s="39" t="s">
+      <c r="C107" s="34">
+        <v>40203281703</v>
+      </c>
+      <c r="D107" s="31" t="s">
         <v>628</v>
       </c>
-      <c r="E107" s="39" t="s">
-[...2 lines deleted...]
-      <c r="F107" s="39" t="s">
+      <c r="E107" s="31" t="s">
         <v>629</v>
       </c>
+      <c r="F107" s="32" t="s">
+        <v>630</v>
+      </c>
       <c r="G107" s="13" t="s">
-        <v>630</v>
-[...4 lines deleted...]
-      <c r="I107" s="41"/>
+        <v>631</v>
+      </c>
+      <c r="H107" s="42">
+        <v>44433</v>
+      </c>
+      <c r="I107" s="32"/>
       <c r="J107" s="14">
         <v>46507</v>
       </c>
-      <c r="K107" s="39" t="s">
-        <v>631</v>
+      <c r="K107" s="32" t="s">
+        <v>632</v>
       </c>
     </row>
     <row r="108" spans="1:11" ht="45">
       <c r="A108" s="11">
         <v>106</v>
       </c>
-      <c r="B108" s="34" t="s">
-[...3 lines deleted...]
-        <v>40203281703</v>
+      <c r="B108" s="43" t="s">
+        <v>633</v>
+      </c>
+      <c r="C108" s="31">
+        <v>41203062733</v>
       </c>
       <c r="D108" s="31" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="E108" s="31" t="s">
         <v>634</v>
       </c>
       <c r="F108" s="32" t="s">
         <v>635</v>
       </c>
       <c r="G108" s="13" t="s">
         <v>636</v>
       </c>
-      <c r="H108" s="42">
-[...2 lines deleted...]
-      <c r="I108" s="32"/>
+      <c r="H108" s="33">
+        <v>44462</v>
+      </c>
+      <c r="I108" s="31"/>
       <c r="J108" s="14">
         <v>46507</v>
       </c>
       <c r="K108" s="32" t="s">
         <v>637</v>
       </c>
     </row>
-    <row r="109" spans="1:11" ht="45">
+    <row r="109" spans="1:11" ht="33.75">
       <c r="A109" s="11">
         <v>107</v>
       </c>
-      <c r="B109" s="43" t="s">
+      <c r="B109" s="31" t="s">
         <v>638</v>
       </c>
       <c r="C109" s="31">
-        <v>41203062733</v>
+        <v>43603051555</v>
       </c>
       <c r="D109" s="31" t="s">
         <v>639</v>
       </c>
       <c r="E109" s="31" t="s">
-        <v>639</v>
-[...1 lines deleted...]
-      <c r="F109" s="32" t="s">
         <v>640</v>
       </c>
+      <c r="F109" s="35" t="s">
+        <v>641</v>
+      </c>
       <c r="G109" s="13" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="H109" s="33">
-        <v>44462</v>
+        <v>44467</v>
       </c>
       <c r="I109" s="31"/>
       <c r="J109" s="14">
         <v>46507</v>
       </c>
       <c r="K109" s="32" t="s">
-        <v>642</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:11" ht="33.75">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="110" spans="1:11">
       <c r="A110" s="11">
         <v>108</v>
       </c>
-      <c r="B110" s="31" t="s">
-[...5 lines deleted...]
-      <c r="D110" s="31" t="s">
+      <c r="B110" s="34" t="s">
         <v>644</v>
       </c>
-      <c r="E110" s="31" t="s">
+      <c r="C110" s="34">
+        <v>40103166622</v>
+      </c>
+      <c r="D110" s="34" t="s">
+        <v>645</v>
+      </c>
+      <c r="E110" s="34" t="s">
         <v>645</v>
       </c>
       <c r="F110" s="35" t="s">
         <v>646</v>
       </c>
       <c r="G110" s="13" t="s">
         <v>647</v>
       </c>
-      <c r="H110" s="33">
-[...2 lines deleted...]
-      <c r="I110" s="31"/>
+      <c r="H110" s="36">
+        <v>44489</v>
+      </c>
+      <c r="I110" s="34"/>
       <c r="J110" s="14">
         <v>46507</v>
       </c>
       <c r="K110" s="32" t="s">
         <v>648</v>
       </c>
     </row>
-    <row r="111" spans="1:11">
+    <row r="111" spans="1:11" ht="22.5">
       <c r="A111" s="11">
         <v>109</v>
       </c>
       <c r="B111" s="34" t="s">
         <v>649</v>
       </c>
       <c r="C111" s="34">
-        <v>40103166622</v>
+        <v>48503014859</v>
       </c>
       <c r="D111" s="34" t="s">
         <v>650</v>
       </c>
       <c r="E111" s="34" t="s">
         <v>650</v>
       </c>
-      <c r="F111" s="35" t="s">
+      <c r="F111" s="32" t="s">
         <v>651</v>
       </c>
       <c r="G111" s="13" t="s">
         <v>652</v>
       </c>
-      <c r="H111" s="36">
-[...2 lines deleted...]
-      <c r="I111" s="34"/>
+      <c r="H111" s="33">
+        <v>44497</v>
+      </c>
+      <c r="I111" s="31"/>
       <c r="J111" s="14">
         <v>46507</v>
       </c>
       <c r="K111" s="32" t="s">
         <v>653</v>
       </c>
     </row>
-    <row r="112" spans="1:11" ht="22.5">
+    <row r="112" spans="1:11" ht="33.75">
       <c r="A112" s="11">
         <v>110</v>
       </c>
       <c r="B112" s="34" t="s">
         <v>654</v>
       </c>
       <c r="C112" s="34">
-        <v>48503014859</v>
+        <v>40203110019</v>
       </c>
       <c r="D112" s="34" t="s">
         <v>655</v>
       </c>
       <c r="E112" s="34" t="s">
         <v>655</v>
       </c>
-      <c r="F112" s="32" t="s">
+      <c r="F112" s="35" t="s">
         <v>656</v>
       </c>
       <c r="G112" s="13" t="s">
         <v>657</v>
       </c>
       <c r="H112" s="33">
-        <v>44497</v>
+        <v>44517</v>
       </c>
       <c r="I112" s="31"/>
       <c r="J112" s="14">
         <v>46507</v>
       </c>
       <c r="K112" s="32" t="s">
         <v>658</v>
       </c>
     </row>
-    <row r="113" spans="1:11" ht="33.75">
+    <row r="113" spans="1:11" ht="22.5">
       <c r="A113" s="11">
         <v>111</v>
       </c>
       <c r="B113" s="34" t="s">
         <v>659</v>
       </c>
       <c r="C113" s="34">
-        <v>40203110019</v>
-[...1 lines deleted...]
-      <c r="D113" s="34" t="s">
+        <v>50203323731</v>
+      </c>
+      <c r="D113" s="35" t="s">
         <v>660</v>
       </c>
-      <c r="E113" s="34" t="s">
-        <v>660</v>
+      <c r="E113" s="35" t="s">
+        <v>661</v>
       </c>
       <c r="F113" s="35" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="G113" s="13" t="s">
-        <v>662</v>
-[...1 lines deleted...]
-      <c r="H113" s="33">
+        <v>663</v>
+      </c>
+      <c r="H113" s="42">
         <v>44517</v>
       </c>
-      <c r="I113" s="31"/>
+      <c r="I113" s="32"/>
       <c r="J113" s="14">
         <v>46507</v>
       </c>
       <c r="K113" s="32" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
     </row>
     <row r="114" spans="1:11" ht="22.5">
       <c r="A114" s="11">
         <v>112</v>
       </c>
       <c r="B114" s="34" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C114" s="34">
-        <v>50203323731</v>
-[...4 lines deleted...]
-      <c r="E114" s="35" t="s">
+        <v>40203307627</v>
+      </c>
+      <c r="D114" s="34" t="s">
+        <v>666</v>
+      </c>
+      <c r="E114" s="34" t="s">
         <v>666</v>
       </c>
       <c r="F114" s="35" t="s">
         <v>667</v>
       </c>
       <c r="G114" s="13" t="s">
         <v>668</v>
       </c>
-      <c r="H114" s="42">
-[...2 lines deleted...]
-      <c r="I114" s="32"/>
+      <c r="H114" s="33">
+        <v>44529</v>
+      </c>
+      <c r="I114" s="31"/>
       <c r="J114" s="14">
         <v>46507</v>
       </c>
       <c r="K114" s="32" t="s">
         <v>669</v>
       </c>
     </row>
-    <row r="115" spans="1:11" ht="22.5">
+    <row r="115" spans="1:11" ht="56.25">
       <c r="A115" s="11">
         <v>113</v>
       </c>
       <c r="B115" s="34" t="s">
         <v>670</v>
       </c>
       <c r="C115" s="34">
-        <v>40203307627</v>
+        <v>44103148110</v>
       </c>
       <c r="D115" s="34" t="s">
         <v>671</v>
       </c>
       <c r="E115" s="34" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="F115" s="35" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="G115" s="13" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="H115" s="33">
-        <v>44529</v>
+        <v>45106</v>
       </c>
       <c r="I115" s="31"/>
       <c r="J115" s="14">
         <v>46507</v>
       </c>
       <c r="K115" s="32" t="s">
-        <v>674</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:11" ht="56.25">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="116" spans="1:11" ht="33.75">
       <c r="A116" s="11">
         <v>114</v>
       </c>
       <c r="B116" s="34" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="C116" s="34">
-        <v>44103148110</v>
+        <v>40203095557</v>
       </c>
       <c r="D116" s="34" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="E116" s="34" t="s">
         <v>677</v>
       </c>
       <c r="F116" s="35" t="s">
         <v>678</v>
       </c>
       <c r="G116" s="13" t="s">
         <v>679</v>
       </c>
       <c r="H116" s="33">
-        <v>45106</v>
+        <v>44533</v>
       </c>
       <c r="I116" s="31"/>
       <c r="J116" s="14">
         <v>46507</v>
       </c>
       <c r="K116" s="32" t="s">
         <v>680</v>
       </c>
     </row>
-    <row r="117" spans="1:11" ht="33.75">
+    <row r="117" spans="1:11" ht="22.5">
       <c r="A117" s="11">
         <v>115</v>
       </c>
-      <c r="B117" s="34" t="s">
+      <c r="B117" s="19" t="s">
         <v>681</v>
       </c>
-      <c r="C117" s="34">
-[...2 lines deleted...]
-      <c r="D117" s="34" t="s">
+      <c r="C117" s="19">
+        <v>40103508505</v>
+      </c>
+      <c r="D117" s="19" t="s">
         <v>682</v>
       </c>
-      <c r="E117" s="34" t="s">
+      <c r="E117" s="19" t="s">
         <v>682</v>
       </c>
-      <c r="F117" s="35" t="s">
+      <c r="F117" s="15" t="s">
         <v>683</v>
       </c>
       <c r="G117" s="13" t="s">
         <v>684</v>
       </c>
       <c r="H117" s="33">
-        <v>44533</v>
+        <v>44540</v>
       </c>
       <c r="I117" s="31"/>
       <c r="J117" s="14">
         <v>46507</v>
       </c>
       <c r="K117" s="32" t="s">
         <v>685</v>
       </c>
     </row>
-    <row r="118" spans="1:11" ht="22.5">
+    <row r="118" spans="1:11">
       <c r="A118" s="11">
         <v>116</v>
       </c>
       <c r="B118" s="19" t="s">
         <v>686</v>
       </c>
       <c r="C118" s="19">
-        <v>40103508505</v>
+        <v>40103497911</v>
       </c>
       <c r="D118" s="19" t="s">
         <v>687</v>
       </c>
       <c r="E118" s="19" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="F118" s="15" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="G118" s="13" t="s">
-        <v>689</v>
-[...4 lines deleted...]
-      <c r="I118" s="31"/>
+        <v>690</v>
+      </c>
+      <c r="H118" s="36">
+        <v>44559</v>
+      </c>
+      <c r="I118" s="34"/>
       <c r="J118" s="14">
         <v>46507</v>
       </c>
       <c r="K118" s="32" t="s">
-        <v>690</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:11">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="119" spans="1:11" ht="33.75">
       <c r="A119" s="11">
         <v>117</v>
       </c>
       <c r="B119" s="19" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="C119" s="19">
-        <v>40103497911</v>
+        <v>50103320141</v>
       </c>
       <c r="D119" s="19" t="s">
-        <v>692</v>
+        <v>569</v>
       </c>
       <c r="E119" s="19" t="s">
         <v>693</v>
       </c>
       <c r="F119" s="15" t="s">
         <v>694</v>
       </c>
       <c r="G119" s="13" t="s">
         <v>695</v>
       </c>
       <c r="H119" s="36">
         <v>44559</v>
       </c>
       <c r="I119" s="34"/>
       <c r="J119" s="14">
         <v>46507</v>
       </c>
       <c r="K119" s="32" t="s">
         <v>696</v>
       </c>
     </row>
-    <row r="120" spans="1:11" ht="33.75">
+    <row r="120" spans="1:11" ht="22.5">
       <c r="A120" s="11">
         <v>118</v>
       </c>
-      <c r="B120" s="19" t="s">
+      <c r="B120" s="34" t="s">
         <v>697</v>
       </c>
-      <c r="C120" s="19">
-[...5 lines deleted...]
-      <c r="E120" s="19" t="s">
+      <c r="C120" s="34">
+        <v>40203348080</v>
+      </c>
+      <c r="D120" s="34" t="s">
         <v>698</v>
       </c>
-      <c r="F120" s="15" t="s">
+      <c r="E120" s="34" t="s">
+        <v>698</v>
+      </c>
+      <c r="F120" s="35" t="s">
         <v>699</v>
       </c>
       <c r="G120" s="13" t="s">
         <v>700</v>
       </c>
       <c r="H120" s="36">
-        <v>44559</v>
+        <v>44574</v>
       </c>
       <c r="I120" s="34"/>
       <c r="J120" s="14">
         <v>46507</v>
       </c>
-      <c r="K120" s="32" t="s">
+      <c r="K120" s="44" t="s">
         <v>701</v>
       </c>
     </row>
-    <row r="121" spans="1:11" ht="22.5">
+    <row r="121" spans="1:11" ht="33.75">
       <c r="A121" s="11">
         <v>119</v>
       </c>
       <c r="B121" s="34" t="s">
         <v>702</v>
       </c>
       <c r="C121" s="34">
-        <v>40203348080</v>
+        <v>40203358731</v>
       </c>
       <c r="D121" s="34" t="s">
         <v>703</v>
       </c>
       <c r="E121" s="34" t="s">
-        <v>703</v>
-[...1 lines deleted...]
-      <c r="F121" s="35" t="s">
         <v>704</v>
       </c>
+      <c r="F121" s="15" t="s">
+        <v>705</v>
+      </c>
       <c r="G121" s="13" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="H121" s="36">
-        <v>44574</v>
+        <v>44592</v>
       </c>
       <c r="I121" s="34"/>
       <c r="J121" s="14">
         <v>46507</v>
       </c>
-      <c r="K121" s="44" t="s">
-        <v>706</v>
+      <c r="K121" s="32" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="122" spans="1:11" ht="33.75">
       <c r="A122" s="11">
         <v>120</v>
       </c>
       <c r="B122" s="34" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="C122" s="34">
-        <v>40203358731</v>
+        <v>41703001548</v>
       </c>
       <c r="D122" s="34" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="E122" s="34" t="s">
         <v>709</v>
       </c>
       <c r="F122" s="15" t="s">
         <v>710</v>
       </c>
       <c r="G122" s="13" t="s">
         <v>711</v>
       </c>
       <c r="H122" s="36">
-        <v>44592</v>
+        <v>45027</v>
       </c>
       <c r="I122" s="34"/>
       <c r="J122" s="14">
         <v>46507</v>
       </c>
       <c r="K122" s="32" t="s">
         <v>712</v>
       </c>
     </row>
-    <row r="123" spans="1:11">
+    <row r="123" spans="1:11" ht="45">
       <c r="A123" s="11">
         <v>121</v>
       </c>
       <c r="B123" s="34" t="s">
         <v>713</v>
       </c>
       <c r="C123" s="34">
-        <v>40203352989</v>
+        <v>50003991181</v>
       </c>
       <c r="D123" s="34" t="s">
         <v>714</v>
       </c>
       <c r="E123" s="34" t="s">
         <v>714</v>
       </c>
       <c r="F123" s="15" t="s">
         <v>715</v>
       </c>
       <c r="G123" s="13" t="s">
         <v>716</v>
       </c>
       <c r="H123" s="36">
-        <v>44602</v>
+        <v>45110</v>
       </c>
       <c r="I123" s="34"/>
       <c r="J123" s="14">
         <v>46507</v>
       </c>
       <c r="K123" s="32" t="s">
         <v>717</v>
       </c>
     </row>
-    <row r="124" spans="1:11" ht="33.75">
+    <row r="124" spans="1:11">
       <c r="A124" s="11">
         <v>122</v>
       </c>
       <c r="B124" s="34" t="s">
         <v>718</v>
       </c>
       <c r="C124" s="34">
-        <v>41703001548</v>
+        <v>40203317146</v>
       </c>
       <c r="D124" s="34" t="s">
         <v>719</v>
       </c>
       <c r="E124" s="34" t="s">
         <v>719</v>
       </c>
       <c r="F124" s="15" t="s">
         <v>720</v>
       </c>
       <c r="G124" s="13" t="s">
         <v>721</v>
       </c>
       <c r="H124" s="36">
-        <v>45027</v>
+        <v>44622</v>
       </c>
       <c r="I124" s="34"/>
       <c r="J124" s="14">
         <v>46507</v>
       </c>
       <c r="K124" s="32" t="s">
         <v>722</v>
       </c>
     </row>
-    <row r="125" spans="1:11" ht="45">
+    <row r="125" spans="1:11">
       <c r="A125" s="11">
         <v>123</v>
       </c>
       <c r="B125" s="34" t="s">
         <v>723</v>
       </c>
       <c r="C125" s="34">
-        <v>50003991181</v>
+        <v>40203330515</v>
       </c>
       <c r="D125" s="34" t="s">
         <v>724</v>
       </c>
       <c r="E125" s="34" t="s">
-        <v>724</v>
+        <v>719</v>
       </c>
       <c r="F125" s="15" t="s">
         <v>725</v>
       </c>
       <c r="G125" s="13" t="s">
         <v>726</v>
       </c>
       <c r="H125" s="36">
-        <v>45110</v>
+        <v>44622</v>
       </c>
       <c r="I125" s="34"/>
       <c r="J125" s="14">
         <v>46507</v>
       </c>
       <c r="K125" s="32" t="s">
         <v>727</v>
       </c>
     </row>
-    <row r="126" spans="1:11">
+    <row r="126" spans="1:11" ht="78.75">
       <c r="A126" s="11">
         <v>124</v>
       </c>
       <c r="B126" s="34" t="s">
         <v>728</v>
       </c>
       <c r="C126" s="34">
-        <v>40203317146</v>
+        <v>40203016684</v>
       </c>
       <c r="D126" s="34" t="s">
         <v>729</v>
       </c>
       <c r="E126" s="34" t="s">
         <v>729</v>
       </c>
       <c r="F126" s="15" t="s">
         <v>730</v>
       </c>
       <c r="G126" s="13" t="s">
         <v>731</v>
       </c>
       <c r="H126" s="36">
         <v>44622</v>
       </c>
       <c r="I126" s="34"/>
       <c r="J126" s="14">
         <v>46507</v>
       </c>
       <c r="K126" s="32" t="s">
         <v>732</v>
       </c>
     </row>
-    <row r="127" spans="1:11">
+    <row r="127" spans="1:11" ht="45">
       <c r="A127" s="11">
         <v>125</v>
       </c>
       <c r="B127" s="34" t="s">
         <v>733</v>
       </c>
       <c r="C127" s="34">
-        <v>40203330515</v>
+        <v>40203358534</v>
       </c>
       <c r="D127" s="34" t="s">
         <v>734</v>
       </c>
       <c r="E127" s="34" t="s">
-        <v>729</v>
+        <v>734</v>
       </c>
       <c r="F127" s="15" t="s">
         <v>735</v>
       </c>
       <c r="G127" s="13" t="s">
         <v>736</v>
       </c>
       <c r="H127" s="36">
-        <v>44622</v>
+        <v>44680</v>
       </c>
       <c r="I127" s="34"/>
       <c r="J127" s="14">
         <v>46507</v>
       </c>
       <c r="K127" s="32" t="s">
         <v>737</v>
       </c>
     </row>
-    <row r="128" spans="1:11" ht="78.75">
+    <row r="128" spans="1:11" ht="33.75">
       <c r="A128" s="11">
         <v>126</v>
       </c>
       <c r="B128" s="34" t="s">
         <v>738</v>
       </c>
       <c r="C128" s="34">
-        <v>40203016684</v>
+        <v>44103052844</v>
       </c>
       <c r="D128" s="34" t="s">
         <v>739</v>
       </c>
       <c r="E128" s="34" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="F128" s="15" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="G128" s="13" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="H128" s="36">
-        <v>44622</v>
+        <v>44641</v>
       </c>
       <c r="I128" s="34"/>
       <c r="J128" s="14">
         <v>46507</v>
       </c>
       <c r="K128" s="32" t="s">
-        <v>742</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:11" ht="45">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="129" spans="1:11" ht="67.5">
       <c r="A129" s="11">
         <v>127</v>
       </c>
       <c r="B129" s="34" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="C129" s="34">
-        <v>40203358534</v>
+        <v>50002193811</v>
       </c>
       <c r="D129" s="34" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="E129" s="34" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="F129" s="15" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="G129" s="13" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="H129" s="36">
-        <v>44680</v>
+        <v>44663</v>
       </c>
       <c r="I129" s="34"/>
       <c r="J129" s="14">
         <v>46507</v>
       </c>
       <c r="K129" s="32" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
     </row>
     <row r="130" spans="1:11" ht="33.75">
       <c r="A130" s="11">
         <v>128</v>
       </c>
       <c r="B130" s="34" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="C130" s="34">
-        <v>44103052844</v>
+        <v>40103347036</v>
       </c>
       <c r="D130" s="34" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="E130" s="34" t="s">
         <v>750</v>
       </c>
       <c r="F130" s="15" t="s">
         <v>751</v>
       </c>
       <c r="G130" s="13" t="s">
         <v>752</v>
       </c>
       <c r="H130" s="36">
-        <v>44641</v>
+        <v>44677</v>
       </c>
       <c r="I130" s="34"/>
       <c r="J130" s="14">
         <v>46507</v>
       </c>
       <c r="K130" s="32" t="s">
         <v>753</v>
       </c>
     </row>
-    <row r="131" spans="1:11" ht="67.5">
+    <row r="131" spans="1:11" ht="45">
       <c r="A131" s="11">
         <v>129</v>
       </c>
       <c r="B131" s="34" t="s">
         <v>754</v>
       </c>
       <c r="C131" s="34">
-        <v>50002193811</v>
+        <v>50203387291</v>
       </c>
       <c r="D131" s="34" t="s">
+        <v>600</v>
+      </c>
+      <c r="E131" s="34" t="s">
+        <v>600</v>
+      </c>
+      <c r="F131" s="15" t="s">
         <v>755</v>
       </c>
-      <c r="E131" s="34" t="s">
-[...2 lines deleted...]
-      <c r="F131" s="15" t="s">
+      <c r="G131" s="13" t="s">
         <v>756</v>
       </c>
-      <c r="G131" s="13" t="s">
+      <c r="H131" s="45">
+        <v>44677</v>
+      </c>
+      <c r="I131" s="35"/>
+      <c r="J131" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K131" s="32" t="s">
         <v>757</v>
-      </c>
-[...8 lines deleted...]
-        <v>758</v>
       </c>
     </row>
     <row r="132" spans="1:11" ht="33.75">
       <c r="A132" s="11">
         <v>130</v>
       </c>
       <c r="B132" s="34" t="s">
+        <v>758</v>
+      </c>
+      <c r="C132" s="34">
+        <v>50203358771</v>
+      </c>
+      <c r="D132" s="34" t="s">
         <v>759</v>
-      </c>
-[...4 lines deleted...]
-        <v>760</v>
       </c>
       <c r="E132" s="34" t="s">
         <v>760</v>
       </c>
       <c r="F132" s="15" t="s">
         <v>761</v>
       </c>
       <c r="G132" s="13" t="s">
         <v>762</v>
       </c>
       <c r="H132" s="36">
-        <v>44677</v>
+        <v>44678</v>
       </c>
       <c r="I132" s="34"/>
       <c r="J132" s="14">
         <v>46507</v>
       </c>
-      <c r="K132" s="32" t="s">
+      <c r="K132" s="35" t="s">
         <v>763</v>
       </c>
     </row>
-    <row r="133" spans="1:11" ht="45">
+    <row r="133" spans="1:11" ht="33.75">
       <c r="A133" s="11">
         <v>131</v>
       </c>
       <c r="B133" s="34" t="s">
         <v>764</v>
       </c>
       <c r="C133" s="34">
-        <v>50203387291</v>
+        <v>40203378831</v>
       </c>
       <c r="D133" s="34" t="s">
-        <v>605</v>
+        <v>765</v>
       </c>
       <c r="E133" s="34" t="s">
-        <v>605</v>
+        <v>765</v>
       </c>
       <c r="F133" s="15" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="G133" s="13" t="s">
-        <v>766</v>
-[...4 lines deleted...]
-      <c r="I133" s="35"/>
+        <v>767</v>
+      </c>
+      <c r="H133" s="36">
+        <v>44698</v>
+      </c>
+      <c r="I133" s="34"/>
       <c r="J133" s="14">
         <v>46507</v>
       </c>
       <c r="K133" s="32" t="s">
-        <v>767</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:11" ht="33.75">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="134" spans="1:11" ht="67.5">
       <c r="A134" s="11">
         <v>132</v>
       </c>
       <c r="B134" s="34" t="s">
-        <v>768</v>
-[...4 lines deleted...]
-      <c r="D134" s="34" t="s">
         <v>769</v>
       </c>
-      <c r="E134" s="34" t="s">
+      <c r="C134" s="31">
+        <v>40003789592</v>
+      </c>
+      <c r="D134" s="31" t="s">
+        <v>770</v>
+      </c>
+      <c r="E134" s="31" t="s">
         <v>770</v>
       </c>
       <c r="F134" s="15" t="s">
         <v>771</v>
       </c>
       <c r="G134" s="13" t="s">
         <v>772</v>
       </c>
       <c r="H134" s="36">
-        <v>44678</v>
+        <v>44711</v>
       </c>
       <c r="I134" s="34"/>
       <c r="J134" s="14">
         <v>46507</v>
       </c>
-      <c r="K134" s="35" t="s">
+      <c r="K134" s="32" t="s">
         <v>773</v>
       </c>
     </row>
-    <row r="135" spans="1:11" ht="33.75">
+    <row r="135" spans="1:11" ht="45">
       <c r="A135" s="11">
         <v>133</v>
       </c>
       <c r="B135" s="34" t="s">
         <v>774</v>
       </c>
-      <c r="C135" s="34">
-[...2 lines deleted...]
-      <c r="D135" s="34" t="s">
+      <c r="C135" s="31">
+        <v>50203388831</v>
+      </c>
+      <c r="D135" s="31" t="s">
         <v>775</v>
       </c>
-      <c r="E135" s="34" t="s">
+      <c r="E135" s="31" t="s">
         <v>775</v>
       </c>
       <c r="F135" s="15" t="s">
         <v>776</v>
       </c>
       <c r="G135" s="13" t="s">
         <v>777</v>
       </c>
       <c r="H135" s="36">
-        <v>44698</v>
+        <v>44711</v>
       </c>
       <c r="I135" s="34"/>
       <c r="J135" s="14">
         <v>46507</v>
       </c>
       <c r="K135" s="32" t="s">
         <v>778</v>
       </c>
     </row>
-    <row r="136" spans="1:11" ht="67.5">
+    <row r="136" spans="1:11" ht="22.5">
       <c r="A136" s="11">
         <v>134</v>
       </c>
       <c r="B136" s="34" t="s">
         <v>779</v>
       </c>
       <c r="C136" s="31">
-        <v>40003789592</v>
+        <v>40203177374</v>
       </c>
       <c r="D136" s="31" t="s">
         <v>780</v>
       </c>
       <c r="E136" s="31" t="s">
         <v>780</v>
       </c>
       <c r="F136" s="15" t="s">
         <v>781</v>
       </c>
       <c r="G136" s="13" t="s">
         <v>782</v>
       </c>
       <c r="H136" s="36">
-        <v>44711</v>
+        <v>44963</v>
       </c>
       <c r="I136" s="34"/>
       <c r="J136" s="14">
         <v>46507</v>
       </c>
       <c r="K136" s="32" t="s">
         <v>783</v>
       </c>
     </row>
-    <row r="137" spans="1:11" ht="45">
+    <row r="137" spans="1:11" ht="33.75">
       <c r="A137" s="11">
         <v>135</v>
       </c>
       <c r="B137" s="34" t="s">
         <v>784</v>
       </c>
-      <c r="C137" s="31">
-[...2 lines deleted...]
-      <c r="D137" s="31" t="s">
+      <c r="C137" s="34">
+        <v>44103038018</v>
+      </c>
+      <c r="D137" s="34" t="s">
         <v>785</v>
       </c>
-      <c r="E137" s="31" t="s">
+      <c r="E137" s="34" t="s">
         <v>785</v>
       </c>
       <c r="F137" s="15" t="s">
         <v>786</v>
       </c>
       <c r="G137" s="13" t="s">
         <v>787</v>
       </c>
       <c r="H137" s="36">
-        <v>44711</v>
+        <v>44714</v>
       </c>
       <c r="I137" s="34"/>
       <c r="J137" s="14">
         <v>46507</v>
       </c>
       <c r="K137" s="32" t="s">
         <v>788</v>
       </c>
     </row>
-    <row r="138" spans="1:11" ht="22.5">
+    <row r="138" spans="1:11" ht="33.75">
       <c r="A138" s="11">
         <v>136</v>
       </c>
       <c r="B138" s="34" t="s">
         <v>789</v>
       </c>
-      <c r="C138" s="31">
-[...2 lines deleted...]
-      <c r="D138" s="31" t="s">
+      <c r="C138" s="34">
+        <v>40203384594</v>
+      </c>
+      <c r="D138" s="34" t="s">
         <v>790</v>
       </c>
-      <c r="E138" s="31" t="s">
+      <c r="E138" s="34" t="s">
         <v>790</v>
       </c>
       <c r="F138" s="15" t="s">
         <v>791</v>
       </c>
       <c r="G138" s="13" t="s">
         <v>792</v>
       </c>
       <c r="H138" s="36">
-        <v>44963</v>
+        <v>44714</v>
       </c>
       <c r="I138" s="34"/>
       <c r="J138" s="14">
         <v>46507</v>
       </c>
       <c r="K138" s="32" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="139" spans="1:11" ht="33.75">
       <c r="A139" s="11">
         <v>137</v>
       </c>
       <c r="B139" s="34" t="s">
         <v>794</v>
       </c>
       <c r="C139" s="34">
-        <v>44103038018</v>
+        <v>40203397226</v>
       </c>
       <c r="D139" s="34" t="s">
         <v>795</v>
       </c>
       <c r="E139" s="34" t="s">
         <v>795</v>
       </c>
       <c r="F139" s="15" t="s">
         <v>796</v>
       </c>
       <c r="G139" s="13" t="s">
         <v>797</v>
       </c>
       <c r="H139" s="36">
-        <v>44714</v>
+        <v>44721</v>
       </c>
       <c r="I139" s="34"/>
       <c r="J139" s="14">
         <v>46507</v>
       </c>
       <c r="K139" s="32" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="140" spans="1:11" ht="33.75">
+    <row r="140" spans="1:11" ht="67.5">
       <c r="A140" s="11">
         <v>138</v>
       </c>
       <c r="B140" s="34" t="s">
         <v>799</v>
       </c>
       <c r="C140" s="34">
-        <v>40203384594</v>
+        <v>40203081415</v>
       </c>
       <c r="D140" s="34" t="s">
         <v>800</v>
       </c>
       <c r="E140" s="34" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="F140" s="15" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="G140" s="13" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="H140" s="36">
-        <v>44714</v>
+        <v>44722</v>
       </c>
       <c r="I140" s="34"/>
       <c r="J140" s="14">
         <v>46507</v>
       </c>
       <c r="K140" s="32" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:11" ht="33.75">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="141" spans="1:11" ht="45">
       <c r="A141" s="11">
         <v>139</v>
       </c>
       <c r="B141" s="34" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="C141" s="34">
-        <v>40203397226</v>
+        <v>44103116365</v>
       </c>
       <c r="D141" s="34" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="E141" s="34" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="F141" s="15" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="G141" s="13" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="H141" s="36">
-        <v>44721</v>
+        <v>44722</v>
       </c>
       <c r="I141" s="34"/>
       <c r="J141" s="14">
         <v>46507</v>
       </c>
       <c r="K141" s="32" t="s">
-        <v>808</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:11" ht="67.5">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="142" spans="1:11" ht="45">
       <c r="A142" s="11">
         <v>140</v>
       </c>
       <c r="B142" s="34" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="C142" s="34">
-        <v>40203081415</v>
+        <v>40103505829</v>
       </c>
       <c r="D142" s="34" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="E142" s="34" t="s">
         <v>811</v>
       </c>
       <c r="F142" s="15" t="s">
         <v>812</v>
       </c>
       <c r="G142" s="13" t="s">
         <v>813</v>
       </c>
       <c r="H142" s="36">
         <v>44722</v>
       </c>
       <c r="I142" s="34"/>
       <c r="J142" s="14">
         <v>46507</v>
       </c>
       <c r="K142" s="32" t="s">
         <v>814</v>
       </c>
     </row>
-    <row r="143" spans="1:11" ht="45">
+    <row r="143" spans="1:11" ht="33.75">
       <c r="A143" s="11">
         <v>141</v>
       </c>
       <c r="B143" s="34" t="s">
         <v>815</v>
       </c>
       <c r="C143" s="34">
-        <v>44103116365</v>
+        <v>40203396080</v>
       </c>
       <c r="D143" s="34" t="s">
         <v>816</v>
       </c>
       <c r="E143" s="34" t="s">
         <v>816</v>
       </c>
       <c r="F143" s="15" t="s">
         <v>817</v>
       </c>
       <c r="G143" s="13" t="s">
         <v>818</v>
       </c>
       <c r="H143" s="36">
-        <v>44722</v>
+        <v>44728</v>
       </c>
       <c r="I143" s="34"/>
       <c r="J143" s="14">
         <v>46507</v>
       </c>
       <c r="K143" s="32" t="s">
         <v>819</v>
       </c>
     </row>
-    <row r="144" spans="1:11" ht="45">
+    <row r="144" spans="1:11" ht="33.75">
       <c r="A144" s="11">
         <v>142</v>
       </c>
       <c r="B144" s="34" t="s">
         <v>820</v>
       </c>
       <c r="C144" s="34">
-        <v>40103505829</v>
+        <v>42403046552</v>
       </c>
       <c r="D144" s="34" t="s">
         <v>821</v>
       </c>
       <c r="E144" s="34" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="F144" s="15" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="G144" s="13" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H144" s="36">
-        <v>44722</v>
+        <v>44728</v>
       </c>
       <c r="I144" s="34"/>
       <c r="J144" s="14">
         <v>46507</v>
       </c>
       <c r="K144" s="32" t="s">
-        <v>824</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:11" ht="33.75">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="145" spans="1:11" ht="56.25">
       <c r="A145" s="11">
         <v>143</v>
       </c>
       <c r="B145" s="34" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="C145" s="34">
-        <v>40203396080</v>
+        <v>40203284574</v>
       </c>
       <c r="D145" s="34" t="s">
-        <v>826</v>
+        <v>28</v>
       </c>
       <c r="E145" s="34" t="s">
-        <v>826</v>
-[...1 lines deleted...]
-      <c r="F145" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="F145" s="29" t="s">
         <v>827</v>
       </c>
       <c r="G145" s="13" t="s">
         <v>828</v>
       </c>
-      <c r="H145" s="36">
-[...2 lines deleted...]
-      <c r="I145" s="34"/>
+      <c r="H145" s="46">
+        <v>44750</v>
+      </c>
+      <c r="I145" s="47"/>
       <c r="J145" s="14">
         <v>46507</v>
       </c>
       <c r="K145" s="32" t="s">
         <v>829</v>
       </c>
     </row>
-    <row r="146" spans="1:11" ht="33.75">
+    <row r="146" spans="1:11" ht="56.25">
       <c r="A146" s="11">
         <v>144</v>
       </c>
       <c r="B146" s="34" t="s">
         <v>830</v>
       </c>
       <c r="C146" s="34">
-        <v>42403046552</v>
+        <v>51503034181</v>
       </c>
       <c r="D146" s="34" t="s">
         <v>831</v>
       </c>
       <c r="E146" s="34" t="s">
         <v>832</v>
       </c>
-      <c r="F146" s="15" t="s">
+      <c r="F146" s="29" t="s">
         <v>833</v>
       </c>
       <c r="G146" s="13" t="s">
         <v>834</v>
       </c>
-      <c r="H146" s="36">
-[...2 lines deleted...]
-      <c r="I146" s="34"/>
+      <c r="H146" s="46">
+        <v>44784</v>
+      </c>
+      <c r="I146" s="47"/>
       <c r="J146" s="14">
         <v>46507</v>
       </c>
       <c r="K146" s="32" t="s">
         <v>835</v>
       </c>
     </row>
-    <row r="147" spans="1:11" ht="56.25">
+    <row r="147" spans="1:11" ht="33.75">
       <c r="A147" s="11">
         <v>145</v>
       </c>
       <c r="B147" s="34" t="s">
         <v>836</v>
       </c>
       <c r="C147" s="34">
-        <v>40203284574</v>
+        <v>40103974877</v>
       </c>
       <c r="D147" s="34" t="s">
-        <v>28</v>
+        <v>837</v>
       </c>
       <c r="E147" s="34" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F147" s="29" t="s">
         <v>837</v>
+      </c>
+      <c r="F147" s="13" t="s">
+        <v>118</v>
       </c>
       <c r="G147" s="13" t="s">
         <v>838</v>
       </c>
       <c r="H147" s="46">
-        <v>44750</v>
+        <v>44777</v>
       </c>
       <c r="I147" s="47"/>
       <c r="J147" s="14">
         <v>46507</v>
       </c>
       <c r="K147" s="32" t="s">
         <v>839</v>
       </c>
     </row>
-    <row r="148" spans="1:11" ht="33.75">
+    <row r="148" spans="1:11" ht="22.5">
       <c r="A148" s="11">
         <v>146</v>
       </c>
       <c r="B148" s="34" t="s">
         <v>840</v>
       </c>
       <c r="C148" s="34">
-        <v>40203255842</v>
+        <v>40203356073</v>
       </c>
       <c r="D148" s="34" t="s">
         <v>841</v>
       </c>
       <c r="E148" s="34" t="s">
         <v>841</v>
       </c>
       <c r="F148" s="29" t="s">
         <v>842</v>
       </c>
       <c r="G148" s="13" t="s">
         <v>843</v>
       </c>
       <c r="H148" s="46">
-        <v>44760</v>
+        <v>44777</v>
       </c>
       <c r="I148" s="47"/>
       <c r="J148" s="14">
         <v>46507</v>
       </c>
       <c r="K148" s="32" t="s">
         <v>844</v>
       </c>
     </row>
-    <row r="149" spans="1:11" ht="56.25">
+    <row r="149" spans="1:11" ht="45">
       <c r="A149" s="11">
         <v>147</v>
       </c>
-      <c r="B149" s="34" t="s">
+      <c r="B149" s="48" t="s">
         <v>845</v>
       </c>
-      <c r="C149" s="34">
-[...2 lines deleted...]
-      <c r="D149" s="34" t="s">
+      <c r="C149" s="48">
+        <v>40203050735</v>
+      </c>
+      <c r="D149" s="48" t="s">
         <v>846</v>
       </c>
-      <c r="E149" s="34" t="s">
+      <c r="E149" s="48" t="s">
+        <v>846</v>
+      </c>
+      <c r="F149" s="29" t="s">
         <v>847</v>
       </c>
-      <c r="F149" s="29" t="s">
+      <c r="G149" s="13" t="s">
         <v>848</v>
       </c>
-      <c r="G149" s="13" t="s">
+      <c r="H149" s="30">
+        <v>44784</v>
+      </c>
+      <c r="I149" s="29"/>
+      <c r="J149" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K149" s="32" t="s">
         <v>849</v>
-      </c>
-[...8 lines deleted...]
-        <v>850</v>
       </c>
     </row>
     <row r="150" spans="1:11" ht="33.75">
       <c r="A150" s="11">
         <v>148</v>
       </c>
-      <c r="B150" s="34" t="s">
+      <c r="B150" s="48" t="s">
+        <v>850</v>
+      </c>
+      <c r="C150" s="48">
+        <v>40203403927</v>
+      </c>
+      <c r="D150" s="48" t="s">
         <v>851</v>
       </c>
-      <c r="C150" s="34">
-[...2 lines deleted...]
-      <c r="D150" s="34" t="s">
+      <c r="E150" s="48" t="s">
+        <v>851</v>
+      </c>
+      <c r="F150" s="29" t="s">
         <v>852</v>
-      </c>
-[...4 lines deleted...]
-        <v>118</v>
       </c>
       <c r="G150" s="13" t="s">
         <v>853</v>
       </c>
       <c r="H150" s="46">
-        <v>44777</v>
+        <v>44784</v>
       </c>
       <c r="I150" s="47"/>
       <c r="J150" s="14">
         <v>46507</v>
       </c>
-      <c r="K150" s="32" t="s">
+      <c r="K150" s="49" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="151" spans="1:11" ht="22.5">
       <c r="A151" s="11">
         <v>149</v>
       </c>
-      <c r="B151" s="34" t="s">
+      <c r="B151" s="48" t="s">
         <v>855</v>
       </c>
-      <c r="C151" s="34">
-[...2 lines deleted...]
-      <c r="D151" s="34" t="s">
+      <c r="C151" s="48">
+        <v>40203272240</v>
+      </c>
+      <c r="D151" s="48" t="s">
         <v>856</v>
       </c>
-      <c r="E151" s="34" t="s">
+      <c r="E151" s="48" t="s">
         <v>856</v>
       </c>
       <c r="F151" s="29" t="s">
         <v>857</v>
       </c>
       <c r="G151" s="13" t="s">
         <v>858</v>
       </c>
       <c r="H151" s="46">
-        <v>44777</v>
+        <v>44791</v>
       </c>
       <c r="I151" s="47"/>
       <c r="J151" s="14">
         <v>46507</v>
       </c>
-      <c r="K151" s="32" t="s">
+      <c r="K151" s="49" t="s">
         <v>859</v>
       </c>
     </row>
     <row r="152" spans="1:11" ht="33.75">
       <c r="A152" s="11">
         <v>150</v>
       </c>
       <c r="B152" s="48" t="s">
         <v>860</v>
       </c>
       <c r="C152" s="48">
-        <v>40003121062</v>
+        <v>40203403471</v>
       </c>
       <c r="D152" s="48" t="s">
         <v>861</v>
       </c>
       <c r="E152" s="48" t="s">
         <v>861</v>
       </c>
       <c r="F152" s="29" t="s">
         <v>862</v>
       </c>
       <c r="G152" s="13" t="s">
         <v>863</v>
       </c>
       <c r="H152" s="46">
-        <v>44782</v>
+        <v>44833</v>
       </c>
       <c r="I152" s="47"/>
       <c r="J152" s="14">
         <v>46507</v>
       </c>
       <c r="K152" s="49" t="s">
         <v>864</v>
       </c>
     </row>
-    <row r="153" spans="1:11" ht="45">
+    <row r="153" spans="1:11" ht="33.75">
       <c r="A153" s="11">
         <v>151</v>
       </c>
       <c r="B153" s="48" t="s">
         <v>865</v>
       </c>
       <c r="C153" s="48">
-        <v>40203050735</v>
+        <v>40203270767</v>
       </c>
       <c r="D153" s="48" t="s">
         <v>866</v>
       </c>
       <c r="E153" s="48" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="F153" s="29" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="G153" s="13" t="s">
-        <v>868</v>
-[...4 lines deleted...]
-      <c r="I153" s="29"/>
+        <v>869</v>
+      </c>
+      <c r="H153" s="46">
+        <v>44797</v>
+      </c>
+      <c r="I153" s="47"/>
       <c r="J153" s="14">
         <v>46507</v>
       </c>
-      <c r="K153" s="32" t="s">
-[...3 lines deleted...]
-    <row r="154" spans="1:11" ht="33.75">
+      <c r="K153" s="49" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="154" spans="1:11" ht="22.5">
       <c r="A154" s="11">
         <v>152</v>
       </c>
       <c r="B154" s="48" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="C154" s="48">
-        <v>40203403927</v>
+        <v>40203263731</v>
       </c>
       <c r="D154" s="48" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="E154" s="48" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="F154" s="29" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="G154" s="13" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="H154" s="46">
-        <v>44784</v>
+        <v>44811</v>
       </c>
       <c r="I154" s="47"/>
       <c r="J154" s="14">
         <v>46507</v>
       </c>
       <c r="K154" s="49" t="s">
-        <v>874</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:11" ht="22.5">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="155" spans="1:11" ht="33.75">
       <c r="A155" s="11">
         <v>153</v>
       </c>
       <c r="B155" s="48" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="C155" s="48">
-        <v>40203272240</v>
+        <v>40203294318</v>
       </c>
       <c r="D155" s="48" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="E155" s="48" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="F155" s="29" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="G155" s="13" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="H155" s="46">
-        <v>44791</v>
+        <v>44818</v>
       </c>
       <c r="I155" s="47"/>
       <c r="J155" s="14">
         <v>46507</v>
       </c>
       <c r="K155" s="49" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
     </row>
     <row r="156" spans="1:11" ht="33.75">
       <c r="A156" s="11">
         <v>154</v>
       </c>
       <c r="B156" s="48" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="C156" s="48">
-        <v>40203403471</v>
+        <v>40103003876</v>
       </c>
       <c r="D156" s="48" t="s">
-        <v>881</v>
+        <v>122</v>
       </c>
       <c r="E156" s="48" t="s">
-        <v>881</v>
+        <v>122</v>
       </c>
       <c r="F156" s="29" t="s">
         <v>882</v>
       </c>
       <c r="G156" s="13" t="s">
         <v>883</v>
       </c>
       <c r="H156" s="46">
-        <v>44833</v>
+        <v>44832</v>
       </c>
       <c r="I156" s="47"/>
       <c r="J156" s="14">
         <v>46507</v>
       </c>
-      <c r="K156" s="49" t="s">
+      <c r="K156" s="32" t="s">
         <v>884</v>
       </c>
     </row>
-    <row r="157" spans="1:11" ht="33.75">
+    <row r="157" spans="1:11" ht="45">
       <c r="A157" s="11">
         <v>155</v>
       </c>
       <c r="B157" s="48" t="s">
         <v>885</v>
       </c>
       <c r="C157" s="48">
-        <v>40203270767</v>
-[...1 lines deleted...]
-      <c r="D157" s="48" t="s">
+        <v>40103692530</v>
+      </c>
+      <c r="D157" s="49" t="s">
         <v>886</v>
       </c>
       <c r="E157" s="48" t="s">
         <v>887</v>
       </c>
       <c r="F157" s="29" t="s">
         <v>888</v>
       </c>
       <c r="G157" s="13" t="s">
         <v>889</v>
       </c>
       <c r="H157" s="46">
-        <v>44797</v>
+        <v>44837</v>
       </c>
       <c r="I157" s="47"/>
       <c r="J157" s="14">
         <v>46507</v>
       </c>
       <c r="K157" s="49" t="s">
         <v>890</v>
       </c>
     </row>
-    <row r="158" spans="1:11" ht="22.5">
+    <row r="158" spans="1:11" ht="33.75">
       <c r="A158" s="11">
         <v>156</v>
       </c>
       <c r="B158" s="48" t="s">
         <v>891</v>
       </c>
       <c r="C158" s="48">
-        <v>40203263731</v>
+        <v>54103050671</v>
       </c>
       <c r="D158" s="48" t="s">
         <v>892</v>
       </c>
       <c r="E158" s="48" t="s">
         <v>892</v>
       </c>
       <c r="F158" s="29" t="s">
         <v>893</v>
       </c>
       <c r="G158" s="13" t="s">
         <v>894</v>
       </c>
       <c r="H158" s="46">
-        <v>44811</v>
+        <v>44840</v>
       </c>
       <c r="I158" s="47"/>
       <c r="J158" s="14">
         <v>46507</v>
       </c>
-      <c r="K158" s="49" t="s">
+      <c r="K158" s="32" t="s">
         <v>895</v>
       </c>
     </row>
-    <row r="159" spans="1:11" ht="33.75">
+    <row r="159" spans="1:11" ht="45">
       <c r="A159" s="11">
         <v>157</v>
       </c>
       <c r="B159" s="48" t="s">
         <v>896</v>
       </c>
       <c r="C159" s="48">
-        <v>40203294318</v>
+        <v>40203142584</v>
       </c>
       <c r="D159" s="48" t="s">
         <v>897</v>
       </c>
       <c r="E159" s="48" t="s">
         <v>897</v>
       </c>
       <c r="F159" s="29" t="s">
         <v>898</v>
       </c>
       <c r="G159" s="13" t="s">
         <v>899</v>
       </c>
       <c r="H159" s="46">
-        <v>44818</v>
+        <v>44840</v>
       </c>
       <c r="I159" s="47"/>
       <c r="J159" s="14">
         <v>46507</v>
       </c>
-      <c r="K159" s="49" t="s">
+      <c r="K159" s="32" t="s">
         <v>900</v>
       </c>
     </row>
     <row r="160" spans="1:11" ht="33.75">
       <c r="A160" s="11">
         <v>158</v>
       </c>
       <c r="B160" s="48" t="s">
         <v>901</v>
       </c>
       <c r="C160" s="48">
-        <v>40103003876</v>
+        <v>40203433565</v>
       </c>
       <c r="D160" s="48" t="s">
-        <v>122</v>
+        <v>902</v>
       </c>
       <c r="E160" s="48" t="s">
-        <v>122</v>
+        <v>902</v>
       </c>
       <c r="F160" s="29" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="G160" s="13" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="H160" s="46">
-        <v>44832</v>
+        <v>44873</v>
       </c>
       <c r="I160" s="47"/>
       <c r="J160" s="14">
         <v>46507</v>
       </c>
       <c r="K160" s="32" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
     </row>
     <row r="161" spans="1:11" ht="45">
       <c r="A161" s="11">
         <v>159</v>
       </c>
       <c r="B161" s="48" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="C161" s="48">
-        <v>40103692530</v>
-[...2 lines deleted...]
-        <v>906</v>
+        <v>50203133371</v>
+      </c>
+      <c r="D161" s="48" t="s">
+        <v>907</v>
       </c>
       <c r="E161" s="48" t="s">
         <v>907</v>
       </c>
       <c r="F161" s="29" t="s">
         <v>908</v>
       </c>
       <c r="G161" s="13" t="s">
         <v>909</v>
       </c>
       <c r="H161" s="46">
-        <v>44837</v>
+        <v>44886</v>
       </c>
       <c r="I161" s="47"/>
       <c r="J161" s="14">
         <v>46507</v>
       </c>
-      <c r="K161" s="49" t="s">
+      <c r="K161" s="32" t="s">
         <v>910</v>
       </c>
     </row>
     <row r="162" spans="1:11" ht="33.75">
       <c r="A162" s="11">
         <v>160</v>
       </c>
       <c r="B162" s="48" t="s">
         <v>911</v>
       </c>
       <c r="C162" s="48">
-        <v>54103050671</v>
+        <v>40203242195</v>
       </c>
       <c r="D162" s="48" t="s">
         <v>912</v>
       </c>
       <c r="E162" s="48" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="F162" s="29" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="G162" s="13" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="H162" s="46">
-        <v>44840</v>
+        <v>44889</v>
       </c>
       <c r="I162" s="47"/>
       <c r="J162" s="14">
         <v>46507</v>
       </c>
       <c r="K162" s="32" t="s">
-        <v>915</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:11" ht="45">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="163" spans="1:11" ht="33.75">
       <c r="A163" s="11">
         <v>161</v>
       </c>
       <c r="B163" s="48" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="C163" s="48">
-        <v>40203142584</v>
+        <v>40103897262</v>
       </c>
       <c r="D163" s="48" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="E163" s="48" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="F163" s="29" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="G163" s="13" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="H163" s="46">
-        <v>44840</v>
+        <v>44890</v>
       </c>
       <c r="I163" s="47"/>
       <c r="J163" s="14">
         <v>46507</v>
       </c>
       <c r="K163" s="32" t="s">
-        <v>920</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:11" ht="33.75">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="164" spans="1:11" ht="22.5">
       <c r="A164" s="11">
         <v>162</v>
       </c>
       <c r="B164" s="48" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="C164" s="48">
-        <v>40203433565</v>
+        <v>40203194641</v>
       </c>
       <c r="D164" s="48" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="E164" s="48" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="F164" s="29" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="G164" s="13" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
       <c r="H164" s="46">
-        <v>44873</v>
+        <v>44870</v>
       </c>
       <c r="I164" s="47"/>
       <c r="J164" s="14">
         <v>46507</v>
       </c>
       <c r="K164" s="32" t="s">
-        <v>925</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:11" ht="45">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="165" spans="1:11" ht="33.75">
       <c r="A165" s="11">
         <v>163</v>
       </c>
       <c r="B165" s="48" t="s">
-        <v>926</v>
+        <v>929</v>
       </c>
       <c r="C165" s="48">
-        <v>50203133371</v>
+        <v>40203202883</v>
       </c>
       <c r="D165" s="48" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="E165" s="48" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="F165" s="29" t="s">
-        <v>928</v>
+        <v>932</v>
       </c>
       <c r="G165" s="13" t="s">
-        <v>929</v>
+        <v>933</v>
       </c>
       <c r="H165" s="46">
-        <v>44886</v>
+        <v>44907</v>
       </c>
       <c r="I165" s="47"/>
       <c r="J165" s="14">
         <v>46507</v>
       </c>
       <c r="K165" s="32" t="s">
-        <v>930</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:11" ht="33.75">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="166" spans="1:11" ht="45">
       <c r="A166" s="11">
         <v>164</v>
       </c>
       <c r="B166" s="48" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="C166" s="48">
-        <v>40203242195</v>
+        <v>40203442337</v>
       </c>
       <c r="D166" s="48" t="s">
-        <v>932</v>
+        <v>936</v>
       </c>
       <c r="E166" s="48" t="s">
-        <v>933</v>
+        <v>936</v>
       </c>
       <c r="F166" s="29" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="G166" s="13" t="s">
-        <v>935</v>
+        <v>938</v>
       </c>
       <c r="H166" s="46">
-        <v>44889</v>
+        <v>44917</v>
       </c>
       <c r="I166" s="47"/>
       <c r="J166" s="14">
         <v>46507</v>
       </c>
       <c r="K166" s="32" t="s">
-        <v>936</v>
+        <v>939</v>
       </c>
     </row>
     <row r="167" spans="1:11" ht="33.75">
       <c r="A167" s="11">
         <v>165</v>
       </c>
       <c r="B167" s="48" t="s">
-        <v>937</v>
+        <v>940</v>
       </c>
       <c r="C167" s="48">
-        <v>40103897262</v>
+        <v>42103106956</v>
       </c>
       <c r="D167" s="48" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="E167" s="48" t="s">
-        <v>939</v>
+        <v>942</v>
       </c>
       <c r="F167" s="29" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
       <c r="G167" s="13" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
       <c r="H167" s="46">
-        <v>44890</v>
+        <v>44924</v>
       </c>
       <c r="I167" s="47"/>
       <c r="J167" s="14">
         <v>46507</v>
       </c>
       <c r="K167" s="32" t="s">
-        <v>942</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:11" ht="22.5">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="168" spans="1:11" ht="33.75">
       <c r="A168" s="11">
         <v>166</v>
       </c>
       <c r="B168" s="48" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C168" s="48">
-        <v>40203194641</v>
+        <v>40203438524</v>
       </c>
       <c r="D168" s="48" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
       <c r="E168" s="48" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="F168" s="29" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
       <c r="G168" s="13" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
       <c r="H168" s="46">
-        <v>44870</v>
+        <v>44960</v>
       </c>
       <c r="I168" s="47"/>
       <c r="J168" s="14">
         <v>46507</v>
       </c>
       <c r="K168" s="32" t="s">
-        <v>948</v>
+        <v>951</v>
       </c>
     </row>
     <row r="169" spans="1:11" ht="33.75">
       <c r="A169" s="11">
         <v>167</v>
       </c>
       <c r="B169" s="48" t="s">
-        <v>949</v>
-[...2 lines deleted...]
-        <v>40203202883</v>
+        <v>952</v>
+      </c>
+      <c r="C169" s="39">
+        <v>50203412391</v>
       </c>
       <c r="D169" s="48" t="s">
-        <v>950</v>
+        <v>953</v>
       </c>
       <c r="E169" s="48" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="F169" s="29" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="G169" s="13" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="H169" s="46">
-        <v>44907</v>
+        <v>44960</v>
       </c>
       <c r="I169" s="47"/>
       <c r="J169" s="14">
         <v>46507</v>
       </c>
       <c r="K169" s="32" t="s">
-        <v>954</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:11" ht="45">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="170" spans="1:11" ht="33.75">
       <c r="A170" s="11">
         <v>168</v>
       </c>
       <c r="B170" s="48" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="C170" s="48">
-        <v>40203442337</v>
-[...2 lines deleted...]
-        <v>956</v>
+        <v>40003264397</v>
+      </c>
+      <c r="D170" s="39" t="s">
+        <v>958</v>
       </c>
       <c r="E170" s="48" t="s">
-        <v>956</v>
+        <v>959</v>
       </c>
       <c r="F170" s="29" t="s">
-        <v>957</v>
+        <v>960</v>
       </c>
       <c r="G170" s="13" t="s">
-        <v>958</v>
+        <v>961</v>
       </c>
       <c r="H170" s="46">
-        <v>44917</v>
+        <v>44966</v>
       </c>
       <c r="I170" s="47"/>
       <c r="J170" s="14">
         <v>46507</v>
       </c>
       <c r="K170" s="32" t="s">
-        <v>959</v>
+        <v>962</v>
       </c>
     </row>
     <row r="171" spans="1:11" ht="33.75">
       <c r="A171" s="11">
         <v>169</v>
       </c>
       <c r="B171" s="48" t="s">
-        <v>960</v>
+        <v>963</v>
       </c>
       <c r="C171" s="48">
-        <v>42103106956</v>
+        <v>40203441261</v>
       </c>
       <c r="D171" s="48" t="s">
-        <v>961</v>
+        <v>964</v>
       </c>
       <c r="E171" s="48" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="F171" s="29" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="G171" s="13" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="H171" s="46">
-        <v>44924</v>
+        <v>44998</v>
       </c>
       <c r="I171" s="47"/>
       <c r="J171" s="14">
         <v>46507</v>
       </c>
       <c r="K171" s="32" t="s">
-        <v>965</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:11" ht="33.75">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="172" spans="1:11" ht="22.5">
       <c r="A172" s="11">
         <v>170</v>
       </c>
       <c r="B172" s="48" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="C172" s="48">
-        <v>40203438524</v>
+        <v>42103077619</v>
       </c>
       <c r="D172" s="48" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="E172" s="48" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="F172" s="29" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="G172" s="13" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="H172" s="46">
-        <v>44960</v>
+        <v>44979</v>
       </c>
       <c r="I172" s="47"/>
       <c r="J172" s="14">
         <v>46507</v>
       </c>
       <c r="K172" s="32" t="s">
-        <v>971</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:11" ht="33.75">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="173" spans="1:11" ht="22.5">
       <c r="A173" s="11">
         <v>171</v>
       </c>
       <c r="B173" s="48" t="s">
-        <v>972</v>
-[...2 lines deleted...]
-        <v>50203412391</v>
+        <v>973</v>
+      </c>
+      <c r="C173" s="48">
+        <v>40002010380</v>
       </c>
       <c r="D173" s="48" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="E173" s="48" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="F173" s="29" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="G173" s="13" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="H173" s="46">
-        <v>44960</v>
+        <v>44979</v>
       </c>
       <c r="I173" s="47"/>
       <c r="J173" s="14">
         <v>46507</v>
       </c>
       <c r="K173" s="32" t="s">
-        <v>976</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:11" ht="33.75">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="174" spans="1:11" ht="56.25">
       <c r="A174" s="11">
         <v>172</v>
       </c>
       <c r="B174" s="48" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="C174" s="48">
-        <v>40003264397</v>
-[...2 lines deleted...]
-        <v>978</v>
+        <v>44103139279</v>
+      </c>
+      <c r="D174" s="48" t="s">
+        <v>979</v>
       </c>
       <c r="E174" s="48" t="s">
         <v>979</v>
       </c>
       <c r="F174" s="29" t="s">
         <v>980</v>
       </c>
       <c r="G174" s="13" t="s">
         <v>981</v>
       </c>
       <c r="H174" s="46">
-        <v>44966</v>
+        <v>44991</v>
       </c>
       <c r="I174" s="47"/>
       <c r="J174" s="14">
         <v>46507</v>
       </c>
       <c r="K174" s="32" t="s">
         <v>982</v>
       </c>
     </row>
-    <row r="175" spans="1:11" ht="33.75">
+    <row r="175" spans="1:11" ht="22.5">
       <c r="A175" s="11">
         <v>173</v>
       </c>
       <c r="B175" s="48" t="s">
         <v>983</v>
       </c>
       <c r="C175" s="48">
-        <v>40203441261</v>
-[...1 lines deleted...]
-      <c r="D175" s="48" t="s">
+        <v>50203093401</v>
+      </c>
+      <c r="D175" s="49" t="s">
         <v>984</v>
       </c>
       <c r="E175" s="48" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="F175" s="29" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="G175" s="13" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="H175" s="46">
-        <v>44998</v>
+        <v>44999</v>
       </c>
       <c r="I175" s="47"/>
       <c r="J175" s="14">
         <v>46507</v>
       </c>
       <c r="K175" s="32" t="s">
-        <v>987</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:11" ht="22.5">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="176" spans="1:11" ht="33.75">
       <c r="A176" s="11">
         <v>174</v>
       </c>
       <c r="B176" s="48" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="C176" s="48">
-        <v>42103077619</v>
+        <v>40103619020</v>
       </c>
       <c r="D176" s="48" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="E176" s="48" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="F176" s="29" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="G176" s="13" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="H176" s="46">
-        <v>44979</v>
+        <v>45009</v>
       </c>
       <c r="I176" s="47"/>
       <c r="J176" s="14">
         <v>46507</v>
       </c>
       <c r="K176" s="32" t="s">
-        <v>992</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:11" ht="22.5">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="177" spans="1:11" ht="33.75">
       <c r="A177" s="11">
         <v>175</v>
       </c>
       <c r="B177" s="48" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="C177" s="48">
-        <v>40002010380</v>
+        <v>40003095713</v>
       </c>
       <c r="D177" s="48" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="E177" s="48" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="F177" s="29" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="G177" s="13" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="H177" s="46">
-        <v>44979</v>
+        <v>45015</v>
       </c>
       <c r="I177" s="47"/>
       <c r="J177" s="14">
         <v>46507</v>
       </c>
       <c r="K177" s="32" t="s">
-        <v>992</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:11" ht="56.25">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="178" spans="1:11" ht="45">
       <c r="A178" s="11">
         <v>176</v>
       </c>
       <c r="B178" s="48" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="C178" s="48">
-        <v>44103139279</v>
+        <v>43903002559</v>
       </c>
       <c r="D178" s="48" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="E178" s="48" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="F178" s="29" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
       <c r="G178" s="13" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="H178" s="46">
-        <v>44991</v>
+        <v>45016</v>
       </c>
       <c r="I178" s="47"/>
       <c r="J178" s="14">
         <v>46507</v>
       </c>
       <c r="K178" s="32" t="s">
-        <v>1002</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:11" ht="22.5">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="179" spans="1:11" ht="33.75">
       <c r="A179" s="11">
         <v>177</v>
       </c>
       <c r="B179" s="48" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="C179" s="48">
-        <v>50203093401</v>
-[...2 lines deleted...]
-        <v>1004</v>
+        <v>40203419203</v>
+      </c>
+      <c r="D179" s="48" t="s">
+        <v>1007</v>
       </c>
       <c r="E179" s="48" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="F179" s="29" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="G179" s="13" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="H179" s="46">
-        <v>44999</v>
+        <v>45016</v>
       </c>
       <c r="I179" s="47"/>
       <c r="J179" s="14">
         <v>46507</v>
       </c>
       <c r="K179" s="32" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="180" spans="1:11" ht="33.75">
       <c r="A180" s="11">
         <v>178</v>
       </c>
       <c r="B180" s="48" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="C180" s="48">
-        <v>40103619020</v>
+        <v>50103355001</v>
       </c>
       <c r="D180" s="48" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="E180" s="48" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="F180" s="29" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="G180" s="13" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="H180" s="46">
-        <v>45009</v>
+        <v>45016</v>
       </c>
       <c r="I180" s="47"/>
       <c r="J180" s="14">
         <v>46507</v>
       </c>
       <c r="K180" s="32" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="181" spans="1:11" ht="33.75">
       <c r="A181" s="11">
         <v>179</v>
       </c>
       <c r="B181" s="48" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="C181" s="48">
-        <v>40003095713</v>
+        <v>42403006225</v>
       </c>
       <c r="D181" s="48" t="s">
-        <v>1016</v>
+        <v>996</v>
       </c>
       <c r="E181" s="48" t="s">
-        <v>1016</v>
+        <v>996</v>
       </c>
       <c r="F181" s="29" t="s">
         <v>1017</v>
       </c>
       <c r="G181" s="13" t="s">
         <v>1018</v>
       </c>
       <c r="H181" s="46">
-        <v>45015</v>
+        <v>45016</v>
       </c>
       <c r="I181" s="47"/>
       <c r="J181" s="14">
         <v>46507</v>
       </c>
       <c r="K181" s="32" t="s">
-        <v>1019</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:11" ht="45">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="182" spans="1:11" ht="33.75">
       <c r="A182" s="11">
         <v>180</v>
       </c>
-      <c r="B182" s="48" t="s">
+      <c r="B182" s="37" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C182" s="38" t="s">
         <v>1020</v>
       </c>
-      <c r="C182" s="48">
-[...2 lines deleted...]
-      <c r="D182" s="48" t="s">
+      <c r="D182" s="39" t="s">
+        <v>230</v>
+      </c>
+      <c r="E182" s="47" t="s">
+        <v>230</v>
+      </c>
+      <c r="F182" s="29" t="s">
         <v>1021</v>
       </c>
-      <c r="E182" s="48" t="s">
+      <c r="G182" s="13" t="s">
         <v>1022</v>
       </c>
-      <c r="F182" s="29" t="s">
+      <c r="H182" s="40">
+        <v>45030</v>
+      </c>
+      <c r="I182" s="39"/>
+      <c r="J182" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K182" s="29" t="s">
         <v>1023</v>
       </c>
-      <c r="G182" s="13" t="s">
-[...13 lines deleted...]
-    <row r="183" spans="1:11" ht="33.75">
+    </row>
+    <row r="183" spans="1:11">
       <c r="A183" s="11">
         <v>181</v>
       </c>
-      <c r="B183" s="48" t="s">
+      <c r="B183" s="15" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C183" s="31">
+        <v>41503078413</v>
+      </c>
+      <c r="D183" s="19" t="s">
+        <v>1025</v>
+      </c>
+      <c r="E183" s="19" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F183" s="29" t="s">
         <v>1026</v>
       </c>
-      <c r="C183" s="48">
-[...2 lines deleted...]
-      <c r="D183" s="48" t="s">
+      <c r="G183" s="13" t="s">
         <v>1027</v>
       </c>
-      <c r="E183" s="48" t="s">
-[...2 lines deleted...]
-      <c r="F183" s="29" t="s">
+      <c r="H183" s="40">
+        <v>45035</v>
+      </c>
+      <c r="I183" s="39"/>
+      <c r="J183" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K183" s="29" t="s">
         <v>1028</v>
       </c>
-      <c r="G183" s="13" t="s">
-[...13 lines deleted...]
-    <row r="184" spans="1:11" ht="33.75">
+    </row>
+    <row r="184" spans="1:11" ht="22.5">
       <c r="A184" s="11">
         <v>182</v>
       </c>
-      <c r="B184" s="48" t="s">
+      <c r="B184" s="15" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C184" s="31">
+        <v>40103866864</v>
+      </c>
+      <c r="D184" s="19" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E184" s="19" t="s">
         <v>1031</v>
       </c>
-      <c r="C184" s="48">
-[...2 lines deleted...]
-      <c r="D184" s="48" t="s">
+      <c r="F184" s="29" t="s">
         <v>1032</v>
       </c>
-      <c r="E184" s="48" t="s">
-[...2 lines deleted...]
-      <c r="F184" s="29" t="s">
+      <c r="G184" s="13" t="s">
         <v>1033</v>
       </c>
-      <c r="G184" s="13" t="s">
+      <c r="H184" s="40">
+        <v>45041</v>
+      </c>
+      <c r="I184" s="39"/>
+      <c r="J184" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K184" s="29" t="s">
         <v>1034</v>
       </c>
-      <c r="H184" s="46">
-[...10 lines deleted...]
-    <row r="185" spans="1:11" ht="33.75">
+    </row>
+    <row r="185" spans="1:11">
       <c r="A185" s="11">
         <v>183</v>
       </c>
-      <c r="B185" s="48" t="s">
+      <c r="B185" s="15" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C185" s="34">
+        <v>40203467650</v>
+      </c>
+      <c r="D185" s="19" t="s">
         <v>1036</v>
       </c>
-      <c r="C185" s="48">
-[...6 lines deleted...]
-        <v>1016</v>
+      <c r="E185" s="19" t="s">
+        <v>1036</v>
       </c>
       <c r="F185" s="29" t="s">
         <v>1037</v>
       </c>
       <c r="G185" s="13" t="s">
         <v>1038</v>
       </c>
-      <c r="H185" s="46">
-[...2 lines deleted...]
-      <c r="I185" s="47"/>
+      <c r="H185" s="40">
+        <v>45106</v>
+      </c>
+      <c r="I185" s="39"/>
       <c r="J185" s="14">
         <v>46507</v>
       </c>
       <c r="K185" s="32" t="s">
-        <v>1025</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="186" spans="1:11" ht="33.75">
       <c r="A186" s="11">
         <v>184</v>
       </c>
-      <c r="B186" s="37" t="s">
-[...2 lines deleted...]
-      <c r="C186" s="38" t="s">
+      <c r="B186" s="15" t="s">
         <v>1040</v>
       </c>
-      <c r="D186" s="39" t="s">
-[...3 lines deleted...]
-        <v>230</v>
+      <c r="C186" s="34">
+        <v>40203427357</v>
+      </c>
+      <c r="D186" s="19" t="s">
+        <v>1041</v>
+      </c>
+      <c r="E186" s="19" t="s">
+        <v>1041</v>
       </c>
       <c r="F186" s="29" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="G186" s="13" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="H186" s="40">
-        <v>45030</v>
+        <v>45044</v>
       </c>
       <c r="I186" s="39"/>
       <c r="J186" s="14">
         <v>46507</v>
       </c>
-      <c r="K186" s="29" t="s">
-[...3 lines deleted...]
-    <row r="187" spans="1:11">
+      <c r="K186" s="32" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="187" spans="1:11" ht="33.75">
       <c r="A187" s="11">
         <v>185</v>
       </c>
       <c r="B187" s="15" t="s">
-        <v>1044</v>
-[...2 lines deleted...]
-        <v>41503078413</v>
+        <v>1045</v>
+      </c>
+      <c r="C187" s="34">
+        <v>40203461200</v>
       </c>
       <c r="D187" s="19" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="E187" s="19" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="F187" s="29" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="G187" s="13" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="H187" s="40">
-        <v>45035</v>
+        <v>45064</v>
       </c>
       <c r="I187" s="39"/>
       <c r="J187" s="14">
         <v>46507</v>
       </c>
-      <c r="K187" s="29" t="s">
-[...3 lines deleted...]
-    <row r="188" spans="1:11" ht="22.5">
+      <c r="K187" s="32" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="188" spans="1:11" ht="33.75">
       <c r="A188" s="11">
         <v>186</v>
       </c>
-      <c r="B188" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E188" s="19" t="s">
+      <c r="B188" s="29" t="s">
         <v>1051</v>
       </c>
+      <c r="C188" s="48">
+        <v>40203478194</v>
+      </c>
+      <c r="D188" s="47" t="s">
+        <v>1052</v>
+      </c>
+      <c r="E188" s="47" t="s">
+        <v>1052</v>
+      </c>
       <c r="F188" s="29" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="G188" s="13" t="s">
-        <v>1053</v>
-[...4 lines deleted...]
-      <c r="I188" s="39"/>
+        <v>1054</v>
+      </c>
+      <c r="H188" s="46">
+        <v>45076</v>
+      </c>
+      <c r="I188" s="47"/>
       <c r="J188" s="14">
         <v>46507</v>
       </c>
-      <c r="K188" s="29" t="s">
-        <v>1054</v>
+      <c r="K188" s="49" t="s">
+        <v>1055</v>
       </c>
     </row>
     <row r="189" spans="1:11">
       <c r="A189" s="11">
         <v>187</v>
       </c>
-      <c r="B189" s="15" t="s">
-[...5 lines deleted...]
-      <c r="D189" s="19" t="s">
+      <c r="B189" s="29" t="s">
         <v>1056</v>
       </c>
-      <c r="E189" s="19" t="s">
-        <v>1056</v>
+      <c r="C189" s="48">
+        <v>40203255221</v>
+      </c>
+      <c r="D189" s="47" t="s">
+        <v>1057</v>
+      </c>
+      <c r="E189" s="47" t="s">
+        <v>1058</v>
       </c>
       <c r="F189" s="29" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="G189" s="13" t="s">
-        <v>1058</v>
-[...4 lines deleted...]
-      <c r="I189" s="39"/>
+        <v>1060</v>
+      </c>
+      <c r="H189" s="46">
+        <v>45077</v>
+      </c>
+      <c r="I189" s="47"/>
       <c r="J189" s="14">
         <v>46507</v>
       </c>
-      <c r="K189" s="32" t="s">
-        <v>1059</v>
+      <c r="K189" s="49" t="s">
+        <v>1061</v>
       </c>
     </row>
     <row r="190" spans="1:11" ht="33.75">
       <c r="A190" s="11">
         <v>188</v>
       </c>
-      <c r="B190" s="15" t="s">
-[...9 lines deleted...]
-        <v>1061</v>
+      <c r="B190" s="48" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C190" s="48">
+        <v>40203436472</v>
+      </c>
+      <c r="D190" s="47" t="s">
+        <v>1063</v>
+      </c>
+      <c r="E190" s="47" t="s">
+        <v>1064</v>
       </c>
       <c r="F190" s="29" t="s">
-        <v>1062</v>
+        <v>1065</v>
       </c>
       <c r="G190" s="13" t="s">
-        <v>1063</v>
-[...4 lines deleted...]
-      <c r="I190" s="39"/>
+        <v>1066</v>
+      </c>
+      <c r="H190" s="50">
+        <v>45106</v>
+      </c>
+      <c r="I190" s="48"/>
       <c r="J190" s="14">
         <v>46507</v>
       </c>
-      <c r="K190" s="32" t="s">
-[...3 lines deleted...]
-    <row r="191" spans="1:11" ht="33.75">
+      <c r="K190" s="49" t="s">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="191" spans="1:11" ht="22.5">
       <c r="A191" s="11">
         <v>189</v>
       </c>
-      <c r="B191" s="15" t="s">
-[...9 lines deleted...]
-        <v>1067</v>
+      <c r="B191" s="48" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C191" s="48">
+        <v>40203318090</v>
+      </c>
+      <c r="D191" s="47" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E191" s="47" t="s">
+        <v>1069</v>
       </c>
       <c r="F191" s="29" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="G191" s="13" t="s">
-        <v>1069</v>
-[...4 lines deleted...]
-      <c r="I191" s="39"/>
+        <v>1071</v>
+      </c>
+      <c r="H191" s="50">
+        <v>45106</v>
+      </c>
+      <c r="I191" s="48"/>
       <c r="J191" s="14">
         <v>46507</v>
       </c>
-      <c r="K191" s="32" t="s">
-        <v>1070</v>
+      <c r="K191" s="49" t="s">
+        <v>1072</v>
       </c>
     </row>
     <row r="192" spans="1:11" ht="33.75">
       <c r="A192" s="11">
         <v>190</v>
       </c>
-      <c r="B192" s="29" t="s">
-        <v>1071</v>
+      <c r="B192" s="48" t="s">
+        <v>1073</v>
       </c>
       <c r="C192" s="48">
-        <v>40203478194</v>
+        <v>40203280676</v>
       </c>
       <c r="D192" s="47" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="E192" s="47" t="s">
-        <v>1072</v>
+        <v>1075</v>
       </c>
       <c r="F192" s="29" t="s">
-        <v>1073</v>
+        <v>1076</v>
       </c>
       <c r="G192" s="13" t="s">
-        <v>1074</v>
-[...4 lines deleted...]
-      <c r="I192" s="47"/>
+        <v>1077</v>
+      </c>
+      <c r="H192" s="50">
+        <v>45113</v>
+      </c>
+      <c r="I192" s="48"/>
       <c r="J192" s="14">
         <v>46507</v>
       </c>
       <c r="K192" s="49" t="s">
-        <v>1075</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:11">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="193" spans="1:11" ht="67.5">
       <c r="A193" s="11">
         <v>191</v>
       </c>
-      <c r="B193" s="29" t="s">
-        <v>1076</v>
+      <c r="B193" s="48" t="s">
+        <v>1079</v>
       </c>
       <c r="C193" s="48">
-        <v>40203255221</v>
+        <v>50203487771</v>
       </c>
       <c r="D193" s="47" t="s">
-        <v>1077</v>
+        <v>1080</v>
       </c>
       <c r="E193" s="47" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="F193" s="29" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="G193" s="13" t="s">
-        <v>1080</v>
-[...4 lines deleted...]
-      <c r="I193" s="47"/>
+        <v>1082</v>
+      </c>
+      <c r="H193" s="50">
+        <v>45114</v>
+      </c>
+      <c r="I193" s="48"/>
       <c r="J193" s="14">
         <v>46507</v>
       </c>
       <c r="K193" s="49" t="s">
-        <v>1081</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:11" ht="33.75">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="194" spans="1:11" ht="22.5">
       <c r="A194" s="11">
         <v>192</v>
       </c>
       <c r="B194" s="48" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="C194" s="48">
-        <v>40203436472</v>
-[...5 lines deleted...]
-        <v>1084</v>
+        <v>40203447870</v>
+      </c>
+      <c r="D194" s="29" t="s">
+        <v>1085</v>
+      </c>
+      <c r="E194" s="29" t="s">
+        <v>1085</v>
       </c>
       <c r="F194" s="29" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="G194" s="13" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="H194" s="50">
-        <v>45106</v>
+        <v>45120</v>
       </c>
       <c r="I194" s="48"/>
       <c r="J194" s="14">
         <v>46507</v>
       </c>
       <c r="K194" s="49" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="195" spans="1:11" ht="22.5">
       <c r="A195" s="11">
         <v>193</v>
       </c>
       <c r="B195" s="48" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="C195" s="48">
-        <v>40203318090</v>
-[...5 lines deleted...]
-        <v>1089</v>
+        <v>40203206495</v>
+      </c>
+      <c r="D195" s="49" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E195" s="49" t="s">
+        <v>1090</v>
       </c>
       <c r="F195" s="29" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="G195" s="13" t="s">
-        <v>1091</v>
-[...4 lines deleted...]
-      <c r="I195" s="48"/>
+        <v>1092</v>
+      </c>
+      <c r="H195" s="51">
+        <v>45121</v>
+      </c>
+      <c r="I195" s="49"/>
       <c r="J195" s="14">
         <v>46507</v>
       </c>
       <c r="K195" s="49" t="s">
-        <v>1092</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:11" ht="33.75">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="196" spans="1:11" ht="45">
       <c r="A196" s="11">
         <v>194</v>
       </c>
       <c r="B196" s="48" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="C196" s="48">
-        <v>40203280676</v>
+        <v>40203487943</v>
       </c>
       <c r="D196" s="47" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="E196" s="47" t="s">
         <v>1095</v>
       </c>
       <c r="F196" s="29" t="s">
         <v>1096</v>
       </c>
       <c r="G196" s="13" t="s">
         <v>1097</v>
       </c>
-      <c r="H196" s="50">
-[...2 lines deleted...]
-      <c r="I196" s="48"/>
+      <c r="H196" s="51">
+        <v>45125</v>
+      </c>
+      <c r="I196" s="49"/>
       <c r="J196" s="14">
         <v>46507</v>
       </c>
       <c r="K196" s="49" t="s">
         <v>1098</v>
       </c>
     </row>
-    <row r="197" spans="1:11" ht="67.5">
+    <row r="197" spans="1:11" ht="56.25">
       <c r="A197" s="11">
         <v>195</v>
       </c>
       <c r="B197" s="48" t="s">
         <v>1099</v>
       </c>
       <c r="C197" s="48">
-        <v>50203487771</v>
+        <v>40103914789</v>
       </c>
       <c r="D197" s="47" t="s">
         <v>1100</v>
       </c>
       <c r="E197" s="47" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="F197" s="29" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="G197" s="13" t="s">
-        <v>1102</v>
-[...4 lines deleted...]
-      <c r="I197" s="48"/>
+        <v>1103</v>
+      </c>
+      <c r="H197" s="51">
+        <v>45131</v>
+      </c>
+      <c r="I197" s="49"/>
       <c r="J197" s="14">
         <v>46507</v>
       </c>
-      <c r="K197" s="49" t="s">
-        <v>1103</v>
+      <c r="K197" s="32" t="s">
+        <v>1104</v>
       </c>
     </row>
     <row r="198" spans="1:11" ht="22.5">
       <c r="A198" s="11">
         <v>196</v>
       </c>
-      <c r="B198" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D198" s="29" t="s">
+      <c r="B198" s="49" t="s">
         <v>1105</v>
       </c>
-      <c r="E198" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F198" s="29" t="s">
+      <c r="C198" s="49">
+        <v>40203330411</v>
+      </c>
+      <c r="D198" s="49" t="s">
         <v>1106</v>
       </c>
+      <c r="E198" s="49" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F198" s="49" t="s">
+        <v>1107</v>
+      </c>
       <c r="G198" s="13" t="s">
-        <v>1107</v>
-[...4 lines deleted...]
-      <c r="I198" s="48"/>
+        <v>1108</v>
+      </c>
+      <c r="H198" s="51">
+        <v>45132</v>
+      </c>
+      <c r="I198" s="49"/>
       <c r="J198" s="14">
         <v>46507</v>
       </c>
       <c r="K198" s="49" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="199" spans="1:11" ht="22.5">
       <c r="A199" s="11">
         <v>197</v>
       </c>
       <c r="B199" s="48" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="C199" s="48">
-        <v>40203206495</v>
+        <v>40203464508</v>
       </c>
       <c r="D199" s="49" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="E199" s="49" t="s">
-        <v>1110</v>
-[...1 lines deleted...]
-      <c r="F199" s="29" t="s">
         <v>1111</v>
       </c>
+      <c r="F199" s="49" t="s">
+        <v>1112</v>
+      </c>
       <c r="G199" s="13" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="H199" s="51">
-        <v>45121</v>
+        <v>45152</v>
       </c>
       <c r="I199" s="49"/>
       <c r="J199" s="14">
         <v>46507</v>
       </c>
-      <c r="K199" s="49" t="s">
-[...3 lines deleted...]
-    <row r="200" spans="1:11" ht="45">
+      <c r="K199" s="32" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="200" spans="1:11" ht="101.25">
       <c r="A200" s="11">
         <v>198</v>
       </c>
       <c r="B200" s="48" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="C200" s="48">
-        <v>40203487943</v>
-[...7 lines deleted...]
-      <c r="F200" s="29" t="s">
+        <v>40203487799</v>
+      </c>
+      <c r="D200" s="49" t="s">
         <v>1116</v>
       </c>
+      <c r="E200" s="49" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F200" s="49" t="s">
+        <v>1117</v>
+      </c>
       <c r="G200" s="13" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="H200" s="51">
-        <v>45125</v>
+        <v>45161</v>
       </c>
       <c r="I200" s="49"/>
       <c r="J200" s="14">
         <v>46507</v>
       </c>
-      <c r="K200" s="49" t="s">
-[...3 lines deleted...]
-    <row r="201" spans="1:11" ht="56.25">
+      <c r="K200" s="32" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="201" spans="1:11" ht="45">
       <c r="A201" s="11">
         <v>199</v>
       </c>
       <c r="B201" s="48" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="C201" s="48">
-        <v>40103914789</v>
-[...4 lines deleted...]
-      <c r="E201" s="47" t="s">
+        <v>40203379998</v>
+      </c>
+      <c r="D201" s="49" t="s">
         <v>1121</v>
       </c>
-      <c r="F201" s="29" t="s">
+      <c r="E201" s="49" t="s">
+        <v>1121</v>
+      </c>
+      <c r="F201" s="49" t="s">
         <v>1122</v>
       </c>
       <c r="G201" s="13" t="s">
         <v>1123</v>
       </c>
       <c r="H201" s="51">
-        <v>45131</v>
+        <v>45161</v>
       </c>
       <c r="I201" s="49"/>
       <c r="J201" s="14">
         <v>46507</v>
       </c>
-      <c r="K201" s="32" t="s">
+      <c r="K201" s="49" t="s">
         <v>1124</v>
       </c>
     </row>
     <row r="202" spans="1:11" ht="22.5">
       <c r="A202" s="11">
         <v>200</v>
       </c>
-      <c r="B202" s="49" t="s">
+      <c r="B202" s="48" t="s">
         <v>1125</v>
       </c>
-      <c r="C202" s="49">
-        <v>40203330411</v>
+      <c r="C202" s="48">
+        <v>40203475821</v>
       </c>
       <c r="D202" s="49" t="s">
+        <v>990</v>
+      </c>
+      <c r="E202" s="49" t="s">
+        <v>990</v>
+      </c>
+      <c r="F202" s="49" t="s">
         <v>1126</v>
       </c>
-      <c r="E202" s="49" t="s">
-[...2 lines deleted...]
-      <c r="F202" s="49" t="s">
+      <c r="G202" s="13" t="s">
         <v>1127</v>
       </c>
-      <c r="G202" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H202" s="51">
-        <v>45132</v>
+        <v>45187</v>
       </c>
       <c r="I202" s="49"/>
       <c r="J202" s="14">
         <v>46507</v>
       </c>
-      <c r="K202" s="49" t="s">
-[...3 lines deleted...]
-    <row r="203" spans="1:11" ht="22.5">
+      <c r="K202" s="32" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="203" spans="1:11" ht="33.75">
       <c r="A203" s="11">
         <v>201</v>
       </c>
       <c r="B203" s="48" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C203" s="48">
+        <v>40103652449</v>
+      </c>
+      <c r="D203" s="49" t="s">
         <v>1130</v>
       </c>
-      <c r="C203" s="48">
-[...2 lines deleted...]
-      <c r="D203" s="49" t="s">
+      <c r="E203" s="49" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F203" s="49" t="s">
         <v>1131</v>
       </c>
-      <c r="E203" s="49" t="s">
-[...2 lines deleted...]
-      <c r="F203" s="49" t="s">
+      <c r="G203" s="13" t="s">
         <v>1132</v>
       </c>
-      <c r="G203" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H203" s="51">
-        <v>45152</v>
+        <v>45191</v>
       </c>
       <c r="I203" s="49"/>
       <c r="J203" s="14">
         <v>46507</v>
       </c>
       <c r="K203" s="32" t="s">
-        <v>1134</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:11" ht="101.25">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="204" spans="1:11" ht="33.75">
       <c r="A204" s="11">
         <v>202</v>
       </c>
       <c r="B204" s="48" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C204" s="48">
+        <v>40203490835</v>
+      </c>
+      <c r="D204" s="49" t="s">
         <v>1135</v>
       </c>
-      <c r="C204" s="48">
-[...2 lines deleted...]
-      <c r="D204" s="49" t="s">
+      <c r="E204" s="49" t="s">
+        <v>1135</v>
+      </c>
+      <c r="F204" s="49" t="s">
         <v>1136</v>
       </c>
-      <c r="E204" s="49" t="s">
-[...2 lines deleted...]
-      <c r="F204" s="49" t="s">
+      <c r="G204" s="13" t="s">
         <v>1137</v>
       </c>
-      <c r="G204" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H204" s="51">
-        <v>45161</v>
+        <v>45196</v>
       </c>
       <c r="I204" s="49"/>
       <c r="J204" s="14">
         <v>46507</v>
       </c>
       <c r="K204" s="32" t="s">
-        <v>1139</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:11" ht="45">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="205" spans="1:11" ht="22.5">
       <c r="A205" s="11">
         <v>203</v>
       </c>
       <c r="B205" s="48" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C205" s="48">
+        <v>43603083438</v>
+      </c>
+      <c r="D205" s="49" t="s">
         <v>1140</v>
       </c>
-      <c r="C205" s="48">
-[...2 lines deleted...]
-      <c r="D205" s="49" t="s">
+      <c r="E205" s="49" t="s">
+        <v>1140</v>
+      </c>
+      <c r="F205" s="49" t="s">
         <v>1141</v>
       </c>
-      <c r="E205" s="49" t="s">
-[...2 lines deleted...]
-      <c r="F205" s="49" t="s">
+      <c r="G205" s="13" t="s">
         <v>1142</v>
       </c>
-      <c r="G205" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H205" s="51">
-        <v>45161</v>
+        <v>45196</v>
       </c>
       <c r="I205" s="49"/>
       <c r="J205" s="14">
         <v>46507</v>
       </c>
-      <c r="K205" s="49" t="s">
-        <v>1144</v>
+      <c r="K205" s="32" t="s">
+        <v>1143</v>
       </c>
     </row>
     <row r="206" spans="1:11" ht="22.5">
       <c r="A206" s="11">
         <v>204</v>
       </c>
       <c r="B206" s="48" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C206" s="48">
+        <v>50203433711</v>
+      </c>
+      <c r="D206" s="49" t="s">
         <v>1145</v>
       </c>
-      <c r="C206" s="48">
-[...4 lines deleted...]
-      </c>
       <c r="E206" s="49" t="s">
-        <v>1010</v>
+        <v>1145</v>
       </c>
       <c r="F206" s="49" t="s">
         <v>1146</v>
       </c>
       <c r="G206" s="13" t="s">
         <v>1147</v>
       </c>
       <c r="H206" s="51">
-        <v>45187</v>
+        <v>45203</v>
       </c>
       <c r="I206" s="49"/>
       <c r="J206" s="14">
         <v>46507</v>
       </c>
       <c r="K206" s="32" t="s">
         <v>1148</v>
       </c>
     </row>
     <row r="207" spans="1:11" ht="33.75">
       <c r="A207" s="11">
         <v>205</v>
       </c>
       <c r="B207" s="48" t="s">
         <v>1149</v>
       </c>
       <c r="C207" s="48">
-        <v>40103652449</v>
+        <v>44103097810</v>
       </c>
       <c r="D207" s="49" t="s">
         <v>1150</v>
       </c>
       <c r="E207" s="49" t="s">
         <v>1150</v>
       </c>
       <c r="F207" s="49" t="s">
         <v>1151</v>
       </c>
       <c r="G207" s="13" t="s">
         <v>1152</v>
       </c>
       <c r="H207" s="51">
-        <v>45191</v>
+        <v>45218</v>
       </c>
       <c r="I207" s="49"/>
       <c r="J207" s="14">
         <v>46507</v>
       </c>
       <c r="K207" s="32" t="s">
         <v>1153</v>
       </c>
     </row>
-    <row r="208" spans="1:11" ht="33.75">
+    <row r="208" spans="1:11" ht="22.5">
       <c r="A208" s="11">
         <v>206</v>
       </c>
       <c r="B208" s="48" t="s">
         <v>1154</v>
       </c>
       <c r="C208" s="48">
-        <v>40203490835</v>
+        <v>40203504463</v>
       </c>
       <c r="D208" s="49" t="s">
         <v>1155</v>
       </c>
       <c r="E208" s="49" t="s">
         <v>1155</v>
       </c>
       <c r="F208" s="49" t="s">
         <v>1156</v>
       </c>
       <c r="G208" s="13" t="s">
         <v>1157</v>
       </c>
       <c r="H208" s="51">
-        <v>45196</v>
+        <v>45239</v>
       </c>
       <c r="I208" s="49"/>
       <c r="J208" s="14">
         <v>46507</v>
       </c>
       <c r="K208" s="32" t="s">
         <v>1158</v>
       </c>
     </row>
     <row r="209" spans="1:11" ht="22.5">
       <c r="A209" s="11">
         <v>207</v>
       </c>
       <c r="B209" s="48" t="s">
         <v>1159</v>
       </c>
       <c r="C209" s="48">
-        <v>43603083438</v>
+        <v>40103818934</v>
       </c>
       <c r="D209" s="49" t="s">
         <v>1160</v>
       </c>
       <c r="E209" s="49" t="s">
         <v>1160</v>
       </c>
       <c r="F209" s="49" t="s">
         <v>1161</v>
       </c>
       <c r="G209" s="13" t="s">
         <v>1162</v>
       </c>
       <c r="H209" s="51">
-        <v>45196</v>
+        <v>45239</v>
       </c>
       <c r="I209" s="49"/>
       <c r="J209" s="14">
         <v>46507</v>
       </c>
       <c r="K209" s="32" t="s">
         <v>1163</v>
       </c>
     </row>
     <row r="210" spans="1:11" ht="22.5">
       <c r="A210" s="11">
         <v>208</v>
       </c>
       <c r="B210" s="48" t="s">
         <v>1164</v>
       </c>
       <c r="C210" s="48">
-        <v>50203433711</v>
+        <v>40203443614</v>
       </c>
       <c r="D210" s="49" t="s">
         <v>1165</v>
       </c>
       <c r="E210" s="49" t="s">
         <v>1165</v>
       </c>
       <c r="F210" s="49" t="s">
         <v>1166</v>
       </c>
       <c r="G210" s="13" t="s">
         <v>1167</v>
       </c>
       <c r="H210" s="51">
-        <v>45203</v>
+        <v>45251</v>
       </c>
       <c r="I210" s="49"/>
       <c r="J210" s="14">
         <v>46507</v>
       </c>
       <c r="K210" s="32" t="s">
         <v>1168</v>
       </c>
     </row>
-    <row r="211" spans="1:11" ht="33.75">
+    <row r="211" spans="1:11" ht="213.75">
       <c r="A211" s="11">
         <v>209</v>
       </c>
       <c r="B211" s="48" t="s">
         <v>1169</v>
       </c>
       <c r="C211" s="48">
-        <v>44103097810</v>
+        <v>40203441223</v>
       </c>
       <c r="D211" s="49" t="s">
+        <v>1095</v>
+      </c>
+      <c r="E211" s="49" t="s">
+        <v>1095</v>
+      </c>
+      <c r="F211" s="49" t="s">
         <v>1170</v>
       </c>
-      <c r="E211" s="49" t="s">
-[...2 lines deleted...]
-      <c r="F211" s="49" t="s">
+      <c r="G211" s="13" t="s">
         <v>1171</v>
       </c>
-      <c r="G211" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H211" s="51">
-        <v>45218</v>
+        <v>45253</v>
       </c>
       <c r="I211" s="49"/>
       <c r="J211" s="14">
         <v>46507</v>
       </c>
       <c r="K211" s="32" t="s">
-        <v>1173</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="212" spans="1:11" ht="22.5">
       <c r="A212" s="11">
         <v>210</v>
       </c>
       <c r="B212" s="48" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C212" s="48">
+        <v>40003164644</v>
+      </c>
+      <c r="D212" s="49" t="s">
         <v>1174</v>
-      </c>
-[...4 lines deleted...]
-        <v>1175</v>
       </c>
       <c r="E212" s="49" t="s">
         <v>1175</v>
       </c>
       <c r="F212" s="49" t="s">
         <v>1176</v>
       </c>
       <c r="G212" s="13" t="s">
         <v>1177</v>
       </c>
       <c r="H212" s="51">
-        <v>45239</v>
+        <v>45254</v>
       </c>
       <c r="I212" s="49"/>
       <c r="J212" s="14">
         <v>46507</v>
       </c>
       <c r="K212" s="32" t="s">
         <v>1178</v>
       </c>
     </row>
     <row r="213" spans="1:11" ht="22.5">
       <c r="A213" s="11">
         <v>211</v>
       </c>
       <c r="B213" s="48" t="s">
         <v>1179</v>
       </c>
       <c r="C213" s="48">
-        <v>40103818934</v>
+        <v>40203487017</v>
       </c>
       <c r="D213" s="49" t="s">
         <v>1180</v>
       </c>
       <c r="E213" s="49" t="s">
         <v>1180</v>
       </c>
       <c r="F213" s="49" t="s">
         <v>1181</v>
       </c>
       <c r="G213" s="13" t="s">
         <v>1182</v>
       </c>
       <c r="H213" s="51">
-        <v>45239</v>
+        <v>45254</v>
       </c>
       <c r="I213" s="49"/>
       <c r="J213" s="14">
         <v>46507</v>
       </c>
       <c r="K213" s="32" t="s">
-        <v>1183</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="214" spans="1:11" ht="22.5">
       <c r="A214" s="11">
         <v>212</v>
       </c>
       <c r="B214" s="48" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C214" s="48">
+        <v>40203495194</v>
+      </c>
+      <c r="D214" s="49" t="s">
         <v>1184</v>
-      </c>
-[...4 lines deleted...]
-        <v>1185</v>
       </c>
       <c r="E214" s="49" t="s">
         <v>1185</v>
       </c>
       <c r="F214" s="49" t="s">
         <v>1186</v>
       </c>
       <c r="G214" s="13" t="s">
         <v>1187</v>
       </c>
       <c r="H214" s="51">
-        <v>45251</v>
+        <v>45254</v>
       </c>
       <c r="I214" s="49"/>
       <c r="J214" s="14">
         <v>46507</v>
       </c>
       <c r="K214" s="32" t="s">
-        <v>1188</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:11" ht="213.75">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="215" spans="1:11" ht="33.75">
       <c r="A215" s="11">
         <v>213</v>
       </c>
-      <c r="B215" s="48" t="s">
+      <c r="B215" s="31" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C215" s="48">
+        <v>40103619444</v>
+      </c>
+      <c r="D215" s="31" t="s">
         <v>1189</v>
       </c>
-      <c r="C215" s="48">
-[...6 lines deleted...]
-        <v>1115</v>
+      <c r="E215" s="31" t="s">
+        <v>1190</v>
       </c>
       <c r="F215" s="49" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="G215" s="13" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="H215" s="51">
-        <v>45253</v>
+        <v>45261</v>
       </c>
       <c r="I215" s="49"/>
       <c r="J215" s="14">
         <v>46507</v>
       </c>
       <c r="K215" s="32" t="s">
-        <v>1192</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:11" ht="22.5">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="216" spans="1:11" ht="33.75">
       <c r="A216" s="11">
         <v>214</v>
       </c>
-      <c r="B216" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D216" s="49" t="s">
+      <c r="B216" s="47" t="s">
         <v>1194</v>
       </c>
-      <c r="E216" s="49" t="s">
+      <c r="C216" s="47">
+        <v>40203430037</v>
+      </c>
+      <c r="D216" s="29" t="s">
         <v>1195</v>
       </c>
-      <c r="F216" s="49" t="s">
+      <c r="E216" s="29" t="s">
         <v>1196</v>
       </c>
+      <c r="F216" s="29" t="s">
+        <v>1197</v>
+      </c>
       <c r="G216" s="13" t="s">
-        <v>1197</v>
-[...4 lines deleted...]
-      <c r="I216" s="49"/>
+        <v>1198</v>
+      </c>
+      <c r="H216" s="30">
+        <v>45271</v>
+      </c>
+      <c r="I216" s="29"/>
       <c r="J216" s="14">
         <v>46507</v>
       </c>
-      <c r="K216" s="32" t="s">
-[...3 lines deleted...]
-    <row r="217" spans="1:11" ht="22.5">
+      <c r="K216" s="37" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="217" spans="1:11">
       <c r="A217" s="11">
         <v>215</v>
       </c>
-      <c r="B217" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D217" s="49" t="s">
+      <c r="B217" s="47" t="s">
         <v>1200</v>
       </c>
-      <c r="E217" s="49" t="s">
-[...2 lines deleted...]
-      <c r="F217" s="49" t="s">
+      <c r="C217" s="47">
+        <v>40203507667</v>
+      </c>
+      <c r="D217" s="29" t="s">
         <v>1201</v>
       </c>
+      <c r="E217" s="29" t="s">
+        <v>1201</v>
+      </c>
+      <c r="F217" s="29" t="s">
+        <v>1202</v>
+      </c>
       <c r="G217" s="13" t="s">
-        <v>1202</v>
-[...4 lines deleted...]
-      <c r="I217" s="49"/>
+        <v>1203</v>
+      </c>
+      <c r="H217" s="30">
+        <v>45273</v>
+      </c>
+      <c r="I217" s="29"/>
       <c r="J217" s="14">
         <v>46507</v>
       </c>
-      <c r="K217" s="32" t="s">
-[...3 lines deleted...]
-    <row r="218" spans="1:11" ht="22.5">
+      <c r="K217" s="37" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="218" spans="1:11">
       <c r="A218" s="11">
         <v>216</v>
       </c>
-      <c r="B218" s="48" t="s">
-[...8 lines deleted...]
-      <c r="E218" s="49" t="s">
+      <c r="B218" s="47" t="s">
         <v>1205</v>
       </c>
-      <c r="F218" s="49" t="s">
+      <c r="C218" s="47">
+        <v>40203373603</v>
+      </c>
+      <c r="D218" s="29" t="s">
         <v>1206</v>
       </c>
+      <c r="E218" s="29" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F218" s="29" t="s">
+        <v>1207</v>
+      </c>
       <c r="G218" s="13" t="s">
-        <v>1207</v>
-[...4 lines deleted...]
-      <c r="I218" s="49"/>
+        <v>1208</v>
+      </c>
+      <c r="H218" s="30">
+        <v>45278</v>
+      </c>
+      <c r="I218" s="29"/>
       <c r="J218" s="14">
         <v>46507</v>
       </c>
-      <c r="K218" s="32" t="s">
-[...3 lines deleted...]
-    <row r="219" spans="1:11" ht="33.75">
+      <c r="K218" s="37" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="219" spans="1:11" ht="22.5">
       <c r="A219" s="11">
         <v>217</v>
       </c>
-      <c r="B219" s="31" t="s">
-[...8 lines deleted...]
-      <c r="E219" s="31" t="s">
+      <c r="B219" s="47" t="s">
         <v>1210</v>
       </c>
-      <c r="F219" s="49" t="s">
+      <c r="C219" s="47">
+        <v>40203418477</v>
+      </c>
+      <c r="D219" s="29" t="s">
+        <v>867</v>
+      </c>
+      <c r="E219" s="29" t="s">
+        <v>867</v>
+      </c>
+      <c r="F219" s="29" t="s">
         <v>1211</v>
       </c>
       <c r="G219" s="13" t="s">
         <v>1212</v>
       </c>
-      <c r="H219" s="51">
-[...2 lines deleted...]
-      <c r="I219" s="49"/>
+      <c r="H219" s="30">
+        <v>45301</v>
+      </c>
+      <c r="I219" s="29"/>
       <c r="J219" s="14">
         <v>46507</v>
       </c>
-      <c r="K219" s="32" t="s">
+      <c r="K219" s="37" t="s">
         <v>1213</v>
       </c>
     </row>
-    <row r="220" spans="1:11" ht="33.75">
+    <row r="220" spans="1:11" ht="22.5">
       <c r="A220" s="11">
         <v>218</v>
       </c>
       <c r="B220" s="47" t="s">
         <v>1214</v>
       </c>
       <c r="C220" s="47">
-        <v>40203430037</v>
+        <v>41203069500</v>
       </c>
       <c r="D220" s="29" t="s">
         <v>1215</v>
       </c>
       <c r="E220" s="29" t="s">
         <v>1216</v>
       </c>
       <c r="F220" s="29" t="s">
         <v>1217</v>
       </c>
       <c r="G220" s="13" t="s">
         <v>1218</v>
       </c>
       <c r="H220" s="30">
-        <v>45271</v>
+        <v>45306</v>
       </c>
       <c r="I220" s="29"/>
       <c r="J220" s="14">
         <v>46507</v>
       </c>
       <c r="K220" s="37" t="s">
         <v>1219</v>
       </c>
     </row>
-    <row r="221" spans="1:11">
+    <row r="221" spans="1:11" ht="33.75">
       <c r="A221" s="11">
         <v>219</v>
       </c>
-      <c r="B221" s="47" t="s">
+      <c r="B221" s="31" t="s">
         <v>1220</v>
       </c>
       <c r="C221" s="47">
-        <v>40203507667</v>
+        <v>40003737849</v>
       </c>
       <c r="D221" s="29" t="s">
         <v>1221</v>
       </c>
       <c r="E221" s="29" t="s">
         <v>1221</v>
       </c>
       <c r="F221" s="29" t="s">
         <v>1222</v>
       </c>
       <c r="G221" s="13" t="s">
         <v>1223</v>
       </c>
       <c r="H221" s="30">
-        <v>45273</v>
+        <v>45314</v>
       </c>
       <c r="I221" s="29"/>
       <c r="J221" s="14">
         <v>46507</v>
       </c>
       <c r="K221" s="37" t="s">
         <v>1224</v>
       </c>
     </row>
-    <row r="222" spans="1:11">
+    <row r="222" spans="1:11" ht="67.5">
       <c r="A222" s="11">
         <v>220</v>
       </c>
-      <c r="B222" s="47" t="s">
+      <c r="B222" s="31" t="s">
         <v>1225</v>
       </c>
       <c r="C222" s="47">
-        <v>40203373603</v>
+        <v>50103012391</v>
       </c>
       <c r="D222" s="29" t="s">
         <v>1226</v>
       </c>
       <c r="E222" s="29" t="s">
         <v>1226</v>
       </c>
       <c r="F222" s="29" t="s">
         <v>1227</v>
       </c>
       <c r="G222" s="13" t="s">
         <v>1228</v>
       </c>
       <c r="H222" s="30">
-        <v>45278</v>
+        <v>45321</v>
       </c>
       <c r="I222" s="29"/>
       <c r="J222" s="14">
         <v>46507</v>
       </c>
       <c r="K222" s="37" t="s">
         <v>1229</v>
       </c>
     </row>
     <row r="223" spans="1:11" ht="22.5">
       <c r="A223" s="11">
         <v>221</v>
       </c>
-      <c r="B223" s="47" t="s">
+      <c r="B223" s="31" t="s">
         <v>1230</v>
       </c>
       <c r="C223" s="47">
-        <v>40203418477</v>
+        <v>40203435405</v>
       </c>
       <c r="D223" s="29" t="s">
-        <v>887</v>
+        <v>1231</v>
       </c>
       <c r="E223" s="29" t="s">
-        <v>887</v>
+        <v>1231</v>
       </c>
       <c r="F223" s="29" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="G223" s="13" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="H223" s="30">
-        <v>45301</v>
+        <v>45321</v>
       </c>
       <c r="I223" s="29"/>
       <c r="J223" s="14">
         <v>46507</v>
       </c>
       <c r="K223" s="37" t="s">
-        <v>1233</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:11" ht="22.5">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="224" spans="1:11" ht="56.25">
       <c r="A224" s="11">
         <v>222</v>
       </c>
-      <c r="B224" s="47" t="s">
-        <v>1234</v>
+      <c r="B224" s="34" t="s">
+        <v>1235</v>
       </c>
       <c r="C224" s="47">
-        <v>41203069500</v>
+        <v>40203453909</v>
       </c>
       <c r="D224" s="29" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="E224" s="29" t="s">
         <v>1236</v>
       </c>
       <c r="F224" s="29" t="s">
         <v>1237</v>
       </c>
       <c r="G224" s="13" t="s">
         <v>1238</v>
       </c>
       <c r="H224" s="30">
-        <v>45306</v>
+        <v>45341</v>
       </c>
       <c r="I224" s="29"/>
       <c r="J224" s="14">
         <v>46507</v>
       </c>
       <c r="K224" s="37" t="s">
         <v>1239</v>
       </c>
     </row>
-    <row r="225" spans="1:11" ht="33.75">
+    <row r="225" spans="1:11" ht="22.5">
       <c r="A225" s="11">
         <v>223</v>
       </c>
-      <c r="B225" s="31" t="s">
+      <c r="B225" s="34" t="s">
         <v>1240</v>
       </c>
       <c r="C225" s="47">
-        <v>40003737849</v>
+        <v>40203523996</v>
       </c>
       <c r="D225" s="29" t="s">
         <v>1241</v>
       </c>
       <c r="E225" s="29" t="s">
         <v>1241</v>
       </c>
       <c r="F225" s="29" t="s">
         <v>1242</v>
       </c>
       <c r="G225" s="13" t="s">
         <v>1243</v>
       </c>
       <c r="H225" s="30">
-        <v>45314</v>
+        <v>45343</v>
       </c>
       <c r="I225" s="29"/>
       <c r="J225" s="14">
         <v>46507</v>
       </c>
       <c r="K225" s="37" t="s">
         <v>1244</v>
       </c>
     </row>
-    <row r="226" spans="1:11" ht="67.5">
+    <row r="226" spans="1:11" ht="33.75">
       <c r="A226" s="11">
         <v>224</v>
       </c>
-      <c r="B226" s="31" t="s">
+      <c r="B226" s="34" t="s">
         <v>1245</v>
       </c>
       <c r="C226" s="47">
-        <v>50103012391</v>
+        <v>40203439835</v>
       </c>
       <c r="D226" s="29" t="s">
         <v>1246</v>
       </c>
       <c r="E226" s="29" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="F226" s="29" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="G226" s="13" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="H226" s="30">
-        <v>45321</v>
+        <v>45345</v>
       </c>
       <c r="I226" s="29"/>
       <c r="J226" s="14">
         <v>46507</v>
       </c>
       <c r="K226" s="37" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="227" spans="1:11" ht="22.5">
       <c r="A227" s="11">
         <v>225</v>
       </c>
-      <c r="B227" s="31" t="s">
-[...5 lines deleted...]
-      <c r="D227" s="29" t="s">
+      <c r="B227" s="52" t="s">
         <v>1251</v>
       </c>
-      <c r="E227" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F227" s="29" t="s">
+      <c r="C227" s="52">
+        <v>40003498304</v>
+      </c>
+      <c r="D227" s="52" t="s">
         <v>1252</v>
       </c>
+      <c r="E227" s="52" t="s">
+        <v>1253</v>
+      </c>
+      <c r="F227" s="53" t="s">
+        <v>1254</v>
+      </c>
       <c r="G227" s="13" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
       <c r="H227" s="30">
-        <v>45321</v>
+        <v>45351</v>
       </c>
       <c r="I227" s="29"/>
       <c r="J227" s="14">
         <v>46507</v>
       </c>
       <c r="K227" s="37" t="s">
-        <v>1254</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:11" ht="56.25">
+        <v>1256</v>
+      </c>
+    </row>
+    <row r="228" spans="1:11" ht="22.5">
       <c r="A228" s="11">
         <v>226</v>
       </c>
       <c r="B228" s="34" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="C228" s="47">
-        <v>40203453909</v>
+        <v>40103161841</v>
       </c>
       <c r="D228" s="29" t="s">
-        <v>1256</v>
+        <v>605</v>
       </c>
       <c r="E228" s="29" t="s">
-        <v>1256</v>
-[...2 lines deleted...]
-        <v>1257</v>
+        <v>1258</v>
+      </c>
+      <c r="F228" s="32" t="s">
+        <v>1259</v>
       </c>
       <c r="G228" s="13" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="H228" s="30">
-        <v>45341</v>
+        <v>45351</v>
       </c>
       <c r="I228" s="29"/>
       <c r="J228" s="14">
         <v>46507</v>
       </c>
-      <c r="K228" s="37" t="s">
-[...3 lines deleted...]
-    <row r="229" spans="1:11" ht="22.5">
+      <c r="K228" s="32" t="s">
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="229" spans="1:11" ht="33.75">
       <c r="A229" s="11">
         <v>227</v>
       </c>
       <c r="B229" s="34" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
       <c r="C229" s="47">
-        <v>40203523996</v>
+        <v>41503082828</v>
       </c>
       <c r="D229" s="29" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
       <c r="E229" s="29" t="s">
-        <v>1261</v>
-[...2 lines deleted...]
-        <v>1262</v>
+        <v>1264</v>
+      </c>
+      <c r="F229" s="32" t="s">
+        <v>1265</v>
       </c>
       <c r="G229" s="13" t="s">
-        <v>1263</v>
+        <v>1266</v>
       </c>
       <c r="H229" s="30">
-        <v>45343</v>
+        <v>45357</v>
       </c>
       <c r="I229" s="29"/>
       <c r="J229" s="14">
         <v>46507</v>
       </c>
       <c r="K229" s="37" t="s">
-        <v>1264</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:11" ht="33.75">
+        <v>1267</v>
+      </c>
+    </row>
+    <row r="230" spans="1:11" ht="22.5">
       <c r="A230" s="11">
         <v>228</v>
       </c>
       <c r="B230" s="34" t="s">
-        <v>1265</v>
+        <v>1268</v>
       </c>
       <c r="C230" s="47">
-        <v>40203439835</v>
+        <v>41203071204</v>
       </c>
       <c r="D230" s="29" t="s">
-        <v>1266</v>
+        <v>463</v>
       </c>
       <c r="E230" s="29" t="s">
-        <v>1267</v>
-[...2 lines deleted...]
-        <v>1268</v>
+        <v>463</v>
+      </c>
+      <c r="F230" s="32" t="s">
+        <v>1269</v>
       </c>
       <c r="G230" s="13" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="H230" s="30">
-        <v>45345</v>
+        <v>45366</v>
       </c>
       <c r="I230" s="29"/>
       <c r="J230" s="14">
         <v>46507</v>
       </c>
-      <c r="K230" s="37" t="s">
-[...3 lines deleted...]
-    <row r="231" spans="1:11" ht="22.5">
+      <c r="K230" s="31" t="s">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="231" spans="1:11">
       <c r="A231" s="11">
         <v>229</v>
       </c>
       <c r="B231" s="34" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="C231" s="47">
-        <v>40103161841</v>
+        <v>40203211439</v>
       </c>
       <c r="D231" s="29" t="s">
-        <v>610</v>
+        <v>463</v>
       </c>
       <c r="E231" s="29" t="s">
-        <v>1272</v>
+        <v>463</v>
       </c>
       <c r="F231" s="32" t="s">
         <v>1273</v>
       </c>
       <c r="G231" s="13" t="s">
         <v>1274</v>
       </c>
       <c r="H231" s="30">
-        <v>45351</v>
+        <v>45366</v>
       </c>
       <c r="I231" s="29"/>
       <c r="J231" s="14">
         <v>46507</v>
       </c>
-      <c r="K231" s="32" t="s">
-[...3 lines deleted...]
-    <row r="232" spans="1:11" ht="33.75">
+      <c r="K231" s="31" t="s">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="232" spans="1:11">
       <c r="A232" s="11">
         <v>230</v>
       </c>
       <c r="B232" s="34" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C232" s="47">
+        <v>42103095991</v>
+      </c>
+      <c r="D232" s="29" t="s">
+        <v>463</v>
+      </c>
+      <c r="E232" s="29" t="s">
+        <v>463</v>
+      </c>
+      <c r="F232" s="32" t="s">
         <v>1276</v>
       </c>
-      <c r="C232" s="47">
-[...2 lines deleted...]
-      <c r="D232" s="29" t="s">
+      <c r="G232" s="13" t="s">
         <v>1277</v>
       </c>
-      <c r="E232" s="29" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H232" s="30">
-        <v>45357</v>
+        <v>45366</v>
       </c>
       <c r="I232" s="29"/>
       <c r="J232" s="14">
         <v>46507</v>
       </c>
-      <c r="K232" s="37" t="s">
-[...3 lines deleted...]
-    <row r="233" spans="1:11" ht="22.5">
+      <c r="K232" s="31" t="s">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="233" spans="1:11" ht="33.75">
       <c r="A233" s="11">
         <v>231</v>
       </c>
       <c r="B233" s="34" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C233" s="47">
+        <v>40203544714</v>
+      </c>
+      <c r="D233" s="29" t="s">
+        <v>1279</v>
+      </c>
+      <c r="E233" s="29" t="s">
+        <v>1280</v>
+      </c>
+      <c r="F233" s="32" t="s">
+        <v>1281</v>
+      </c>
+      <c r="G233" s="13" t="s">
         <v>1282</v>
       </c>
-      <c r="C233" s="47">
-[...13 lines deleted...]
-      </c>
       <c r="H233" s="30">
-        <v>45366</v>
+        <v>45377</v>
       </c>
       <c r="I233" s="29"/>
       <c r="J233" s="14">
         <v>46507</v>
       </c>
-      <c r="K233" s="31" t="s">
-[...3 lines deleted...]
-    <row r="234" spans="1:11">
+      <c r="K233" s="37" t="s">
+        <v>1283</v>
+      </c>
+    </row>
+    <row r="234" spans="1:11" ht="22.5">
       <c r="A234" s="11">
         <v>232</v>
       </c>
       <c r="B234" s="34" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C234" s="47">
+        <v>40203229854</v>
+      </c>
+      <c r="D234" s="29" t="s">
+        <v>1285</v>
+      </c>
+      <c r="E234" s="29" t="s">
+        <v>1285</v>
+      </c>
+      <c r="F234" s="32" t="s">
         <v>1286</v>
       </c>
-      <c r="C234" s="47">
-[...8 lines deleted...]
-      <c r="F234" s="32" t="s">
+      <c r="G234" s="13" t="s">
         <v>1287</v>
       </c>
-      <c r="G234" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H234" s="30">
-        <v>45366</v>
+        <v>45377</v>
       </c>
       <c r="I234" s="29"/>
       <c r="J234" s="14">
         <v>46507</v>
       </c>
-      <c r="K234" s="31" t="s">
-[...3 lines deleted...]
-    <row r="235" spans="1:11">
+      <c r="K234" s="37" t="s">
+        <v>1288</v>
+      </c>
+    </row>
+    <row r="235" spans="1:11" ht="33.75">
       <c r="A235" s="11">
         <v>233</v>
       </c>
       <c r="B235" s="34" t="s">
         <v>1289</v>
       </c>
       <c r="C235" s="47">
-        <v>42103095991</v>
+        <v>40203464194</v>
       </c>
       <c r="D235" s="29" t="s">
-        <v>462</v>
+        <v>1290</v>
       </c>
       <c r="E235" s="29" t="s">
-        <v>462</v>
+        <v>1291</v>
       </c>
       <c r="F235" s="32" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="G235" s="13" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="H235" s="30">
-        <v>45366</v>
+        <v>45377</v>
       </c>
       <c r="I235" s="29"/>
       <c r="J235" s="14">
         <v>46507</v>
       </c>
-      <c r="K235" s="31" t="s">
-[...3 lines deleted...]
-    <row r="236" spans="1:11" ht="33.75">
+      <c r="K235" s="37" t="s">
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="236" spans="1:11" ht="45">
       <c r="A236" s="11">
         <v>234</v>
       </c>
       <c r="B236" s="34" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="C236" s="47">
-        <v>40203544714</v>
+        <v>40203518980</v>
       </c>
       <c r="D236" s="29" t="s">
-        <v>1293</v>
+        <v>1296</v>
       </c>
       <c r="E236" s="29" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
       <c r="F236" s="32" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
       <c r="G236" s="13" t="s">
-        <v>1296</v>
+        <v>1298</v>
       </c>
       <c r="H236" s="30">
-        <v>45377</v>
+        <v>45386</v>
       </c>
       <c r="I236" s="29"/>
       <c r="J236" s="14">
         <v>46507</v>
       </c>
       <c r="K236" s="37" t="s">
-        <v>1297</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:11" ht="22.5">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="237" spans="1:11" ht="33.75">
       <c r="A237" s="11">
         <v>235</v>
       </c>
       <c r="B237" s="34" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="C237" s="47">
-        <v>40203229854</v>
+        <v>40203321527</v>
       </c>
       <c r="D237" s="29" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="E237" s="29" t="s">
-        <v>1299</v>
+        <v>1302</v>
       </c>
       <c r="F237" s="32" t="s">
-        <v>1300</v>
+        <v>1303</v>
       </c>
       <c r="G237" s="13" t="s">
-        <v>1301</v>
+        <v>1304</v>
       </c>
       <c r="H237" s="30">
-        <v>45377</v>
+        <v>45386</v>
       </c>
       <c r="I237" s="29"/>
       <c r="J237" s="14">
         <v>46507</v>
       </c>
       <c r="K237" s="37" t="s">
-        <v>1302</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:11" ht="33.75">
+        <v>1305</v>
+      </c>
+    </row>
+    <row r="238" spans="1:11" ht="22.5">
       <c r="A238" s="11">
         <v>236</v>
       </c>
       <c r="B238" s="34" t="s">
-        <v>1303</v>
+        <v>1306</v>
       </c>
       <c r="C238" s="47">
-        <v>40203464194</v>
+        <v>40203165144</v>
       </c>
       <c r="D238" s="29" t="s">
-        <v>1304</v>
+        <v>1307</v>
       </c>
       <c r="E238" s="29" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="F238" s="32" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="G238" s="13" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="H238" s="30">
-        <v>45377</v>
+        <v>45394</v>
       </c>
       <c r="I238" s="29"/>
       <c r="J238" s="14">
         <v>46507</v>
       </c>
       <c r="K238" s="37" t="s">
-        <v>1308</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:11" ht="45">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="239" spans="1:11" ht="33.75">
       <c r="A239" s="11">
         <v>237</v>
       </c>
       <c r="B239" s="34" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="C239" s="47">
-        <v>40203518980</v>
+        <v>40203539713</v>
       </c>
       <c r="D239" s="29" t="s">
-        <v>1310</v>
+        <v>734</v>
       </c>
       <c r="E239" s="29" t="s">
-        <v>1310</v>
+        <v>734</v>
       </c>
       <c r="F239" s="32" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="G239" s="13" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="H239" s="30">
-        <v>45386</v>
+        <v>45394</v>
       </c>
       <c r="I239" s="29"/>
       <c r="J239" s="14">
         <v>46507</v>
       </c>
       <c r="K239" s="37" t="s">
-        <v>1313</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:11" ht="33.75">
+        <v>1314</v>
+      </c>
+    </row>
+    <row r="240" spans="1:11" ht="45">
       <c r="A240" s="11">
         <v>238</v>
       </c>
       <c r="B240" s="34" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="C240" s="47">
-        <v>40203321527</v>
+        <v>40003652866</v>
       </c>
       <c r="D240" s="29" t="s">
-        <v>1315</v>
+        <v>925</v>
       </c>
       <c r="E240" s="29" t="s">
+        <v>760</v>
+      </c>
+      <c r="F240" s="32" t="s">
         <v>1316</v>
       </c>
-      <c r="F240" s="32" t="s">
+      <c r="G240" s="13" t="s">
         <v>1317</v>
       </c>
-      <c r="G240" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H240" s="30">
-        <v>45386</v>
+        <v>45393</v>
       </c>
       <c r="I240" s="29"/>
       <c r="J240" s="14">
         <v>46507</v>
       </c>
       <c r="K240" s="37" t="s">
-        <v>1319</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:11" ht="22.5">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="241" spans="1:11" ht="33.75">
       <c r="A241" s="11">
         <v>239</v>
       </c>
       <c r="B241" s="34" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C241" s="47">
+        <v>40203551580</v>
+      </c>
+      <c r="D241" s="29" t="s">
+        <v>1319</v>
+      </c>
+      <c r="E241" s="29" t="s">
         <v>1320</v>
       </c>
-      <c r="C241" s="47">
-[...2 lines deleted...]
-      <c r="D241" s="29" t="s">
+      <c r="F241" s="32" t="s">
         <v>1321</v>
       </c>
-      <c r="E241" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F241" s="32" t="s">
+      <c r="G241" s="13" t="s">
         <v>1322</v>
       </c>
-      <c r="G241" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H241" s="30">
-        <v>45394</v>
+        <v>45400</v>
       </c>
       <c r="I241" s="29"/>
       <c r="J241" s="14">
         <v>46507</v>
       </c>
       <c r="K241" s="37" t="s">
-        <v>1324</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:11" ht="33.75">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="242" spans="1:11" ht="45">
       <c r="A242" s="11">
         <v>240</v>
       </c>
       <c r="B242" s="34" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C242" s="47">
+        <v>40203536026</v>
+      </c>
+      <c r="D242" s="29" t="s">
         <v>1325</v>
       </c>
-      <c r="C242" s="47">
-[...4 lines deleted...]
-      </c>
       <c r="E242" s="29" t="s">
-        <v>744</v>
+        <v>1325</v>
       </c>
       <c r="F242" s="32" t="s">
         <v>1326</v>
       </c>
       <c r="G242" s="13" t="s">
         <v>1327</v>
       </c>
       <c r="H242" s="30">
-        <v>45394</v>
+        <v>45405</v>
       </c>
       <c r="I242" s="29"/>
       <c r="J242" s="14">
         <v>46507</v>
       </c>
       <c r="K242" s="37" t="s">
         <v>1328</v>
       </c>
     </row>
-    <row r="243" spans="1:11" ht="45">
+    <row r="243" spans="1:11" ht="22.5">
       <c r="A243" s="11">
         <v>241</v>
       </c>
       <c r="B243" s="34" t="s">
         <v>1329</v>
       </c>
       <c r="C243" s="47">
-        <v>40003652866</v>
+        <v>40203530470</v>
       </c>
       <c r="D243" s="29" t="s">
-        <v>945</v>
+        <v>1330</v>
       </c>
       <c r="E243" s="29" t="s">
-        <v>770</v>
+        <v>1330</v>
       </c>
       <c r="F243" s="32" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="G243" s="13" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="H243" s="30">
-        <v>45393</v>
+        <v>45405</v>
       </c>
       <c r="I243" s="29"/>
       <c r="J243" s="14">
         <v>46507</v>
       </c>
       <c r="K243" s="37" t="s">
-        <v>1324</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:11" ht="33.75">
+        <v>1333</v>
+      </c>
+    </row>
+    <row r="244" spans="1:11">
       <c r="A244" s="11">
         <v>242</v>
       </c>
       <c r="B244" s="34" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="C244" s="47">
-        <v>40203551580</v>
+        <v>40203362455</v>
       </c>
       <c r="D244" s="29" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="E244" s="29" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="F244" s="32" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
       <c r="G244" s="13" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="H244" s="30">
-        <v>45400</v>
+        <v>45405</v>
       </c>
       <c r="I244" s="29"/>
       <c r="J244" s="14">
         <v>46507</v>
       </c>
       <c r="K244" s="37" t="s">
-        <v>1337</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:11" ht="45">
+        <v>1339</v>
+      </c>
+    </row>
+    <row r="245" spans="1:11" ht="22.5">
       <c r="A245" s="11">
         <v>243</v>
       </c>
       <c r="B245" s="34" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
       <c r="C245" s="47">
-        <v>40203536026</v>
+        <v>40203012822</v>
       </c>
       <c r="D245" s="29" t="s">
-        <v>1339</v>
+        <v>397</v>
       </c>
       <c r="E245" s="29" t="s">
-        <v>1339</v>
+        <v>397</v>
       </c>
       <c r="F245" s="32" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="G245" s="13" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="H245" s="30">
-        <v>45405</v>
+        <v>45408</v>
       </c>
       <c r="I245" s="29"/>
       <c r="J245" s="14">
         <v>46507</v>
       </c>
       <c r="K245" s="37" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="246" spans="1:11" ht="22.5">
       <c r="A246" s="11">
         <v>244</v>
       </c>
       <c r="B246" s="34" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="C246" s="47">
-        <v>40203530470</v>
+        <v>40003225328</v>
       </c>
       <c r="D246" s="29" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="E246" s="29" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="F246" s="32" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="G246" s="13" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="H246" s="30">
-        <v>45405</v>
+        <v>45408</v>
       </c>
       <c r="I246" s="29"/>
       <c r="J246" s="14">
         <v>46507</v>
       </c>
       <c r="K246" s="37" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="247" spans="1:11">
       <c r="A247" s="11">
         <v>245</v>
       </c>
       <c r="B247" s="34" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="C247" s="47">
-        <v>40203362455</v>
+        <v>40203323091</v>
       </c>
       <c r="D247" s="29" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="E247" s="29" t="s">
         <v>1350</v>
       </c>
       <c r="F247" s="32" t="s">
         <v>1351</v>
       </c>
       <c r="G247" s="13" t="s">
         <v>1352</v>
       </c>
       <c r="H247" s="30">
-        <v>45405</v>
+        <v>45408</v>
       </c>
       <c r="I247" s="29"/>
       <c r="J247" s="14">
         <v>46507</v>
       </c>
       <c r="K247" s="37" t="s">
         <v>1353</v>
       </c>
     </row>
-    <row r="248" spans="1:11" ht="22.5">
+    <row r="248" spans="1:11" ht="33.75">
       <c r="A248" s="11">
         <v>246</v>
       </c>
       <c r="B248" s="34" t="s">
         <v>1354</v>
       </c>
       <c r="C248" s="47">
-        <v>40203012822</v>
+        <v>40203550157</v>
       </c>
       <c r="D248" s="29" t="s">
-        <v>396</v>
+        <v>1355</v>
       </c>
       <c r="E248" s="29" t="s">
-        <v>396</v>
+        <v>1355</v>
       </c>
       <c r="F248" s="32" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="G248" s="13" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="H248" s="30">
-        <v>45408</v>
+        <v>45411</v>
       </c>
       <c r="I248" s="29"/>
       <c r="J248" s="14">
         <v>46507</v>
       </c>
       <c r="K248" s="37" t="s">
-        <v>1357</v>
-[...2 lines deleted...]
-    <row r="249" spans="1:11" ht="22.5">
+        <v>1358</v>
+      </c>
+    </row>
+    <row r="249" spans="1:11" ht="33.75">
       <c r="A249" s="11">
         <v>247</v>
       </c>
       <c r="B249" s="34" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="C249" s="47">
-        <v>40003225328</v>
+        <v>40203360702</v>
       </c>
       <c r="D249" s="29" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="E249" s="29" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="F249" s="32" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="G249" s="13" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="H249" s="30">
-        <v>45408</v>
+        <v>45411</v>
       </c>
       <c r="I249" s="29"/>
       <c r="J249" s="14">
         <v>46507</v>
       </c>
       <c r="K249" s="37" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="250" spans="1:11">
       <c r="A250" s="11">
         <v>248</v>
       </c>
       <c r="B250" s="34" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="C250" s="47">
-        <v>40203323091</v>
+        <v>40203527038</v>
       </c>
       <c r="D250" s="29" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="E250" s="29" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
       <c r="F250" s="32" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
       <c r="G250" s="13" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="H250" s="30">
-        <v>45408</v>
+        <v>45422</v>
       </c>
       <c r="I250" s="29"/>
       <c r="J250" s="14">
-        <v>46507</v>
+        <v>46516</v>
       </c>
       <c r="K250" s="37" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="251" spans="1:11" ht="33.75">
       <c r="A251" s="11">
         <v>249</v>
       </c>
       <c r="B251" s="34" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="C251" s="47">
-        <v>40203550157</v>
+        <v>40003858038</v>
       </c>
       <c r="D251" s="29" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="E251" s="29" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="F251" s="32" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="G251" s="13" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="H251" s="30">
-        <v>45411</v>
+        <v>45422</v>
       </c>
       <c r="I251" s="29"/>
       <c r="J251" s="14">
-        <v>46507</v>
+        <v>46516</v>
       </c>
       <c r="K251" s="37" t="s">
-        <v>1372</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:11" ht="33.75">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="252" spans="1:11" ht="45">
       <c r="A252" s="11">
         <v>250</v>
       </c>
       <c r="B252" s="34" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="C252" s="47">
-        <v>40203360702</v>
+        <v>40103231960</v>
       </c>
       <c r="D252" s="29" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="E252" s="29" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="F252" s="32" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="G252" s="13" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="H252" s="30">
-        <v>45411</v>
+        <v>45422</v>
       </c>
       <c r="I252" s="29"/>
       <c r="J252" s="14">
-        <v>46507</v>
+        <v>46516</v>
       </c>
       <c r="K252" s="37" t="s">
-        <v>1377</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:11">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="253" spans="1:11" ht="22.5">
       <c r="A253" s="11">
         <v>251</v>
       </c>
       <c r="B253" s="34" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="C253" s="47">
-        <v>40203527038</v>
+        <v>40203155860</v>
       </c>
       <c r="D253" s="29" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="E253" s="29" t="s">
         <v>1380</v>
       </c>
       <c r="F253" s="32" t="s">
         <v>1381</v>
       </c>
       <c r="G253" s="13" t="s">
         <v>1382</v>
       </c>
       <c r="H253" s="30">
-        <v>45422</v>
+        <v>45434</v>
       </c>
       <c r="I253" s="29"/>
       <c r="J253" s="14">
-        <v>46516</v>
+        <v>46528</v>
       </c>
       <c r="K253" s="37" t="s">
         <v>1383</v>
       </c>
     </row>
     <row r="254" spans="1:11" ht="33.75">
       <c r="A254" s="11">
         <v>252</v>
       </c>
       <c r="B254" s="34" t="s">
         <v>1384</v>
       </c>
       <c r="C254" s="47">
-        <v>40003858038</v>
+        <v>42103092228</v>
       </c>
       <c r="D254" s="29" t="s">
         <v>1385</v>
       </c>
       <c r="E254" s="29" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="F254" s="32" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="G254" s="13" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="H254" s="30">
-        <v>45422</v>
+        <v>45436</v>
       </c>
       <c r="I254" s="29"/>
       <c r="J254" s="14">
-        <v>46516</v>
+        <v>46530</v>
       </c>
       <c r="K254" s="37" t="s">
-        <v>1388</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:11" ht="45">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="255" spans="1:11" ht="33.75">
       <c r="A255" s="11">
         <v>253</v>
       </c>
       <c r="B255" s="34" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="C255" s="47">
-        <v>40103231960</v>
+        <v>40203558574</v>
       </c>
       <c r="D255" s="29" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="E255" s="29" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
       <c r="F255" s="32" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="G255" s="13" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="H255" s="30">
-        <v>45422</v>
+        <v>45436</v>
       </c>
       <c r="I255" s="29"/>
       <c r="J255" s="14">
-        <v>46516</v>
+        <v>46530</v>
       </c>
       <c r="K255" s="37" t="s">
-        <v>1383</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:11" ht="22.5">
+        <v>1395</v>
+      </c>
+    </row>
+    <row r="256" spans="1:11" ht="45">
       <c r="A256" s="11">
         <v>254</v>
       </c>
       <c r="B256" s="34" t="s">
-        <v>1393</v>
+        <v>1396</v>
       </c>
       <c r="C256" s="47">
-        <v>40203155860</v>
+        <v>42103079906</v>
       </c>
       <c r="D256" s="29" t="s">
-        <v>1394</v>
+        <v>1397</v>
       </c>
       <c r="E256" s="29" t="s">
-        <v>1394</v>
+        <v>1398</v>
       </c>
       <c r="F256" s="32" t="s">
-        <v>1395</v>
+        <v>1399</v>
       </c>
       <c r="G256" s="13" t="s">
-        <v>1396</v>
+        <v>1400</v>
       </c>
       <c r="H256" s="30">
-        <v>45434</v>
+        <v>45442</v>
       </c>
       <c r="I256" s="29"/>
       <c r="J256" s="14">
-        <v>46528</v>
+        <v>46536</v>
       </c>
       <c r="K256" s="37" t="s">
-        <v>1397</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:11" ht="33.75">
+        <v>1401</v>
+      </c>
+    </row>
+    <row r="257" spans="1:11" ht="45">
       <c r="A257" s="11">
         <v>255</v>
       </c>
       <c r="B257" s="34" t="s">
-        <v>1398</v>
+        <v>1402</v>
       </c>
       <c r="C257" s="47">
-        <v>42103092228</v>
+        <v>40203303038</v>
       </c>
       <c r="D257" s="29" t="s">
-        <v>1399</v>
+        <v>1403</v>
       </c>
       <c r="E257" s="29" t="s">
-        <v>1400</v>
+        <v>1404</v>
       </c>
       <c r="F257" s="32" t="s">
-        <v>1401</v>
+        <v>1405</v>
       </c>
       <c r="G257" s="13" t="s">
-        <v>1402</v>
+        <v>1406</v>
       </c>
       <c r="H257" s="30">
-        <v>45436</v>
+        <v>45449</v>
       </c>
       <c r="I257" s="29"/>
       <c r="J257" s="14">
-        <v>46530</v>
+        <v>46543</v>
       </c>
       <c r="K257" s="37" t="s">
-        <v>1403</v>
-[...2 lines deleted...]
-    <row r="258" spans="1:11" ht="33.75">
+        <v>1407</v>
+      </c>
+    </row>
+    <row r="258" spans="1:11" ht="22.5">
       <c r="A258" s="11">
         <v>256</v>
       </c>
       <c r="B258" s="34" t="s">
-        <v>1404</v>
+        <v>1408</v>
       </c>
       <c r="C258" s="47">
-        <v>40203558574</v>
+        <v>40203563518</v>
       </c>
       <c r="D258" s="29" t="s">
-        <v>1405</v>
+        <v>1409</v>
       </c>
       <c r="E258" s="29" t="s">
-        <v>1406</v>
+        <v>1410</v>
       </c>
       <c r="F258" s="32" t="s">
-        <v>1407</v>
+        <v>1411</v>
       </c>
       <c r="G258" s="13" t="s">
-        <v>1408</v>
+        <v>1412</v>
       </c>
       <c r="H258" s="30">
-        <v>45436</v>
+        <v>45453</v>
       </c>
       <c r="I258" s="29"/>
       <c r="J258" s="14">
-        <v>46530</v>
+        <v>46547</v>
       </c>
       <c r="K258" s="37" t="s">
-        <v>1409</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:11" ht="45">
+        <v>1413</v>
+      </c>
+    </row>
+    <row r="259" spans="1:11" ht="22.5">
       <c r="A259" s="11">
         <v>257</v>
       </c>
-      <c r="B259" s="34" t="s">
-[...9 lines deleted...]
-        <v>1412</v>
+      <c r="B259" s="32" t="s">
+        <v>1414</v>
+      </c>
+      <c r="C259" s="32">
+        <v>40203491968</v>
+      </c>
+      <c r="D259" s="32" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E259" s="32" t="s">
+        <v>1415</v>
       </c>
       <c r="F259" s="32" t="s">
-        <v>1413</v>
+        <v>1416</v>
       </c>
       <c r="G259" s="13" t="s">
-        <v>1414</v>
-[...4 lines deleted...]
-      <c r="I259" s="29"/>
+        <v>1417</v>
+      </c>
+      <c r="H259" s="42">
+        <v>45469</v>
+      </c>
+      <c r="I259" s="32"/>
       <c r="J259" s="14">
-        <v>46536</v>
-[...5 lines deleted...]
-    <row r="260" spans="1:11" ht="45">
+        <v>46563</v>
+      </c>
+      <c r="K259" s="32" t="s">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="260" spans="1:11" ht="33.75">
       <c r="A260" s="11">
         <v>258</v>
       </c>
-      <c r="B260" s="34" t="s">
-[...9 lines deleted...]
-        <v>1418</v>
+      <c r="B260" s="32" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C260" s="32">
+        <v>40203560013</v>
+      </c>
+      <c r="D260" s="32" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E260" s="32" t="s">
+        <v>1391</v>
       </c>
       <c r="F260" s="32" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="G260" s="13" t="s">
-        <v>1420</v>
-[...4 lines deleted...]
-      <c r="I260" s="29"/>
+        <v>1421</v>
+      </c>
+      <c r="H260" s="42">
+        <v>45470</v>
+      </c>
+      <c r="I260" s="32"/>
       <c r="J260" s="14">
-        <v>46543</v>
-[...2 lines deleted...]
-        <v>1421</v>
+        <v>46564</v>
+      </c>
+      <c r="K260" s="32" t="s">
+        <v>1422</v>
       </c>
     </row>
     <row r="261" spans="1:11" ht="22.5">
       <c r="A261" s="11">
         <v>259</v>
       </c>
       <c r="B261" s="34" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="C261" s="47">
-        <v>40203563518</v>
+        <v>40203568017</v>
       </c>
       <c r="D261" s="29" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="E261" s="29" t="s">
         <v>1424</v>
       </c>
       <c r="F261" s="32" t="s">
         <v>1425</v>
       </c>
       <c r="G261" s="13" t="s">
         <v>1426</v>
       </c>
-      <c r="H261" s="30">
-[...2 lines deleted...]
-      <c r="I261" s="29"/>
+      <c r="H261" s="42">
+        <v>45482</v>
+      </c>
+      <c r="I261" s="32"/>
       <c r="J261" s="14">
-        <v>46547</v>
-[...1 lines deleted...]
-      <c r="K261" s="37" t="s">
+        <v>46576</v>
+      </c>
+      <c r="K261" s="32" t="s">
         <v>1427</v>
       </c>
     </row>
-    <row r="262" spans="1:11" ht="22.5">
+    <row r="262" spans="1:11" ht="33.75">
       <c r="A262" s="11">
         <v>260</v>
       </c>
-      <c r="B262" s="32" t="s">
+      <c r="B262" s="34" t="s">
         <v>1428</v>
       </c>
-      <c r="C262" s="32">
-[...2 lines deleted...]
-      <c r="D262" s="32" t="s">
+      <c r="C262" s="47">
+        <v>40203501819</v>
+      </c>
+      <c r="D262" s="29" t="s">
         <v>1429</v>
       </c>
-      <c r="E262" s="32" t="s">
+      <c r="E262" s="29" t="s">
         <v>1429</v>
       </c>
       <c r="F262" s="32" t="s">
         <v>1430</v>
       </c>
       <c r="G262" s="13" t="s">
         <v>1431</v>
       </c>
       <c r="H262" s="42">
-        <v>45469</v>
+        <v>45482</v>
       </c>
       <c r="I262" s="32"/>
       <c r="J262" s="14">
-        <v>46563</v>
-[...1 lines deleted...]
-      <c r="K262" s="32" t="s">
+        <v>46576</v>
+      </c>
+      <c r="K262" s="37" t="s">
         <v>1432</v>
       </c>
     </row>
     <row r="263" spans="1:11" ht="33.75">
       <c r="A263" s="11">
         <v>261</v>
       </c>
-      <c r="B263" s="32" t="s">
+      <c r="B263" s="34" t="s">
         <v>1433</v>
       </c>
-      <c r="C263" s="32">
-[...6 lines deleted...]
-        <v>1405</v>
+      <c r="C263" s="47">
+        <v>50203561171</v>
+      </c>
+      <c r="D263" s="29" t="s">
+        <v>1434</v>
+      </c>
+      <c r="E263" s="29" t="s">
+        <v>1435</v>
       </c>
       <c r="F263" s="32" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="G263" s="13" t="s">
-        <v>1435</v>
+        <v>1437</v>
       </c>
       <c r="H263" s="42">
-        <v>45470</v>
+        <v>45499</v>
       </c>
       <c r="I263" s="32"/>
       <c r="J263" s="14">
-        <v>46564</v>
-[...5 lines deleted...]
-    <row r="264" spans="1:11" ht="22.5">
+        <v>46593</v>
+      </c>
+      <c r="K263" s="37" t="s">
+        <v>1438</v>
+      </c>
+    </row>
+    <row r="264" spans="1:11" ht="45">
       <c r="A264" s="11">
         <v>262</v>
       </c>
       <c r="B264" s="34" t="s">
-        <v>1437</v>
+        <v>1439</v>
       </c>
       <c r="C264" s="47">
-        <v>40203568017</v>
+        <v>40003758446</v>
       </c>
       <c r="D264" s="29" t="s">
-        <v>1438</v>
+        <v>1440</v>
       </c>
       <c r="E264" s="29" t="s">
-        <v>1438</v>
+        <v>1441</v>
       </c>
       <c r="F264" s="32" t="s">
-        <v>1439</v>
+        <v>1442</v>
       </c>
       <c r="G264" s="13" t="s">
-        <v>1440</v>
+        <v>1443</v>
       </c>
       <c r="H264" s="42">
-        <v>45482</v>
+        <v>45506</v>
       </c>
       <c r="I264" s="32"/>
       <c r="J264" s="14">
-        <v>46576</v>
-[...5 lines deleted...]
-    <row r="265" spans="1:11" ht="33.75">
+        <v>46600</v>
+      </c>
+      <c r="K264" s="37" t="s">
+        <v>1444</v>
+      </c>
+    </row>
+    <row r="265" spans="1:11">
       <c r="A265" s="11">
         <v>263</v>
       </c>
-      <c r="B265" s="34" t="s">
-[...12 lines deleted...]
-        <v>1444</v>
+      <c r="B265" s="19" t="s">
+        <v>1445</v>
+      </c>
+      <c r="C265" s="39">
+        <v>50203393781</v>
+      </c>
+      <c r="D265" s="39" t="s">
+        <v>1446</v>
+      </c>
+      <c r="E265" s="39" t="s">
+        <v>1446</v>
+      </c>
+      <c r="F265" s="37" t="s">
+        <v>1447</v>
       </c>
       <c r="G265" s="13" t="s">
-        <v>1445</v>
-[...4 lines deleted...]
-      <c r="I265" s="32"/>
+        <v>1448</v>
+      </c>
+      <c r="H265" s="54">
+        <v>45517</v>
+      </c>
+      <c r="I265" s="37"/>
       <c r="J265" s="14">
-        <v>46576</v>
+        <v>46611</v>
       </c>
       <c r="K265" s="37" t="s">
-        <v>1446</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="266" spans="1:11" ht="33.75">
       <c r="A266" s="11">
         <v>264</v>
       </c>
       <c r="B266" s="34" t="s">
-        <v>1447</v>
+        <v>1450</v>
       </c>
       <c r="C266" s="47">
-        <v>50203561171</v>
+        <v>40103984413</v>
       </c>
       <c r="D266" s="29" t="s">
-        <v>1448</v>
+        <v>1451</v>
       </c>
       <c r="E266" s="29" t="s">
-        <v>1449</v>
-[...2 lines deleted...]
-        <v>1450</v>
+        <v>1451</v>
+      </c>
+      <c r="F266" s="37" t="s">
+        <v>1452</v>
       </c>
       <c r="G266" s="13" t="s">
-        <v>1451</v>
-[...4 lines deleted...]
-      <c r="I266" s="32"/>
+        <v>1453</v>
+      </c>
+      <c r="H266" s="54">
+        <v>45530</v>
+      </c>
+      <c r="I266" s="37"/>
       <c r="J266" s="14">
-        <v>46593</v>
-[...5 lines deleted...]
-    <row r="267" spans="1:11" ht="45">
+        <v>46624</v>
+      </c>
+      <c r="K266" s="32" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="267" spans="1:11" ht="33.75">
       <c r="A267" s="11">
         <v>265</v>
       </c>
       <c r="B267" s="34" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
       <c r="C267" s="47">
-        <v>40003758446</v>
+        <v>40103856584</v>
       </c>
       <c r="D267" s="29" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
       <c r="E267" s="29" t="s">
-        <v>1455</v>
-[...1 lines deleted...]
-      <c r="F267" s="32" t="s">
         <v>1456</v>
       </c>
+      <c r="F267" s="37" t="s">
+        <v>1457</v>
+      </c>
       <c r="G267" s="13" t="s">
-        <v>1457</v>
-[...4 lines deleted...]
-      <c r="I267" s="32"/>
+        <v>1458</v>
+      </c>
+      <c r="H267" s="54">
+        <v>45533</v>
+      </c>
+      <c r="I267" s="37"/>
       <c r="J267" s="14">
-        <v>46600</v>
+        <v>46627</v>
       </c>
       <c r="K267" s="37" t="s">
-        <v>1458</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:11">
+        <v>1459</v>
+      </c>
+    </row>
+    <row r="268" spans="1:11" ht="33.75">
       <c r="A268" s="11">
         <v>266</v>
       </c>
-      <c r="B268" s="19" t="s">
-[...5 lines deleted...]
-      <c r="D268" s="39" t="s">
+      <c r="B268" s="34" t="s">
         <v>1460</v>
       </c>
-      <c r="E268" s="39" t="s">
-        <v>1460</v>
+      <c r="C268" s="47">
+        <v>40103595659</v>
+      </c>
+      <c r="D268" s="29" t="s">
+        <v>1461</v>
+      </c>
+      <c r="E268" s="29" t="s">
+        <v>1461</v>
       </c>
       <c r="F268" s="37" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="G268" s="13" t="s">
-        <v>1462</v>
-[...2 lines deleted...]
-        <v>45517</v>
+        <v>1463</v>
+      </c>
+      <c r="H268" s="54">
+        <v>45533</v>
       </c>
       <c r="I268" s="37"/>
       <c r="J268" s="14">
-        <v>46611</v>
+        <v>46627</v>
       </c>
       <c r="K268" s="37" t="s">
-        <v>1463</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:11" ht="33.75">
+        <v>1464</v>
+      </c>
+    </row>
+    <row r="269" spans="1:11" ht="45">
       <c r="A269" s="11">
         <v>267</v>
       </c>
       <c r="B269" s="34" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="C269" s="47">
-        <v>40103984413</v>
+        <v>40203289514</v>
       </c>
       <c r="D269" s="29" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="E269" s="29" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="F269" s="37" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="G269" s="13" t="s">
-        <v>1467</v>
-[...2 lines deleted...]
-        <v>45530</v>
+        <v>1468</v>
+      </c>
+      <c r="H269" s="54">
+        <v>45533</v>
       </c>
       <c r="I269" s="37"/>
       <c r="J269" s="14">
-        <v>46624</v>
-[...2 lines deleted...]
-        <v>1468</v>
+        <v>46627</v>
+      </c>
+      <c r="K269" s="37" t="s">
+        <v>1469</v>
       </c>
     </row>
     <row r="270" spans="1:11" ht="33.75">
       <c r="A270" s="11">
         <v>268</v>
       </c>
       <c r="B270" s="34" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="C270" s="47">
-        <v>40103856584</v>
+        <v>40003837182</v>
       </c>
       <c r="D270" s="29" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="E270" s="29" t="s">
-        <v>1470</v>
+        <v>1116</v>
       </c>
       <c r="F270" s="37" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="G270" s="13" t="s">
-        <v>1472</v>
-[...1 lines deleted...]
-      <c r="H270" s="52">
+        <v>1473</v>
+      </c>
+      <c r="H270" s="54">
         <v>45533</v>
       </c>
       <c r="I270" s="37"/>
       <c r="J270" s="14">
         <v>46627</v>
       </c>
       <c r="K270" s="37" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="271" spans="1:11" ht="33.75">
       <c r="A271" s="11">
         <v>269</v>
       </c>
       <c r="B271" s="34" t="s">
-        <v>1474</v>
-[...4 lines deleted...]
-      <c r="D271" s="29" t="s">
         <v>1475</v>
       </c>
+      <c r="C271" s="31">
+        <v>40203569794</v>
+      </c>
+      <c r="D271" s="31" t="s">
+        <v>1476</v>
+      </c>
       <c r="E271" s="29" t="s">
-        <v>1475</v>
+        <v>1477</v>
       </c>
       <c r="F271" s="37" t="s">
-        <v>1476</v>
+        <v>1478</v>
       </c>
       <c r="G271" s="13" t="s">
-        <v>1477</v>
-[...2 lines deleted...]
-        <v>45533</v>
+        <v>1479</v>
+      </c>
+      <c r="H271" s="54">
+        <v>45539</v>
       </c>
       <c r="I271" s="37"/>
       <c r="J271" s="14">
-        <v>46627</v>
+        <v>46633</v>
       </c>
       <c r="K271" s="37" t="s">
-        <v>1478</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:11" ht="45">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="272" spans="1:11" ht="22.5">
       <c r="A272" s="11">
         <v>270</v>
       </c>
       <c r="B272" s="34" t="s">
-        <v>1479</v>
-[...8 lines deleted...]
-        <v>1480</v>
+        <v>1481</v>
+      </c>
+      <c r="C272" s="31">
+        <v>42403021027</v>
+      </c>
+      <c r="D272" s="31" t="s">
+        <v>1482</v>
+      </c>
+      <c r="E272" s="31" t="s">
+        <v>1482</v>
       </c>
       <c r="F272" s="37" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="G272" s="13" t="s">
-        <v>1482</v>
-[...2 lines deleted...]
-        <v>45533</v>
+        <v>1484</v>
+      </c>
+      <c r="H272" s="54">
+        <v>45539</v>
       </c>
       <c r="I272" s="37"/>
       <c r="J272" s="14">
-        <v>46627</v>
+        <v>46633</v>
       </c>
       <c r="K272" s="37" t="s">
-        <v>1483</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:11" ht="33.75">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="273" spans="1:11" ht="56.25">
       <c r="A273" s="11">
         <v>271</v>
       </c>
       <c r="B273" s="34" t="s">
-        <v>1484</v>
-[...4 lines deleted...]
-      <c r="D273" s="29" t="s">
         <v>1485</v>
       </c>
+      <c r="C273" s="31">
+        <v>40203530451</v>
+      </c>
+      <c r="D273" s="31" t="s">
+        <v>1486</v>
+      </c>
       <c r="E273" s="29" t="s">
-        <v>1136</v>
+        <v>1487</v>
       </c>
       <c r="F273" s="37" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="G273" s="13" t="s">
-        <v>1487</v>
-[...2 lines deleted...]
-        <v>45533</v>
+        <v>1489</v>
+      </c>
+      <c r="H273" s="54">
+        <v>45539</v>
       </c>
       <c r="I273" s="37"/>
       <c r="J273" s="14">
-        <v>46627</v>
+        <v>46633</v>
       </c>
       <c r="K273" s="37" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="274" spans="1:11" ht="33.75">
       <c r="A274" s="11">
         <v>272</v>
       </c>
       <c r="B274" s="34" t="s">
-        <v>1489</v>
-[...7 lines deleted...]
-      <c r="E274" s="29" t="s">
         <v>1491</v>
       </c>
-      <c r="F274" s="37" t="s">
+      <c r="C274" s="34">
+        <v>40203466250</v>
+      </c>
+      <c r="D274" s="34" t="s">
         <v>1492</v>
       </c>
+      <c r="E274" s="34" t="s">
+        <v>1492</v>
+      </c>
+      <c r="F274" s="15" t="s">
+        <v>1493</v>
+      </c>
       <c r="G274" s="13" t="s">
-        <v>1493</v>
-[...4 lines deleted...]
-      <c r="I274" s="37"/>
+        <v>1494</v>
+      </c>
+      <c r="H274" s="14">
+        <v>45546</v>
+      </c>
+      <c r="I274" s="15"/>
       <c r="J274" s="14">
-        <v>46633</v>
+        <v>46640</v>
       </c>
       <c r="K274" s="37" t="s">
-        <v>1494</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:11" ht="22.5">
+        <v>1495</v>
+      </c>
+    </row>
+    <row r="275" spans="1:11" ht="33.75">
       <c r="A275" s="11">
         <v>273</v>
       </c>
       <c r="B275" s="34" t="s">
-        <v>1495</v>
-[...4 lines deleted...]
-      <c r="D275" s="31" t="s">
         <v>1496</v>
       </c>
-      <c r="E275" s="31" t="s">
-[...2 lines deleted...]
-      <c r="F275" s="37" t="s">
+      <c r="C275" s="34">
+        <v>45403058493</v>
+      </c>
+      <c r="D275" s="34" t="s">
         <v>1497</v>
       </c>
+      <c r="E275" s="29" t="s">
+        <v>1498</v>
+      </c>
+      <c r="F275" s="15" t="s">
+        <v>1499</v>
+      </c>
       <c r="G275" s="13" t="s">
-        <v>1498</v>
-[...4 lines deleted...]
-      <c r="I275" s="37"/>
+        <v>1500</v>
+      </c>
+      <c r="H275" s="14">
+        <v>45546</v>
+      </c>
+      <c r="I275" s="15"/>
       <c r="J275" s="14">
-        <v>46633</v>
+        <v>46640</v>
       </c>
       <c r="K275" s="37" t="s">
-        <v>1494</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:11" ht="56.25">
+        <v>1501</v>
+      </c>
+    </row>
+    <row r="276" spans="1:11" ht="45">
       <c r="A276" s="11">
         <v>274</v>
       </c>
       <c r="B276" s="34" t="s">
-        <v>1499</v>
-[...10 lines deleted...]
-      <c r="F276" s="37" t="s">
         <v>1502</v>
       </c>
+      <c r="C276" s="34">
+        <v>40203102505</v>
+      </c>
+      <c r="D276" s="34" t="s">
+        <v>1503</v>
+      </c>
+      <c r="E276" s="34" t="s">
+        <v>1504</v>
+      </c>
+      <c r="F276" s="15" t="s">
+        <v>1505</v>
+      </c>
       <c r="G276" s="13" t="s">
-        <v>1503</v>
-[...4 lines deleted...]
-      <c r="I276" s="37"/>
+        <v>1506</v>
+      </c>
+      <c r="H276" s="14">
+        <v>45560</v>
+      </c>
+      <c r="I276" s="15"/>
       <c r="J276" s="14">
-        <v>46633</v>
-[...2 lines deleted...]
-        <v>1504</v>
+        <v>46654</v>
+      </c>
+      <c r="K276" s="31" t="s">
+        <v>1507</v>
       </c>
     </row>
     <row r="277" spans="1:11" ht="33.75">
       <c r="A277" s="11">
         <v>275</v>
       </c>
       <c r="B277" s="34" t="s">
-        <v>1505</v>
+        <v>1508</v>
       </c>
       <c r="C277" s="34">
-        <v>40203466250</v>
+        <v>40203580838</v>
       </c>
       <c r="D277" s="34" t="s">
-        <v>1506</v>
+        <v>1509</v>
       </c>
       <c r="E277" s="34" t="s">
-        <v>1506</v>
+        <v>1509</v>
       </c>
       <c r="F277" s="15" t="s">
-        <v>1507</v>
+        <v>1510</v>
       </c>
       <c r="G277" s="13" t="s">
-        <v>1508</v>
+        <v>1511</v>
       </c>
       <c r="H277" s="14">
-        <v>45546</v>
+        <v>45565</v>
       </c>
       <c r="I277" s="15"/>
       <c r="J277" s="14">
-        <v>46640</v>
-[...2 lines deleted...]
-        <v>1509</v>
+        <v>46659</v>
+      </c>
+      <c r="K277" s="32" t="s">
+        <v>1512</v>
       </c>
     </row>
     <row r="278" spans="1:11" ht="33.75">
       <c r="A278" s="11">
         <v>276</v>
       </c>
-      <c r="B278" s="34" t="s">
-[...9 lines deleted...]
-        <v>1512</v>
+      <c r="B278" s="31" t="s">
+        <v>1513</v>
+      </c>
+      <c r="C278" s="31">
+        <v>44103129355</v>
+      </c>
+      <c r="D278" s="29" t="s">
+        <v>1514</v>
+      </c>
+      <c r="E278" s="31" t="s">
+        <v>1515</v>
       </c>
       <c r="F278" s="15" t="s">
-        <v>1513</v>
+        <v>1516</v>
       </c>
       <c r="G278" s="13" t="s">
-        <v>1514</v>
+        <v>1517</v>
       </c>
       <c r="H278" s="14">
-        <v>45546</v>
+        <v>45569</v>
       </c>
       <c r="I278" s="15"/>
       <c r="J278" s="14">
-        <v>46640</v>
+        <v>46663</v>
       </c>
       <c r="K278" s="37" t="s">
-        <v>1515</v>
-[...2 lines deleted...]
-    <row r="279" spans="1:11" ht="45">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="279" spans="1:11" ht="33.75">
       <c r="A279" s="11">
         <v>277</v>
       </c>
-      <c r="B279" s="34" t="s">
-        <v>1516</v>
+      <c r="B279" s="31" t="s">
+        <v>1519</v>
       </c>
       <c r="C279" s="34">
-        <v>40203102505</v>
+        <v>40003295166</v>
       </c>
       <c r="D279" s="34" t="s">
-        <v>1517</v>
+        <v>1520</v>
       </c>
       <c r="E279" s="34" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
       <c r="F279" s="15" t="s">
-        <v>1519</v>
+        <v>1521</v>
       </c>
       <c r="G279" s="13" t="s">
-        <v>1520</v>
+        <v>1522</v>
       </c>
       <c r="H279" s="14">
-        <v>45560</v>
+        <v>45569</v>
       </c>
       <c r="I279" s="15"/>
       <c r="J279" s="14">
-        <v>46654</v>
-[...5 lines deleted...]
-    <row r="280" spans="1:11" ht="33.75">
+        <v>46663</v>
+      </c>
+      <c r="K279" s="37" t="s">
+        <v>1523</v>
+      </c>
+    </row>
+    <row r="280" spans="1:11" ht="22.5">
       <c r="A280" s="11">
         <v>278</v>
       </c>
       <c r="B280" s="34" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
       <c r="C280" s="34">
-        <v>40203580838</v>
-[...5 lines deleted...]
-        <v>1523</v>
+        <v>40203585002</v>
+      </c>
+      <c r="D280" s="35" t="s">
+        <v>1525</v>
+      </c>
+      <c r="E280" s="35" t="s">
+        <v>1525</v>
       </c>
       <c r="F280" s="15" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
       <c r="G280" s="13" t="s">
-        <v>1525</v>
+        <v>1527</v>
       </c>
       <c r="H280" s="14">
-        <v>45565</v>
+        <v>45573</v>
       </c>
       <c r="I280" s="15"/>
       <c r="J280" s="14">
-        <v>46659</v>
-[...2 lines deleted...]
-        <v>1526</v>
+        <v>46667</v>
+      </c>
+      <c r="K280" s="37" t="s">
+        <v>1528</v>
       </c>
     </row>
     <row r="281" spans="1:11" ht="33.75">
       <c r="A281" s="11">
         <v>279</v>
       </c>
-      <c r="B281" s="31" t="s">
-[...8 lines deleted...]
-      <c r="E281" s="31" t="s">
+      <c r="B281" s="34" t="s">
         <v>1529</v>
+      </c>
+      <c r="C281" s="34">
+        <v>40203423251</v>
+      </c>
+      <c r="D281" s="34" t="s">
+        <v>1150</v>
+      </c>
+      <c r="E281" s="34" t="s">
+        <v>1150</v>
       </c>
       <c r="F281" s="15" t="s">
         <v>1530</v>
       </c>
       <c r="G281" s="13" t="s">
         <v>1531</v>
       </c>
       <c r="H281" s="14">
-        <v>45569</v>
+        <v>45582</v>
       </c>
       <c r="I281" s="15"/>
       <c r="J281" s="14">
-        <v>46663</v>
-[...1 lines deleted...]
-      <c r="K281" s="37" t="s">
+        <v>46676</v>
+      </c>
+      <c r="K281" s="32" t="s">
         <v>1532</v>
       </c>
     </row>
     <row r="282" spans="1:11" ht="33.75">
       <c r="A282" s="11">
         <v>280</v>
       </c>
-      <c r="B282" s="31" t="s">
+      <c r="B282" s="34" t="s">
         <v>1533</v>
       </c>
       <c r="C282" s="34">
-        <v>40003295166</v>
+        <v>40203261872</v>
       </c>
       <c r="D282" s="34" t="s">
         <v>1534</v>
       </c>
-      <c r="E282" s="34" t="s">
-        <v>1534</v>
+      <c r="E282" s="31" t="s">
+        <v>1535</v>
       </c>
       <c r="F282" s="15" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="G282" s="13" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="H282" s="14">
-        <v>45569</v>
+        <v>45582</v>
       </c>
       <c r="I282" s="15"/>
       <c r="J282" s="14">
-        <v>46663</v>
-[...5 lines deleted...]
-    <row r="283" spans="1:11" ht="22.5">
+        <v>46676</v>
+      </c>
+      <c r="K282" s="32" t="s">
+        <v>1538</v>
+      </c>
+    </row>
+    <row r="283" spans="1:11" ht="33.75">
       <c r="A283" s="11">
         <v>281</v>
       </c>
       <c r="B283" s="34" t="s">
-        <v>1538</v>
-[...4 lines deleted...]
-      <c r="D283" s="35" t="s">
         <v>1539</v>
       </c>
-      <c r="E283" s="35" t="s">
-        <v>1539</v>
+      <c r="C283" s="31">
+        <v>40203265408</v>
+      </c>
+      <c r="D283" s="34" t="s">
+        <v>1540</v>
+      </c>
+      <c r="E283" s="34" t="s">
+        <v>1540</v>
       </c>
       <c r="F283" s="15" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="G283" s="13" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="H283" s="14">
-        <v>45573</v>
+        <v>45587</v>
       </c>
       <c r="I283" s="15"/>
       <c r="J283" s="14">
-        <v>46667</v>
-[...2 lines deleted...]
-        <v>1542</v>
+        <v>46681</v>
+      </c>
+      <c r="K283" s="31" t="s">
+        <v>1543</v>
       </c>
     </row>
     <row r="284" spans="1:11" ht="33.75">
       <c r="A284" s="11">
         <v>282</v>
       </c>
       <c r="B284" s="34" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="C284" s="34">
-        <v>40203423251</v>
+        <v>50103341001</v>
       </c>
       <c r="D284" s="34" t="s">
-        <v>1170</v>
+        <v>1545</v>
       </c>
       <c r="E284" s="34" t="s">
-        <v>1170</v>
+        <v>1545</v>
       </c>
       <c r="F284" s="15" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="G284" s="13" t="s">
-        <v>1545</v>
+        <v>1547</v>
       </c>
       <c r="H284" s="14">
-        <v>45582</v>
+        <v>45587</v>
       </c>
       <c r="I284" s="15"/>
       <c r="J284" s="14">
-        <v>46676</v>
+        <v>46681</v>
       </c>
       <c r="K284" s="32" t="s">
-        <v>1546</v>
-[...2 lines deleted...]
-    <row r="285" spans="1:11" ht="33.75">
+        <v>1548</v>
+      </c>
+    </row>
+    <row r="285" spans="1:11" ht="45">
       <c r="A285" s="11">
         <v>283</v>
       </c>
       <c r="B285" s="34" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="C285" s="34">
-        <v>40203261872</v>
+        <v>40203441276</v>
       </c>
       <c r="D285" s="34" t="s">
-        <v>1548</v>
-[...2 lines deleted...]
-        <v>1549</v>
+        <v>1550</v>
+      </c>
+      <c r="E285" s="34" t="s">
+        <v>1551</v>
       </c>
       <c r="F285" s="15" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
       <c r="G285" s="13" t="s">
-        <v>1551</v>
+        <v>1553</v>
       </c>
       <c r="H285" s="14">
-        <v>45582</v>
+        <v>45602</v>
       </c>
       <c r="I285" s="15"/>
       <c r="J285" s="14">
-        <v>46676</v>
+        <v>46696</v>
       </c>
       <c r="K285" s="32" t="s">
-        <v>1552</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="286" spans="1:11" ht="33.75">
       <c r="A286" s="11">
         <v>284</v>
       </c>
       <c r="B286" s="34" t="s">
-        <v>1553</v>
-[...2 lines deleted...]
-        <v>40203265408</v>
+        <v>1555</v>
+      </c>
+      <c r="C286" s="34">
+        <v>40203584435</v>
       </c>
       <c r="D286" s="34" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
       <c r="E286" s="34" t="s">
-        <v>1554</v>
+        <v>1557</v>
       </c>
       <c r="F286" s="15" t="s">
-        <v>1555</v>
+        <v>1558</v>
       </c>
       <c r="G286" s="13" t="s">
-        <v>1556</v>
+        <v>1559</v>
       </c>
       <c r="H286" s="14">
-        <v>45587</v>
+        <v>45615</v>
       </c>
       <c r="I286" s="15"/>
       <c r="J286" s="14">
-        <v>46681</v>
-[...5 lines deleted...]
-    <row r="287" spans="1:11" ht="33.75">
+        <v>46709</v>
+      </c>
+      <c r="K286" s="32" t="s">
+        <v>1560</v>
+      </c>
+    </row>
+    <row r="287" spans="1:11">
       <c r="A287" s="11">
         <v>285</v>
       </c>
       <c r="B287" s="34" t="s">
-        <v>1558</v>
+        <v>1561</v>
       </c>
       <c r="C287" s="34">
-        <v>50103341001</v>
+        <v>42103111904</v>
       </c>
       <c r="D287" s="34" t="s">
-        <v>1559</v>
+        <v>1562</v>
       </c>
       <c r="E287" s="34" t="s">
-        <v>1559</v>
+        <v>1563</v>
       </c>
       <c r="F287" s="15" t="s">
-        <v>1560</v>
+        <v>1564</v>
       </c>
       <c r="G287" s="13" t="s">
-        <v>1561</v>
+        <v>1565</v>
       </c>
       <c r="H287" s="14">
-        <v>45587</v>
+        <v>45621</v>
       </c>
       <c r="I287" s="15"/>
       <c r="J287" s="14">
-        <v>46681</v>
+        <v>46715</v>
       </c>
       <c r="K287" s="32" t="s">
-        <v>1562</v>
-[...2 lines deleted...]
-    <row r="288" spans="1:11" ht="45">
+        <v>1566</v>
+      </c>
+    </row>
+    <row r="288" spans="1:11" ht="33.75">
       <c r="A288" s="11">
         <v>286</v>
       </c>
       <c r="B288" s="34" t="s">
-        <v>1563</v>
+        <v>1567</v>
       </c>
       <c r="C288" s="34">
-        <v>40203441276</v>
+        <v>42103069560</v>
       </c>
       <c r="D288" s="34" t="s">
-        <v>1564</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>1568</v>
+      </c>
+      <c r="E288" s="31" t="s">
+        <v>1569</v>
       </c>
       <c r="F288" s="15" t="s">
-        <v>1566</v>
+        <v>1570</v>
       </c>
       <c r="G288" s="13" t="s">
-        <v>1567</v>
+        <v>1571</v>
       </c>
       <c r="H288" s="14">
-        <v>45602</v>
+        <v>45621</v>
       </c>
       <c r="I288" s="15"/>
       <c r="J288" s="14">
-        <v>46696</v>
+        <v>46715</v>
       </c>
       <c r="K288" s="32" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:11" ht="33.75">
+        <v>1572</v>
+      </c>
+    </row>
+    <row r="289" spans="1:11" ht="22.5">
       <c r="A289" s="11">
         <v>287</v>
       </c>
       <c r="B289" s="34" t="s">
-        <v>1569</v>
-[...8 lines deleted...]
-        <v>1571</v>
+        <v>1573</v>
+      </c>
+      <c r="C289" s="31">
+        <v>50103581701</v>
+      </c>
+      <c r="D289" s="31" t="s">
+        <v>1574</v>
+      </c>
+      <c r="E289" s="31" t="s">
+        <v>1574</v>
       </c>
       <c r="F289" s="15" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
       <c r="G289" s="13" t="s">
-        <v>1573</v>
+        <v>1576</v>
       </c>
       <c r="H289" s="14">
-        <v>45615</v>
+        <v>45635</v>
       </c>
       <c r="I289" s="15"/>
       <c r="J289" s="14">
-        <v>46709</v>
+        <v>46729</v>
       </c>
       <c r="K289" s="32" t="s">
-        <v>1574</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:11">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="290" spans="1:11" ht="22.5">
       <c r="A290" s="11">
         <v>288</v>
       </c>
       <c r="B290" s="34" t="s">
-        <v>1575</v>
-[...8 lines deleted...]
-        <v>1577</v>
+        <v>1578</v>
+      </c>
+      <c r="C290" s="31">
+        <v>40203088377</v>
+      </c>
+      <c r="D290" s="31" t="s">
+        <v>463</v>
+      </c>
+      <c r="E290" s="31" t="s">
+        <v>463</v>
       </c>
       <c r="F290" s="15" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="G290" s="13" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="H290" s="14">
-        <v>45621</v>
+        <v>45635</v>
       </c>
       <c r="I290" s="15"/>
       <c r="J290" s="14">
-        <v>46715</v>
+        <v>46729</v>
       </c>
       <c r="K290" s="32" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="291" spans="1:11" ht="33.75">
       <c r="A291" s="11">
         <v>289</v>
       </c>
       <c r="B291" s="34" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="C291" s="34">
-        <v>42103069560</v>
+        <v>40203595000</v>
       </c>
       <c r="D291" s="34" t="s">
-        <v>1582</v>
-[...1 lines deleted...]
-      <c r="E291" s="31" t="s">
         <v>1583</v>
       </c>
+      <c r="E291" s="34" t="s">
+        <v>1584</v>
+      </c>
       <c r="F291" s="15" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="G291" s="13" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="H291" s="14">
-        <v>45621</v>
+        <v>45646</v>
       </c>
       <c r="I291" s="15"/>
       <c r="J291" s="14">
-        <v>46715</v>
-[...5 lines deleted...]
-    <row r="292" spans="1:11" ht="22.5">
+        <v>46740</v>
+      </c>
+      <c r="K291" s="35" t="s">
+        <v>1587</v>
+      </c>
+    </row>
+    <row r="292" spans="1:11" ht="45">
       <c r="A292" s="11">
         <v>290</v>
       </c>
-      <c r="B292" s="34" t="s">
-[...5 lines deleted...]
-      <c r="D292" s="31" t="s">
+      <c r="B292" s="37" t="s">
         <v>1588</v>
       </c>
-      <c r="E292" s="31" t="s">
-        <v>1588</v>
+      <c r="C292" s="38" t="s">
+        <v>1589</v>
+      </c>
+      <c r="D292" s="39" t="s">
+        <v>1590</v>
+      </c>
+      <c r="E292" s="39" t="s">
+        <v>1591</v>
       </c>
       <c r="F292" s="15" t="s">
-        <v>1589</v>
+        <v>1592</v>
       </c>
       <c r="G292" s="13" t="s">
-        <v>1590</v>
-[...4 lines deleted...]
-      <c r="I292" s="15"/>
+        <v>1593</v>
+      </c>
+      <c r="H292" s="40">
+        <v>45659</v>
+      </c>
+      <c r="I292" s="41"/>
       <c r="J292" s="14">
-        <v>46729</v>
+        <v>46753</v>
       </c>
       <c r="K292" s="32" t="s">
-        <v>1591</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:11" ht="22.5">
+        <v>1594</v>
+      </c>
+    </row>
+    <row r="293" spans="1:11" ht="33.75">
       <c r="A293" s="11">
         <v>291</v>
       </c>
       <c r="B293" s="34" t="s">
-        <v>1592</v>
-[...8 lines deleted...]
-        <v>462</v>
+        <v>1595</v>
+      </c>
+      <c r="C293" s="34">
+        <v>40203569756</v>
+      </c>
+      <c r="D293" s="34" t="s">
+        <v>1596</v>
+      </c>
+      <c r="E293" s="34" t="s">
+        <v>1596</v>
       </c>
       <c r="F293" s="15" t="s">
-        <v>1593</v>
+        <v>1597</v>
       </c>
       <c r="G293" s="13" t="s">
-        <v>1594</v>
+        <v>1598</v>
       </c>
       <c r="H293" s="14">
-        <v>45635</v>
+        <v>45680</v>
       </c>
       <c r="I293" s="15"/>
       <c r="J293" s="14">
-        <v>46729</v>
+        <v>46774</v>
       </c>
       <c r="K293" s="32" t="s">
-        <v>1595</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="294" spans="1:11" ht="33.75">
       <c r="A294" s="11">
         <v>292</v>
       </c>
       <c r="B294" s="34" t="s">
-        <v>1596</v>
+        <v>1600</v>
       </c>
       <c r="C294" s="34">
-        <v>40203595000</v>
+        <v>40103690188</v>
       </c>
       <c r="D294" s="34" t="s">
-        <v>1597</v>
+        <v>1601</v>
       </c>
       <c r="E294" s="34" t="s">
-        <v>1598</v>
+        <v>1601</v>
       </c>
       <c r="F294" s="15" t="s">
-        <v>1599</v>
+        <v>1602</v>
       </c>
       <c r="G294" s="13" t="s">
-        <v>1600</v>
+        <v>1603</v>
       </c>
       <c r="H294" s="14">
-        <v>45646</v>
+        <v>45681</v>
       </c>
       <c r="I294" s="15"/>
       <c r="J294" s="14">
-        <v>46740</v>
-[...5 lines deleted...]
-    <row r="295" spans="1:11" ht="45">
+        <v>45680</v>
+      </c>
+      <c r="K294" s="32" t="s">
+        <v>1604</v>
+      </c>
+    </row>
+    <row r="295" spans="1:11" ht="33.75">
       <c r="A295" s="11">
         <v>293</v>
       </c>
-      <c r="B295" s="37" t="s">
-[...8 lines deleted...]
-      <c r="E295" s="39" t="s">
+      <c r="B295" s="34" t="s">
         <v>1605</v>
+      </c>
+      <c r="C295" s="34">
+        <v>40203304103</v>
+      </c>
+      <c r="D295" s="34" t="s">
+        <v>671</v>
+      </c>
+      <c r="E295" s="34" t="s">
+        <v>671</v>
       </c>
       <c r="F295" s="15" t="s">
         <v>1606</v>
       </c>
       <c r="G295" s="13" t="s">
         <v>1607</v>
       </c>
-      <c r="H295" s="40">
-[...2 lines deleted...]
-      <c r="I295" s="41"/>
+      <c r="H295" s="36">
+        <v>45681</v>
+      </c>
+      <c r="I295" s="34"/>
       <c r="J295" s="14">
-        <v>46753</v>
+        <v>46775</v>
       </c>
       <c r="K295" s="32" t="s">
         <v>1608</v>
       </c>
     </row>
     <row r="296" spans="1:11" ht="33.75">
       <c r="A296" s="11">
         <v>294</v>
       </c>
       <c r="B296" s="34" t="s">
         <v>1609</v>
       </c>
       <c r="C296" s="34">
-        <v>40203569756</v>
+        <v>42103043896</v>
       </c>
       <c r="D296" s="34" t="s">
         <v>1610</v>
       </c>
       <c r="E296" s="34" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="F296" s="15" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
       <c r="G296" s="13" t="s">
-        <v>1612</v>
-[...4 lines deleted...]
-      <c r="I296" s="15"/>
+        <v>1613</v>
+      </c>
+      <c r="H296" s="36">
+        <v>45699</v>
+      </c>
+      <c r="I296" s="34"/>
       <c r="J296" s="14">
-        <v>46774</v>
+        <v>46793</v>
       </c>
       <c r="K296" s="32" t="s">
-        <v>1613</v>
-[...2 lines deleted...]
-    <row r="297" spans="1:11" ht="33.75">
+        <v>1614</v>
+      </c>
+    </row>
+    <row r="297" spans="1:11" ht="22.5">
       <c r="A297" s="11">
         <v>295</v>
       </c>
-      <c r="B297" s="34" t="s">
-        <v>1614</v>
+      <c r="B297" s="31" t="s">
+        <v>1615</v>
       </c>
       <c r="C297" s="34">
-        <v>40203304103</v>
+        <v>40003900180</v>
       </c>
       <c r="D297" s="34" t="s">
-        <v>676</v>
+        <v>1616</v>
       </c>
       <c r="E297" s="34" t="s">
-        <v>676</v>
+        <v>1616</v>
       </c>
       <c r="F297" s="15" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
       <c r="G297" s="13" t="s">
-        <v>1616</v>
+        <v>1618</v>
       </c>
       <c r="H297" s="36">
-        <v>45681</v>
+        <v>45702</v>
       </c>
       <c r="I297" s="34"/>
       <c r="J297" s="14">
-        <v>46775</v>
+        <v>46796</v>
       </c>
       <c r="K297" s="32" t="s">
-        <v>1617</v>
-[...2 lines deleted...]
-    <row r="298" spans="1:11" ht="33.75">
+        <v>1619</v>
+      </c>
+    </row>
+    <row r="298" spans="1:11" ht="22.5">
       <c r="A298" s="11">
         <v>296</v>
       </c>
       <c r="B298" s="34" t="s">
-        <v>1618</v>
+        <v>1620</v>
       </c>
       <c r="C298" s="34">
-        <v>42103043896</v>
+        <v>40203210683</v>
       </c>
       <c r="D298" s="34" t="s">
-        <v>1619</v>
+        <v>1621</v>
       </c>
       <c r="E298" s="34" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="F298" s="15" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="G298" s="13" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="H298" s="36">
-        <v>45699</v>
+        <v>45700</v>
       </c>
       <c r="I298" s="34"/>
       <c r="J298" s="14">
-        <v>46793</v>
+        <v>46794</v>
       </c>
       <c r="K298" s="32" t="s">
-        <v>1623</v>
-[...2 lines deleted...]
-    <row r="299" spans="1:11" ht="22.5">
+        <v>1624</v>
+      </c>
+    </row>
+    <row r="299" spans="1:11" ht="33.75">
       <c r="A299" s="11">
         <v>297</v>
       </c>
-      <c r="B299" s="31" t="s">
-        <v>1624</v>
+      <c r="B299" s="34" t="s">
+        <v>1625</v>
       </c>
       <c r="C299" s="34">
-        <v>40003900180</v>
-[...5 lines deleted...]
-        <v>1625</v>
+        <v>40103992355</v>
+      </c>
+      <c r="D299" s="35" t="s">
+        <v>1626</v>
+      </c>
+      <c r="E299" s="35" t="s">
+        <v>1626</v>
       </c>
       <c r="F299" s="15" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
       <c r="G299" s="13" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="H299" s="36">
         <v>45702</v>
       </c>
       <c r="I299" s="34"/>
       <c r="J299" s="14">
         <v>46796</v>
       </c>
       <c r="K299" s="32" t="s">
-        <v>1628</v>
-[...2 lines deleted...]
-    <row r="300" spans="1:11" ht="22.5">
+        <v>1629</v>
+      </c>
+    </row>
+    <row r="300" spans="1:11" ht="33.75">
       <c r="A300" s="11">
         <v>298</v>
       </c>
       <c r="B300" s="34" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="C300" s="34">
-        <v>40203210683</v>
+        <v>40003571103</v>
       </c>
       <c r="D300" s="34" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="E300" s="34" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="F300" s="15" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="G300" s="13" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
       <c r="H300" s="36">
-        <v>45700</v>
+        <v>45702</v>
       </c>
       <c r="I300" s="34"/>
       <c r="J300" s="14">
-        <v>46794</v>
+        <v>46796</v>
       </c>
       <c r="K300" s="32" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="301" spans="1:11" ht="33.75">
       <c r="A301" s="11">
         <v>299</v>
       </c>
       <c r="B301" s="34" t="s">
-        <v>1634</v>
-[...4 lines deleted...]
-      <c r="D301" s="35" t="s">
         <v>1635</v>
       </c>
-      <c r="E301" s="35" t="s">
-        <v>1635</v>
+      <c r="C301" s="31">
+        <v>40003124232</v>
+      </c>
+      <c r="D301" s="34" t="s">
+        <v>1636</v>
+      </c>
+      <c r="E301" s="34" t="s">
+        <v>1636</v>
       </c>
       <c r="F301" s="15" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
       <c r="G301" s="13" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="H301" s="36">
-        <v>45702</v>
+        <v>45713</v>
       </c>
       <c r="I301" s="34"/>
       <c r="J301" s="14">
-        <v>46796</v>
+        <v>46807</v>
       </c>
       <c r="K301" s="32" t="s">
-        <v>1638</v>
-[...2 lines deleted...]
-    <row r="302" spans="1:11" ht="33.75">
+        <v>1639</v>
+      </c>
+    </row>
+    <row r="302" spans="1:11" ht="45">
       <c r="A302" s="11">
         <v>300</v>
       </c>
       <c r="B302" s="34" t="s">
-        <v>1639</v>
-[...2 lines deleted...]
-        <v>40003571103</v>
+        <v>1640</v>
+      </c>
+      <c r="C302" s="31">
+        <v>40003124232</v>
       </c>
       <c r="D302" s="34" t="s">
-        <v>1640</v>
+        <v>1641</v>
       </c>
       <c r="E302" s="34" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="F302" s="15" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
       <c r="G302" s="13" t="s">
-        <v>1642</v>
+        <v>1644</v>
       </c>
       <c r="H302" s="36">
-        <v>45702</v>
+        <v>45713</v>
       </c>
       <c r="I302" s="34"/>
       <c r="J302" s="14">
-        <v>46796</v>
+        <v>46807</v>
       </c>
       <c r="K302" s="32" t="s">
-        <v>1643</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="303" spans="1:11" ht="33.75">
       <c r="A303" s="11">
         <v>301</v>
       </c>
       <c r="B303" s="34" t="s">
-        <v>1644</v>
-[...2 lines deleted...]
-        <v>40003124232</v>
+        <v>1646</v>
+      </c>
+      <c r="C303" s="34">
+        <v>40103527811</v>
       </c>
       <c r="D303" s="34" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="E303" s="34" t="s">
-        <v>1645</v>
+        <v>1648</v>
       </c>
       <c r="F303" s="15" t="s">
-        <v>1646</v>
+        <v>1649</v>
       </c>
       <c r="G303" s="13" t="s">
-        <v>1647</v>
+        <v>1650</v>
       </c>
       <c r="H303" s="36">
-        <v>45713</v>
+        <v>45719</v>
       </c>
       <c r="I303" s="34"/>
       <c r="J303" s="14">
-        <v>46807</v>
+        <v>46814</v>
       </c>
       <c r="K303" s="32" t="s">
-        <v>1648</v>
-[...2 lines deleted...]
-    <row r="304" spans="1:11" ht="45">
+        <v>1651</v>
+      </c>
+    </row>
+    <row r="304" spans="1:11" ht="33.75">
       <c r="A304" s="11">
         <v>302</v>
       </c>
       <c r="B304" s="34" t="s">
-        <v>1649</v>
-[...2 lines deleted...]
-        <v>40003124232</v>
+        <v>1652</v>
+      </c>
+      <c r="C304" s="34">
+        <v>44103119728</v>
       </c>
       <c r="D304" s="34" t="s">
-        <v>1650</v>
+        <v>1653</v>
       </c>
       <c r="E304" s="34" t="s">
-        <v>1651</v>
-[...2 lines deleted...]
-        <v>1652</v>
+        <v>1653</v>
+      </c>
+      <c r="F304" s="32" t="s">
+        <v>1654</v>
       </c>
       <c r="G304" s="13" t="s">
-        <v>1653</v>
+        <v>1655</v>
       </c>
       <c r="H304" s="36">
-        <v>45713</v>
+        <v>45719</v>
       </c>
       <c r="I304" s="34"/>
       <c r="J304" s="14">
-        <v>46807</v>
+        <v>46814</v>
       </c>
       <c r="K304" s="32" t="s">
-        <v>1654</v>
-[...2 lines deleted...]
-    <row r="305" spans="1:11" ht="33.75">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="305" spans="1:11" ht="22.5">
       <c r="A305" s="11">
         <v>303</v>
       </c>
       <c r="B305" s="34" t="s">
-        <v>1655</v>
+        <v>1657</v>
       </c>
       <c r="C305" s="34">
-        <v>40103527811</v>
+        <v>40203619440</v>
       </c>
       <c r="D305" s="34" t="s">
-        <v>1656</v>
+        <v>1658</v>
       </c>
       <c r="E305" s="34" t="s">
-        <v>1657</v>
+        <v>1509</v>
       </c>
       <c r="F305" s="15" t="s">
-        <v>1658</v>
+        <v>1659</v>
       </c>
       <c r="G305" s="13" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
       <c r="H305" s="36">
         <v>45719</v>
       </c>
       <c r="I305" s="34"/>
       <c r="J305" s="14">
         <v>46814</v>
       </c>
       <c r="K305" s="32" t="s">
-        <v>1660</v>
-[...2 lines deleted...]
-    <row r="306" spans="1:11" ht="33.75">
+        <v>1661</v>
+      </c>
+    </row>
+    <row r="306" spans="1:11" ht="45">
       <c r="A306" s="11">
         <v>304</v>
       </c>
       <c r="B306" s="34" t="s">
-        <v>1661</v>
+        <v>1662</v>
       </c>
       <c r="C306" s="34">
-        <v>44103119728</v>
+        <v>40203348678</v>
       </c>
       <c r="D306" s="34" t="s">
-        <v>1662</v>
+        <v>1663</v>
       </c>
       <c r="E306" s="34" t="s">
-        <v>1662</v>
-[...2 lines deleted...]
-        <v>1663</v>
+        <v>1664</v>
+      </c>
+      <c r="F306" s="15" t="s">
+        <v>1665</v>
       </c>
       <c r="G306" s="13" t="s">
-        <v>1664</v>
+        <v>1666</v>
       </c>
       <c r="H306" s="36">
-        <v>45719</v>
+        <v>45723</v>
       </c>
       <c r="I306" s="34"/>
       <c r="J306" s="14">
-        <v>46814</v>
+        <v>46818</v>
       </c>
       <c r="K306" s="32" t="s">
-        <v>1665</v>
-[...2 lines deleted...]
-    <row r="307" spans="1:11" ht="22.5">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="307" spans="1:11">
       <c r="A307" s="11">
         <v>305</v>
       </c>
       <c r="B307" s="34" t="s">
-        <v>1666</v>
+        <v>1668</v>
       </c>
       <c r="C307" s="34">
-        <v>40203619440</v>
+        <v>40203413766</v>
       </c>
       <c r="D307" s="34" t="s">
-        <v>1667</v>
+        <v>1669</v>
       </c>
       <c r="E307" s="34" t="s">
-        <v>1523</v>
+        <v>1669</v>
       </c>
       <c r="F307" s="15" t="s">
-        <v>1668</v>
+        <v>1670</v>
       </c>
       <c r="G307" s="13" t="s">
-        <v>1669</v>
+        <v>1671</v>
       </c>
       <c r="H307" s="36">
-        <v>45719</v>
+        <v>45723</v>
       </c>
       <c r="I307" s="34"/>
       <c r="J307" s="14">
-        <v>46814</v>
+        <v>46818</v>
       </c>
       <c r="K307" s="32" t="s">
-        <v>1670</v>
-[...2 lines deleted...]
-    <row r="308" spans="1:11" ht="45">
+        <v>1672</v>
+      </c>
+    </row>
+    <row r="308" spans="1:11" ht="22.5">
       <c r="A308" s="11">
         <v>306</v>
       </c>
       <c r="B308" s="34" t="s">
-        <v>1671</v>
+        <v>1673</v>
       </c>
       <c r="C308" s="34">
-        <v>40203348678</v>
+        <v>40203608201</v>
       </c>
       <c r="D308" s="34" t="s">
-        <v>1672</v>
+        <v>1674</v>
       </c>
       <c r="E308" s="34" t="s">
-        <v>1673</v>
+        <v>1675</v>
       </c>
       <c r="F308" s="15" t="s">
-        <v>1674</v>
+        <v>1676</v>
       </c>
       <c r="G308" s="13" t="s">
-        <v>1675</v>
+        <v>1677</v>
       </c>
       <c r="H308" s="36">
         <v>45723</v>
       </c>
       <c r="I308" s="34"/>
       <c r="J308" s="14">
         <v>46818</v>
       </c>
       <c r="K308" s="32" t="s">
-        <v>1676</v>
-[...2 lines deleted...]
-    <row r="309" spans="1:11">
+        <v>1672</v>
+      </c>
+    </row>
+    <row r="309" spans="1:11" ht="33.75">
       <c r="A309" s="11">
         <v>307</v>
       </c>
       <c r="B309" s="34" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="C309" s="34">
-        <v>40203413766</v>
+        <v>40203617577</v>
       </c>
       <c r="D309" s="34" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="E309" s="34" t="s">
-        <v>1678</v>
+        <v>1680</v>
       </c>
       <c r="F309" s="15" t="s">
-        <v>1679</v>
+        <v>1681</v>
       </c>
       <c r="G309" s="13" t="s">
-        <v>1680</v>
+        <v>1682</v>
       </c>
       <c r="H309" s="36">
-        <v>45723</v>
+        <v>45733</v>
       </c>
       <c r="I309" s="34"/>
       <c r="J309" s="14">
-        <v>46818</v>
+        <v>46828</v>
       </c>
       <c r="K309" s="32" t="s">
-        <v>1681</v>
-[...2 lines deleted...]
-    <row r="310" spans="1:11" ht="22.5">
+        <v>1683</v>
+      </c>
+    </row>
+    <row r="310" spans="1:11" ht="33.75">
       <c r="A310" s="11">
         <v>308</v>
       </c>
-      <c r="B310" s="34" t="s">
-[...8 lines deleted...]
-      <c r="E310" s="34" t="s">
+      <c r="B310" s="37" t="s">
         <v>1684</v>
       </c>
-      <c r="F310" s="15" t="s">
+      <c r="C310" s="38" t="s">
         <v>1685</v>
       </c>
+      <c r="D310" s="39" t="s">
+        <v>1686</v>
+      </c>
+      <c r="E310" s="39" t="s">
+        <v>1686</v>
+      </c>
+      <c r="F310" s="39" t="s">
+        <v>1687</v>
+      </c>
       <c r="G310" s="13" t="s">
-        <v>1686</v>
-[...4 lines deleted...]
-      <c r="I310" s="34"/>
+        <v>1688</v>
+      </c>
+      <c r="H310" s="54">
+        <v>45733</v>
+      </c>
+      <c r="I310" s="55"/>
       <c r="J310" s="14">
-        <v>46818</v>
-[...2 lines deleted...]
-        <v>1681</v>
+        <v>46828</v>
+      </c>
+      <c r="K310" s="37" t="s">
+        <v>1689</v>
       </c>
     </row>
     <row r="311" spans="1:11" ht="33.75">
       <c r="A311" s="11">
         <v>309</v>
       </c>
       <c r="B311" s="34" t="s">
-        <v>1687</v>
+        <v>1690</v>
       </c>
       <c r="C311" s="34">
-        <v>40203617577</v>
+        <v>40103358985</v>
       </c>
       <c r="D311" s="34" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="E311" s="34" t="s">
-        <v>1689</v>
+        <v>1692</v>
       </c>
       <c r="F311" s="15" t="s">
-        <v>1690</v>
+        <v>1693</v>
       </c>
       <c r="G311" s="13" t="s">
-        <v>1691</v>
+        <v>1694</v>
       </c>
       <c r="H311" s="36">
         <v>45733</v>
       </c>
       <c r="I311" s="34"/>
       <c r="J311" s="14">
         <v>46828</v>
       </c>
       <c r="K311" s="32" t="s">
-        <v>1692</v>
-[...2 lines deleted...]
-    <row r="312" spans="1:11" ht="33.75">
+        <v>1695</v>
+      </c>
+    </row>
+    <row r="312" spans="1:11">
       <c r="A312" s="11">
         <v>310</v>
       </c>
-      <c r="B312" s="37" t="s">
-[...11 lines deleted...]
-      <c r="F312" s="39" t="s">
+      <c r="B312" s="34" t="s">
         <v>1696</v>
       </c>
+      <c r="C312" s="34">
+        <v>40203200064</v>
+      </c>
+      <c r="D312" s="34" t="s">
+        <v>1697</v>
+      </c>
+      <c r="E312" s="34" t="s">
+        <v>1697</v>
+      </c>
+      <c r="F312" s="15" t="s">
+        <v>1698</v>
+      </c>
       <c r="G312" s="13" t="s">
-        <v>1697</v>
-[...4 lines deleted...]
-      <c r="I312" s="53"/>
+        <v>1699</v>
+      </c>
+      <c r="H312" s="36">
+        <v>45742</v>
+      </c>
+      <c r="I312" s="34"/>
       <c r="J312" s="14">
-        <v>46828</v>
-[...2 lines deleted...]
-        <v>1698</v>
+        <v>46837</v>
+      </c>
+      <c r="K312" s="32" t="s">
+        <v>1700</v>
       </c>
     </row>
     <row r="313" spans="1:11" ht="33.75">
       <c r="A313" s="11">
         <v>311</v>
       </c>
       <c r="B313" s="34" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="C313" s="34">
-        <v>40103358985</v>
+        <v>40203574456</v>
       </c>
       <c r="D313" s="34" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
       <c r="E313" s="34" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
       <c r="F313" s="15" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="G313" s="13" t="s">
-        <v>1703</v>
+        <v>1705</v>
       </c>
       <c r="H313" s="36">
-        <v>45733</v>
+        <v>45742</v>
       </c>
       <c r="I313" s="34"/>
       <c r="J313" s="14">
-        <v>46828</v>
+        <v>46837</v>
       </c>
       <c r="K313" s="32" t="s">
-        <v>1704</v>
-[...2 lines deleted...]
-    <row r="314" spans="1:11">
+        <v>1706</v>
+      </c>
+    </row>
+    <row r="314" spans="1:11" ht="22.5">
       <c r="A314" s="11">
         <v>312</v>
       </c>
       <c r="B314" s="34" t="s">
-        <v>1705</v>
+        <v>1707</v>
       </c>
       <c r="C314" s="34">
-        <v>40203200064</v>
-[...2 lines deleted...]
-        <v>1706</v>
+        <v>40003484446</v>
+      </c>
+      <c r="D314" s="35" t="s">
+        <v>1708</v>
       </c>
       <c r="E314" s="34" t="s">
-        <v>1706</v>
+        <v>1709</v>
       </c>
       <c r="F314" s="15" t="s">
-        <v>1707</v>
+        <v>1710</v>
       </c>
       <c r="G314" s="13" t="s">
-        <v>1708</v>
+        <v>1711</v>
       </c>
       <c r="H314" s="36">
-        <v>45742</v>
+        <v>45751</v>
       </c>
       <c r="I314" s="34"/>
       <c r="J314" s="14">
-        <v>46837</v>
+        <v>46846</v>
       </c>
       <c r="K314" s="32" t="s">
-        <v>1709</v>
-[...2 lines deleted...]
-    <row r="315" spans="1:11" ht="33.75">
+        <v>1712</v>
+      </c>
+    </row>
+    <row r="315" spans="1:11" ht="22.5">
       <c r="A315" s="11">
         <v>313</v>
       </c>
       <c r="B315" s="34" t="s">
-        <v>1710</v>
+        <v>1713</v>
       </c>
       <c r="C315" s="34">
-        <v>40203574456</v>
+        <v>40203614299</v>
       </c>
       <c r="D315" s="34" t="s">
-        <v>1711</v>
+        <v>246</v>
       </c>
       <c r="E315" s="34" t="s">
-        <v>1712</v>
+        <v>246</v>
       </c>
       <c r="F315" s="15" t="s">
-        <v>1713</v>
+        <v>1714</v>
       </c>
       <c r="G315" s="13" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
       <c r="H315" s="36">
-        <v>45742</v>
+        <v>45755</v>
       </c>
       <c r="I315" s="34"/>
       <c r="J315" s="14">
-        <v>46837</v>
+        <v>46850</v>
       </c>
       <c r="K315" s="32" t="s">
-        <v>1715</v>
-[...2 lines deleted...]
-    <row r="316" spans="1:11" ht="22.5">
+        <v>1716</v>
+      </c>
+    </row>
+    <row r="316" spans="1:11" ht="33.75">
       <c r="A316" s="11">
         <v>314</v>
       </c>
       <c r="B316" s="34" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
       <c r="C316" s="34">
-        <v>40003484446</v>
-[...2 lines deleted...]
-        <v>1717</v>
+        <v>40203611216</v>
+      </c>
+      <c r="D316" s="34" t="s">
+        <v>1718</v>
       </c>
       <c r="E316" s="34" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
       <c r="F316" s="15" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="G316" s="13" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="H316" s="36">
-        <v>45751</v>
+        <v>45758</v>
       </c>
       <c r="I316" s="34"/>
       <c r="J316" s="14">
-        <v>46846</v>
+        <v>46853</v>
       </c>
       <c r="K316" s="32" t="s">
-        <v>1721</v>
-[...2 lines deleted...]
-    <row r="317" spans="1:11" ht="22.5">
+        <v>1722</v>
+      </c>
+    </row>
+    <row r="317" spans="1:11" ht="33.75">
       <c r="A317" s="11">
         <v>315</v>
       </c>
       <c r="B317" s="34" t="s">
-        <v>1722</v>
+        <v>1723</v>
       </c>
       <c r="C317" s="34">
-        <v>40203614299</v>
+        <v>40203614636</v>
       </c>
       <c r="D317" s="34" t="s">
-        <v>94</v>
+        <v>1095</v>
       </c>
       <c r="E317" s="34" t="s">
-        <v>94</v>
+        <v>1095</v>
       </c>
       <c r="F317" s="15" t="s">
-        <v>1723</v>
+        <v>1724</v>
       </c>
       <c r="G317" s="13" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
       <c r="H317" s="36">
-        <v>45755</v>
+        <v>45758</v>
       </c>
       <c r="I317" s="34"/>
       <c r="J317" s="14">
-        <v>46850</v>
+        <v>46853</v>
       </c>
       <c r="K317" s="32" t="s">
-        <v>1725</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="318" spans="1:11" ht="33.75">
       <c r="A318" s="11">
         <v>316</v>
       </c>
       <c r="B318" s="34" t="s">
-        <v>1726</v>
+        <v>1727</v>
       </c>
       <c r="C318" s="34">
-        <v>40203611216</v>
+        <v>45403051616</v>
       </c>
       <c r="D318" s="34" t="s">
-        <v>1727</v>
-[...1 lines deleted...]
-      <c r="E318" s="34" t="s">
         <v>1728</v>
       </c>
+      <c r="E318" s="35" t="s">
+        <v>1729</v>
+      </c>
       <c r="F318" s="15" t="s">
-        <v>1729</v>
+        <v>1730</v>
       </c>
       <c r="G318" s="13" t="s">
-        <v>1730</v>
+        <v>1731</v>
       </c>
       <c r="H318" s="36">
-        <v>45758</v>
+        <v>45761</v>
       </c>
       <c r="I318" s="34"/>
       <c r="J318" s="14">
-        <v>46853</v>
+        <v>46856</v>
       </c>
       <c r="K318" s="32" t="s">
-        <v>1731</v>
-[...2 lines deleted...]
-    <row r="319" spans="1:11" ht="33.75">
+        <v>1732</v>
+      </c>
+    </row>
+    <row r="319" spans="1:11">
       <c r="A319" s="11">
         <v>317</v>
       </c>
       <c r="B319" s="34" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
       <c r="C319" s="34">
-        <v>40203614636</v>
+        <v>40203629862</v>
       </c>
       <c r="D319" s="34" t="s">
-        <v>1115</v>
+        <v>1734</v>
       </c>
       <c r="E319" s="34" t="s">
-        <v>1115</v>
+        <v>1734</v>
       </c>
       <c r="F319" s="15" t="s">
-        <v>1733</v>
+        <v>1735</v>
       </c>
       <c r="G319" s="13" t="s">
-        <v>1734</v>
+        <v>1731</v>
       </c>
       <c r="H319" s="36">
         <v>45758</v>
       </c>
       <c r="I319" s="34"/>
       <c r="J319" s="14">
         <v>46853</v>
       </c>
       <c r="K319" s="32" t="s">
-        <v>1735</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="320" spans="1:11" ht="33.75">
       <c r="A320" s="11">
         <v>318</v>
       </c>
       <c r="B320" s="34" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
       <c r="C320" s="34">
-        <v>45403051616</v>
+        <v>50203583681</v>
       </c>
       <c r="D320" s="34" t="s">
-        <v>1737</v>
-[...1 lines deleted...]
-      <c r="E320" s="35" t="s">
         <v>1738</v>
       </c>
+      <c r="E320" s="34" t="s">
+        <v>1739</v>
+      </c>
       <c r="F320" s="15" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="G320" s="13" t="s">
-        <v>1740</v>
+        <v>1741</v>
       </c>
       <c r="H320" s="36">
-        <v>45761</v>
+        <v>45769</v>
       </c>
       <c r="I320" s="34"/>
       <c r="J320" s="14">
-        <v>46856</v>
+        <v>46864</v>
       </c>
       <c r="K320" s="32" t="s">
-        <v>1741</v>
-[...2 lines deleted...]
-    <row r="321" spans="1:11">
+        <v>1742</v>
+      </c>
+    </row>
+    <row r="321" spans="1:11" ht="33.75">
       <c r="A321" s="11">
         <v>319</v>
       </c>
       <c r="B321" s="34" t="s">
-        <v>1742</v>
+        <v>1743</v>
       </c>
       <c r="C321" s="34">
-        <v>40203629862</v>
+        <v>40203605154</v>
       </c>
       <c r="D321" s="34" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
       <c r="E321" s="34" t="s">
-        <v>1743</v>
+        <v>1745</v>
       </c>
       <c r="F321" s="15" t="s">
-        <v>1744</v>
+        <v>1746</v>
       </c>
       <c r="G321" s="13" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="H321" s="36">
-        <v>45758</v>
+        <v>45769</v>
       </c>
       <c r="I321" s="34"/>
       <c r="J321" s="14">
-        <v>46853</v>
+        <v>46864</v>
       </c>
       <c r="K321" s="32" t="s">
-        <v>1745</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="322" spans="1:11" ht="33.75">
       <c r="A322" s="11">
         <v>320</v>
       </c>
       <c r="B322" s="34" t="s">
-        <v>1746</v>
+        <v>1749</v>
       </c>
       <c r="C322" s="34">
-        <v>50203583681</v>
+        <v>40203599977</v>
       </c>
       <c r="D322" s="34" t="s">
-        <v>1747</v>
+        <v>1750</v>
       </c>
       <c r="E322" s="34" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="F322" s="15" t="s">
-        <v>1749</v>
+        <v>1751</v>
       </c>
       <c r="G322" s="13" t="s">
-        <v>1750</v>
+        <v>1752</v>
       </c>
       <c r="H322" s="36">
         <v>45769</v>
       </c>
       <c r="I322" s="34"/>
       <c r="J322" s="14">
         <v>46864</v>
       </c>
       <c r="K322" s="32" t="s">
-        <v>1751</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="323" spans="1:11" ht="33.75">
       <c r="A323" s="11">
         <v>321</v>
       </c>
       <c r="B323" s="34" t="s">
-        <v>1752</v>
+        <v>1754</v>
       </c>
       <c r="C323" s="34">
-        <v>40203605154</v>
+        <v>40203241255</v>
       </c>
       <c r="D323" s="34" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="E323" s="34" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="F323" s="15" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="G323" s="13" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="H323" s="36">
         <v>45769</v>
       </c>
       <c r="I323" s="34"/>
       <c r="J323" s="14">
         <v>46864</v>
       </c>
       <c r="K323" s="32" t="s">
-        <v>1757</v>
-[...2 lines deleted...]
-    <row r="324" spans="1:11" ht="33.75">
+        <v>1759</v>
+      </c>
+    </row>
+    <row r="324" spans="1:11" ht="22.5">
       <c r="A324" s="11">
         <v>322</v>
       </c>
       <c r="B324" s="34" t="s">
-        <v>1758</v>
+        <v>1760</v>
       </c>
       <c r="C324" s="34">
-        <v>40203599977</v>
+        <v>50203084201</v>
       </c>
       <c r="D324" s="34" t="s">
-        <v>1759</v>
+        <v>1761</v>
       </c>
       <c r="E324" s="34" t="s">
-        <v>1759</v>
+        <v>1762</v>
       </c>
       <c r="F324" s="15" t="s">
-        <v>1760</v>
+        <v>1763</v>
       </c>
       <c r="G324" s="13" t="s">
-        <v>1761</v>
+        <v>1764</v>
       </c>
       <c r="H324" s="36">
         <v>45769</v>
       </c>
       <c r="I324" s="34"/>
       <c r="J324" s="14">
         <v>46864</v>
       </c>
       <c r="K324" s="32" t="s">
-        <v>1762</v>
-[...2 lines deleted...]
-    <row r="325" spans="1:11" ht="33.75">
+        <v>1765</v>
+      </c>
+    </row>
+    <row r="325" spans="1:11" ht="22.5">
       <c r="A325" s="11">
         <v>323</v>
       </c>
       <c r="B325" s="34" t="s">
-        <v>1763</v>
+        <v>1766</v>
       </c>
       <c r="C325" s="34">
-        <v>40203241255</v>
+        <v>40203473360</v>
       </c>
       <c r="D325" s="34" t="s">
-        <v>1764</v>
+        <v>1767</v>
       </c>
       <c r="E325" s="34" t="s">
-        <v>1765</v>
+        <v>1768</v>
       </c>
       <c r="F325" s="15" t="s">
-        <v>1766</v>
+        <v>1769</v>
       </c>
       <c r="G325" s="13" t="s">
-        <v>1767</v>
+        <v>1770</v>
       </c>
       <c r="H325" s="36">
         <v>45769</v>
       </c>
       <c r="I325" s="34"/>
       <c r="J325" s="14">
         <v>46864</v>
       </c>
       <c r="K325" s="32" t="s">
-        <v>1768</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="326" spans="1:11" ht="22.5">
       <c r="A326" s="11">
         <v>324</v>
       </c>
       <c r="B326" s="34" t="s">
-        <v>1769</v>
+        <v>1772</v>
       </c>
       <c r="C326" s="34">
-        <v>50203084201</v>
-[...2 lines deleted...]
-        <v>1770</v>
+        <v>40203040328</v>
+      </c>
+      <c r="D326" s="31" t="s">
+        <v>1773</v>
       </c>
       <c r="E326" s="34" t="s">
-        <v>1771</v>
+        <v>1774</v>
       </c>
       <c r="F326" s="15" t="s">
-        <v>1772</v>
+        <v>1775</v>
       </c>
       <c r="G326" s="13" t="s">
-        <v>1773</v>
+        <v>1776</v>
       </c>
       <c r="H326" s="36">
         <v>45769</v>
       </c>
       <c r="I326" s="34"/>
       <c r="J326" s="14">
         <v>46864</v>
       </c>
       <c r="K326" s="32" t="s">
-        <v>1774</v>
-[...2 lines deleted...]
-    <row r="327" spans="1:11" ht="22.5">
+        <v>1777</v>
+      </c>
+    </row>
+    <row r="327" spans="1:11" ht="33.75">
       <c r="A327" s="11">
         <v>325</v>
       </c>
-      <c r="B327" s="34" t="s">
-[...11 lines deleted...]
-      <c r="F327" s="15" t="s">
+      <c r="B327" s="56" t="s">
         <v>1778</v>
       </c>
-      <c r="G327" s="13" t="s">
+      <c r="C327" s="56">
+        <v>40203625729</v>
+      </c>
+      <c r="D327" s="56" t="s">
         <v>1779</v>
       </c>
-      <c r="H327" s="36">
-[...6 lines deleted...]
-      <c r="K327" s="32" t="s">
+      <c r="E327" s="56" t="s">
         <v>1780</v>
       </c>
-    </row>
-    <row r="328" spans="1:11" ht="22.5">
+      <c r="F327" s="57" t="s">
+        <v>1781</v>
+      </c>
+      <c r="G327" s="58" t="s">
+        <v>1782</v>
+      </c>
+      <c r="H327" s="59">
+        <v>45783</v>
+      </c>
+      <c r="J327" s="60">
+        <v>46878</v>
+      </c>
+      <c r="K327" s="53" t="s">
+        <v>1783</v>
+      </c>
+    </row>
+    <row r="328" spans="1:11" ht="33.75">
       <c r="A328" s="11">
         <v>326</v>
       </c>
-      <c r="B328" s="34" t="s">
-[...11 lines deleted...]
-      <c r="F328" s="15" t="s">
+      <c r="B328" s="56" t="s">
         <v>1784</v>
       </c>
-      <c r="G328" s="13" t="s">
+      <c r="C328" s="56">
+        <v>40203605385</v>
+      </c>
+      <c r="D328" s="56" t="s">
         <v>1785</v>
       </c>
-      <c r="H328" s="36">
-[...6 lines deleted...]
-      <c r="K328" s="32" t="s">
+      <c r="E328" s="56" t="s">
+        <v>1785</v>
+      </c>
+      <c r="F328" s="57" t="s">
         <v>1786</v>
       </c>
-    </row>
-    <row r="329" spans="1:11" ht="33.75">
+      <c r="G328" s="58" t="s">
+        <v>1787</v>
+      </c>
+      <c r="H328" s="60">
+        <v>45783</v>
+      </c>
+      <c r="J328" s="60">
+        <v>46878</v>
+      </c>
+      <c r="K328" s="53" t="s">
+        <v>1788</v>
+      </c>
+    </row>
+    <row r="329" spans="1:11">
       <c r="A329" s="11">
         <v>327</v>
       </c>
-      <c r="B329" s="54" t="s">
-[...8 lines deleted...]
-      <c r="E329" s="54" t="s">
+      <c r="B329" s="56" t="s">
         <v>1789</v>
       </c>
-      <c r="F329" s="55" t="s">
+      <c r="C329" s="56">
+        <v>42403048394</v>
+      </c>
+      <c r="D329" s="56" t="s">
         <v>1790</v>
       </c>
-      <c r="G329" s="56" t="s">
+      <c r="E329" s="56" t="s">
+        <v>1790</v>
+      </c>
+      <c r="F329" s="57" t="s">
         <v>1791</v>
       </c>
-      <c r="H329" s="57">
-[...5 lines deleted...]
-      <c r="K329" s="59" t="s">
+      <c r="G329" s="58" t="s">
         <v>1792</v>
+      </c>
+      <c r="H329" s="60">
+        <v>45786</v>
+      </c>
+      <c r="J329" s="60">
+        <v>46881</v>
+      </c>
+      <c r="K329" s="53" t="s">
+        <v>1793</v>
       </c>
     </row>
     <row r="330" spans="1:11" ht="33.75">
       <c r="A330" s="11">
         <v>328</v>
       </c>
-      <c r="B330" s="54" t="s">
-[...5 lines deleted...]
-      <c r="D330" s="54" t="s">
+      <c r="B330" s="56" t="s">
         <v>1794</v>
       </c>
-      <c r="E330" s="54" t="s">
-[...2 lines deleted...]
-      <c r="F330" s="55" t="s">
+      <c r="C330" s="56">
+        <v>44103132228</v>
+      </c>
+      <c r="D330" s="56" t="s">
         <v>1795</v>
       </c>
-      <c r="G330" s="56" t="s">
+      <c r="E330" s="56" t="s">
+        <v>1795</v>
+      </c>
+      <c r="F330" s="57" t="s">
         <v>1796</v>
       </c>
-      <c r="H330" s="58">
-[...5 lines deleted...]
-      <c r="K330" s="59" t="s">
+      <c r="G330" s="58" t="s">
         <v>1797</v>
+      </c>
+      <c r="H330" s="60">
+        <v>45797</v>
+      </c>
+      <c r="J330" s="60">
+        <v>46892</v>
+      </c>
+      <c r="K330" s="53" t="s">
+        <v>1798</v>
       </c>
     </row>
     <row r="331" spans="1:11">
       <c r="A331" s="11">
         <v>329</v>
       </c>
-      <c r="B331" s="54" t="s">
-[...5 lines deleted...]
-      <c r="D331" s="54" t="s">
+      <c r="B331" s="56" t="s">
         <v>1799</v>
       </c>
-      <c r="E331" s="54" t="s">
-[...2 lines deleted...]
-      <c r="F331" s="55" t="s">
+      <c r="C331" s="61">
+        <v>40203105427</v>
+      </c>
+      <c r="D331" s="56" t="s">
         <v>1800</v>
       </c>
-      <c r="G331" s="56" t="s">
+      <c r="E331" s="56" t="s">
+        <v>1800</v>
+      </c>
+      <c r="F331" s="57" t="s">
         <v>1801</v>
       </c>
-      <c r="H331" s="58">
-[...5 lines deleted...]
-      <c r="K331" s="59" t="s">
+      <c r="G331" s="58" t="s">
         <v>1802</v>
       </c>
-    </row>
-    <row r="332" spans="1:11" ht="33.75">
+      <c r="H331" s="60">
+        <v>45797</v>
+      </c>
+      <c r="I331" s="61"/>
+      <c r="J331" s="60">
+        <v>46892</v>
+      </c>
+      <c r="K331" s="53" t="s">
+        <v>1803</v>
+      </c>
+    </row>
+    <row r="332" spans="1:11" ht="22.5">
       <c r="A332" s="11">
         <v>330</v>
       </c>
-      <c r="B332" s="54" t="s">
-[...5 lines deleted...]
-      <c r="D332" s="54" t="s">
+      <c r="B332" s="56" t="s">
         <v>1804</v>
       </c>
-      <c r="E332" s="54" t="s">
-[...2 lines deleted...]
-      <c r="F332" s="55" t="s">
+      <c r="C332" s="56">
+        <v>40003807169</v>
+      </c>
+      <c r="D332" s="56" t="s">
         <v>1805</v>
       </c>
-      <c r="G332" s="56" t="s">
+      <c r="E332" s="56" t="s">
+        <v>1805</v>
+      </c>
+      <c r="F332" s="57" t="s">
         <v>1806</v>
       </c>
-      <c r="H332" s="58">
-[...5 lines deleted...]
-      <c r="K332" s="59" t="s">
+      <c r="G332" s="58" t="s">
         <v>1807</v>
       </c>
-    </row>
-    <row r="333" spans="1:11">
+      <c r="H332" s="60">
+        <v>45799</v>
+      </c>
+      <c r="J332" s="60">
+        <v>46894</v>
+      </c>
+      <c r="K332" s="53" t="s">
+        <v>1808</v>
+      </c>
+    </row>
+    <row r="333" spans="1:11" ht="78.75">
       <c r="A333" s="11">
         <v>331</v>
       </c>
-      <c r="B333" s="54" t="s">
-[...5 lines deleted...]
-      <c r="D333" s="54" t="s">
+      <c r="B333" s="56" t="s">
         <v>1809</v>
       </c>
-      <c r="E333" s="54" t="s">
-[...2 lines deleted...]
-      <c r="F333" s="55" t="s">
+      <c r="C333" s="56">
+        <v>40203640978</v>
+      </c>
+      <c r="D333" s="56" t="s">
         <v>1810</v>
       </c>
-      <c r="G333" s="56" t="s">
+      <c r="E333" s="56" t="s">
+        <v>1810</v>
+      </c>
+      <c r="F333" s="57" t="s">
         <v>1811</v>
       </c>
-      <c r="H333" s="58">
-[...6 lines deleted...]
-      <c r="K333" s="59" t="s">
+      <c r="G333" s="58" t="s">
         <v>1812</v>
       </c>
-    </row>
-    <row r="334" spans="1:11" ht="22.5">
+      <c r="H333" s="60">
+        <v>45799</v>
+      </c>
+      <c r="J333" s="60">
+        <v>46894</v>
+      </c>
+      <c r="K333" s="53" t="s">
+        <v>1813</v>
+      </c>
+    </row>
+    <row r="334" spans="1:11" ht="33.75">
       <c r="A334" s="11">
         <v>332</v>
       </c>
-      <c r="B334" s="54" t="s">
-[...5 lines deleted...]
-      <c r="D334" s="54" t="s">
+      <c r="B334" s="56" t="s">
         <v>1814</v>
       </c>
-      <c r="E334" s="54" t="s">
-[...2 lines deleted...]
-      <c r="F334" s="55" t="s">
+      <c r="C334" s="56">
+        <v>40203607403</v>
+      </c>
+      <c r="D334" s="56" t="s">
         <v>1815</v>
       </c>
-      <c r="G334" s="56" t="s">
+      <c r="E334" s="56" t="s">
+        <v>734</v>
+      </c>
+      <c r="F334" s="57" t="s">
         <v>1816</v>
       </c>
-      <c r="H334" s="58">
-[...5 lines deleted...]
-      <c r="K334" s="59" t="s">
+      <c r="G334" s="58" t="s">
         <v>1817</v>
       </c>
-    </row>
-    <row r="335" spans="1:11" ht="78.75">
+      <c r="H334" s="60">
+        <v>45804</v>
+      </c>
+      <c r="J334" s="60">
+        <v>46899</v>
+      </c>
+      <c r="K334" s="53" t="s">
+        <v>1818</v>
+      </c>
+    </row>
+    <row r="335" spans="1:11" ht="56.25">
       <c r="A335" s="11">
         <v>333</v>
       </c>
-      <c r="B335" s="54" t="s">
-[...5 lines deleted...]
-      <c r="D335" s="54" t="s">
+      <c r="B335" s="56" t="s">
         <v>1819</v>
       </c>
-      <c r="E335" s="54" t="s">
-[...2 lines deleted...]
-      <c r="F335" s="55" t="s">
+      <c r="C335" s="56">
+        <v>40203304565</v>
+      </c>
+      <c r="D335" s="56" t="s">
+        <v>1095</v>
+      </c>
+      <c r="E335" s="56" t="s">
+        <v>1095</v>
+      </c>
+      <c r="F335" s="57" t="s">
         <v>1820</v>
       </c>
-      <c r="G335" s="56" t="s">
+      <c r="G335" s="58" t="s">
         <v>1821</v>
       </c>
-      <c r="H335" s="58">
-[...5 lines deleted...]
-      <c r="K335" s="59" t="s">
+      <c r="H335" s="60">
+        <v>45804</v>
+      </c>
+      <c r="J335" s="60">
+        <v>46899</v>
+      </c>
+      <c r="K335" s="52" t="s">
         <v>1822</v>
       </c>
     </row>
     <row r="336" spans="1:11" ht="33.75">
       <c r="A336" s="11">
         <v>334</v>
       </c>
-      <c r="B336" s="54" t="s">
+      <c r="B336" s="56" t="s">
         <v>1823</v>
       </c>
-      <c r="C336" s="54">
-[...2 lines deleted...]
-      <c r="D336" s="54" t="s">
+      <c r="C336" s="56">
+        <v>40203445901</v>
+      </c>
+      <c r="D336" s="56" t="s">
         <v>1824</v>
       </c>
-      <c r="E336" s="54" t="s">
-[...2 lines deleted...]
-      <c r="F336" s="55" t="s">
+      <c r="E336" s="56" t="s">
+        <v>1824</v>
+      </c>
+      <c r="F336" s="57" t="s">
         <v>1825</v>
       </c>
-      <c r="G336" s="56" t="s">
+      <c r="G336" s="58" t="s">
         <v>1826</v>
       </c>
-      <c r="H336" s="58">
-[...5 lines deleted...]
-      <c r="K336" s="59" t="s">
+      <c r="H336" s="60">
+        <v>45806</v>
+      </c>
+      <c r="J336" s="60">
+        <v>46901</v>
+      </c>
+      <c r="K336" s="53" t="s">
         <v>1827</v>
       </c>
     </row>
-    <row r="337" spans="1:11" ht="56.25">
+    <row r="337" spans="1:11" ht="33.75">
       <c r="A337" s="11">
         <v>335</v>
       </c>
-      <c r="B337" s="54" t="s">
+      <c r="B337" s="56" t="s">
         <v>1828</v>
       </c>
-      <c r="C337" s="54">
-[...8 lines deleted...]
-      <c r="F337" s="55" t="s">
+      <c r="C337" s="56">
+        <v>45403029051</v>
+      </c>
+      <c r="D337" s="56" t="s">
         <v>1829</v>
       </c>
-      <c r="G337" s="56" t="s">
+      <c r="E337" s="56" t="s">
+        <v>1829</v>
+      </c>
+      <c r="F337" s="57" t="s">
         <v>1830</v>
       </c>
-      <c r="H337" s="58">
-[...5 lines deleted...]
-      <c r="K337" s="61" t="s">
+      <c r="G337" s="58" t="s">
         <v>1831</v>
       </c>
-    </row>
-    <row r="338" spans="1:11" ht="33.75">
+      <c r="H337" s="60">
+        <v>45806</v>
+      </c>
+      <c r="J337" s="60">
+        <v>46901</v>
+      </c>
+      <c r="K337" s="53" t="s">
+        <v>1832</v>
+      </c>
+    </row>
+    <row r="338" spans="1:11" ht="22.5">
       <c r="A338" s="11">
         <v>336</v>
       </c>
-      <c r="B338" s="54" t="s">
-[...5 lines deleted...]
-      <c r="D338" s="54" t="s">
+      <c r="B338" s="56" t="s">
         <v>1833</v>
       </c>
-      <c r="E338" s="54" t="s">
-[...2 lines deleted...]
-      <c r="F338" s="55" t="s">
+      <c r="C338" s="56">
+        <v>40203627113</v>
+      </c>
+      <c r="D338" s="56" t="s">
         <v>1834</v>
       </c>
-      <c r="G338" s="56" t="s">
+      <c r="E338" s="56" t="s">
+        <v>1834</v>
+      </c>
+      <c r="F338" s="57" t="s">
         <v>1835</v>
       </c>
-      <c r="H338" s="58">
+      <c r="G338" s="58" t="s">
+        <v>1836</v>
+      </c>
+      <c r="H338" s="60">
         <v>45806</v>
       </c>
-      <c r="J338" s="58">
+      <c r="J338" s="60">
         <v>46901</v>
       </c>
-      <c r="K338" s="59" t="s">
-        <v>1836</v>
+      <c r="K338" s="53" t="s">
+        <v>1837</v>
       </c>
     </row>
     <row r="339" spans="1:11" ht="33.75">
       <c r="A339" s="11">
         <v>337</v>
       </c>
-      <c r="B339" s="54" t="s">
-[...5 lines deleted...]
-      <c r="D339" s="54" t="s">
+      <c r="B339" s="56" t="s">
         <v>1838</v>
       </c>
-      <c r="E339" s="54" t="s">
-[...2 lines deleted...]
-      <c r="F339" s="55" t="s">
+      <c r="C339" s="56">
+        <v>40203595566</v>
+      </c>
+      <c r="D339" s="56" t="s">
         <v>1839</v>
       </c>
-      <c r="G339" s="56" t="s">
+      <c r="E339" s="56" t="s">
+        <v>1839</v>
+      </c>
+      <c r="F339" s="57" t="s">
         <v>1840</v>
       </c>
-      <c r="H339" s="58">
-[...5 lines deleted...]
-      <c r="K339" s="59" t="s">
+      <c r="G339" s="58" t="s">
         <v>1841</v>
+      </c>
+      <c r="H339" s="60">
+        <v>45814</v>
+      </c>
+      <c r="J339" s="60">
+        <v>46909</v>
+      </c>
+      <c r="K339" s="53" t="s">
+        <v>1842</v>
       </c>
     </row>
     <row r="340" spans="1:11" ht="22.5">
       <c r="A340" s="11">
         <v>338</v>
       </c>
-      <c r="B340" s="54" t="s">
-[...5 lines deleted...]
-      <c r="D340" s="54" t="s">
+      <c r="B340" s="56" t="s">
         <v>1843</v>
       </c>
-      <c r="E340" s="54" t="s">
-[...2 lines deleted...]
-      <c r="F340" s="55" t="s">
+      <c r="C340" s="56">
+        <v>40203530911</v>
+      </c>
+      <c r="D340" s="56" t="s">
         <v>1844</v>
       </c>
-      <c r="G340" s="56" t="s">
+      <c r="E340" s="56" t="s">
         <v>1845</v>
       </c>
-      <c r="H340" s="58">
-[...5 lines deleted...]
-      <c r="K340" s="59" t="s">
+      <c r="F340" s="57" t="s">
         <v>1846</v>
+      </c>
+      <c r="G340" s="58" t="s">
+        <v>1847</v>
+      </c>
+      <c r="H340" s="60">
+        <v>45819</v>
+      </c>
+      <c r="I340" s="61"/>
+      <c r="J340" s="60">
+        <v>46914</v>
+      </c>
+      <c r="K340" s="53" t="s">
+        <v>1848</v>
       </c>
     </row>
     <row r="341" spans="1:11" ht="33.75">
       <c r="A341" s="11">
         <v>339</v>
       </c>
-      <c r="B341" s="54" t="s">
-[...11 lines deleted...]
-      <c r="F341" s="55" t="s">
+      <c r="B341" s="56" t="s">
         <v>1849</v>
       </c>
-      <c r="G341" s="56" t="s">
+      <c r="C341" s="56">
+        <v>40203643546</v>
+      </c>
+      <c r="D341" s="56" t="s">
         <v>1850</v>
       </c>
-      <c r="H341" s="58">
-[...5 lines deleted...]
-      <c r="K341" s="59" t="s">
+      <c r="E341" s="56" t="s">
         <v>1851</v>
+      </c>
+      <c r="F341" s="57" t="s">
+        <v>1852</v>
+      </c>
+      <c r="G341" s="58" t="s">
+        <v>1853</v>
+      </c>
+      <c r="H341" s="60">
+        <v>45827</v>
+      </c>
+      <c r="J341" s="60">
+        <v>46922</v>
+      </c>
+      <c r="K341" s="53" t="s">
+        <v>1854</v>
       </c>
     </row>
     <row r="342" spans="1:11" ht="22.5">
       <c r="A342" s="11">
         <v>340</v>
       </c>
-      <c r="B342" s="54" t="s">
-[...11 lines deleted...]
-      <c r="F342" s="55" t="s">
+      <c r="B342" s="56" t="s">
         <v>1855</v>
       </c>
-      <c r="G342" s="56" t="s">
+      <c r="C342" s="56">
+        <v>40203613429</v>
+      </c>
+      <c r="D342" s="56" t="s">
         <v>1856</v>
       </c>
-      <c r="H342" s="58">
-[...6 lines deleted...]
-      <c r="K342" s="59" t="s">
+      <c r="E342" s="56" t="s">
+        <v>1856</v>
+      </c>
+      <c r="F342" s="57" t="s">
         <v>1857</v>
       </c>
-    </row>
-    <row r="343" spans="1:11" ht="33.75">
+      <c r="G342" s="58" t="s">
+        <v>1858</v>
+      </c>
+      <c r="H342" s="60">
+        <v>45827</v>
+      </c>
+      <c r="I342" s="62"/>
+      <c r="J342" s="60">
+        <v>46922</v>
+      </c>
+      <c r="K342" s="53" t="s">
+        <v>1859</v>
+      </c>
+    </row>
+    <row r="343" spans="1:11">
       <c r="A343" s="11">
         <v>341</v>
       </c>
-      <c r="B343" s="54" t="s">
-[...8 lines deleted...]
-      <c r="E343" s="54" t="s">
+      <c r="B343" s="56" t="s">
         <v>1860</v>
       </c>
-      <c r="F343" s="55" t="s">
+      <c r="C343" s="61">
+        <v>40203350263</v>
+      </c>
+      <c r="D343" s="52" t="s">
         <v>1861</v>
       </c>
-      <c r="G343" s="56" t="s">
+      <c r="E343" s="52" t="s">
+        <v>734</v>
+      </c>
+      <c r="F343" s="52" t="s">
         <v>1862</v>
       </c>
-      <c r="H343" s="58">
+      <c r="G343" s="58" t="s">
+        <v>1863</v>
+      </c>
+      <c r="H343" s="60">
         <v>45827</v>
       </c>
-      <c r="J343" s="58">
+      <c r="I343" s="61"/>
+      <c r="J343" s="60">
         <v>46922</v>
       </c>
-      <c r="K343" s="59" t="s">
-[...3 lines deleted...]
-    <row r="344" spans="1:11" ht="22.5">
+      <c r="K343" s="53" t="s">
+        <v>1864</v>
+      </c>
+    </row>
+    <row r="344" spans="1:11" ht="33.75">
       <c r="A344" s="11">
         <v>342</v>
       </c>
-      <c r="B344" s="54" t="s">
-[...5 lines deleted...]
-      <c r="D344" s="54" t="s">
+      <c r="B344" s="56" t="s">
         <v>1865</v>
       </c>
-      <c r="E344" s="54" t="s">
-[...2 lines deleted...]
-      <c r="F344" s="55" t="s">
+      <c r="C344" s="63">
+        <v>40203535711</v>
+      </c>
+      <c r="D344" s="64" t="s">
         <v>1866</v>
       </c>
-      <c r="G344" s="56" t="s">
+      <c r="E344" s="64" t="s">
+        <v>1866</v>
+      </c>
+      <c r="F344" s="65" t="s">
         <v>1867</v>
       </c>
-      <c r="H344" s="58">
-[...3 lines deleted...]
-      <c r="J344" s="58">
+      <c r="G344" s="58" t="s">
+        <v>1868</v>
+      </c>
+      <c r="H344" s="60">
+        <v>45796</v>
+      </c>
+      <c r="J344" s="60">
         <v>46922</v>
       </c>
-      <c r="K344" s="59" t="s">
-[...3 lines deleted...]
-    <row r="345" spans="1:11">
+      <c r="K344" s="53" t="s">
+        <v>1869</v>
+      </c>
+    </row>
+    <row r="345" spans="1:11" ht="33.75">
       <c r="A345" s="11">
         <v>343</v>
       </c>
-      <c r="B345" s="54" t="s">
-[...5 lines deleted...]
-      <c r="D345" s="61" t="s">
+      <c r="B345" s="56" t="s">
         <v>1870</v>
       </c>
-      <c r="E345" s="61" t="s">
-[...2 lines deleted...]
-      <c r="F345" s="61" t="s">
+      <c r="C345" s="63">
+        <v>40203603651</v>
+      </c>
+      <c r="D345" s="66" t="s">
+        <v>936</v>
+      </c>
+      <c r="E345" s="66" t="s">
+        <v>936</v>
+      </c>
+      <c r="F345" s="65" t="s">
         <v>1871</v>
       </c>
-      <c r="G345" s="56" t="s">
+      <c r="G345" s="58" t="s">
         <v>1872</v>
       </c>
-      <c r="H345" s="58">
-[...6 lines deleted...]
-      <c r="K345" s="59" t="s">
+      <c r="H345" s="60">
+        <v>45797</v>
+      </c>
+      <c r="J345" s="60">
+        <v>46923</v>
+      </c>
+      <c r="K345" s="53" t="s">
         <v>1873</v>
       </c>
     </row>
-    <row r="346" spans="1:11" ht="33.75">
+    <row r="346" spans="1:11">
       <c r="A346" s="11">
         <v>344</v>
       </c>
-      <c r="B346" s="54" t="s">
+      <c r="B346" s="56" t="s">
         <v>1874</v>
       </c>
       <c r="C346" s="63">
-        <v>40203535711</v>
-[...1 lines deleted...]
-      <c r="D346" s="64" t="s">
+        <v>40203478071</v>
+      </c>
+      <c r="D346" s="66" t="s">
         <v>1875</v>
       </c>
-      <c r="E346" s="64" t="s">
-        <v>1875</v>
+      <c r="E346" s="66" t="s">
+        <v>1876</v>
       </c>
       <c r="F346" s="65" t="s">
-        <v>1876</v>
-[...1 lines deleted...]
-      <c r="G346" s="56" t="s">
         <v>1877</v>
       </c>
-      <c r="H346" s="58">
-[...5 lines deleted...]
-      <c r="K346" s="59" t="s">
+      <c r="G346" s="58" t="s">
         <v>1878</v>
       </c>
-    </row>
-    <row r="347" spans="1:11" ht="33.75">
+      <c r="H346" s="60">
+        <v>45847</v>
+      </c>
+      <c r="J346" s="60">
+        <v>46942</v>
+      </c>
+      <c r="K346" s="53" t="s">
+        <v>1879</v>
+      </c>
+    </row>
+    <row r="347" spans="1:11" ht="22.5">
       <c r="A347" s="11">
         <v>345</v>
       </c>
-      <c r="B347" s="54" t="s">
-        <v>1879</v>
+      <c r="B347" s="56" t="s">
+        <v>1880</v>
       </c>
       <c r="C347" s="63">
-        <v>40203603651</v>
+        <v>50203632991</v>
       </c>
       <c r="D347" s="66" t="s">
-        <v>956</v>
+        <v>1881</v>
       </c>
       <c r="E347" s="66" t="s">
-        <v>956</v>
+        <v>709</v>
       </c>
       <c r="F347" s="65" t="s">
-        <v>1880</v>
-[...10 lines deleted...]
-      <c r="K347" s="59" t="s">
         <v>1882</v>
       </c>
-    </row>
-    <row r="348" spans="1:11">
+      <c r="G347" s="58" t="s">
+        <v>1883</v>
+      </c>
+      <c r="H347" s="60">
+        <v>45853</v>
+      </c>
+      <c r="J347" s="60">
+        <v>46948</v>
+      </c>
+      <c r="K347" s="53" t="s">
+        <v>1884</v>
+      </c>
+    </row>
+    <row r="348" spans="1:11" ht="22.5">
       <c r="A348" s="11">
         <v>346</v>
       </c>
-      <c r="B348" s="54" t="s">
-        <v>1883</v>
+      <c r="B348" s="56" t="s">
+        <v>1885</v>
       </c>
       <c r="C348" s="63">
-        <v>40203478071</v>
+        <v>40203095701</v>
       </c>
       <c r="D348" s="66" t="s">
-        <v>1884</v>
+        <v>734</v>
       </c>
       <c r="E348" s="66" t="s">
-        <v>1885</v>
+        <v>734</v>
       </c>
       <c r="F348" s="65" t="s">
         <v>1886</v>
       </c>
-      <c r="G348" s="56" t="s">
+      <c r="G348" s="58" t="s">
         <v>1887</v>
       </c>
-      <c r="H348" s="58">
-[...5 lines deleted...]
-      <c r="K348" s="59" t="s">
+      <c r="H348" s="60">
+        <v>45859</v>
+      </c>
+      <c r="J348" s="60" t="s">
         <v>1888</v>
       </c>
-    </row>
-    <row r="349" spans="1:11" ht="22.5">
+      <c r="K348" s="53" t="s">
+        <v>1889</v>
+      </c>
+    </row>
+    <row r="349" spans="1:11" ht="45">
       <c r="A349" s="11">
         <v>347</v>
       </c>
-      <c r="B349" s="54" t="s">
-        <v>1889</v>
+      <c r="B349" s="56" t="s">
+        <v>1890</v>
       </c>
       <c r="C349" s="63">
-        <v>50203632991</v>
+        <v>40203647228</v>
       </c>
       <c r="D349" s="66" t="s">
-        <v>1890</v>
+        <v>1744</v>
       </c>
       <c r="E349" s="66" t="s">
-        <v>719</v>
+        <v>1744</v>
       </c>
       <c r="F349" s="65" t="s">
         <v>1891</v>
       </c>
-      <c r="G349" s="56" t="s">
+      <c r="G349" s="58" t="s">
         <v>1892</v>
       </c>
-      <c r="H349" s="58">
-[...5 lines deleted...]
-      <c r="K349" s="59" t="s">
+      <c r="H349" s="60">
+        <v>45859</v>
+      </c>
+      <c r="J349" s="60">
+        <v>46954</v>
+      </c>
+      <c r="K349" s="53" t="s">
         <v>1893</v>
       </c>
     </row>
-    <row r="350" spans="1:11" ht="22.5">
+    <row r="350" spans="1:11" ht="33.75">
       <c r="A350" s="11">
         <v>348</v>
       </c>
-      <c r="B350" s="54" t="s">
+      <c r="B350" s="56" t="s">
         <v>1894</v>
       </c>
       <c r="C350" s="63">
-        <v>40203095701</v>
+        <v>50103709491</v>
       </c>
       <c r="D350" s="66" t="s">
-        <v>744</v>
+        <v>1895</v>
       </c>
       <c r="E350" s="66" t="s">
-        <v>744</v>
+        <v>1895</v>
       </c>
       <c r="F350" s="65" t="s">
-        <v>1895</v>
-[...1 lines deleted...]
-      <c r="G350" s="56" t="s">
         <v>1896</v>
       </c>
-      <c r="H350" s="58">
+      <c r="G350" s="58" t="s">
+        <v>1897</v>
+      </c>
+      <c r="H350" s="60">
         <v>45859</v>
       </c>
-      <c r="J350" s="58" t="s">
-[...2 lines deleted...]
-      <c r="K350" s="59" t="s">
+      <c r="J350" s="60">
+        <v>46954</v>
+      </c>
+      <c r="K350" s="53" t="s">
         <v>1898</v>
       </c>
     </row>
-    <row r="351" spans="1:11" ht="45">
+    <row r="351" spans="1:11" ht="33.75">
       <c r="A351" s="11">
         <v>349</v>
       </c>
-      <c r="B351" s="54" t="s">
+      <c r="B351" s="56" t="s">
         <v>1899</v>
       </c>
       <c r="C351" s="63">
-        <v>40203647228</v>
+        <v>44103075616</v>
       </c>
       <c r="D351" s="66" t="s">
-        <v>1753</v>
+        <v>1900</v>
       </c>
       <c r="E351" s="66" t="s">
-        <v>1753</v>
+        <v>1901</v>
       </c>
       <c r="F351" s="65" t="s">
-        <v>1900</v>
-[...10 lines deleted...]
-      <c r="K351" s="59" t="s">
         <v>1902</v>
       </c>
-    </row>
-    <row r="352" spans="1:11" ht="33.75">
+      <c r="G351" s="58" t="s">
+        <v>1903</v>
+      </c>
+      <c r="H351" s="60">
+        <v>45863</v>
+      </c>
+      <c r="J351" s="60">
+        <v>46958</v>
+      </c>
+      <c r="K351" s="53" t="s">
+        <v>1904</v>
+      </c>
+    </row>
+    <row r="352" spans="1:11" ht="22.5">
       <c r="A352" s="11">
         <v>350</v>
       </c>
-      <c r="B352" s="54" t="s">
-        <v>1903</v>
+      <c r="B352" s="56" t="s">
+        <v>1905</v>
       </c>
       <c r="C352" s="63">
-        <v>50103709491</v>
+        <v>40203663078</v>
       </c>
       <c r="D352" s="66" t="s">
-        <v>1904</v>
+        <v>1906</v>
       </c>
       <c r="E352" s="66" t="s">
-        <v>1904</v>
+        <v>1907</v>
       </c>
       <c r="F352" s="65" t="s">
-        <v>1905</v>
-[...11 lines deleted...]
-        <v>1907</v>
+        <v>1908</v>
+      </c>
+      <c r="G352" s="58" t="s">
+        <v>1909</v>
+      </c>
+      <c r="H352" s="60">
+        <v>45875</v>
+      </c>
+      <c r="I352" s="61"/>
+      <c r="J352" s="60">
+        <v>46970</v>
+      </c>
+      <c r="K352" s="53" t="s">
+        <v>1910</v>
       </c>
     </row>
     <row r="353" spans="1:11" ht="33.75">
       <c r="A353" s="11">
         <v>351</v>
       </c>
-      <c r="B353" s="54" t="s">
-        <v>1908</v>
+      <c r="B353" s="56" t="s">
+        <v>1911</v>
       </c>
       <c r="C353" s="63">
-        <v>44103075616</v>
+        <v>40203659852</v>
       </c>
       <c r="D353" s="66" t="s">
-        <v>1909</v>
+        <v>1912</v>
       </c>
       <c r="E353" s="66" t="s">
-        <v>1910</v>
+        <v>1913</v>
       </c>
       <c r="F353" s="65" t="s">
-        <v>1911</v>
-[...11 lines deleted...]
-        <v>1913</v>
+        <v>1914</v>
+      </c>
+      <c r="G353" s="58" t="s">
+        <v>1915</v>
+      </c>
+      <c r="H353" s="60">
+        <v>45875</v>
+      </c>
+      <c r="J353" s="60">
+        <v>46970</v>
+      </c>
+      <c r="K353" s="53" t="s">
+        <v>1916</v>
       </c>
     </row>
     <row r="354" spans="1:11" ht="22.5">
       <c r="A354" s="11">
         <v>352</v>
       </c>
-      <c r="B354" s="54" t="s">
-        <v>1914</v>
+      <c r="B354" s="56" t="s">
+        <v>1917</v>
       </c>
       <c r="C354" s="63">
-        <v>40203663078</v>
+        <v>40203111071</v>
       </c>
       <c r="D354" s="66" t="s">
-        <v>1915</v>
+        <v>1918</v>
       </c>
       <c r="E354" s="66" t="s">
-        <v>1916</v>
+        <v>1918</v>
       </c>
       <c r="F354" s="65" t="s">
-        <v>1917</v>
-[...11 lines deleted...]
-      <c r="K354" s="59" t="s">
         <v>1919</v>
+      </c>
+      <c r="G354" s="58" t="s">
+        <v>1920</v>
+      </c>
+      <c r="H354" s="60">
+        <v>45880</v>
+      </c>
+      <c r="I354" s="61"/>
+      <c r="J354" s="60">
+        <v>46975</v>
+      </c>
+      <c r="K354" s="53" t="s">
+        <v>1921</v>
       </c>
     </row>
     <row r="355" spans="1:11" ht="33.75">
       <c r="A355" s="11">
         <v>353</v>
       </c>
-      <c r="B355" s="54" t="s">
-        <v>1920</v>
+      <c r="B355" s="56" t="s">
+        <v>1922</v>
       </c>
       <c r="C355" s="63">
-        <v>40203659852</v>
+        <v>40203662763</v>
       </c>
       <c r="D355" s="66" t="s">
-        <v>1921</v>
+        <v>1923</v>
       </c>
       <c r="E355" s="66" t="s">
-        <v>1922</v>
+        <v>1923</v>
       </c>
       <c r="F355" s="65" t="s">
-        <v>1923</v>
-[...1 lines deleted...]
-      <c r="G355" s="56" t="s">
         <v>1924</v>
       </c>
-      <c r="H355" s="58">
-[...5 lines deleted...]
-      <c r="K355" s="59" t="s">
+      <c r="G355" s="58" t="s">
         <v>1925</v>
+      </c>
+      <c r="H355" s="60">
+        <v>45880</v>
+      </c>
+      <c r="I355" s="62"/>
+      <c r="J355" s="60">
+        <v>46975</v>
+      </c>
+      <c r="K355" s="53" t="s">
+        <v>1926</v>
       </c>
     </row>
     <row r="356" spans="1:11" ht="22.5">
       <c r="A356" s="11">
         <v>354</v>
       </c>
-      <c r="B356" s="54" t="s">
-[...5 lines deleted...]
-      <c r="D356" s="66" t="s">
+      <c r="B356" s="67" t="s">
         <v>1927</v>
       </c>
-      <c r="E356" s="66" t="s">
-        <v>1927</v>
+      <c r="C356" s="68" t="s">
+        <v>1928</v>
+      </c>
+      <c r="D356" s="68" t="s">
+        <v>1929</v>
+      </c>
+      <c r="E356" s="68" t="s">
+        <v>1929</v>
       </c>
       <c r="F356" s="65" t="s">
-        <v>1928</v>
-[...11 lines deleted...]
-      <c r="K356" s="59" t="s">
         <v>1930</v>
       </c>
-    </row>
-    <row r="357" spans="1:11" ht="33.75">
+      <c r="G356" s="58" t="s">
+        <v>1931</v>
+      </c>
+      <c r="H356" s="60">
+        <v>45890</v>
+      </c>
+      <c r="J356" s="60">
+        <v>46985</v>
+      </c>
+      <c r="K356" s="53" t="s">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="357" spans="1:11" ht="22.5">
       <c r="A357" s="11">
         <v>355</v>
       </c>
-      <c r="B357" s="54" t="s">
-[...3 lines deleted...]
-        <v>40203662763</v>
+      <c r="B357" s="66" t="s">
+        <v>1933</v>
+      </c>
+      <c r="C357" s="66">
+        <v>40203656979</v>
       </c>
       <c r="D357" s="66" t="s">
-        <v>1932</v>
+        <v>1934</v>
       </c>
       <c r="E357" s="66" t="s">
-        <v>1932</v>
+        <v>1934</v>
       </c>
       <c r="F357" s="65" t="s">
-        <v>1933</v>
-[...11 lines deleted...]
-      <c r="K357" s="59" t="s">
         <v>1935</v>
+      </c>
+      <c r="G357" s="58" t="s">
+        <v>1936</v>
+      </c>
+      <c r="H357" s="60">
+        <v>45890</v>
+      </c>
+      <c r="J357" s="60">
+        <v>46985</v>
+      </c>
+      <c r="K357" s="53" t="s">
+        <v>1937</v>
       </c>
     </row>
     <row r="358" spans="1:11" ht="22.5">
       <c r="A358" s="11">
         <v>356</v>
       </c>
-      <c r="B358" s="67" t="s">
-[...5 lines deleted...]
-      <c r="D358" s="68" t="s">
+      <c r="B358" s="66" t="s">
         <v>1938</v>
       </c>
-      <c r="E358" s="68" t="s">
-        <v>1938</v>
+      <c r="C358" s="66">
+        <v>40203160452</v>
+      </c>
+      <c r="D358" s="64" t="s">
+        <v>1939</v>
+      </c>
+      <c r="E358" s="64" t="s">
+        <v>1940</v>
       </c>
       <c r="F358" s="65" t="s">
-        <v>1939</v>
-[...4 lines deleted...]
-      <c r="H358" s="58">
+        <v>1941</v>
+      </c>
+      <c r="G358" s="58" t="s">
+        <v>1942</v>
+      </c>
+      <c r="H358" s="60">
         <v>45890</v>
       </c>
-      <c r="J358" s="58">
+      <c r="J358" s="60">
         <v>46985</v>
       </c>
-      <c r="K358" s="59" t="s">
-[...3 lines deleted...]
-    <row r="359" spans="1:11" ht="22.5">
+      <c r="K358" s="53" t="s">
+        <v>1943</v>
+      </c>
+    </row>
+    <row r="359" spans="1:11">
       <c r="A359" s="11">
         <v>357</v>
       </c>
       <c r="B359" s="66" t="s">
-        <v>1942</v>
+        <v>1944</v>
       </c>
       <c r="C359" s="66">
-        <v>40203656979</v>
+        <v>40203147312</v>
       </c>
       <c r="D359" s="66" t="s">
-        <v>1943</v>
+        <v>1945</v>
       </c>
       <c r="E359" s="66" t="s">
-        <v>1943</v>
+        <v>1945</v>
       </c>
       <c r="F359" s="65" t="s">
-        <v>1944</v>
-[...10 lines deleted...]
-      <c r="K359" s="59" t="s">
         <v>1946</v>
       </c>
-    </row>
-    <row r="360" spans="1:11" ht="22.5">
+      <c r="G359" s="58" t="s">
+        <v>1947</v>
+      </c>
+      <c r="H359" s="60">
+        <v>45895</v>
+      </c>
+      <c r="J359" s="60">
+        <v>46990</v>
+      </c>
+      <c r="K359" s="53" t="s">
+        <v>1948</v>
+      </c>
+    </row>
+    <row r="360" spans="1:11" ht="33.75">
       <c r="A360" s="11">
         <v>358</v>
       </c>
       <c r="B360" s="66" t="s">
-        <v>1947</v>
+        <v>1949</v>
       </c>
       <c r="C360" s="66">
-        <v>40203160452</v>
-[...2 lines deleted...]
-        <v>1948</v>
+        <v>40203536934</v>
+      </c>
+      <c r="D360" s="66" t="s">
+        <v>1950</v>
       </c>
       <c r="E360" s="64" t="s">
-        <v>1949</v>
+        <v>1951</v>
       </c>
       <c r="F360" s="65" t="s">
-        <v>1950</v>
-[...10 lines deleted...]
-      <c r="K360" s="59" t="s">
         <v>1952</v>
       </c>
-    </row>
-    <row r="361" spans="1:11">
+      <c r="G360" s="52" t="s">
+        <v>1953</v>
+      </c>
+      <c r="H360" s="60">
+        <v>45895</v>
+      </c>
+      <c r="I360" s="61"/>
+      <c r="J360" s="60">
+        <v>46990</v>
+      </c>
+      <c r="K360" s="53" t="s">
+        <v>1954</v>
+      </c>
+    </row>
+    <row r="361" spans="1:11" ht="33.75">
       <c r="A361" s="11">
         <v>359</v>
       </c>
-      <c r="B361" s="66" t="s">
-        <v>1953</v>
+      <c r="B361" s="52" t="s">
+        <v>1955</v>
       </c>
       <c r="C361" s="66">
-        <v>40203147312</v>
+        <v>40103990744</v>
       </c>
       <c r="D361" s="66" t="s">
-        <v>1954</v>
+        <v>1956</v>
       </c>
       <c r="E361" s="66" t="s">
-        <v>1954</v>
+        <v>1956</v>
       </c>
       <c r="F361" s="65" t="s">
-        <v>1955</v>
-[...10 lines deleted...]
-      <c r="K361" s="59" t="s">
         <v>1957</v>
       </c>
-    </row>
-    <row r="362" spans="1:11" ht="33.75">
+      <c r="G361" s="52" t="s">
+        <v>1958</v>
+      </c>
+      <c r="H361" s="60">
+        <v>45910</v>
+      </c>
+      <c r="J361" s="60">
+        <v>47005</v>
+      </c>
+      <c r="K361" s="53" t="s">
+        <v>1959</v>
+      </c>
+    </row>
+    <row r="362" spans="1:11" ht="67.5">
       <c r="A362" s="11">
         <v>360</v>
       </c>
-      <c r="B362" s="66" t="s">
-        <v>1958</v>
+      <c r="B362" s="52" t="s">
+        <v>1960</v>
       </c>
       <c r="C362" s="66">
-        <v>40203536934</v>
+        <v>40203662123</v>
       </c>
       <c r="D362" s="66" t="s">
-        <v>1959</v>
+        <v>1961</v>
       </c>
       <c r="E362" s="64" t="s">
-        <v>1960</v>
-[...4 lines deleted...]
-      <c r="G362" s="61" t="s">
         <v>1962</v>
       </c>
-      <c r="H362" s="58">
-[...6 lines deleted...]
-      <c r="K362" s="59" t="s">
+      <c r="F362" s="53" t="s">
         <v>1963</v>
+      </c>
+      <c r="G362" s="69" t="s">
+        <v>1964</v>
+      </c>
+      <c r="H362" s="60">
+        <v>45916</v>
+      </c>
+      <c r="J362" s="60">
+        <v>47011</v>
+      </c>
+      <c r="K362" s="53" t="s">
+        <v>1965</v>
       </c>
     </row>
     <row r="363" spans="1:11" ht="33.75">
       <c r="A363" s="11">
         <v>361</v>
       </c>
-      <c r="B363" s="61" t="s">
-        <v>1964</v>
+      <c r="B363" s="52" t="s">
+        <v>1966</v>
       </c>
       <c r="C363" s="66">
-        <v>40103990744</v>
+        <v>40203414206</v>
       </c>
       <c r="D363" s="66" t="s">
-        <v>1965</v>
+        <v>1967</v>
       </c>
       <c r="E363" s="66" t="s">
-        <v>1965</v>
+        <v>1967</v>
       </c>
       <c r="F363" s="65" t="s">
-        <v>1966</v>
-[...10 lines deleted...]
-      <c r="K363" s="59" t="s">
         <v>1968</v>
       </c>
-    </row>
-    <row r="364" spans="1:11" ht="67.5">
+      <c r="G363" s="69" t="s">
+        <v>1969</v>
+      </c>
+      <c r="H363" s="60">
+        <v>45918</v>
+      </c>
+      <c r="J363" s="60">
+        <v>47013</v>
+      </c>
+      <c r="K363" s="53" t="s">
+        <v>1970</v>
+      </c>
+    </row>
+    <row r="364" spans="1:11">
       <c r="A364" s="11">
         <v>362</v>
       </c>
-      <c r="B364" s="61" t="s">
-        <v>1969</v>
+      <c r="B364" s="52" t="s">
+        <v>1971</v>
       </c>
       <c r="C364" s="66">
-        <v>40203662123</v>
+        <v>40203579519</v>
       </c>
       <c r="D364" s="66" t="s">
-        <v>1970</v>
+        <v>1972</v>
       </c>
       <c r="E364" s="64" t="s">
-        <v>1971</v>
-[...2 lines deleted...]
-        <v>1972</v>
+        <v>1973</v>
+      </c>
+      <c r="F364" s="65" t="s">
+        <v>1974</v>
       </c>
       <c r="G364" s="69" t="s">
-        <v>1973</v>
-[...11 lines deleted...]
-    <row r="365" spans="1:11" ht="33.75">
+        <v>1975</v>
+      </c>
+      <c r="H364" s="60">
+        <v>45918</v>
+      </c>
+      <c r="J364" s="60">
+        <v>47013</v>
+      </c>
+      <c r="K364" s="53" t="s">
+        <v>1976</v>
+      </c>
+    </row>
+    <row r="365" spans="1:11" ht="22.5">
       <c r="A365" s="11">
         <v>363</v>
       </c>
-      <c r="B365" s="61" t="s">
-        <v>1975</v>
+      <c r="B365" s="52" t="s">
+        <v>1977</v>
       </c>
       <c r="C365" s="66">
-        <v>40203414206</v>
-[...5 lines deleted...]
-        <v>1976</v>
+        <v>40203642466</v>
+      </c>
+      <c r="D365" s="52" t="s">
+        <v>1978</v>
+      </c>
+      <c r="E365" s="52" t="s">
+        <v>1979</v>
       </c>
       <c r="F365" s="65" t="s">
-        <v>1977</v>
-[...14 lines deleted...]
-    <row r="366" spans="1:11">
+        <v>1980</v>
+      </c>
+      <c r="G365" s="52" t="s">
+        <v>1981</v>
+      </c>
+      <c r="H365" s="60">
+        <v>45938</v>
+      </c>
+      <c r="J365" s="60">
+        <v>47033</v>
+      </c>
+      <c r="K365" s="53" t="s">
+        <v>1982</v>
+      </c>
+    </row>
+    <row r="366" spans="1:11" ht="22.5">
       <c r="A366" s="11">
         <v>364</v>
       </c>
-      <c r="B366" s="61" t="s">
-        <v>1980</v>
+      <c r="B366" s="52" t="s">
+        <v>1983</v>
       </c>
       <c r="C366" s="66">
-        <v>40203579519</v>
-[...5 lines deleted...]
-        <v>1982</v>
+        <v>40203676369</v>
+      </c>
+      <c r="D366" s="52" t="s">
+        <v>795</v>
+      </c>
+      <c r="E366" s="52" t="s">
+        <v>795</v>
       </c>
       <c r="F366" s="65" t="s">
-        <v>1983</v>
-[...1 lines deleted...]
-      <c r="G366" s="69" t="s">
         <v>1984</v>
       </c>
-      <c r="H366" s="58">
-[...5 lines deleted...]
-      <c r="K366" s="59" t="s">
+      <c r="G366" s="52" t="s">
         <v>1985</v>
       </c>
-    </row>
-    <row r="367" spans="1:11" ht="22.5">
+      <c r="H366" s="60">
+        <v>45938</v>
+      </c>
+      <c r="J366" s="60">
+        <v>47033</v>
+      </c>
+      <c r="K366" s="53" t="s">
+        <v>1986</v>
+      </c>
+    </row>
+    <row r="367" spans="1:11">
       <c r="A367" s="11">
         <v>365</v>
       </c>
-      <c r="B367" s="61" t="s">
-        <v>1986</v>
+      <c r="B367" s="52" t="s">
+        <v>1987</v>
       </c>
       <c r="C367" s="66">
-        <v>40203642466</v>
-[...4 lines deleted...]
-      <c r="E367" s="61" t="s">
+        <v>40103389788</v>
+      </c>
+      <c r="D367" s="66" t="s">
         <v>1988</v>
       </c>
+      <c r="E367" s="52" t="s">
+        <v>1989</v>
+      </c>
       <c r="F367" s="65" t="s">
-        <v>1989</v>
-[...1 lines deleted...]
-      <c r="G367" s="61" t="s">
         <v>1990</v>
       </c>
-      <c r="H367" s="58">
+      <c r="G367" s="69" t="s">
+        <v>1991</v>
+      </c>
+      <c r="H367" s="60">
         <v>45938</v>
       </c>
-      <c r="J367" s="58">
+      <c r="J367" s="60">
         <v>47033</v>
       </c>
-      <c r="K367" s="59" t="s">
-[...3 lines deleted...]
-    <row r="368" spans="1:11" ht="22.5">
+      <c r="K367" s="53" t="s">
+        <v>1982</v>
+      </c>
+    </row>
+    <row r="368" spans="1:11" ht="45">
       <c r="A368" s="11">
         <v>366</v>
       </c>
-      <c r="B368" s="61" t="s">
+      <c r="B368" s="52" t="s">
         <v>1992</v>
       </c>
       <c r="C368" s="66">
-        <v>40203676369</v>
-[...7 lines deleted...]
-      <c r="F368" s="65" t="s">
+        <v>40103834089</v>
+      </c>
+      <c r="D368" s="52" t="s">
         <v>1993</v>
       </c>
-      <c r="G368" s="61" t="s">
+      <c r="E368" s="52" t="s">
+        <v>1993</v>
+      </c>
+      <c r="F368" s="53" t="s">
         <v>1994</v>
       </c>
-      <c r="H368" s="58">
+      <c r="G368" s="52" t="s">
+        <v>1995</v>
+      </c>
+      <c r="H368" s="60">
         <v>45938</v>
       </c>
-      <c r="J368" s="58">
+      <c r="J368" s="60">
         <v>47033</v>
       </c>
-      <c r="K368" s="59" t="s">
-[...3 lines deleted...]
-    <row r="369" spans="1:11">
+      <c r="K368" s="53" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="369" spans="1:11" ht="34.5">
       <c r="A369" s="11">
         <v>367</v>
       </c>
-      <c r="B369" s="61" t="s">
-        <v>1996</v>
+      <c r="B369" s="52" t="s">
+        <v>1997</v>
       </c>
       <c r="C369" s="66">
-        <v>40103389788</v>
-[...4 lines deleted...]
-      <c r="E369" s="61" t="s">
+        <v>40203678641</v>
+      </c>
+      <c r="D369" s="52" t="s">
         <v>1998</v>
       </c>
-      <c r="F369" s="65" t="s">
+      <c r="E369" s="52" t="s">
+        <v>1895</v>
+      </c>
+      <c r="F369" s="53" t="s">
         <v>1999</v>
       </c>
-      <c r="G369" s="69" t="s">
+      <c r="G369" s="52" t="s">
         <v>2000</v>
       </c>
-      <c r="H369" s="58">
-[...9 lines deleted...]
-    <row r="370" spans="1:11" ht="45">
+      <c r="H369" s="60">
+        <v>45940</v>
+      </c>
+      <c r="J369" s="60">
+        <v>47035</v>
+      </c>
+      <c r="K369" s="70" t="s">
+        <v>2001</v>
+      </c>
+    </row>
+    <row r="370" spans="1:11" ht="22.5">
       <c r="A370" s="11">
         <v>368</v>
       </c>
-      <c r="B370" s="61" t="s">
-        <v>2001</v>
+      <c r="B370" s="52" t="s">
+        <v>2002</v>
       </c>
       <c r="C370" s="66">
-        <v>40103834089</v>
-[...7 lines deleted...]
-      <c r="F370" s="59" t="s">
+        <v>40203594202</v>
+      </c>
+      <c r="D370" s="52" t="s">
+        <v>246</v>
+      </c>
+      <c r="E370" s="52" t="s">
+        <v>246</v>
+      </c>
+      <c r="F370" s="53" t="s">
         <v>2003</v>
       </c>
-      <c r="G370" s="61" t="s">
+      <c r="G370" s="52" t="s">
         <v>2004</v>
       </c>
-      <c r="H370" s="58">
-[...5 lines deleted...]
-      <c r="K370" s="59" t="s">
+      <c r="H370" s="60">
+        <v>45953</v>
+      </c>
+      <c r="J370" s="60">
+        <v>47048</v>
+      </c>
+      <c r="K370" s="53" t="s">
         <v>2005</v>
       </c>
     </row>
-    <row r="371" spans="1:11" ht="34.5">
+    <row r="371" spans="1:11" ht="33.75">
       <c r="A371" s="11">
         <v>369</v>
       </c>
-      <c r="B371" s="61" t="s">
+      <c r="B371" s="52" t="s">
         <v>2006</v>
       </c>
       <c r="C371" s="66">
-        <v>40203678641</v>
-[...1 lines deleted...]
-      <c r="D371" s="61" t="s">
+        <v>40203679469</v>
+      </c>
+      <c r="D371" s="52" t="s">
         <v>2007</v>
       </c>
-      <c r="E371" s="61" t="s">
-[...2 lines deleted...]
-      <c r="F371" s="59" t="s">
+      <c r="E371" s="52" t="s">
+        <v>2007</v>
+      </c>
+      <c r="F371" s="53" t="s">
         <v>2008</v>
       </c>
-      <c r="G371" s="61" t="s">
+      <c r="G371" s="52" t="s">
         <v>2009</v>
       </c>
-      <c r="H371" s="58">
-[...5 lines deleted...]
-      <c r="K371" s="70" t="s">
+      <c r="H371" s="60">
+        <v>45953</v>
+      </c>
+      <c r="J371" s="60">
+        <v>47048</v>
+      </c>
+      <c r="K371" s="53" t="s">
         <v>2010</v>
       </c>
     </row>
-    <row r="372" spans="1:11" ht="22.5">
+    <row r="372" spans="1:11" ht="23.25">
       <c r="A372" s="11">
         <v>370</v>
       </c>
-      <c r="B372" s="61" t="s">
+      <c r="B372" s="52" t="s">
         <v>2011</v>
       </c>
       <c r="C372" s="66">
-        <v>40203594202</v>
-[...7 lines deleted...]
-      <c r="F372" s="59" t="s">
+        <v>40203260152</v>
+      </c>
+      <c r="D372" s="53" t="s">
         <v>2012</v>
       </c>
-      <c r="G372" s="61" t="s">
+      <c r="E372" s="53" t="s">
         <v>2013</v>
       </c>
-      <c r="H372" s="58">
+      <c r="F372" s="52" t="s">
+        <v>2014</v>
+      </c>
+      <c r="G372" s="52" t="s">
+        <v>2015</v>
+      </c>
+      <c r="H372" s="60">
         <v>45953</v>
       </c>
-      <c r="J372" s="58">
+      <c r="J372" s="60">
         <v>47048</v>
       </c>
-      <c r="K372" s="59" t="s">
-        <v>2014</v>
+      <c r="K372" s="70" t="s">
+        <v>2016</v>
       </c>
     </row>
     <row r="373" spans="1:11" ht="33.75">
       <c r="A373" s="11">
         <v>371</v>
       </c>
-      <c r="B373" s="61" t="s">
-        <v>2015</v>
+      <c r="B373" s="52" t="s">
+        <v>2017</v>
       </c>
       <c r="C373" s="66">
-        <v>40203679469</v>
-[...10 lines deleted...]
-      <c r="G373" s="61" t="s">
+        <v>40203683267</v>
+      </c>
+      <c r="D373" s="52" t="s">
         <v>2018</v>
       </c>
-      <c r="H373" s="58">
-[...5 lines deleted...]
-      <c r="K373" s="59" t="s">
+      <c r="E373" s="52" t="s">
+        <v>2018</v>
+      </c>
+      <c r="F373" s="53" t="s">
         <v>2019</v>
       </c>
-    </row>
-    <row r="374" spans="1:11" ht="23.25">
+      <c r="G373" s="52" t="s">
+        <v>2020</v>
+      </c>
+      <c r="H373" s="60">
+        <v>45954</v>
+      </c>
+      <c r="J373" s="60">
+        <v>47049</v>
+      </c>
+      <c r="K373" s="53" t="s">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="374" spans="1:11" ht="22.5">
       <c r="A374" s="11">
         <v>372</v>
       </c>
-      <c r="B374" s="61" t="s">
-        <v>2020</v>
+      <c r="B374" s="52" t="s">
+        <v>2022</v>
       </c>
       <c r="C374" s="66">
-        <v>40203260152</v>
-[...7 lines deleted...]
-      <c r="F374" s="61" t="s">
+        <v>40203532039</v>
+      </c>
+      <c r="D374" s="52" t="s">
         <v>2023</v>
       </c>
-      <c r="G374" s="61" t="s">
+      <c r="E374" s="52" t="s">
+        <v>463</v>
+      </c>
+      <c r="F374" s="53" t="s">
         <v>2024</v>
       </c>
-      <c r="H374" s="58">
-[...5 lines deleted...]
-      <c r="K374" s="70" t="s">
+      <c r="G374" s="52" t="s">
         <v>2025</v>
       </c>
-    </row>
-    <row r="375" spans="1:11" ht="33.75">
+      <c r="H374" s="60">
+        <v>45957</v>
+      </c>
+      <c r="J374" s="60">
+        <v>47052</v>
+      </c>
+      <c r="K374" s="53" t="s">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="375" spans="1:11" ht="45">
       <c r="A375" s="11">
         <v>373</v>
       </c>
-      <c r="B375" s="61" t="s">
-        <v>2026</v>
+      <c r="B375" s="52" t="s">
+        <v>2027</v>
       </c>
       <c r="C375" s="66">
-        <v>40203683267</v>
-[...7 lines deleted...]
-      <c r="F375" s="59" t="s">
+        <v>50003393191</v>
+      </c>
+      <c r="D375" s="52" t="s">
         <v>2028</v>
       </c>
-      <c r="G375" s="61" t="s">
+      <c r="E375" s="52" t="s">
+        <v>2028</v>
+      </c>
+      <c r="F375" s="53" t="s">
         <v>2029</v>
       </c>
-      <c r="H375" s="58">
-[...5 lines deleted...]
-      <c r="K375" s="59" t="s">
+      <c r="G375" s="52" t="s">
         <v>2030</v>
       </c>
-    </row>
-    <row r="376" spans="1:11" ht="22.5">
+      <c r="H375" s="60">
+        <v>45957</v>
+      </c>
+      <c r="J375" s="60">
+        <v>47052</v>
+      </c>
+      <c r="K375" s="53" t="s">
+        <v>2031</v>
+      </c>
+    </row>
+    <row r="376" spans="1:11" ht="33.75">
       <c r="A376" s="11">
         <v>374</v>
       </c>
-      <c r="B376" s="61" t="s">
-        <v>2031</v>
+      <c r="B376" s="52" t="s">
+        <v>2032</v>
       </c>
       <c r="C376" s="66">
-        <v>40203532039</v>
-[...7 lines deleted...]
-      <c r="F376" s="59" t="s">
+        <v>40203543704</v>
+      </c>
+      <c r="D376" s="52" t="s">
         <v>2033</v>
       </c>
-      <c r="G376" s="61" t="s">
+      <c r="E376" s="52" t="s">
+        <v>2033</v>
+      </c>
+      <c r="F376" s="52" t="s">
         <v>2034</v>
       </c>
-      <c r="H376" s="58">
+      <c r="G376" s="52" t="s">
+        <v>2035</v>
+      </c>
+      <c r="H376" s="60">
         <v>45957</v>
       </c>
-      <c r="J376" s="58">
+      <c r="J376" s="60">
         <v>47052</v>
       </c>
-      <c r="K376" s="59" t="s">
-[...3 lines deleted...]
-    <row r="377" spans="1:11" ht="45">
+      <c r="K376" s="53" t="s">
+        <v>2036</v>
+      </c>
+    </row>
+    <row r="377" spans="1:11" ht="33.75">
       <c r="A377" s="11">
         <v>375</v>
       </c>
-      <c r="B377" s="61" t="s">
-        <v>2036</v>
+      <c r="B377" s="52" t="s">
+        <v>2037</v>
       </c>
       <c r="C377" s="66">
-        <v>50003393191</v>
-[...7 lines deleted...]
-      <c r="F377" s="59" t="s">
+        <v>40003375103</v>
+      </c>
+      <c r="D377" s="53" t="s">
         <v>2038</v>
       </c>
-      <c r="G377" s="61" t="s">
+      <c r="E377" s="53" t="s">
+        <v>2038</v>
+      </c>
+      <c r="F377" s="53" t="s">
         <v>2039</v>
       </c>
-      <c r="H377" s="58">
+      <c r="G377" s="52" t="s">
+        <v>2040</v>
+      </c>
+      <c r="H377" s="60">
         <v>45957</v>
       </c>
-      <c r="J377" s="58">
+      <c r="J377" s="60">
         <v>47052</v>
       </c>
-      <c r="K377" s="59" t="s">
-        <v>2040</v>
+      <c r="K377" s="53" t="s">
+        <v>2026</v>
       </c>
     </row>
     <row r="378" spans="1:11" ht="33.75">
       <c r="A378" s="11">
         <v>376</v>
       </c>
-      <c r="B378" s="61" t="s">
+      <c r="B378" s="52" t="s">
         <v>2041</v>
       </c>
       <c r="C378" s="66">
-        <v>40203543704</v>
-[...1 lines deleted...]
-      <c r="D378" s="61" t="s">
+        <v>50203645661</v>
+      </c>
+      <c r="D378" s="52" t="s">
         <v>2042</v>
       </c>
-      <c r="E378" s="61" t="s">
-[...2 lines deleted...]
-      <c r="F378" s="61" t="s">
+      <c r="E378" s="52" t="s">
         <v>2043</v>
       </c>
-      <c r="G378" s="61" t="s">
+      <c r="F378" s="53" t="s">
         <v>2044</v>
       </c>
-      <c r="H378" s="58">
-[...5 lines deleted...]
-      <c r="K378" s="59" t="s">
+      <c r="G378" s="52" t="s">
         <v>2045</v>
       </c>
-    </row>
-    <row r="379" spans="1:11" ht="33.75">
+      <c r="H378" s="60">
+        <v>45961</v>
+      </c>
+      <c r="J378" s="60">
+        <v>47056</v>
+      </c>
+      <c r="K378" s="53" t="s">
+        <v>2046</v>
+      </c>
+    </row>
+    <row r="379" spans="1:11" ht="22.5">
       <c r="A379" s="11">
         <v>377</v>
       </c>
-      <c r="B379" s="61" t="s">
-        <v>2046</v>
+      <c r="B379" s="52" t="s">
+        <v>2047</v>
       </c>
       <c r="C379" s="66">
-        <v>40003375103</v>
-[...7 lines deleted...]
-      <c r="F379" s="59" t="s">
+        <v>40203668925</v>
+      </c>
+      <c r="D379" s="52" t="s">
         <v>2048</v>
       </c>
-      <c r="G379" s="61" t="s">
+      <c r="E379" s="52" t="s">
+        <v>2048</v>
+      </c>
+      <c r="F379" s="53" t="s">
         <v>2049</v>
       </c>
-      <c r="H379" s="58">
-[...9 lines deleted...]
-    <row r="380" spans="1:11" ht="33.75">
+      <c r="G379" s="52" t="s">
+        <v>2050</v>
+      </c>
+      <c r="H379" s="60">
+        <v>45967</v>
+      </c>
+      <c r="J379" s="60">
+        <v>47062</v>
+      </c>
+      <c r="K379" s="53" t="s">
+        <v>2051</v>
+      </c>
+    </row>
+    <row r="380" spans="1:11" ht="22.5">
       <c r="A380" s="11">
         <v>378</v>
       </c>
-      <c r="B380" s="61" t="s">
-        <v>2050</v>
+      <c r="B380" s="52" t="s">
+        <v>2052</v>
       </c>
       <c r="C380" s="66">
-        <v>50203645661</v>
-[...7 lines deleted...]
-      <c r="F380" s="59" t="s">
+        <v>40203680006</v>
+      </c>
+      <c r="D380" s="52" t="s">
         <v>2053</v>
       </c>
-      <c r="G380" s="61" t="s">
+      <c r="E380" s="52" t="s">
         <v>2054</v>
       </c>
-      <c r="H380" s="58">
-[...5 lines deleted...]
-      <c r="K380" s="59" t="s">
+      <c r="F380" s="53" t="s">
         <v>2055</v>
+      </c>
+      <c r="G380" s="52" t="s">
+        <v>2056</v>
+      </c>
+      <c r="H380" s="60">
+        <v>45974</v>
+      </c>
+      <c r="J380" s="60">
+        <v>47069</v>
+      </c>
+      <c r="K380" s="53" t="s">
+        <v>2057</v>
       </c>
     </row>
     <row r="381" spans="1:11" ht="22.5">
       <c r="A381" s="11">
         <v>379</v>
       </c>
-      <c r="B381" s="61" t="s">
-        <v>2056</v>
+      <c r="B381" s="52" t="s">
+        <v>2058</v>
       </c>
       <c r="C381" s="66">
-        <v>40203668925</v>
-[...10 lines deleted...]
-      <c r="G381" s="61" t="s">
+        <v>40203673752</v>
+      </c>
+      <c r="D381" s="52" t="s">
         <v>2059</v>
       </c>
-      <c r="H381" s="58">
-[...5 lines deleted...]
-      <c r="K381" s="59" t="s">
+      <c r="E381" s="52" t="s">
         <v>2060</v>
       </c>
-    </row>
-    <row r="382" spans="1:11" ht="22.5">
+      <c r="F381" s="53" t="s">
+        <v>2061</v>
+      </c>
+      <c r="G381" s="52" t="s">
+        <v>2062</v>
+      </c>
+      <c r="H381" s="60">
+        <v>45974</v>
+      </c>
+      <c r="J381" s="60">
+        <v>47069</v>
+      </c>
+      <c r="K381" s="53" t="s">
+        <v>2063</v>
+      </c>
+    </row>
+    <row r="382" spans="1:11" ht="33.75">
       <c r="A382" s="11">
         <v>380</v>
       </c>
-      <c r="B382" s="61" t="s">
-        <v>2061</v>
+      <c r="B382" s="52" t="s">
+        <v>2064</v>
       </c>
       <c r="C382" s="66">
-        <v>40203680006</v>
-[...10 lines deleted...]
-      <c r="G382" s="61" t="s">
+        <v>40203684949</v>
+      </c>
+      <c r="D382" s="52" t="s">
         <v>2065</v>
       </c>
-      <c r="H382" s="58">
+      <c r="E382" s="52" t="s">
+        <v>2065</v>
+      </c>
+      <c r="F382" s="53" t="s">
+        <v>2066</v>
+      </c>
+      <c r="G382" s="52" t="s">
+        <v>2067</v>
+      </c>
+      <c r="H382" s="60">
         <v>45974</v>
       </c>
-      <c r="J382" s="58">
-[...6 lines deleted...]
-    <row r="383" spans="1:11" ht="22.5">
+      <c r="J382" s="60">
+        <v>47069</v>
+      </c>
+      <c r="K382" s="53" t="s">
+        <v>2068</v>
+      </c>
+    </row>
+    <row r="383" spans="1:11" ht="33.75">
       <c r="A383" s="11">
         <v>381</v>
       </c>
-      <c r="B383" s="61" t="s">
-        <v>2067</v>
+      <c r="B383" s="52" t="s">
+        <v>2069</v>
       </c>
       <c r="C383" s="66">
-        <v>40203673752</v>
-[...7 lines deleted...]
-      <c r="F383" s="59" t="s">
+        <v>40203160274</v>
+      </c>
+      <c r="D383" s="52" t="s">
         <v>2070</v>
       </c>
-      <c r="G383" s="61" t="s">
+      <c r="E383" s="53" t="s">
         <v>2071</v>
       </c>
-      <c r="H383" s="58">
+      <c r="F383" s="53" t="s">
+        <v>2072</v>
+      </c>
+      <c r="G383" s="52" t="s">
+        <v>2073</v>
+      </c>
+      <c r="H383" s="60">
         <v>45974</v>
       </c>
-      <c r="J383" s="58">
-[...6 lines deleted...]
-    <row r="384" spans="1:11" ht="33.75">
+      <c r="J383" s="60">
+        <v>47069</v>
+      </c>
+      <c r="K383" s="53" t="s">
+        <v>2074</v>
+      </c>
+    </row>
+    <row r="384" spans="1:11" ht="56.25">
       <c r="A384" s="11">
         <v>382</v>
       </c>
-      <c r="B384" s="61" t="s">
-        <v>2073</v>
+      <c r="B384" s="52" t="s">
+        <v>2075</v>
       </c>
       <c r="C384" s="66">
-        <v>40203684949</v>
-[...10 lines deleted...]
-      <c r="G384" s="61" t="s">
+        <v>40203299974</v>
+      </c>
+      <c r="D384" s="52" t="s">
+        <v>111</v>
+      </c>
+      <c r="E384" s="52" t="s">
+        <v>111</v>
+      </c>
+      <c r="F384" s="53" t="s">
         <v>2076</v>
       </c>
-      <c r="H384" s="58">
-[...5 lines deleted...]
-      <c r="K384" s="59" t="s">
+      <c r="G384" s="52" t="s">
         <v>2077</v>
       </c>
-    </row>
-    <row r="385" spans="1:11" ht="33.75">
+      <c r="H384" s="60">
+        <v>45981</v>
+      </c>
+      <c r="J384" s="60">
+        <v>47076</v>
+      </c>
+      <c r="K384" s="53" t="s">
+        <v>2078</v>
+      </c>
+    </row>
+    <row r="385" spans="1:11" ht="45">
       <c r="A385" s="11">
         <v>383</v>
       </c>
-      <c r="B385" s="61" t="s">
-        <v>2078</v>
+      <c r="B385" s="52" t="s">
+        <v>2079</v>
       </c>
       <c r="C385" s="66">
-        <v>40203160274</v>
-[...4 lines deleted...]
-      <c r="E385" s="59" t="s">
+        <v>40203686418</v>
+      </c>
+      <c r="D385" s="52" t="s">
         <v>2080</v>
       </c>
-      <c r="F385" s="59" t="s">
+      <c r="E385" s="52" t="s">
         <v>2081</v>
       </c>
-      <c r="G385" s="61" t="s">
+      <c r="F385" s="53" t="s">
         <v>2082</v>
       </c>
-      <c r="H385" s="58">
-[...5 lines deleted...]
-      <c r="K385" s="59" t="s">
+      <c r="G385" s="52" t="s">
         <v>2083</v>
       </c>
-    </row>
-    <row r="386" spans="1:11" ht="56.25">
+      <c r="H385" s="60">
+        <v>45982</v>
+      </c>
+      <c r="J385" s="60">
+        <v>47077</v>
+      </c>
+      <c r="K385" s="53" t="s">
+        <v>2084</v>
+      </c>
+    </row>
+    <row r="386" spans="1:11" ht="45">
       <c r="A386" s="11">
         <v>384</v>
       </c>
-      <c r="B386" s="61" t="s">
-        <v>2084</v>
+      <c r="B386" s="52" t="s">
+        <v>2085</v>
       </c>
       <c r="C386" s="66">
-        <v>40203299974</v>
-[...10 lines deleted...]
-      <c r="G386" s="61" t="s">
+        <v>40203633463</v>
+      </c>
+      <c r="D386" s="52" t="s">
         <v>2086</v>
       </c>
-      <c r="H386" s="58">
-[...5 lines deleted...]
-      <c r="K386" s="59" t="s">
+      <c r="E386" s="52" t="s">
+        <v>2086</v>
+      </c>
+      <c r="F386" s="53" t="s">
         <v>2087</v>
       </c>
-    </row>
-    <row r="387" spans="1:11" ht="45">
+      <c r="G386" s="52" t="s">
+        <v>2088</v>
+      </c>
+      <c r="H386" s="60">
+        <v>45995</v>
+      </c>
+      <c r="J386" s="60">
+        <v>47090</v>
+      </c>
+      <c r="K386" s="53" t="s">
+        <v>2089</v>
+      </c>
+    </row>
+    <row r="387" spans="1:11" ht="22.5">
       <c r="A387" s="11">
         <v>385</v>
       </c>
-      <c r="B387" s="61" t="s">
-        <v>2088</v>
+      <c r="B387" s="52" t="s">
+        <v>2090</v>
       </c>
       <c r="C387" s="66">
-        <v>40203686418</v>
-[...7 lines deleted...]
-      <c r="F387" s="59" t="s">
+        <v>40203381189</v>
+      </c>
+      <c r="D387" s="52" t="s">
         <v>2091</v>
       </c>
-      <c r="G387" s="61" t="s">
-[...8 lines deleted...]
-      <c r="K387" s="59" t="s">
+      <c r="E387" s="52" t="s">
+        <v>2091</v>
+      </c>
+      <c r="F387" s="53" t="s">
         <v>2092</v>
+      </c>
+      <c r="G387" s="52" t="s">
+        <v>2093</v>
+      </c>
+      <c r="H387" s="60">
+        <v>45995</v>
+      </c>
+      <c r="J387" s="60">
+        <v>47090</v>
+      </c>
+      <c r="K387" s="53" t="s">
+        <v>2094</v>
+      </c>
+    </row>
+    <row r="388" spans="1:11" ht="22.5">
+      <c r="A388" s="11">
+        <v>386</v>
+      </c>
+      <c r="B388" s="52" t="s">
+        <v>2095</v>
+      </c>
+      <c r="C388" s="66">
+        <v>40203621483</v>
+      </c>
+      <c r="D388" s="66" t="s">
+        <v>2096</v>
+      </c>
+      <c r="E388" s="52" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F388" s="53" t="s">
+        <v>2098</v>
+      </c>
+      <c r="G388" s="52" t="s">
+        <v>2099</v>
+      </c>
+      <c r="H388" s="60">
+        <v>45995</v>
+      </c>
+      <c r="J388" s="60">
+        <v>47090</v>
+      </c>
+      <c r="K388" s="53" t="s">
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="389" spans="1:11" ht="33.75">
+      <c r="A389" s="11">
+        <v>387</v>
+      </c>
+      <c r="B389" s="52" t="s">
+        <v>2101</v>
+      </c>
+      <c r="C389" s="52">
+        <v>40103764487</v>
+      </c>
+      <c r="D389" s="52" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E389" s="52" t="s">
+        <v>1410</v>
+      </c>
+      <c r="F389" s="53" t="s">
+        <v>2102</v>
+      </c>
+      <c r="G389" s="52" t="s">
+        <v>2103</v>
+      </c>
+      <c r="H389" s="60">
+        <v>46002</v>
+      </c>
+      <c r="J389" s="60">
+        <v>47097</v>
+      </c>
+      <c r="K389" s="53" t="s">
+        <v>2104</v>
+      </c>
+    </row>
+    <row r="390" spans="1:11" ht="33.75">
+      <c r="A390" s="11">
+        <v>388</v>
+      </c>
+      <c r="B390" s="52" t="s">
+        <v>2105</v>
+      </c>
+      <c r="C390" s="52">
+        <v>40203699037</v>
+      </c>
+      <c r="D390" s="52" t="s">
+        <v>2106</v>
+      </c>
+      <c r="E390" s="52" t="s">
+        <v>2106</v>
+      </c>
+      <c r="F390" s="53" t="s">
+        <v>2107</v>
+      </c>
+      <c r="G390" s="52" t="s">
+        <v>2108</v>
+      </c>
+      <c r="H390" s="60">
+        <v>46009</v>
+      </c>
+      <c r="J390" s="60">
+        <v>47104</v>
+      </c>
+      <c r="K390" s="53" t="s">
+        <v>2109</v>
+      </c>
+    </row>
+    <row r="391" spans="1:11" ht="22.5">
+      <c r="A391" s="11">
+        <v>389</v>
+      </c>
+      <c r="B391" s="52" t="s">
+        <v>2110</v>
+      </c>
+      <c r="C391" s="52">
+        <v>57102001801</v>
+      </c>
+      <c r="D391" s="52" t="s">
+        <v>2111</v>
+      </c>
+      <c r="E391" s="52" t="s">
+        <v>2112</v>
+      </c>
+      <c r="F391" s="53" t="s">
+        <v>2113</v>
+      </c>
+      <c r="G391" s="52" t="s">
+        <v>2114</v>
+      </c>
+      <c r="H391" s="60">
+        <v>46009</v>
+      </c>
+      <c r="J391" s="60">
+        <v>47104</v>
+      </c>
+      <c r="K391" s="53" t="s">
+        <v>2115</v>
+      </c>
+    </row>
+    <row r="392" spans="1:11" ht="33.75">
+      <c r="A392" s="11">
+        <v>390</v>
+      </c>
+      <c r="B392" s="52" t="s">
+        <v>2116</v>
+      </c>
+      <c r="C392" s="52">
+        <v>45403030084</v>
+      </c>
+      <c r="D392" s="52" t="s">
+        <v>387</v>
+      </c>
+      <c r="E392" s="52" t="s">
+        <v>387</v>
+      </c>
+      <c r="F392" s="53" t="s">
+        <v>2117</v>
+      </c>
+      <c r="G392" s="52" t="s">
+        <v>2118</v>
+      </c>
+      <c r="H392" s="60">
+        <v>46009</v>
+      </c>
+      <c r="J392" s="60">
+        <v>47104</v>
+      </c>
+      <c r="K392" s="53" t="s">
+        <v>2119</v>
+      </c>
+    </row>
+    <row r="393" spans="1:11" ht="22.5">
+      <c r="A393" s="11">
+        <v>391</v>
+      </c>
+      <c r="B393" s="52" t="s">
+        <v>2120</v>
+      </c>
+      <c r="C393" s="52">
+        <v>40103566927</v>
+      </c>
+      <c r="D393" s="52" t="s">
+        <v>2121</v>
+      </c>
+      <c r="E393" s="52" t="s">
+        <v>2122</v>
+      </c>
+      <c r="F393" s="53" t="s">
+        <v>2123</v>
+      </c>
+      <c r="G393" s="52" t="s">
+        <v>2124</v>
+      </c>
+      <c r="H393" s="60">
+        <v>46009</v>
+      </c>
+      <c r="J393" s="60">
+        <v>47104</v>
+      </c>
+      <c r="K393" s="53" t="s">
+        <v>2119</v>
+      </c>
+    </row>
+    <row r="394" spans="1:11" ht="33.75">
+      <c r="A394" s="11">
+        <v>392</v>
+      </c>
+      <c r="B394" s="52" t="s">
+        <v>2125</v>
+      </c>
+      <c r="C394" s="52">
+        <v>50203667781</v>
+      </c>
+      <c r="D394" s="52" t="s">
+        <v>2126</v>
+      </c>
+      <c r="E394" s="52" t="s">
+        <v>2126</v>
+      </c>
+      <c r="F394" s="53" t="s">
+        <v>2127</v>
+      </c>
+      <c r="G394" s="52" t="s">
+        <v>2128</v>
+      </c>
+      <c r="H394" s="60">
+        <v>46009</v>
+      </c>
+      <c r="J394" s="60">
+        <v>47104</v>
+      </c>
+      <c r="K394" s="53" t="s">
+        <v>2129</v>
+      </c>
+    </row>
+    <row r="395" spans="1:11" ht="22.5">
+      <c r="A395" s="11">
+        <v>393</v>
+      </c>
+      <c r="B395" s="52" t="s">
+        <v>2130</v>
+      </c>
+      <c r="C395" s="52">
+        <v>40103925941</v>
+      </c>
+      <c r="D395" s="52" t="s">
+        <v>246</v>
+      </c>
+      <c r="E395" s="52" t="s">
+        <v>246</v>
+      </c>
+      <c r="F395" s="53" t="s">
+        <v>2131</v>
+      </c>
+      <c r="G395" s="52" t="s">
+        <v>2132</v>
+      </c>
+      <c r="H395" s="60">
+        <v>46020</v>
+      </c>
+      <c r="J395" s="60">
+        <v>46019</v>
+      </c>
+      <c r="K395" s="53" t="s">
+        <v>2133</v>
+      </c>
+    </row>
+    <row r="396" spans="1:11" ht="33.75">
+      <c r="A396" s="11">
+        <v>394</v>
+      </c>
+      <c r="B396" s="52" t="s">
+        <v>2134</v>
+      </c>
+      <c r="C396" s="52">
+        <v>40203700942</v>
+      </c>
+      <c r="D396" s="52" t="s">
+        <v>2106</v>
+      </c>
+      <c r="E396" s="52" t="s">
+        <v>2106</v>
+      </c>
+      <c r="F396" s="53" t="s">
+        <v>2135</v>
+      </c>
+      <c r="G396" s="52" t="s">
+        <v>2136</v>
+      </c>
+      <c r="H396" s="60">
+        <v>46020</v>
+      </c>
+      <c r="J396" s="60">
+        <v>46019</v>
+      </c>
+      <c r="K396" s="53" t="s">
+        <v>2137</v>
+      </c>
+    </row>
+    <row r="397" spans="1:11">
+      <c r="A397" s="11">
+        <v>395</v>
+      </c>
+      <c r="B397" s="52" t="s">
+        <v>2138</v>
+      </c>
+      <c r="C397" s="52">
+        <v>40203682168</v>
+      </c>
+      <c r="D397" s="52" t="s">
+        <v>2139</v>
+      </c>
+      <c r="E397" s="52" t="s">
+        <v>2139</v>
+      </c>
+      <c r="F397" s="52" t="s">
+        <v>2140</v>
+      </c>
+      <c r="G397" s="52" t="s">
+        <v>2141</v>
+      </c>
+      <c r="H397" s="60">
+        <v>46020</v>
+      </c>
+      <c r="J397" s="60">
+        <v>46019</v>
+      </c>
+      <c r="K397" s="53" t="s">
+        <v>2142</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="F66" r:id="rId1" display="mailto:info@qbis.lv" xr:uid="{443DADB3-142D-4BCD-A37D-97DA531FB698}"/>
+    <hyperlink ref="F66" r:id="rId1" display="mailto:info@qbis.lv" xr:uid="{88CCD015-E15A-4A66-91C1-74B3947079FE}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>