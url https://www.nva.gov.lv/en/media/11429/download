--- v3 (2026-01-02)
+++ v4 (2026-02-17)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20338"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6265276D-067D-4257-A505-46C81C70944B}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1C987342-440E-4576-928F-47CB99567E56}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="22260" windowHeight="12645" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="22260" windowHeight="12650" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2450" uniqueCount="2143">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2449" uniqueCount="2143">
   <si>
     <t xml:space="preserve">Komersanti, kas saņēmuši Nodarbinātības valsts aģentūras licenci darbiekārtošanas pakalpojumu sniegšanai </t>
   </si>
   <si>
     <t>N.p.k.</t>
   </si>
   <si>
     <t>Darbiekārtošanas pakalpojumu sniedzējs nosaukums (firma)</t>
   </si>
   <si>
     <t>Reģ.Nr.</t>
   </si>
   <si>
     <t>Juridiskā adrese</t>
   </si>
   <si>
     <t>Darbības vietas adrese</t>
   </si>
   <si>
     <t>Kontaktinformācija</t>
   </si>
   <si>
     <t>Licences Nr.</t>
   </si>
   <si>
@@ -1868,51 +1868,51 @@
   </si>
   <si>
     <t xml:space="preserve">Igaunija, Latvija (2) - 02.03.2021. </t>
   </si>
   <si>
     <t>Brigg HR Partner</t>
   </si>
   <si>
     <t>50203054851</t>
   </si>
   <si>
     <t>Tālr. Nr.20116211.
 E-pasta adrese: tamara.balcevica@brigg.lv. Mājas lapa: www.brigg.lv. Biroja
 darba laiks - no plkst.9:00 līdz plkst.17:00.</t>
   </si>
   <si>
     <t>12/2021</t>
   </si>
   <si>
     <t>Latvija (2) - 03.03.2021., Zviedrija (1.C) - 02.07.2021., (2) – 31.03.2022., Somija, Dānija, Norvēģija, Vācija, Apvienotā karaliste (2) - 20.11.2025.</t>
   </si>
   <si>
     <t>SUN BALTICS</t>
   </si>
   <si>
-    <t>40203229591</t>
+    <t>40103954404</t>
   </si>
   <si>
     <t>Sūnu iela 1-15, Ogre, Ogres novads</t>
   </si>
   <si>
     <t>Braslas iela 29-604, Rīga</t>
   </si>
   <si>
     <t>Tālr. Nr.28662428.
 E-pasta adrese: anda.lapina@sunbaltics.lv. Biroja darba laiks: katra mēneša pirmajā pirmdienā no plkst.10:00 līdz plkst.14:00.</t>
   </si>
   <si>
     <t>14/2021</t>
   </si>
   <si>
     <t xml:space="preserve"> Latvija (2) - 06.04.2021. </t>
   </si>
   <si>
     <t>BaltFinEx</t>
   </si>
   <si>
     <t>40103652010</t>
   </si>
   <si>
     <t>Tomsona iela 39 k-1 - 101, Rīga</t>
@@ -2022,51 +2022,51 @@
     <t>Igaunija, Latvija, Lietuva (2) - 18.08.2021.</t>
   </si>
   <si>
     <t>PW Consulting</t>
   </si>
   <si>
     <t>Līgo iela 26, Berģi, Garkalnes pagasts, Ropažu novads</t>
   </si>
   <si>
     <t>Buču iela 9-2, Salaspils</t>
   </si>
   <si>
     <t xml:space="preserve">Tālr. Nr.27050705.
 E-pasta adrese: peter@peterwilliams.tech. Mājas lapa: www.peterwilliams.tech </t>
   </si>
   <si>
     <t>38/2021</t>
   </si>
   <si>
     <r>
       <t>A</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
-        <color indexed="8"/>
+        <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>ustrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Horvātija, Igaunija, Itālija, Īrija, Kipra, Luksemburga, Malta, Nīderlande, Norvēģija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Šveice, Ungārija, Vācija, Zviedrija (1.c) - 25.08.2021.;
 Amerikas Savienotās valstis, Kanāda, Lielbritānija, Lietuva  (1.C) - 27.07.2022.</t>
     </r>
   </si>
   <si>
     <t>Visas Iespējas</t>
   </si>
   <si>
     <t>Ausekļa prospekts 17, Ogre, Ogres novads</t>
   </si>
   <si>
     <t xml:space="preserve">Tālr. Nr.28663646. E-pasta adrese: info@visasiespejas.lv. Mājas lapa: www.visasiespejas.lv.
 </t>
   </si>
   <si>
     <t>44/2021</t>
   </si>
   <si>
     <t>Latvija (1.b, 2) - 23.09.2021.</t>
   </si>
   <si>
@@ -3087,66 +3087,50 @@
   </si>
   <si>
     <t>Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Horvātija, Igaunija, Īrija, Itālija, Islande, Jaunzēlande, Kipra,Latvija,  Lietuva, Lihtenšteina, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Ungārija, Vācija, Zviedrija (2) - 03.02.2023.</t>
   </si>
   <si>
     <t>Olympic Casino Latvia</t>
   </si>
   <si>
     <t>Rēzeknes iela 5E, Rīga</t>
   </si>
   <si>
     <t>Kronvalda bulvāris 3, Rīga</t>
   </si>
   <si>
     <t xml:space="preserve">Tālr.67061178
 Biroja darba laiks: no plkst.10.00 līdz plkst.14.00
 </t>
   </si>
   <si>
     <t>7/2023</t>
   </si>
   <si>
     <t>Latvija (2) - 09.02.2023.</t>
   </si>
   <si>
-    <t>ELT</t>
-[...14 lines deleted...]
-  <si>
     <t>Silverfish</t>
   </si>
   <si>
     <t>Vānes iela 21A, Liepāja</t>
   </si>
   <si>
     <t>Tālr. 22133322, e-pasta adrese: janeks@elva1.lv
 Biroja darba laiks: no plkst.9.00 līdz plkst.17.00</t>
   </si>
   <si>
     <t>11/2023</t>
   </si>
   <si>
     <t>Latvija (2) - 22.02.2023.</t>
   </si>
   <si>
     <t>Verģi</t>
   </si>
   <si>
     <t>Mellužu prospekts 66A-2, Jūrmala</t>
   </si>
   <si>
     <t>Sarkanmuižas dambis 29, Ventspils</t>
   </si>
   <si>
@@ -3886,64 +3870,61 @@
   <si>
     <t>Tālr. +37060601178, e-pasts:info@lexfinance.lv</t>
   </si>
   <si>
     <t>86/2023</t>
   </si>
   <si>
     <t>Lietuva, Vācija, Spānija, Frnacija, Beļģija, Nīderlande, Somija (2) - 18.12.2023.</t>
   </si>
   <si>
     <t>AKRUKS - T</t>
   </si>
   <si>
     <t xml:space="preserve">Tālr. 27776632, e-pasts: akruks-t@inbox.lv                 </t>
   </si>
   <si>
     <t>2/2024</t>
   </si>
   <si>
     <t>Latvija (2),Lietuva, Igaunija, Polija, Moldova, Ukraina, Uzbekistāna, Azxerbaidžāna, Rumānija, Vācija, Šveice, Nīderlande, Beļģija, Dānija, Somija, Zviedrija, Norvēģija (1.C, 2) - 10.01.2024.</t>
   </si>
   <si>
     <t>PuriMediCare</t>
   </si>
   <si>
-    <t>"V'ējkalni", Kaltene, Rojas pagasts, Talsu novads</t>
-[...1 lines deleted...]
-  <si>
     <t>"Vējkalni", Kaltene, Rojas pagasts, Talsu novads</t>
   </si>
   <si>
-    <t>Tālr. 26138983, e-pasts: vakances@pm.me
-Biroja darba laiks: no plkst.10.00 līdz plkst.16.00</t>
+    <t>Tālr. 26138983, 
+Biroja darba laiks: katra mēneša pēdējā piektdiena no plkst.17.00 līdz plkst.18.00</t>
   </si>
   <si>
     <t>4/2024</t>
   </si>
   <si>
-    <t>Latvija (2) - 15.01.2024.</t>
+    <t>Latvija (2) – 15.01.2024., Lietuva, Igaunija, Vācija, Polija, Beļģija, Austrija, Zviedrija, Norvēģija, Nīderlande, Dānija, Čehija (2) – 06.01.2026.</t>
   </si>
   <si>
     <t>CEUBA</t>
   </si>
   <si>
     <t>Motoru iela 3-52, Rīga</t>
   </si>
   <si>
     <t>Tālr. 26187314, e-pasts: tt@ceuba.eu, 
 mājas lapa: www.ceuba.eu
  Biroja darba laiks: no plkst.10.00 līdz plkst.17.00</t>
   </si>
   <si>
     <t>5/2024</t>
   </si>
   <si>
     <t>Latvija (2) - 23.01.2024.</t>
   </si>
   <si>
     <t>VECMĪLGRĀVIS</t>
   </si>
   <si>
     <t>Gustava Zemgala gatve 78-1, Rīga</t>
   </si>
   <si>
@@ -5968,65 +5949,50 @@
   <si>
     <t>Tālr. 24247352;  e-pasts: kristina@orae.lv</t>
   </si>
   <si>
     <t>60/2025</t>
   </si>
   <si>
     <t>Latvija (2) - 09.07.2025.</t>
   </si>
   <si>
     <t>Taltap LTO Latvia</t>
   </si>
   <si>
     <t>Bārbeles iela 9, Rīga</t>
   </si>
   <si>
     <t>Tālr. 22452443; e-pasts: info@taltap.work; mājas lapas adrese: www.taltap.work</t>
   </si>
   <si>
     <t>61/2025</t>
   </si>
   <si>
     <t>Latvija (2) - 15.07.2025.</t>
   </si>
   <si>
-    <t>ATLANT Holding</t>
-[...13 lines deleted...]
-  <si>
     <t>Hope point</t>
   </si>
   <si>
     <t>Tālr. 393513360119; e-pasts: hopepointsrl@gmail.com; arnautovs.legal@gmail.com; biroja darba laiks: 10:00 līdz 18:00</t>
   </si>
   <si>
     <t>63/2025</t>
   </si>
   <si>
     <t>Azerbaidžāna, Turcija (1.C) - 21.07.2025.</t>
   </si>
   <si>
     <t>UniConRec</t>
   </si>
   <si>
     <t>Pirts iela 4 - 11, Rīga</t>
   </si>
   <si>
     <t>Tālr. 29184154; e-pasts: info@u-recruit.lv; biroja darba laiks no plkst. 12.00 līdz 16.00</t>
   </si>
   <si>
     <t>64/2025</t>
   </si>
   <si>
     <t>Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Horvātija, Igaunija, Islande, Itālija, Īrija, Kipra, Latvija, Lietuva, Lihtenšteina, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Ungārija, Vācija, Zviedrija (2) - 17.07.2025.</t>
@@ -6230,63 +6196,63 @@
   <si>
     <t>76/2025</t>
   </si>
   <si>
     <t>Lietuva, Igaunija, Austrija, Beļģija, Bulgārija, Čehijas Republika, Dānija, Francija, Grieķija, Horvātija, Īrija, Itālija, Kipra, Luksemburga, Malta, Nīderlande, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Ungārija, Vācija, Zviedrija, Islande, Lihtenšteina, Norvēģija (1.C), Latvija, Lietuva, Igaunija, Austrija, Beļģija, Bulgārija, Čehijas Republika, Dānija, Francija, Grieķija, Horvātija, Īrija, Itālija, Kipra, Luksemburga, Malta, Nīderlande, Polija, Portugāle, Rumānija, Slovākija, Slovēnija, Somija, Spānija, Ungārija, Vācija, Zviedrija, Islande, Lihtenšteina, Norvēgija (2) - 16.09.2025.</t>
   </si>
   <si>
     <t>EGO international</t>
   </si>
   <si>
     <t>Marijas iela 2A, Rīga</t>
   </si>
   <si>
     <t>Tālr. 28317071; e-pasts: egointernationalltd@gmail.com</t>
   </si>
   <si>
     <t>78/2025</t>
   </si>
   <si>
     <t>Čehijas Republika, Dānija, Igaunija, Somija, Francija, Vācija, Grieķija, Ungārija, Islande, Itālija, Latvija, Lihtenšteina, Lietuva, Luksemburga, Malta, Nīderlande, Norvēģija, Polija, Portugāle, Slovākija, Slovēnija, Spānija, Zviedrija, Šveice, Bulgārija, Rumānija (2) - 18.09.2025.</t>
   </si>
   <si>
     <t>City Fruits</t>
   </si>
   <si>
-    <t xml:space="preserve">Rīgas iela 51 - 14, Jūrmala </t>
+    <t>Pļaviņu iela 25 – 73, Rīga</t>
   </si>
   <si>
     <t>Pļaviņu iela 25 - 73, Rīga</t>
   </si>
   <si>
     <t>Tālr. 28949344; e-pasts: cityfruits@inbox.lv</t>
   </si>
   <si>
     <t>77/2025</t>
   </si>
   <si>
-    <t>Polija (1.C) - 18.09.2025.</t>
+    <t>Polija (1.C) – 18.09.2025., Vācija, Lietuva (1.C) - 15.01.2026, Latvija, Vācija, Lietuva, Polija, Norvēģija, Šveice, Igaunija, Francija, Nīderlande, Beļģija (2) - 15.01.2026.</t>
   </si>
   <si>
     <t>LeadStaff</t>
   </si>
   <si>
     <t>"Cekule 137/139", Salaspils pag., Salaspils nov.</t>
   </si>
   <si>
     <t>Braslas iela 20 (406 kabinets), Rīga</t>
   </si>
   <si>
     <t>Tālr. 29940569; e-pasts: leadstaff2025@gmail.com, biroja darba laiks: darba dienās no 9:00 - 17:00</t>
   </si>
   <si>
     <t>79/2025</t>
   </si>
   <si>
     <t>Latvija (2) - 08.10.2025.</t>
   </si>
   <si>
     <t>Optima HR</t>
   </si>
   <si>
     <t>Tālr. 25666657; info@optimahr.lv, biroja darba laiks: darba dienās, no plkst. 10.00 līdz plkst. 14.00</t>
   </si>
@@ -6588,166 +6554,166 @@
     <t>99/2025</t>
   </si>
   <si>
     <t>Austrija, Beļģija, Bulgārija, Čehija, Dānija, Francija, Grieķija, Itālija, Igaunija, Īrija, Islande, Kipra, Lietuva, Luksemburga, Lihtenšteina, Lielbritānija, Malta, Norvēģija, Nīderlande, Polija, Portugāle, Rumānija, Somija, Slovākija, Slovēnija, Spānija, Ungārija, Vācija, Zviedrija (2, 1.C) - 21.11.2025., Latvija (2) - 21.11.2025.</t>
   </si>
   <si>
     <t>CRG</t>
   </si>
   <si>
     <t>Ventspils iela 65A - 33, Rīga</t>
   </si>
   <si>
     <t>Tālr. 26434445; e-pasts: volodymyrbogomolov1@gmail.com; biroja darba laiks: pirmdienās, trešdienās un piekdienās no 12:00 līdz 17:00.</t>
   </si>
   <si>
     <t>100/2025</t>
   </si>
   <si>
     <r>
       <t>Lietuva, Igaunija, Polija, Čehija, Austrija, Beļģija, Dānija, Francija, Nīderlande, Norvēģija, Rumānija, Horvātija, Somija, Vācija, Zviedrija, Itālija, Spānija, Lielbritānija, Portugāle, Īrija, Kipra, Šveice, Kanāda, Amerikas Savienotās valstis (1.C, 2) - 04.12.2025., Latvija (2)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
-        <color theme="1"/>
+        <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> - </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
-        <color theme="1"/>
+        <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>04.12.2025.</t>
     </r>
   </si>
   <si>
     <t>SOON HR</t>
   </si>
   <si>
     <t>Brāļu Skrindu iela 11, Rēzekne</t>
   </si>
   <si>
     <t>Tālr. 29331310; e-pasts: rihards.krukovskis@gmail.com</t>
   </si>
   <si>
     <t>101/2025</t>
   </si>
   <si>
     <t>Somija, Vācija, Beļģija (2) - 04.12.2025</t>
   </si>
   <si>
     <t>TRANS PROFI</t>
   </si>
   <si>
     <t>Atbrīvošanas aleja 98, Rēzekne</t>
   </si>
   <si>
     <t>Dzērvju iela 6 - 31, Rīga</t>
   </si>
   <si>
     <t>Tālr. 27069300; e-pasts: aivars.stroganovs@inbox.lv; biroja darba laiks: no 15:00 līdz 17:00</t>
   </si>
   <si>
     <t>102/2025</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Polija, Vācija, Lietuva, Igaunija (1.C, 2) - 04.12.2025., Latvija (2) </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
-        <color theme="1"/>
+        <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">- </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
-        <color theme="1"/>
+        <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>04.12.2025.</t>
     </r>
   </si>
   <si>
     <t>Energo power system</t>
   </si>
   <si>
     <t>Tālr. 29897771; e-pasts: energopowersystem@gmail.com; biroja darba laiks: pirmdiena - piektdiena, no plkst. 9:00 līdz 17:00</t>
   </si>
   <si>
     <t>103/2025</t>
   </si>
   <si>
     <t>Latvija, Lietuva, Nīderlande, Igaunija, Zviedrija, Polija, Vācija (2) – 11.12.2025.</t>
   </si>
   <si>
     <t xml:space="preserve">Baku Construct </t>
   </si>
   <si>
     <t>Elizabetes iela 91/93 - 2B, Rīga</t>
   </si>
   <si>
     <t>Tālr. +32486182187; e-pasts: salman1982@hotmail.be; biroja darba laiks: darbdienās no 11:00 - 12:00 un no 13:00 līdz 17:00</t>
   </si>
   <si>
     <t>104/2025</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Beļģija, Latvija, Lietuva, Nīderlande, Polija, Vācija (2) </t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
-        <color theme="1"/>
+        <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">– </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
-        <color theme="1"/>
+        <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>18.12.2025.</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Weld steel </t>
   </si>
   <si>
     <t>Vecozolu iela 10, Mārupe, Mārupes nov.</t>
   </si>
   <si>
     <t xml:space="preserve">Voleru iela 2, Rīga </t>
   </si>
   <si>
     <t>Tālr. 26426499; e-pasts: Hardijs@scm.lv; biroja darba laiks: pirmdiena - piektdiena no 9:00 - 17:00</t>
   </si>
   <si>
     <t>105/2025</t>
   </si>
   <si>
     <t>Austrija, Nīderlande, Vācija, Norvēģija, Šveice, Dānija, Somija, Zviedrija, Francija, Beļģija, Igaunija, Apvienotā Karaliste, Latvija, Lietuva, Polija (2) – 18.12.2025.</t>
   </si>
@@ -6809,529 +6775,550 @@
     <t>Recrylon</t>
   </si>
   <si>
     <t>Tālr. +370 620 80308; e-pasts: elniksa@gmail.com, biroja darba laiks: darbdienās no 11:00 – 12:00 un no 13:00 līdz 17:00</t>
   </si>
   <si>
     <t>110/2025</t>
   </si>
   <si>
     <t>Latvija, Beļģija, Lietuva, Vācija, Nīderlande, Norvēģija, Zviedrija, Polija, Dānija, Apvienotā Karaliste, Francija, Īrija, Itālija, Spānija (2) – 29.12.2025.</t>
   </si>
   <si>
     <t>BalticWork</t>
   </si>
   <si>
     <t>Latgales iela 322M, Rīga</t>
   </si>
   <si>
     <t>Tālr. 29787800; biroja darba laiks: 10:00 - 16:00</t>
   </si>
   <si>
     <t>111/2025</t>
   </si>
   <si>
     <t>Latvija (2) – 29.12.2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Justworks Global Ventures Latvia </t>
+  </si>
+  <si>
+    <t>Skanstes iela 25, Rīga</t>
+  </si>
+  <si>
+    <t>Tālr. +1 888 534 1711; e-pasts: justworks-latvia@justworks.com; biroja darba laiks: katru darba dienu 11:00 - 12:00, iepriekš vienojoties; mājas lapas adrese: https://www.justworks.com/</t>
+  </si>
+  <si>
+    <t>1/2026</t>
+  </si>
+  <si>
+    <r>
+      <t>Argentīna, Armēnija, Austrālija, Austrija, Baltkrievija, Beļģija, Bolīvija, Brazīlija, Bulgārija, Kambodža, Kanāda, Čīle, Ķīna, Kolumbija, Kostarika, Horvātija, Kipra, Čehijas Republika, Dānija, Dominikānas Republika, Ekvadora, Ēģipte, Igaunija, Somija, Francija, Gruzija, Vācija, Grieķija, Hondurasa, Honkonga, Ungārija, Islande, Indija, Indonēzija, Īrija, Izraēla, Itālija, Japāna, Kenija, Kirgizstāna, Latvija, Lietuva, Luksemburga, Malaizija, Malta, Meksika, Moldova, Mongolija, Maroka, Nīderlande, Jaunzēlande, Nigērija, Norvēģija, Pakistāna, Panama, Paragvaja, Peru, Filipīnas, Polija, Portugāle, Rumānija, Saūda Arābija, Singapūra, Slovākija, Slovēnija, Dienvidāfrika, Dienvidkoreja, Spānija, Šrilanka, Zviedrija, Šveice, Taivāna, Taizeme, Turcija, Apvienotie Arābu Emirāti, Ukraina, Apvienotā Karaliste, Amerikas Savienotās Valstis, Urugvaja, Vjetnama (2)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>– 22.01.2026.</t>
+    </r>
+  </si>
+  <si>
+    <t>PREMIUM MANAGEMENT</t>
+  </si>
+  <si>
+    <t>Raņķa dambis 7 k-1 – 14, Rīga</t>
+  </si>
+  <si>
+    <t>Miera iela 19, Rīga</t>
+  </si>
+  <si>
+    <t>Tālr. 29970996; e-pasts: info@pmglobal.eu, info@GreeceCV.com; mājas lapas adrese: www.GreeceCV.com; biroja darba laiks: Interviju laiki pēc iepriekšējā pieraksta</t>
+  </si>
+  <si>
+    <t>2/2026</t>
+  </si>
+  <si>
+    <t>Grieķija (1.C) – 30.01.2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="11">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="BaltOptima"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
-      <color theme="1"/>
-[...6 lines deleted...]
-      <color indexed="8"/>
+      <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
-      <color theme="1"/>
+      <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
-      <color theme="1"/>
+      <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="14"/>
-      <color theme="1"/>
+      <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="6" tint="0.79998168889431442"/>
-        <bgColor indexed="64"/>
+        <fgColor rgb="FFEBF1DE"/>
+        <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.14999847407452621"/>
-        <bgColor indexed="64"/>
+        <fgColor rgb="FFD9D9D9"/>
+        <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor indexed="47"/>
-        <bgColor indexed="64"/>
+        <fgColor rgb="FFFFCC99"/>
+        <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
-        <bgColor indexed="64"/>
+        <fgColor rgb="FFFFFFFF"/>
+        <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
-        <color indexed="55"/>
+        <color rgb="FF969696"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
-        <color indexed="55"/>
+        <color rgb="FF969696"/>
       </top>
       <bottom style="thin">
-        <color indexed="55"/>
+        <color rgb="FF969696"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color theme="0" tint="-0.34998626667073579"/>
+        <color rgb="FFA6A6A6"/>
       </left>
       <right style="thin">
-        <color theme="0" tint="-0.34998626667073579"/>
+        <color rgb="FFA6A6A6"/>
       </right>
       <top style="thin">
-        <color theme="0" tint="-0.34998626667073579"/>
+        <color rgb="FFA6A6A6"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color theme="0" tint="-0.34998626667073579"/>
+        <color rgb="FFA6A6A6"/>
       </left>
       <right style="thin">
-        <color theme="0" tint="-0.34998626667073579"/>
+        <color rgb="FFA6A6A6"/>
       </right>
       <top style="thin">
-        <color theme="0" tint="-0.34998626667073579"/>
+        <color rgb="FFA6A6A6"/>
       </top>
       <bottom style="thin">
-        <color theme="0" tint="-0.34998626667073579"/>
+        <color rgb="FFA6A6A6"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color theme="0" tint="-0.34998626667073579"/>
+        <color rgb="FFA6A6A6"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
-        <color theme="0" tint="-0.34998626667073579"/>
+        <color rgb="FFA6A6A6"/>
       </top>
       <bottom style="thin">
-        <color theme="0" tint="-0.34998626667073579"/>
+        <color rgb="FFA6A6A6"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="71">
+  <cellXfs count="60">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="4" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="4" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="0" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="5" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="8" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="8" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="8" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="0" borderId="8" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="5" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="5" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="6" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="7" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="7" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="6" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="7" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="14" fontId="6" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="6" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="6" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...57 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2 3" xfId="3" xr:uid="{5B2F7ED6-6452-4D59-9EAD-9AE9CA8AE9B6}"/>
-[...1 lines deleted...]
-    <cellStyle name="Parasts 2" xfId="2" xr:uid="{2DC4DD8B-3B94-4ED4-9520-E8E06D3D9B20}"/>
+    <cellStyle name="Normal 2 3" xfId="3" xr:uid="{1C447CD2-E718-4842-B305-3DE79EF2F02F}"/>
+    <cellStyle name="Normal 6" xfId="1" xr:uid="{FBAF4D6A-A0FA-4204-992C-125A932F273B}"/>
+    <cellStyle name="Parasts 2" xfId="2" xr:uid="{CA44927E-F95A-441E-BD1B-9D571DE1B66D}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -7575,779 +7562,779 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@qbis.lv" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:K397"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A385" workbookViewId="0">
-      <selection activeCell="E400" sqref="E400"/>
+    <sheetView tabSelected="1" topLeftCell="A391" workbookViewId="0">
+      <selection activeCell="E49" sqref="E49"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="14.5"/>
   <cols>
-    <col min="1" max="1" width="4.7109375" customWidth="1"/>
+    <col min="1" max="1" width="4.7265625" customWidth="1"/>
     <col min="2" max="2" width="29" customWidth="1"/>
     <col min="3" max="3" width="15" customWidth="1"/>
-    <col min="4" max="5" width="31.42578125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="7" width="12.28515625" customWidth="1"/>
+    <col min="4" max="5" width="31.453125" customWidth="1"/>
+    <col min="6" max="6" width="37.453125" customWidth="1"/>
+    <col min="7" max="7" width="12.26953125" customWidth="1"/>
     <col min="8" max="8" width="14" customWidth="1"/>
-    <col min="9" max="9" width="19.5703125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="11" max="11" width="71.5703125" customWidth="1"/>
+    <col min="9" max="9" width="19.54296875" customWidth="1"/>
+    <col min="10" max="10" width="11.1796875" customWidth="1"/>
+    <col min="11" max="11" width="71.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="18.75">
+    <row r="1" spans="1:11" ht="17.5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="3"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="3"/>
       <c r="J1" s="2"/>
       <c r="K1" s="4"/>
     </row>
-    <row r="2" spans="1:11" ht="42">
+    <row r="2" spans="1:11" ht="21">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="8" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="8" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="8" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="9" t="s">
         <v>7</v>
       </c>
       <c r="H2" s="8" t="s">
         <v>8</v>
       </c>
       <c r="I2" s="8" t="s">
         <v>9</v>
       </c>
       <c r="J2" s="8" t="s">
         <v>10</v>
       </c>
       <c r="K2" s="10" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="3" spans="1:11" ht="22.5">
+    <row r="3" spans="1:11" ht="21">
       <c r="A3" s="11">
         <v>1</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>13</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>15</v>
       </c>
       <c r="F3" s="13" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="14">
         <v>43808</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="14">
         <v>46507</v>
       </c>
       <c r="K3" s="13" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="4" spans="1:11" ht="45">
+    <row r="4" spans="1:11" ht="31.5">
       <c r="A4" s="11">
         <v>2</v>
       </c>
       <c r="B4" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C4" s="13" t="s">
         <v>20</v>
       </c>
       <c r="D4" s="13" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="13" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>24</v>
       </c>
       <c r="H4" s="14">
         <v>43276</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="14">
         <v>46507</v>
       </c>
       <c r="K4" s="13" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="5" spans="1:11" ht="33.75">
+    <row r="5" spans="1:11" ht="31.5">
       <c r="A5" s="11">
         <v>3</v>
       </c>
       <c r="B5" s="15" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="13" t="s">
         <v>28</v>
       </c>
       <c r="E5" s="13" t="s">
         <v>28</v>
       </c>
       <c r="F5" s="13" t="s">
         <v>29</v>
       </c>
       <c r="G5" s="13" t="s">
         <v>30</v>
       </c>
       <c r="H5" s="14">
         <v>43654</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="14">
         <v>46507</v>
       </c>
       <c r="K5" s="13" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="6" spans="1:11" ht="22.5">
+    <row r="6" spans="1:11" ht="21">
       <c r="A6" s="11">
         <v>4</v>
       </c>
       <c r="B6" s="15" t="s">
         <v>32</v>
       </c>
       <c r="C6" s="13" t="s">
         <v>33</v>
       </c>
       <c r="D6" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E6" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F6" s="13" t="s">
         <v>36</v>
       </c>
       <c r="G6" s="13" t="s">
         <v>37</v>
       </c>
       <c r="H6" s="14">
         <v>43570</v>
       </c>
       <c r="I6" s="15"/>
       <c r="J6" s="14">
         <v>46507</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="7" spans="1:11" ht="56.25">
+    <row r="7" spans="1:11" ht="42">
       <c r="A7" s="11">
         <v>5</v>
       </c>
       <c r="B7" s="15" t="s">
         <v>39</v>
       </c>
       <c r="C7" s="13" t="s">
         <v>40</v>
       </c>
       <c r="D7" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E7" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F7" s="15" t="s">
         <v>43</v>
       </c>
       <c r="G7" s="13" t="s">
         <v>44</v>
       </c>
       <c r="H7" s="14">
         <v>42348</v>
       </c>
       <c r="I7" s="15"/>
       <c r="J7" s="14">
         <v>46507</v>
       </c>
       <c r="K7" s="15" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="8" spans="1:11" ht="67.5">
+    <row r="8" spans="1:11" ht="52.5">
       <c r="A8" s="11">
         <v>6</v>
       </c>
       <c r="B8" s="15" t="s">
         <v>46</v>
       </c>
       <c r="C8" s="15">
         <v>42103096874</v>
       </c>
       <c r="D8" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E8" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F8" s="15" t="s">
         <v>48</v>
       </c>
       <c r="G8" s="13" t="s">
         <v>49</v>
       </c>
       <c r="H8" s="14">
         <v>43732</v>
       </c>
       <c r="I8" s="15"/>
       <c r="J8" s="14">
         <v>46507</v>
       </c>
       <c r="K8" s="15" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="9" spans="1:11" ht="78.75">
+    <row r="9" spans="1:11" ht="52.5">
       <c r="A9" s="11">
         <v>7</v>
       </c>
       <c r="B9" s="15" t="s">
         <v>51</v>
       </c>
       <c r="C9" s="13" t="s">
         <v>52</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F9" s="15" t="s">
         <v>54</v>
       </c>
       <c r="G9" s="13" t="s">
         <v>55</v>
       </c>
       <c r="H9" s="14">
         <v>40597</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="14">
         <v>46507</v>
       </c>
       <c r="K9" s="15" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="10" spans="1:11" ht="33.75">
+    <row r="10" spans="1:11" ht="31.5">
       <c r="A10" s="11">
         <v>8</v>
       </c>
       <c r="B10" s="15" t="s">
         <v>57</v>
       </c>
       <c r="C10" s="13" t="s">
         <v>58</v>
       </c>
       <c r="D10" s="13" t="s">
         <v>59</v>
       </c>
       <c r="E10" s="13" t="s">
         <v>60</v>
       </c>
       <c r="F10" s="13" t="s">
         <v>61</v>
       </c>
       <c r="G10" s="13" t="s">
         <v>62</v>
       </c>
       <c r="H10" s="14">
         <v>42957</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="14">
         <v>46507</v>
       </c>
       <c r="K10" s="13" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="11" spans="1:11" ht="33.75">
+    <row r="11" spans="1:11" ht="31.5">
       <c r="A11" s="11">
         <v>9</v>
       </c>
       <c r="B11" s="16" t="s">
         <v>64</v>
       </c>
       <c r="C11" s="17" t="s">
         <v>65</v>
       </c>
       <c r="D11" s="17" t="s">
         <v>66</v>
       </c>
       <c r="E11" s="17" t="s">
         <v>66</v>
       </c>
       <c r="F11" s="17" t="s">
         <v>67</v>
       </c>
       <c r="G11" s="13" t="s">
         <v>68</v>
       </c>
       <c r="H11" s="18">
         <v>43899</v>
       </c>
       <c r="I11" s="17"/>
       <c r="J11" s="14">
         <v>46507</v>
       </c>
       <c r="K11" s="17" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="12" spans="1:11" ht="33.75">
+    <row r="12" spans="1:11" ht="21">
       <c r="A12" s="11">
         <v>10</v>
       </c>
       <c r="B12" s="15" t="s">
         <v>70</v>
       </c>
       <c r="C12" s="13">
         <v>40203103252</v>
       </c>
       <c r="D12" s="13" t="s">
         <v>71</v>
       </c>
       <c r="E12" s="13" t="s">
         <v>71</v>
       </c>
       <c r="F12" s="13" t="s">
         <v>72</v>
       </c>
       <c r="G12" s="13" t="s">
         <v>73</v>
       </c>
       <c r="H12" s="14">
         <v>43315</v>
       </c>
       <c r="I12" s="13"/>
       <c r="J12" s="14">
         <v>46507</v>
       </c>
       <c r="K12" s="13" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="13" spans="1:11" ht="33.75">
+    <row r="13" spans="1:11" ht="21">
       <c r="A13" s="11">
         <v>11</v>
       </c>
       <c r="B13" s="15" t="s">
         <v>75</v>
       </c>
       <c r="C13" s="13">
         <v>40103354574</v>
       </c>
       <c r="D13" s="13" t="s">
         <v>76</v>
       </c>
       <c r="E13" s="13" t="s">
         <v>77</v>
       </c>
       <c r="F13" s="13" t="s">
         <v>78</v>
       </c>
       <c r="G13" s="13" t="s">
         <v>79</v>
       </c>
       <c r="H13" s="14">
         <v>42618</v>
       </c>
       <c r="I13" s="13"/>
       <c r="J13" s="14">
         <v>46507</v>
       </c>
       <c r="K13" s="13" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="14" spans="1:11" ht="22.5">
+    <row r="14" spans="1:11">
       <c r="A14" s="11">
         <v>12</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>81</v>
       </c>
       <c r="C14" s="15">
         <v>40003847585</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F14" s="15" t="s">
         <v>83</v>
       </c>
       <c r="G14" s="13" t="s">
         <v>84</v>
       </c>
       <c r="H14" s="14">
         <v>43990</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="14">
         <v>46507</v>
       </c>
       <c r="K14" s="15" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="15" spans="1:11" ht="45">
+    <row r="15" spans="1:11" ht="31.5">
       <c r="A15" s="11">
         <v>13</v>
       </c>
       <c r="B15" s="19" t="s">
         <v>86</v>
       </c>
       <c r="C15" s="13" t="s">
         <v>87</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F15" s="15" t="s">
         <v>89</v>
       </c>
       <c r="G15" s="13" t="s">
         <v>90</v>
       </c>
       <c r="H15" s="14">
         <v>43768</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="14">
         <v>46507</v>
       </c>
       <c r="K15" s="15" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="16" spans="1:11" ht="56.25">
+    <row r="16" spans="1:11" ht="52.5">
       <c r="A16" s="11">
         <v>14</v>
       </c>
       <c r="B16" s="15" t="s">
         <v>92</v>
       </c>
       <c r="C16" s="15">
         <v>50103810561</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F16" s="15" t="s">
         <v>95</v>
       </c>
       <c r="G16" s="13" t="s">
         <v>96</v>
       </c>
       <c r="H16" s="14">
         <v>44979</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="14">
         <v>46507</v>
       </c>
       <c r="K16" s="15" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="17" spans="1:11" ht="33.75">
+    <row r="17" spans="1:11" ht="31.5">
       <c r="A17" s="11">
         <v>15</v>
       </c>
       <c r="B17" s="15" t="s">
         <v>98</v>
       </c>
       <c r="C17" s="13" t="s">
         <v>99</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>100</v>
       </c>
       <c r="F17" s="15" t="s">
         <v>101</v>
       </c>
       <c r="G17" s="13" t="s">
         <v>102</v>
       </c>
       <c r="H17" s="14">
         <v>42060</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="14">
         <v>46507</v>
       </c>
       <c r="K17" s="15" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="18" spans="1:11" ht="45">
+    <row r="18" spans="1:11" ht="31.5">
       <c r="A18" s="11">
         <v>16</v>
       </c>
       <c r="B18" s="15" t="s">
         <v>104</v>
       </c>
       <c r="C18" s="15">
         <v>40203077250</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>105</v>
       </c>
       <c r="F18" s="15" t="s">
         <v>106</v>
       </c>
       <c r="G18" s="13" t="s">
         <v>107</v>
       </c>
       <c r="H18" s="14">
         <v>43516</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="14">
         <v>46507</v>
       </c>
       <c r="K18" s="15" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="19" spans="1:11" ht="22.5">
+    <row r="19" spans="1:11" ht="21">
       <c r="A19" s="11">
         <v>17</v>
       </c>
       <c r="B19" s="15" t="s">
         <v>109</v>
       </c>
       <c r="C19" s="13" t="s">
         <v>110</v>
       </c>
       <c r="D19" s="13" t="s">
         <v>111</v>
       </c>
       <c r="E19" s="13" t="s">
         <v>111</v>
       </c>
       <c r="F19" s="13" t="s">
         <v>112</v>
       </c>
       <c r="G19" s="13" t="s">
         <v>113</v>
       </c>
       <c r="H19" s="14">
         <v>43791</v>
       </c>
       <c r="I19" s="13"/>
       <c r="J19" s="14">
         <v>46507</v>
       </c>
       <c r="K19" s="13" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="20" spans="1:11" ht="33.75">
+    <row r="20" spans="1:11" ht="31.5">
       <c r="A20" s="11">
         <v>18</v>
       </c>
       <c r="B20" s="15" t="s">
         <v>115</v>
       </c>
       <c r="C20" s="13" t="s">
         <v>116</v>
       </c>
       <c r="D20" s="13" t="s">
         <v>117</v>
       </c>
       <c r="E20" s="13" t="s">
         <v>117</v>
       </c>
       <c r="F20" s="13" t="s">
         <v>118</v>
       </c>
       <c r="G20" s="13" t="s">
         <v>119</v>
       </c>
       <c r="H20" s="14">
         <v>41443</v>
       </c>
       <c r="I20" s="13"/>
       <c r="J20" s="14">
         <v>46507</v>
       </c>
       <c r="K20" s="13" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="21" spans="1:11" ht="33.75">
+    <row r="21" spans="1:11" ht="31.5">
       <c r="A21" s="11">
         <v>19</v>
       </c>
       <c r="B21" s="15" t="s">
         <v>121</v>
       </c>
       <c r="C21" s="13">
         <v>40003896190</v>
       </c>
       <c r="D21" s="13" t="s">
         <v>122</v>
       </c>
       <c r="E21" s="13" t="s">
         <v>122</v>
       </c>
       <c r="F21" s="13" t="s">
         <v>123</v>
       </c>
       <c r="G21" s="13" t="s">
         <v>124</v>
       </c>
       <c r="H21" s="14">
         <v>43813</v>
       </c>
       <c r="I21" s="13"/>
       <c r="J21" s="14">
         <v>46507</v>
       </c>
       <c r="K21" s="13" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="22" spans="1:11" ht="45">
+    <row r="22" spans="1:11" ht="31.5">
       <c r="A22" s="11">
         <v>20</v>
       </c>
       <c r="B22" s="15" t="s">
         <v>125</v>
       </c>
       <c r="C22" s="13" t="s">
         <v>126</v>
       </c>
       <c r="D22" s="13" t="s">
         <v>127</v>
       </c>
       <c r="E22" s="13" t="s">
         <v>127</v>
       </c>
       <c r="F22" s="13" t="s">
         <v>128</v>
       </c>
       <c r="G22" s="13" t="s">
         <v>129</v>
       </c>
       <c r="H22" s="14">
         <v>42277</v>
       </c>
       <c r="I22" s="13"/>
       <c r="J22" s="14">
         <v>46507</v>
       </c>
       <c r="K22" s="13" t="s">
         <v>130</v>
       </c>
     </row>
-    <row r="23" spans="1:11" ht="33.75">
+    <row r="23" spans="1:11" ht="21">
       <c r="A23" s="11">
         <v>21</v>
       </c>
       <c r="B23" s="12" t="s">
         <v>131</v>
       </c>
       <c r="C23" s="15">
         <v>40103855061</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>132</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F23" s="15" t="s">
         <v>133</v>
       </c>
       <c r="G23" s="13" t="s">
         <v>134</v>
       </c>
       <c r="H23" s="14">
         <v>42718</v>
       </c>
       <c r="I23" s="15"/>
@@ -8369,447 +8356,447 @@
         <v>137</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>139</v>
       </c>
       <c r="F24" s="15" t="s">
         <v>140</v>
       </c>
       <c r="G24" s="13" t="s">
         <v>141</v>
       </c>
       <c r="H24" s="14">
         <v>42361</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="14">
         <v>46507</v>
       </c>
       <c r="K24" s="15" t="s">
         <v>142</v>
       </c>
     </row>
-    <row r="25" spans="1:11" ht="45">
+    <row r="25" spans="1:11" ht="31.5">
       <c r="A25" s="11">
         <v>23</v>
       </c>
       <c r="B25" s="15" t="s">
         <v>143</v>
       </c>
       <c r="C25" s="15">
         <v>40003480317</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>144</v>
       </c>
       <c r="F25" s="15" t="s">
         <v>145</v>
       </c>
       <c r="G25" s="13">
         <v>73</v>
       </c>
       <c r="H25" s="14">
         <v>39671</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="14">
         <v>46507</v>
       </c>
       <c r="K25" s="15" t="s">
         <v>146</v>
       </c>
     </row>
-    <row r="26" spans="1:11" ht="22.5">
+    <row r="26" spans="1:11" ht="21">
       <c r="A26" s="11">
         <v>24</v>
       </c>
       <c r="B26" s="15" t="s">
         <v>147</v>
       </c>
       <c r="C26" s="13">
         <v>40103797168</v>
       </c>
       <c r="D26" s="13" t="s">
         <v>148</v>
       </c>
       <c r="E26" s="13" t="s">
         <v>149</v>
       </c>
       <c r="F26" s="13" t="s">
         <v>150</v>
       </c>
       <c r="G26" s="13" t="s">
         <v>151</v>
       </c>
       <c r="H26" s="14">
         <v>43720</v>
       </c>
       <c r="I26" s="13"/>
       <c r="J26" s="14">
         <v>46507</v>
       </c>
       <c r="K26" s="13" t="s">
         <v>152</v>
       </c>
     </row>
-    <row r="27" spans="1:11" ht="33.75">
+    <row r="27" spans="1:11" ht="31.5">
       <c r="A27" s="11">
         <v>25</v>
       </c>
       <c r="B27" s="15" t="s">
         <v>153</v>
       </c>
       <c r="C27" s="13" t="s">
         <v>154</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>155</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>155</v>
       </c>
       <c r="F27" s="15" t="s">
         <v>156</v>
       </c>
       <c r="G27" s="13">
         <v>21</v>
       </c>
       <c r="H27" s="14">
         <v>44769</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="14">
         <v>46507</v>
       </c>
       <c r="K27" s="15" t="s">
         <v>157</v>
       </c>
     </row>
-    <row r="28" spans="1:11" ht="67.5">
+    <row r="28" spans="1:11" ht="52.5">
       <c r="A28" s="11">
         <v>26</v>
       </c>
       <c r="B28" s="15" t="s">
         <v>158</v>
       </c>
       <c r="C28" s="13" t="s">
         <v>159</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>160</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>160</v>
       </c>
       <c r="F28" s="15" t="s">
         <v>161</v>
       </c>
       <c r="G28" s="13" t="s">
         <v>162</v>
       </c>
       <c r="H28" s="14">
         <v>43860</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="14">
         <v>46507</v>
       </c>
       <c r="K28" s="15" t="s">
         <v>163</v>
       </c>
     </row>
-    <row r="29" spans="1:11" ht="45">
+    <row r="29" spans="1:11" ht="42">
       <c r="A29" s="11">
         <v>27</v>
       </c>
       <c r="B29" s="15" t="s">
         <v>164</v>
       </c>
       <c r="C29" s="13">
         <v>40203060108</v>
       </c>
       <c r="D29" s="13" t="s">
         <v>165</v>
       </c>
       <c r="E29" s="13" t="s">
         <v>165</v>
       </c>
       <c r="F29" s="13" t="s">
         <v>166</v>
       </c>
       <c r="G29" s="13" t="s">
         <v>167</v>
       </c>
       <c r="H29" s="14">
         <v>43131</v>
       </c>
       <c r="I29" s="13"/>
       <c r="J29" s="14">
         <v>46507</v>
       </c>
       <c r="K29" s="13" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="30" spans="1:11" ht="45">
+    <row r="30" spans="1:11" ht="42">
       <c r="A30" s="11">
         <v>28</v>
       </c>
       <c r="B30" s="15" t="s">
         <v>169</v>
       </c>
       <c r="C30" s="15">
         <v>40203090691</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>171</v>
       </c>
       <c r="F30" s="15" t="s">
         <v>172</v>
       </c>
       <c r="G30" s="13" t="s">
         <v>173</v>
       </c>
       <c r="H30" s="14">
         <v>43271</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="14">
         <v>46507</v>
       </c>
       <c r="K30" s="15" t="s">
         <v>174</v>
       </c>
     </row>
-    <row r="31" spans="1:11" ht="67.5">
+    <row r="31" spans="1:11" ht="63">
       <c r="A31" s="11">
         <v>29</v>
       </c>
       <c r="B31" s="20" t="s">
         <v>175</v>
       </c>
       <c r="C31" s="21" t="s">
         <v>176</v>
       </c>
       <c r="D31" s="20" t="s">
         <v>177</v>
       </c>
       <c r="E31" s="20" t="s">
         <v>178</v>
       </c>
       <c r="F31" s="20" t="s">
         <v>179</v>
       </c>
       <c r="G31" s="13">
         <v>48</v>
       </c>
       <c r="H31" s="22">
         <v>39507</v>
       </c>
       <c r="I31" s="20"/>
       <c r="J31" s="14">
         <v>46507</v>
       </c>
       <c r="K31" s="20" t="s">
         <v>180</v>
       </c>
     </row>
-    <row r="32" spans="1:11" ht="22.5">
+    <row r="32" spans="1:11">
       <c r="A32" s="11">
         <v>30</v>
       </c>
       <c r="B32" s="15" t="s">
         <v>181</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>182</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>183</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>183</v>
       </c>
       <c r="F32" s="15" t="s">
         <v>184</v>
       </c>
       <c r="G32" s="13" t="s">
         <v>185</v>
       </c>
       <c r="H32" s="14">
         <v>43236</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="14">
         <v>46507</v>
       </c>
       <c r="K32" s="15" t="s">
         <v>186</v>
       </c>
     </row>
-    <row r="33" spans="1:11" ht="22.5">
+    <row r="33" spans="1:11">
       <c r="A33" s="11">
         <v>31</v>
       </c>
       <c r="B33" s="15" t="s">
         <v>187</v>
       </c>
       <c r="C33" s="15">
         <v>40103542562</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>188</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>189</v>
       </c>
       <c r="F33" s="15" t="s">
         <v>190</v>
       </c>
       <c r="G33" s="13" t="s">
         <v>191</v>
       </c>
       <c r="H33" s="14">
         <v>43685</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="14">
         <v>46507</v>
       </c>
       <c r="K33" s="15" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="34" spans="1:11" ht="67.5">
+    <row r="34" spans="1:11" ht="52.5">
       <c r="A34" s="11">
         <v>32</v>
       </c>
       <c r="B34" s="15" t="s">
         <v>193</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>194</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>195</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>195</v>
       </c>
       <c r="F34" s="15" t="s">
         <v>196</v>
       </c>
       <c r="G34" s="13" t="s">
         <v>197</v>
       </c>
       <c r="H34" s="14">
         <v>43258</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="14">
         <v>46507</v>
       </c>
       <c r="K34" s="15" t="s">
         <v>198</v>
       </c>
     </row>
-    <row r="35" spans="1:11" ht="22.5">
+    <row r="35" spans="1:11">
       <c r="A35" s="11">
         <v>33</v>
       </c>
       <c r="B35" s="15" t="s">
         <v>199</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>200</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>201</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>201</v>
       </c>
       <c r="F35" s="15" t="s">
         <v>202</v>
       </c>
       <c r="G35" s="13" t="s">
         <v>203</v>
       </c>
       <c r="H35" s="14">
         <v>43430</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="14">
         <v>46507</v>
       </c>
       <c r="K35" s="15" t="s">
         <v>204</v>
       </c>
     </row>
-    <row r="36" spans="1:11" ht="22.5">
+    <row r="36" spans="1:11" ht="21">
       <c r="A36" s="11">
         <v>34</v>
       </c>
       <c r="B36" s="15" t="s">
         <v>205</v>
       </c>
       <c r="C36" s="15">
         <v>40203238607</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>206</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>206</v>
       </c>
       <c r="F36" s="15" t="s">
         <v>207</v>
       </c>
       <c r="G36" s="13" t="s">
         <v>208</v>
       </c>
       <c r="H36" s="14">
         <v>43896</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="14">
         <v>46507</v>
       </c>
       <c r="K36" s="15" t="s">
         <v>209</v>
       </c>
     </row>
-    <row r="37" spans="1:11" ht="33.75">
+    <row r="37" spans="1:11" ht="31.5">
       <c r="A37" s="11">
         <v>35</v>
       </c>
       <c r="B37" s="15" t="s">
         <v>210</v>
       </c>
       <c r="C37" s="13" t="s">
         <v>211</v>
       </c>
       <c r="D37" s="13" t="s">
         <v>212</v>
       </c>
       <c r="E37" s="13" t="s">
         <v>212</v>
       </c>
       <c r="F37" s="13" t="s">
         <v>213</v>
       </c>
       <c r="G37" s="13" t="s">
         <v>214</v>
       </c>
       <c r="H37" s="14">
         <v>42821</v>
       </c>
       <c r="I37" s="13"/>
@@ -8831,11837 +8818,11900 @@
         <v>217</v>
       </c>
       <c r="D38" s="13" t="s">
         <v>218</v>
       </c>
       <c r="E38" s="13" t="s">
         <v>219</v>
       </c>
       <c r="F38" s="13" t="s">
         <v>220</v>
       </c>
       <c r="G38" s="13" t="s">
         <v>221</v>
       </c>
       <c r="H38" s="14">
         <v>42599</v>
       </c>
       <c r="I38" s="13"/>
       <c r="J38" s="14">
         <v>46507</v>
       </c>
       <c r="K38" s="13" t="s">
         <v>222</v>
       </c>
     </row>
-    <row r="39" spans="1:11" ht="33.75">
+    <row r="39" spans="1:11" ht="21">
       <c r="A39" s="11">
         <v>37</v>
       </c>
       <c r="B39" s="23" t="s">
         <v>223</v>
       </c>
-      <c r="C39" s="24">
+      <c r="C39" s="16">
         <v>40103991769</v>
       </c>
-      <c r="D39" s="24" t="s">
+      <c r="D39" s="16" t="s">
         <v>224</v>
       </c>
-      <c r="E39" s="24" t="s">
+      <c r="E39" s="16" t="s">
         <v>224</v>
       </c>
-      <c r="F39" s="24" t="s">
+      <c r="F39" s="16" t="s">
         <v>225</v>
       </c>
       <c r="G39" s="13" t="s">
         <v>226</v>
       </c>
-      <c r="H39" s="25">
+      <c r="H39" s="18">
         <v>42923</v>
       </c>
-      <c r="I39" s="24"/>
+      <c r="I39" s="16"/>
       <c r="J39" s="14">
         <v>46507</v>
       </c>
-      <c r="K39" s="24" t="s">
+      <c r="K39" s="16" t="s">
         <v>227</v>
       </c>
     </row>
-    <row r="40" spans="1:11" ht="22.5">
+    <row r="40" spans="1:11">
       <c r="A40" s="11">
         <v>38</v>
       </c>
       <c r="B40" s="15" t="s">
         <v>228</v>
       </c>
       <c r="C40" s="13" t="s">
         <v>229</v>
       </c>
       <c r="D40" s="13" t="s">
         <v>230</v>
       </c>
       <c r="E40" s="13" t="s">
         <v>230</v>
       </c>
       <c r="F40" s="13" t="s">
         <v>231</v>
       </c>
       <c r="G40" s="13" t="s">
         <v>232</v>
       </c>
       <c r="H40" s="14">
         <v>43748</v>
       </c>
       <c r="I40" s="13"/>
       <c r="J40" s="14">
         <v>46507</v>
       </c>
       <c r="K40" s="13" t="s">
         <v>233</v>
       </c>
     </row>
-    <row r="41" spans="1:11" ht="56.25">
+    <row r="41" spans="1:11" ht="42">
       <c r="A41" s="11">
         <v>39</v>
       </c>
       <c r="B41" s="15" t="s">
         <v>234</v>
       </c>
       <c r="C41" s="13">
         <v>40103908693</v>
       </c>
       <c r="D41" s="13" t="s">
         <v>235</v>
       </c>
       <c r="E41" s="13" t="s">
         <v>235</v>
       </c>
       <c r="F41" s="13" t="s">
         <v>236</v>
       </c>
       <c r="G41" s="13" t="s">
         <v>237</v>
       </c>
       <c r="H41" s="14">
         <v>42632</v>
       </c>
       <c r="I41" s="13"/>
       <c r="J41" s="14">
         <v>46507</v>
       </c>
       <c r="K41" s="13" t="s">
         <v>238</v>
       </c>
     </row>
-    <row r="42" spans="1:11" ht="22.5">
+    <row r="42" spans="1:11" ht="21">
       <c r="A42" s="11">
         <v>40</v>
       </c>
       <c r="B42" s="15" t="s">
         <v>239</v>
       </c>
       <c r="C42" s="13" t="s">
         <v>240</v>
       </c>
       <c r="D42" s="13" t="s">
         <v>241</v>
       </c>
       <c r="E42" s="13" t="s">
         <v>241</v>
       </c>
       <c r="F42" s="13" t="s">
         <v>242</v>
       </c>
       <c r="G42" s="13" t="s">
         <v>243</v>
       </c>
       <c r="H42" s="14">
         <v>43388</v>
       </c>
       <c r="I42" s="13"/>
       <c r="J42" s="14">
         <v>46507</v>
       </c>
       <c r="K42" s="13" t="s">
         <v>244</v>
       </c>
     </row>
-    <row r="43" spans="1:11" ht="33.75">
+    <row r="43" spans="1:11" ht="21">
       <c r="A43" s="11">
         <v>41</v>
       </c>
       <c r="B43" s="15" t="s">
         <v>245</v>
       </c>
       <c r="C43" s="13">
         <v>40003652334</v>
       </c>
       <c r="D43" s="13" t="s">
         <v>246</v>
       </c>
       <c r="E43" s="13" t="s">
         <v>246</v>
       </c>
       <c r="F43" s="13" t="s">
         <v>247</v>
       </c>
       <c r="G43" s="13" t="s">
         <v>248</v>
       </c>
       <c r="H43" s="14">
         <v>45006</v>
       </c>
       <c r="I43" s="13"/>
       <c r="J43" s="14">
         <v>46507</v>
       </c>
       <c r="K43" s="13" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="44" spans="1:11" ht="56.25">
+    <row r="44" spans="1:11" ht="42">
       <c r="A44" s="11">
         <v>42</v>
       </c>
       <c r="B44" s="15" t="s">
         <v>250</v>
       </c>
       <c r="C44" s="13">
         <v>45403054646</v>
       </c>
       <c r="D44" s="13" t="s">
         <v>251</v>
       </c>
       <c r="E44" s="13" t="s">
         <v>252</v>
       </c>
       <c r="F44" s="13" t="s">
         <v>253</v>
       </c>
       <c r="G44" s="13" t="s">
         <v>254</v>
       </c>
       <c r="H44" s="14">
         <v>43770</v>
       </c>
       <c r="I44" s="13"/>
       <c r="J44" s="14">
         <v>46507</v>
       </c>
       <c r="K44" s="13" t="s">
         <v>255</v>
       </c>
     </row>
-    <row r="45" spans="1:11" ht="22.5">
+    <row r="45" spans="1:11" ht="21">
       <c r="A45" s="11">
         <v>43</v>
       </c>
-      <c r="B45" s="26" t="s">
+      <c r="B45" s="24" t="s">
         <v>256</v>
       </c>
-      <c r="C45" s="27" t="s">
+      <c r="C45" s="25" t="s">
         <v>257</v>
       </c>
-      <c r="D45" s="27" t="s">
+      <c r="D45" s="25" t="s">
         <v>258</v>
       </c>
-      <c r="E45" s="27" t="s">
+      <c r="E45" s="25" t="s">
         <v>258</v>
       </c>
-      <c r="F45" s="27" t="s">
+      <c r="F45" s="25" t="s">
         <v>259</v>
       </c>
       <c r="G45" s="13" t="s">
         <v>260</v>
       </c>
-      <c r="H45" s="28">
+      <c r="H45" s="26">
         <v>43717</v>
       </c>
-      <c r="I45" s="27"/>
+      <c r="I45" s="25"/>
       <c r="J45" s="14">
         <v>46507</v>
       </c>
-      <c r="K45" s="27" t="s">
+      <c r="K45" s="25" t="s">
         <v>261</v>
       </c>
     </row>
-    <row r="46" spans="1:11" ht="45">
+    <row r="46" spans="1:11" ht="31.5">
       <c r="A46" s="11">
         <v>44</v>
       </c>
       <c r="B46" s="15" t="s">
         <v>262</v>
       </c>
       <c r="C46" s="13" t="s">
         <v>263</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>264</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="15" t="s">
         <v>265</v>
       </c>
       <c r="G46" s="13" t="s">
         <v>266</v>
       </c>
       <c r="H46" s="14">
         <v>42424</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="14">
         <v>46507</v>
       </c>
       <c r="K46" s="15" t="s">
         <v>267</v>
       </c>
     </row>
-    <row r="47" spans="1:11" ht="22.5">
+    <row r="47" spans="1:11" ht="21">
       <c r="A47" s="11">
         <v>45</v>
       </c>
       <c r="B47" s="15" t="s">
         <v>268</v>
       </c>
       <c r="C47" s="13" t="s">
         <v>269</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>270</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>270</v>
       </c>
       <c r="F47" s="15" t="s">
         <v>271</v>
       </c>
       <c r="G47" s="13" t="s">
         <v>272</v>
       </c>
       <c r="H47" s="14">
         <v>41619</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="14">
         <v>46507</v>
       </c>
       <c r="K47" s="15" t="s">
         <v>273</v>
       </c>
     </row>
-    <row r="48" spans="1:11" ht="45">
+    <row r="48" spans="1:11" ht="31.5">
       <c r="A48" s="11">
         <v>46</v>
       </c>
       <c r="B48" s="15" t="s">
         <v>274</v>
       </c>
       <c r="C48" s="15">
         <v>40103526835</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>275</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>276</v>
       </c>
       <c r="F48" s="15" t="s">
         <v>277</v>
       </c>
       <c r="G48" s="13" t="s">
         <v>278</v>
       </c>
       <c r="H48" s="14">
         <v>41876</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="14">
         <v>46507</v>
       </c>
       <c r="K48" s="15" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="49" spans="1:11" ht="22.5">
+    <row r="49" spans="1:11" ht="21">
       <c r="A49" s="11">
         <v>47</v>
       </c>
       <c r="B49" s="15" t="s">
         <v>280</v>
       </c>
       <c r="C49" s="13" t="s">
         <v>281</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>282</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>282</v>
       </c>
       <c r="F49" s="15" t="s">
         <v>283</v>
       </c>
       <c r="G49" s="13">
         <v>79</v>
       </c>
       <c r="H49" s="14">
         <v>39722</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="14">
         <v>46507</v>
       </c>
       <c r="K49" s="15" t="s">
         <v>284</v>
       </c>
     </row>
-    <row r="50" spans="1:11" ht="33.75">
+    <row r="50" spans="1:11" ht="21">
       <c r="A50" s="11">
         <v>48</v>
       </c>
       <c r="B50" s="15" t="s">
         <v>285</v>
       </c>
       <c r="C50" s="13">
         <v>40203160043</v>
       </c>
       <c r="D50" s="13" t="s">
         <v>286</v>
       </c>
       <c r="E50" s="13" t="s">
         <v>287</v>
       </c>
       <c r="F50" s="13" t="s">
         <v>288</v>
       </c>
       <c r="G50" s="13" t="s">
         <v>289</v>
       </c>
       <c r="H50" s="14">
         <v>43644</v>
       </c>
       <c r="I50" s="13"/>
       <c r="J50" s="14">
         <v>46507</v>
       </c>
       <c r="K50" s="13" t="s">
         <v>290</v>
       </c>
     </row>
-    <row r="51" spans="1:11" ht="33.75">
+    <row r="51" spans="1:11" ht="31.5">
       <c r="A51" s="11">
         <v>49</v>
       </c>
       <c r="B51" s="15" t="s">
         <v>291</v>
       </c>
       <c r="C51" s="15">
         <v>41503028111</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>292</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>293</v>
       </c>
       <c r="F51" s="15" t="s">
         <v>294</v>
       </c>
       <c r="G51" s="13" t="s">
         <v>295</v>
       </c>
       <c r="H51" s="14">
         <v>41024</v>
       </c>
       <c r="I51" s="13"/>
       <c r="J51" s="14">
         <v>46507</v>
       </c>
       <c r="K51" s="15" t="s">
         <v>296</v>
       </c>
     </row>
-    <row r="52" spans="1:11" ht="33.75">
+    <row r="52" spans="1:11" ht="31.5">
       <c r="A52" s="11">
         <v>50</v>
       </c>
       <c r="B52" s="15" t="s">
         <v>297</v>
       </c>
       <c r="C52" s="15">
         <v>40003545666</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>298</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>298</v>
       </c>
       <c r="F52" s="15" t="s">
         <v>299</v>
       </c>
       <c r="G52" s="13" t="s">
         <v>300</v>
       </c>
       <c r="H52" s="14">
         <v>43488</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="14">
         <v>46507</v>
       </c>
       <c r="K52" s="15" t="s">
         <v>301</v>
       </c>
     </row>
-    <row r="53" spans="1:11" ht="45">
+    <row r="53" spans="1:11" ht="42">
       <c r="A53" s="11">
         <v>51</v>
       </c>
       <c r="B53" s="15" t="s">
         <v>302</v>
       </c>
       <c r="C53" s="13" t="s">
         <v>303</v>
       </c>
       <c r="D53" s="13" t="s">
         <v>304</v>
       </c>
       <c r="E53" s="13" t="s">
         <v>305</v>
       </c>
       <c r="F53" s="13" t="s">
         <v>306</v>
       </c>
       <c r="G53" s="13" t="s">
         <v>307</v>
       </c>
       <c r="H53" s="14">
         <v>43909</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="14">
         <v>46507</v>
       </c>
       <c r="K53" s="13" t="s">
         <v>308</v>
       </c>
     </row>
-    <row r="54" spans="1:11" ht="22.5">
+    <row r="54" spans="1:11" ht="21">
       <c r="A54" s="11">
         <v>52</v>
       </c>
       <c r="B54" s="15" t="s">
         <v>309</v>
       </c>
       <c r="C54" s="13" t="s">
         <v>310</v>
       </c>
       <c r="D54" s="13" t="s">
         <v>311</v>
       </c>
       <c r="E54" s="13" t="s">
         <v>311</v>
       </c>
       <c r="F54" s="13" t="s">
         <v>312</v>
       </c>
       <c r="G54" s="13" t="s">
         <v>313</v>
       </c>
       <c r="H54" s="14">
         <v>43984</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="14">
         <v>46507</v>
       </c>
       <c r="K54" s="13" t="s">
         <v>314</v>
       </c>
     </row>
-    <row r="55" spans="1:11" ht="123.75">
+    <row r="55" spans="1:11" ht="105">
       <c r="A55" s="11">
         <v>53</v>
       </c>
       <c r="B55" s="20" t="s">
         <v>315</v>
       </c>
       <c r="C55" s="21" t="s">
         <v>316</v>
       </c>
       <c r="D55" s="20" t="s">
         <v>317</v>
       </c>
       <c r="E55" s="21" t="s">
         <v>318</v>
       </c>
       <c r="F55" s="21" t="s">
         <v>319</v>
       </c>
       <c r="G55" s="13" t="s">
         <v>320</v>
       </c>
       <c r="H55" s="22">
         <v>42487</v>
       </c>
       <c r="I55" s="20"/>
       <c r="J55" s="14">
         <v>46507</v>
       </c>
       <c r="K55" s="20" t="s">
         <v>321</v>
       </c>
     </row>
-    <row r="56" spans="1:11" ht="33.75">
+    <row r="56" spans="1:11" ht="31.5">
       <c r="A56" s="11">
         <v>54</v>
       </c>
       <c r="B56" s="15" t="s">
         <v>322</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>323</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>324</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>325</v>
       </c>
       <c r="F56" s="15" t="s">
         <v>326</v>
       </c>
       <c r="G56" s="13" t="s">
         <v>327</v>
       </c>
       <c r="H56" s="14">
         <v>42493</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="14">
         <v>46507</v>
       </c>
       <c r="K56" s="15" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="57" spans="1:11" ht="45">
+    <row r="57" spans="1:11" ht="31.5">
       <c r="A57" s="11">
         <v>55</v>
       </c>
       <c r="B57" s="15" t="s">
         <v>329</v>
       </c>
       <c r="C57" s="13" t="s">
         <v>330</v>
       </c>
       <c r="D57" s="13" t="s">
         <v>331</v>
       </c>
       <c r="E57" s="13" t="s">
         <v>332</v>
       </c>
       <c r="F57" s="13" t="s">
         <v>333</v>
       </c>
       <c r="G57" s="13" t="s">
         <v>334</v>
       </c>
       <c r="H57" s="14">
         <v>43173</v>
       </c>
       <c r="I57" s="13"/>
       <c r="J57" s="14">
         <v>46507</v>
       </c>
       <c r="K57" s="13" t="s">
         <v>335</v>
       </c>
     </row>
-    <row r="58" spans="1:11" ht="33.75">
+    <row r="58" spans="1:11" ht="31.5">
       <c r="A58" s="11">
         <v>56</v>
       </c>
       <c r="B58" s="15" t="s">
         <v>336</v>
       </c>
       <c r="C58" s="13">
         <v>40103313025</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>337</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>337</v>
       </c>
       <c r="F58" s="15" t="s">
         <v>338</v>
       </c>
       <c r="G58" s="13" t="s">
         <v>339</v>
       </c>
       <c r="H58" s="14">
         <v>43714</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="14">
         <v>46507</v>
       </c>
       <c r="K58" s="15" t="s">
         <v>340</v>
       </c>
     </row>
-    <row r="59" spans="1:11" ht="45">
+    <row r="59" spans="1:11" ht="42">
       <c r="A59" s="11">
         <v>57</v>
       </c>
       <c r="B59" s="15" t="s">
         <v>341</v>
       </c>
       <c r="C59" s="13" t="s">
         <v>342</v>
       </c>
       <c r="D59" s="13" t="s">
         <v>343</v>
       </c>
       <c r="E59" s="13" t="s">
         <v>344</v>
       </c>
       <c r="F59" s="13" t="s">
         <v>345</v>
       </c>
       <c r="G59" s="13" t="s">
         <v>346</v>
       </c>
       <c r="H59" s="14">
         <v>43143</v>
       </c>
       <c r="I59" s="13"/>
       <c r="J59" s="14">
         <v>46507</v>
       </c>
       <c r="K59" s="13" t="s">
         <v>347</v>
       </c>
     </row>
-    <row r="60" spans="1:11" ht="45">
+    <row r="60" spans="1:11" ht="42">
       <c r="A60" s="11">
         <v>58</v>
       </c>
       <c r="B60" s="13" t="s">
         <v>348</v>
       </c>
       <c r="C60" s="13" t="s">
         <v>349</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>350</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>351</v>
       </c>
       <c r="F60" s="15" t="s">
         <v>352</v>
       </c>
       <c r="G60" s="13" t="s">
         <v>353</v>
       </c>
       <c r="H60" s="14">
         <v>40704</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="14">
         <v>46507</v>
       </c>
       <c r="K60" s="13" t="s">
         <v>354</v>
       </c>
     </row>
-    <row r="61" spans="1:11" ht="56.25">
+    <row r="61" spans="1:11" ht="42">
       <c r="A61" s="11">
         <v>59</v>
       </c>
       <c r="B61" s="15" t="s">
         <v>355</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>356</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>357</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>358</v>
       </c>
       <c r="F61" s="15" t="s">
         <v>359</v>
       </c>
       <c r="G61" s="13" t="s">
         <v>360</v>
       </c>
       <c r="H61" s="14">
         <v>42851</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="14">
         <v>46507</v>
       </c>
       <c r="K61" s="15" t="s">
         <v>361</v>
       </c>
     </row>
-    <row r="62" spans="1:11" ht="45">
+    <row r="62" spans="1:11" ht="31.5">
       <c r="A62" s="11">
         <v>60</v>
       </c>
       <c r="B62" s="15" t="s">
         <v>362</v>
       </c>
       <c r="C62" s="15">
         <v>40103545037</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>363</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>246</v>
       </c>
       <c r="F62" s="15" t="s">
         <v>364</v>
       </c>
       <c r="G62" s="13" t="s">
         <v>365</v>
       </c>
       <c r="H62" s="14">
         <v>43410</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="14">
         <v>46507</v>
       </c>
       <c r="K62" s="15" t="s">
         <v>366</v>
       </c>
     </row>
-    <row r="63" spans="1:11" ht="22.5">
+    <row r="63" spans="1:11" ht="21">
       <c r="A63" s="11">
         <v>61</v>
       </c>
       <c r="B63" s="15" t="s">
         <v>367</v>
       </c>
       <c r="C63" s="15">
         <v>40103933169</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>246</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>246</v>
       </c>
       <c r="F63" s="15" t="s">
         <v>368</v>
       </c>
       <c r="G63" s="13" t="s">
         <v>369</v>
       </c>
       <c r="H63" s="14">
         <v>42614</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="14">
         <v>46507</v>
       </c>
       <c r="K63" s="15" t="s">
         <v>370</v>
       </c>
     </row>
-    <row r="64" spans="1:11" ht="33.75">
+    <row r="64" spans="1:11" ht="21">
       <c r="A64" s="11">
         <v>62</v>
       </c>
       <c r="B64" s="16" t="s">
         <v>371</v>
       </c>
       <c r="C64" s="16">
         <v>40003685161</v>
       </c>
       <c r="D64" s="16" t="s">
         <v>372</v>
       </c>
       <c r="E64" s="16" t="s">
         <v>372</v>
       </c>
       <c r="F64" s="16" t="s">
         <v>373</v>
       </c>
       <c r="G64" s="13" t="s">
         <v>374</v>
       </c>
       <c r="H64" s="18">
         <v>43900</v>
       </c>
       <c r="I64" s="16"/>
       <c r="J64" s="14">
         <v>46507</v>
       </c>
       <c r="K64" s="16" t="s">
         <v>375</v>
       </c>
     </row>
-    <row r="65" spans="1:11" ht="45">
+    <row r="65" spans="1:11" ht="31.5">
       <c r="A65" s="11">
         <v>63</v>
       </c>
       <c r="B65" s="15" t="s">
         <v>376</v>
       </c>
       <c r="C65" s="15">
         <v>40203217569</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F65" s="15" t="s">
         <v>377</v>
       </c>
       <c r="G65" s="13" t="s">
         <v>378</v>
       </c>
       <c r="H65" s="14">
         <v>43697</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="14">
         <v>46507</v>
       </c>
       <c r="K65" s="15" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="66" spans="1:11" ht="22.5">
+    <row r="66" spans="1:11">
       <c r="A66" s="11">
         <v>64</v>
       </c>
       <c r="B66" s="15" t="s">
         <v>380</v>
       </c>
       <c r="C66" s="15">
         <v>50203093261</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>381</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>381</v>
       </c>
       <c r="F66" s="15" t="s">
         <v>382</v>
       </c>
       <c r="G66" s="13" t="s">
         <v>383</v>
       </c>
       <c r="H66" s="14">
         <v>43136</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="14">
         <v>46507</v>
       </c>
       <c r="K66" s="15" t="s">
         <v>384</v>
       </c>
     </row>
-    <row r="67" spans="1:11" ht="22.5">
+    <row r="67" spans="1:11" ht="21">
       <c r="A67" s="11">
         <v>65</v>
       </c>
       <c r="B67" s="15" t="s">
         <v>385</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>386</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>387</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>387</v>
       </c>
       <c r="F67" s="15" t="s">
         <v>388</v>
       </c>
       <c r="G67" s="13" t="s">
         <v>389</v>
       </c>
       <c r="H67" s="14">
         <v>43229</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="14">
         <v>46507</v>
       </c>
       <c r="K67" s="15" t="s">
         <v>390</v>
       </c>
     </row>
-    <row r="68" spans="1:11" ht="22.5">
+    <row r="68" spans="1:11" ht="21">
       <c r="A68" s="11">
         <v>66</v>
       </c>
       <c r="B68" s="15" t="s">
         <v>391</v>
       </c>
       <c r="C68" s="15">
         <v>40103839298</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>195</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>195</v>
       </c>
       <c r="F68" s="15" t="s">
         <v>392</v>
       </c>
       <c r="G68" s="13" t="s">
         <v>393</v>
       </c>
       <c r="H68" s="14">
         <v>43795</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="14">
         <v>46507</v>
       </c>
       <c r="K68" s="15" t="s">
         <v>394</v>
       </c>
     </row>
-    <row r="69" spans="1:11" ht="22.5">
+    <row r="69" spans="1:11" ht="21">
       <c r="A69" s="11">
         <v>67</v>
       </c>
       <c r="B69" s="15" t="s">
         <v>395</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>396</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>397</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>397</v>
       </c>
       <c r="F69" s="15" t="s">
         <v>398</v>
       </c>
       <c r="G69" s="13" t="s">
         <v>399</v>
       </c>
       <c r="H69" s="14">
         <v>42837</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="14">
         <v>46507</v>
       </c>
       <c r="K69" s="15" t="s">
         <v>400</v>
       </c>
     </row>
-    <row r="70" spans="1:11" ht="22.5">
+    <row r="70" spans="1:11">
       <c r="A70" s="11">
         <v>68</v>
       </c>
       <c r="B70" s="15" t="s">
         <v>401</v>
       </c>
       <c r="C70" s="15">
         <v>40103716947</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>402</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>402</v>
       </c>
       <c r="F70" s="15" t="s">
         <v>403</v>
       </c>
       <c r="G70" s="13" t="s">
         <v>404</v>
       </c>
       <c r="H70" s="14">
         <v>43815</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="14">
         <v>46507</v>
       </c>
       <c r="K70" s="15" t="s">
         <v>405</v>
       </c>
     </row>
-    <row r="71" spans="1:11" ht="22.5">
+    <row r="71" spans="1:11" ht="21">
       <c r="A71" s="11">
         <v>69</v>
       </c>
       <c r="B71" s="15" t="s">
         <v>406</v>
       </c>
       <c r="C71" s="15">
         <v>40003955719</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>407</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>407</v>
       </c>
       <c r="F71" s="15" t="s">
         <v>408</v>
       </c>
       <c r="G71" s="13">
         <v>56</v>
       </c>
       <c r="H71" s="14">
         <v>39556</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="14">
         <v>46507</v>
       </c>
       <c r="K71" s="15" t="s">
         <v>409</v>
       </c>
     </row>
-    <row r="72" spans="1:11" ht="33.75">
+    <row r="72" spans="1:11" ht="21">
       <c r="A72" s="11">
         <v>70</v>
       </c>
       <c r="B72" s="15" t="s">
         <v>410</v>
       </c>
       <c r="C72" s="13" t="s">
         <v>411</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>412</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>412</v>
       </c>
       <c r="F72" s="15" t="s">
         <v>413</v>
       </c>
       <c r="G72" s="13">
         <v>69</v>
       </c>
       <c r="H72" s="14">
         <v>39679</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="14">
         <v>46507</v>
       </c>
       <c r="K72" s="15" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="73" spans="1:11" ht="33.75">
+    <row r="73" spans="1:11" ht="31.5">
       <c r="A73" s="11">
         <v>71</v>
       </c>
       <c r="B73" s="20" t="s">
         <v>415</v>
       </c>
       <c r="C73" s="21" t="s">
         <v>416</v>
       </c>
       <c r="D73" s="20" t="s">
         <v>417</v>
       </c>
       <c r="E73" s="21" t="s">
         <v>418</v>
       </c>
       <c r="F73" s="20" t="s">
         <v>419</v>
       </c>
       <c r="G73" s="13" t="s">
         <v>420</v>
       </c>
       <c r="H73" s="22">
         <v>43552</v>
       </c>
       <c r="I73" s="20"/>
       <c r="J73" s="14">
         <v>46507</v>
       </c>
       <c r="K73" s="20" t="s">
         <v>421</v>
       </c>
     </row>
-    <row r="74" spans="1:11" ht="33.75">
+    <row r="74" spans="1:11" ht="31.5">
       <c r="A74" s="11">
         <v>72</v>
       </c>
       <c r="B74" s="15" t="s">
         <v>422</v>
       </c>
       <c r="C74" s="13" t="s">
         <v>423</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>424</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>424</v>
       </c>
       <c r="F74" s="15" t="s">
         <v>425</v>
       </c>
       <c r="G74" s="13" t="s">
         <v>426</v>
       </c>
       <c r="H74" s="14">
         <v>43468</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="14">
         <v>46507</v>
       </c>
       <c r="K74" s="15" t="s">
         <v>427</v>
       </c>
     </row>
-    <row r="75" spans="1:11" ht="22.5">
+    <row r="75" spans="1:11" ht="21">
       <c r="A75" s="11">
         <v>73</v>
       </c>
       <c r="B75" s="15" t="s">
         <v>428</v>
       </c>
       <c r="C75" s="13" t="s">
         <v>429</v>
       </c>
       <c r="D75" s="13" t="s">
         <v>430</v>
       </c>
       <c r="E75" s="13" t="s">
         <v>431</v>
       </c>
       <c r="F75" s="13" t="s">
         <v>432</v>
       </c>
       <c r="G75" s="13" t="s">
         <v>433</v>
       </c>
       <c r="H75" s="14">
         <v>44705</v>
       </c>
       <c r="I75" s="13"/>
       <c r="J75" s="14">
         <v>46507</v>
       </c>
       <c r="K75" s="13" t="s">
         <v>434</v>
       </c>
     </row>
-    <row r="76" spans="1:11" ht="22.5">
+    <row r="76" spans="1:11">
       <c r="A76" s="11">
         <v>74</v>
       </c>
       <c r="B76" s="15" t="s">
         <v>435</v>
       </c>
       <c r="C76" s="13" t="s">
         <v>436</v>
       </c>
       <c r="D76" s="13" t="s">
         <v>437</v>
       </c>
       <c r="E76" s="13" t="s">
         <v>437</v>
       </c>
       <c r="F76" s="13" t="s">
         <v>438</v>
       </c>
       <c r="G76" s="13" t="s">
         <v>439</v>
       </c>
       <c r="H76" s="14">
         <v>43930</v>
       </c>
       <c r="I76" s="13"/>
       <c r="J76" s="14">
         <v>46507</v>
       </c>
       <c r="K76" s="13" t="s">
         <v>440</v>
       </c>
     </row>
-    <row r="77" spans="1:11" ht="45">
+    <row r="77" spans="1:11" ht="42">
       <c r="A77" s="11">
         <v>75</v>
       </c>
       <c r="B77" s="15" t="s">
         <v>441</v>
       </c>
       <c r="C77" s="13" t="s">
         <v>442</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>443</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>444</v>
       </c>
       <c r="F77" s="15" t="s">
         <v>445</v>
       </c>
       <c r="G77" s="13">
         <v>28</v>
       </c>
       <c r="H77" s="14">
         <v>39436</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="14">
         <v>46507</v>
       </c>
       <c r="K77" s="15" t="s">
         <v>446</v>
       </c>
     </row>
-    <row r="78" spans="1:11" ht="22.5">
+    <row r="78" spans="1:11">
       <c r="A78" s="11">
         <v>76</v>
       </c>
-      <c r="B78" s="29" t="s">
+      <c r="B78" s="27" t="s">
         <v>447</v>
       </c>
-      <c r="C78" s="29" t="s">
+      <c r="C78" s="27" t="s">
         <v>448</v>
       </c>
-      <c r="D78" s="29" t="s">
+      <c r="D78" s="27" t="s">
         <v>449</v>
       </c>
-      <c r="E78" s="29" t="s">
+      <c r="E78" s="27" t="s">
         <v>450</v>
       </c>
-      <c r="F78" s="29" t="s">
+      <c r="F78" s="27" t="s">
         <v>451</v>
       </c>
       <c r="G78" s="13" t="s">
         <v>452</v>
       </c>
-      <c r="H78" s="30">
+      <c r="H78" s="28">
         <v>43398</v>
       </c>
-      <c r="I78" s="29"/>
+      <c r="I78" s="27"/>
       <c r="J78" s="14">
         <v>46507</v>
       </c>
-      <c r="K78" s="29" t="s">
+      <c r="K78" s="27" t="s">
         <v>453</v>
       </c>
     </row>
-    <row r="79" spans="1:11" ht="45">
+    <row r="79" spans="1:11" ht="31.5">
       <c r="A79" s="11">
         <v>77</v>
       </c>
       <c r="B79" s="15" t="s">
         <v>454</v>
       </c>
       <c r="C79" s="13" t="s">
         <v>455</v>
       </c>
       <c r="D79" s="13" t="s">
         <v>456</v>
       </c>
       <c r="E79" s="13" t="s">
         <v>457</v>
       </c>
       <c r="F79" s="13" t="s">
         <v>458</v>
       </c>
       <c r="G79" s="13" t="s">
         <v>459</v>
       </c>
       <c r="H79" s="14">
         <v>43839</v>
       </c>
       <c r="I79" s="13"/>
       <c r="J79" s="14">
         <v>46507</v>
       </c>
       <c r="K79" s="13" t="s">
         <v>460</v>
       </c>
     </row>
-    <row r="80" spans="1:11" ht="22.5">
+    <row r="80" spans="1:11">
       <c r="A80" s="11">
         <v>78</v>
       </c>
       <c r="B80" s="13" t="s">
         <v>461</v>
       </c>
       <c r="C80" s="13" t="s">
         <v>462</v>
       </c>
       <c r="D80" s="13" t="s">
         <v>463</v>
       </c>
       <c r="E80" s="13" t="s">
         <v>463</v>
       </c>
       <c r="F80" s="13" t="s">
         <v>464</v>
       </c>
       <c r="G80" s="13" t="s">
         <v>465</v>
       </c>
       <c r="H80" s="14">
         <v>43840</v>
       </c>
       <c r="I80" s="13"/>
       <c r="J80" s="14">
         <v>46507</v>
       </c>
       <c r="K80" s="13" t="s">
         <v>466</v>
       </c>
     </row>
-    <row r="81" spans="1:11" ht="45">
+    <row r="81" spans="1:11" ht="42">
       <c r="A81" s="11">
         <v>79</v>
       </c>
       <c r="B81" s="16" t="s">
         <v>467</v>
       </c>
       <c r="C81" s="17" t="s">
         <v>468</v>
       </c>
       <c r="D81" s="17" t="s">
         <v>469</v>
       </c>
       <c r="E81" s="17" t="s">
         <v>470</v>
       </c>
       <c r="F81" s="17" t="s">
         <v>471</v>
       </c>
       <c r="G81" s="13" t="s">
         <v>472</v>
       </c>
       <c r="H81" s="18">
         <v>43900</v>
       </c>
       <c r="I81" s="17"/>
       <c r="J81" s="14">
         <v>46507</v>
       </c>
       <c r="K81" s="17" t="s">
         <v>473</v>
       </c>
     </row>
-    <row r="82" spans="1:11" ht="45">
+    <row r="82" spans="1:11" ht="31.5">
       <c r="A82" s="11">
         <v>80</v>
       </c>
       <c r="B82" s="13" t="s">
         <v>474</v>
       </c>
       <c r="C82" s="13" t="s">
         <v>475</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>476</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>476</v>
       </c>
       <c r="F82" s="15" t="s">
         <v>477</v>
       </c>
       <c r="G82" s="13" t="s">
         <v>478</v>
       </c>
       <c r="H82" s="14">
         <v>40567</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="14">
         <v>46507</v>
       </c>
       <c r="K82" s="15" t="s">
         <v>479</v>
       </c>
     </row>
-    <row r="83" spans="1:11" ht="45">
+    <row r="83" spans="1:11" ht="31.5">
       <c r="A83" s="11">
         <v>81</v>
       </c>
       <c r="B83" s="15" t="s">
         <v>480</v>
       </c>
       <c r="C83" s="13" t="s">
         <v>481</v>
       </c>
       <c r="D83" s="13" t="s">
         <v>482</v>
       </c>
       <c r="E83" s="13" t="s">
         <v>483</v>
       </c>
       <c r="F83" s="13" t="s">
         <v>484</v>
       </c>
       <c r="G83" s="13" t="s">
         <v>485</v>
       </c>
       <c r="H83" s="14">
         <v>44012</v>
       </c>
       <c r="I83" s="13"/>
       <c r="J83" s="14">
         <v>46507</v>
       </c>
       <c r="K83" s="13" t="s">
         <v>486</v>
       </c>
     </row>
-    <row r="84" spans="1:11" ht="45">
+    <row r="84" spans="1:11" ht="31.5">
       <c r="A84" s="11">
         <v>82</v>
       </c>
       <c r="B84" s="15" t="s">
         <v>487</v>
       </c>
       <c r="C84" s="13" t="s">
         <v>488</v>
       </c>
       <c r="D84" s="13" t="s">
         <v>489</v>
       </c>
       <c r="E84" s="13" t="s">
         <v>489</v>
       </c>
       <c r="F84" s="13" t="s">
         <v>490</v>
       </c>
       <c r="G84" s="13" t="s">
         <v>491</v>
       </c>
       <c r="H84" s="14">
         <v>44019</v>
       </c>
       <c r="I84" s="13"/>
       <c r="J84" s="14">
         <v>46507</v>
       </c>
       <c r="K84" s="13" t="s">
         <v>492</v>
       </c>
     </row>
-    <row r="85" spans="1:11" ht="45">
+    <row r="85" spans="1:11" ht="31.5">
       <c r="A85" s="11">
         <v>83</v>
       </c>
       <c r="B85" s="15" t="s">
         <v>493</v>
       </c>
       <c r="C85" s="13" t="s">
         <v>494</v>
       </c>
       <c r="D85" s="13" t="s">
         <v>495</v>
       </c>
       <c r="E85" s="13" t="s">
         <v>495</v>
       </c>
       <c r="F85" s="13" t="s">
         <v>496</v>
       </c>
       <c r="G85" s="13" t="s">
         <v>497</v>
       </c>
       <c r="H85" s="14">
         <v>44897</v>
       </c>
       <c r="I85" s="13"/>
       <c r="J85" s="14">
         <v>46507</v>
       </c>
       <c r="K85" s="13" t="s">
         <v>498</v>
       </c>
     </row>
-    <row r="86" spans="1:11" ht="22.5">
+    <row r="86" spans="1:11" ht="21">
       <c r="A86" s="11">
         <v>84</v>
       </c>
       <c r="B86" s="15" t="s">
         <v>499</v>
       </c>
       <c r="C86" s="13" t="s">
         <v>500</v>
       </c>
       <c r="D86" s="13" t="s">
         <v>501</v>
       </c>
       <c r="E86" s="13" t="s">
         <v>502</v>
       </c>
       <c r="F86" s="13" t="s">
         <v>503</v>
       </c>
       <c r="G86" s="13" t="s">
         <v>504</v>
       </c>
       <c r="H86" s="14">
         <v>44026</v>
       </c>
       <c r="I86" s="13"/>
       <c r="J86" s="14">
         <v>46507</v>
       </c>
       <c r="K86" s="13" t="s">
         <v>505</v>
       </c>
     </row>
-    <row r="87" spans="1:11" ht="45">
+    <row r="87" spans="1:11" ht="42">
       <c r="A87" s="11">
         <v>85</v>
       </c>
       <c r="B87" s="15" t="s">
         <v>506</v>
       </c>
       <c r="C87" s="13" t="s">
         <v>507</v>
       </c>
       <c r="D87" s="13" t="s">
         <v>508</v>
       </c>
       <c r="E87" s="13" t="s">
         <v>509</v>
       </c>
       <c r="F87" s="13" t="s">
         <v>510</v>
       </c>
       <c r="G87" s="13" t="s">
         <v>511</v>
       </c>
       <c r="H87" s="14">
         <v>45027</v>
       </c>
       <c r="I87" s="13"/>
       <c r="J87" s="14">
         <v>46507</v>
       </c>
       <c r="K87" s="13" t="s">
         <v>512</v>
       </c>
     </row>
-    <row r="88" spans="1:11" ht="22.5">
+    <row r="88" spans="1:11" ht="21">
       <c r="A88" s="11">
         <v>86</v>
       </c>
       <c r="B88" s="15" t="s">
         <v>513</v>
       </c>
       <c r="C88" s="13" t="s">
         <v>514</v>
       </c>
       <c r="D88" s="13" t="s">
         <v>515</v>
       </c>
       <c r="E88" s="13" t="s">
         <v>515</v>
       </c>
       <c r="F88" s="13" t="s">
         <v>516</v>
       </c>
       <c r="G88" s="13" t="s">
         <v>517</v>
       </c>
       <c r="H88" s="14">
         <v>44092</v>
       </c>
       <c r="I88" s="13"/>
       <c r="J88" s="14">
         <v>46507</v>
       </c>
       <c r="K88" s="13" t="s">
         <v>518</v>
       </c>
     </row>
-    <row r="89" spans="1:11" ht="22.5">
+    <row r="89" spans="1:11" ht="21">
       <c r="A89" s="11">
         <v>87</v>
       </c>
       <c r="B89" s="15" t="s">
         <v>519</v>
       </c>
       <c r="C89" s="13" t="s">
         <v>520</v>
       </c>
       <c r="D89" s="13" t="s">
         <v>521</v>
       </c>
       <c r="E89" s="13" t="s">
         <v>521</v>
       </c>
       <c r="F89" s="13" t="s">
         <v>522</v>
       </c>
       <c r="G89" s="13" t="s">
         <v>523</v>
       </c>
       <c r="H89" s="14">
         <v>44141</v>
       </c>
       <c r="I89" s="13"/>
       <c r="J89" s="14">
         <v>46507</v>
       </c>
       <c r="K89" s="13" t="s">
         <v>524</v>
       </c>
     </row>
-    <row r="90" spans="1:11" ht="45">
+    <row r="90" spans="1:11" ht="31.5">
       <c r="A90" s="11">
         <v>88</v>
       </c>
       <c r="B90" s="15" t="s">
         <v>525</v>
       </c>
       <c r="C90" s="13" t="s">
         <v>526</v>
       </c>
       <c r="D90" s="13" t="s">
         <v>527</v>
       </c>
       <c r="E90" s="13" t="s">
         <v>527</v>
       </c>
       <c r="F90" s="13" t="s">
         <v>528</v>
       </c>
       <c r="G90" s="13" t="s">
         <v>529</v>
       </c>
       <c r="H90" s="14">
         <v>44159</v>
       </c>
       <c r="I90" s="13"/>
       <c r="J90" s="14">
         <v>46507</v>
       </c>
       <c r="K90" s="13" t="s">
         <v>530</v>
       </c>
     </row>
-    <row r="91" spans="1:11" ht="22.5">
+    <row r="91" spans="1:11" ht="21">
       <c r="A91" s="11">
         <v>89</v>
       </c>
       <c r="B91" s="15" t="s">
         <v>531</v>
       </c>
       <c r="C91" s="13" t="s">
         <v>532</v>
       </c>
       <c r="D91" s="13" t="s">
         <v>397</v>
       </c>
       <c r="E91" s="13" t="s">
         <v>397</v>
       </c>
       <c r="F91" s="13" t="s">
         <v>533</v>
       </c>
       <c r="G91" s="13" t="s">
         <v>534</v>
       </c>
       <c r="H91" s="14">
         <v>44162</v>
       </c>
       <c r="I91" s="13"/>
       <c r="J91" s="14">
         <v>46507</v>
       </c>
       <c r="K91" s="13" t="s">
         <v>535</v>
       </c>
     </row>
-    <row r="92" spans="1:11" ht="22.5">
+    <row r="92" spans="1:11" ht="21">
       <c r="A92" s="11">
         <v>90</v>
       </c>
       <c r="B92" s="15" t="s">
         <v>536</v>
       </c>
       <c r="C92" s="13" t="s">
         <v>537</v>
       </c>
       <c r="D92" s="13" t="s">
         <v>538</v>
       </c>
       <c r="E92" s="13" t="s">
         <v>539</v>
       </c>
       <c r="F92" s="13" t="s">
         <v>540</v>
       </c>
       <c r="G92" s="13" t="s">
         <v>541</v>
       </c>
       <c r="H92" s="14">
         <v>44728</v>
       </c>
       <c r="I92" s="13"/>
       <c r="J92" s="14">
         <v>46507</v>
       </c>
       <c r="K92" s="13" t="s">
         <v>542</v>
       </c>
     </row>
-    <row r="93" spans="1:11" ht="22.5">
+    <row r="93" spans="1:11" ht="21">
       <c r="A93" s="11">
         <v>91</v>
       </c>
       <c r="B93" s="15" t="s">
         <v>543</v>
       </c>
       <c r="C93" s="13" t="s">
         <v>544</v>
       </c>
       <c r="D93" s="13" t="s">
         <v>545</v>
       </c>
       <c r="E93" s="13" t="s">
         <v>545</v>
       </c>
       <c r="F93" s="13" t="s">
         <v>546</v>
       </c>
       <c r="G93" s="13" t="s">
         <v>547</v>
       </c>
       <c r="H93" s="14">
         <v>44999</v>
       </c>
       <c r="I93" s="13"/>
       <c r="J93" s="14">
         <v>46507</v>
       </c>
       <c r="K93" s="13" t="s">
         <v>548</v>
       </c>
     </row>
-    <row r="94" spans="1:11" ht="33.75">
+    <row r="94" spans="1:11" ht="31.5">
       <c r="A94" s="11">
         <v>92</v>
       </c>
       <c r="B94" s="15" t="s">
         <v>549</v>
       </c>
       <c r="C94" s="13" t="s">
         <v>550</v>
       </c>
       <c r="D94" s="13" t="s">
         <v>551</v>
       </c>
       <c r="E94" s="13" t="s">
         <v>551</v>
       </c>
       <c r="F94" s="13" t="s">
         <v>552</v>
       </c>
       <c r="G94" s="13" t="s">
         <v>553</v>
       </c>
       <c r="H94" s="14">
         <v>44172</v>
       </c>
       <c r="I94" s="13"/>
       <c r="J94" s="14">
         <v>46507</v>
       </c>
       <c r="K94" s="13" t="s">
         <v>554</v>
       </c>
     </row>
-    <row r="95" spans="1:11" ht="22.5">
+    <row r="95" spans="1:11" ht="21">
       <c r="A95" s="11">
         <v>93</v>
       </c>
       <c r="B95" s="15" t="s">
         <v>555</v>
       </c>
       <c r="C95" s="13" t="s">
         <v>556</v>
       </c>
       <c r="D95" s="13" t="s">
         <v>557</v>
       </c>
       <c r="E95" s="13" t="s">
         <v>557</v>
       </c>
       <c r="F95" s="13" t="s">
         <v>558</v>
       </c>
       <c r="G95" s="13" t="s">
         <v>559</v>
       </c>
       <c r="H95" s="14">
         <v>44211</v>
       </c>
       <c r="I95" s="13"/>
       <c r="J95" s="14">
         <v>46507</v>
       </c>
       <c r="K95" s="13" t="s">
         <v>560</v>
       </c>
     </row>
-    <row r="96" spans="1:11" ht="22.5">
+    <row r="96" spans="1:11" ht="21">
       <c r="A96" s="11">
         <v>94</v>
       </c>
       <c r="B96" s="15" t="s">
         <v>561</v>
       </c>
       <c r="C96" s="13" t="s">
         <v>562</v>
       </c>
       <c r="D96" s="13" t="s">
         <v>563</v>
       </c>
       <c r="E96" s="13" t="s">
         <v>563</v>
       </c>
       <c r="F96" s="13" t="s">
         <v>564</v>
       </c>
       <c r="G96" s="13" t="s">
         <v>565</v>
       </c>
       <c r="H96" s="14">
         <v>44217</v>
       </c>
       <c r="I96" s="13"/>
       <c r="J96" s="14">
         <v>46507</v>
       </c>
       <c r="K96" s="13" t="s">
         <v>566</v>
       </c>
     </row>
-    <row r="97" spans="1:11" ht="33.75">
+    <row r="97" spans="1:11" ht="31.5">
       <c r="A97" s="11">
         <v>95</v>
       </c>
       <c r="B97" s="15" t="s">
         <v>567</v>
       </c>
       <c r="C97" s="13" t="s">
         <v>568</v>
       </c>
       <c r="D97" s="13" t="s">
         <v>569</v>
       </c>
       <c r="E97" s="13" t="s">
         <v>570</v>
       </c>
       <c r="F97" s="13" t="s">
         <v>571</v>
       </c>
       <c r="G97" s="13" t="s">
         <v>572</v>
       </c>
       <c r="H97" s="14">
         <v>44243</v>
       </c>
       <c r="I97" s="13"/>
       <c r="J97" s="14">
         <v>46507</v>
       </c>
       <c r="K97" s="13" t="s">
         <v>573</v>
       </c>
     </row>
-    <row r="98" spans="1:11" ht="33.75">
+    <row r="98" spans="1:11" ht="21">
       <c r="A98" s="11">
         <v>96</v>
       </c>
       <c r="B98" s="15" t="s">
         <v>574</v>
       </c>
       <c r="C98" s="13" t="s">
         <v>575</v>
       </c>
       <c r="D98" s="13" t="s">
         <v>576</v>
       </c>
       <c r="E98" s="13" t="s">
         <v>576</v>
       </c>
       <c r="F98" s="13" t="s">
         <v>577</v>
       </c>
       <c r="G98" s="13" t="s">
         <v>578</v>
       </c>
       <c r="H98" s="14">
         <v>44257</v>
       </c>
       <c r="I98" s="13"/>
       <c r="J98" s="14">
         <v>46507</v>
       </c>
       <c r="K98" s="13" t="s">
         <v>579</v>
       </c>
     </row>
-    <row r="99" spans="1:11" ht="45">
+    <row r="99" spans="1:11" ht="42">
       <c r="A99" s="11">
         <v>97</v>
       </c>
       <c r="B99" s="15" t="s">
         <v>580</v>
       </c>
       <c r="C99" s="13" t="s">
         <v>581</v>
       </c>
       <c r="D99" s="13" t="s">
         <v>111</v>
       </c>
       <c r="E99" s="13" t="s">
         <v>111</v>
       </c>
       <c r="F99" s="13" t="s">
         <v>582</v>
       </c>
       <c r="G99" s="13" t="s">
         <v>583</v>
       </c>
       <c r="H99" s="14">
         <v>44258</v>
       </c>
       <c r="I99" s="13"/>
       <c r="J99" s="14">
         <v>46507</v>
       </c>
       <c r="K99" s="13" t="s">
         <v>584</v>
       </c>
     </row>
-    <row r="100" spans="1:11" ht="45">
+    <row r="100" spans="1:11" ht="31.5">
       <c r="A100" s="11">
         <v>98</v>
       </c>
       <c r="B100" s="15" t="s">
         <v>585</v>
       </c>
       <c r="C100" s="13" t="s">
         <v>586</v>
       </c>
       <c r="D100" s="13" t="s">
         <v>587</v>
       </c>
       <c r="E100" s="13" t="s">
         <v>588</v>
       </c>
       <c r="F100" s="13" t="s">
         <v>589</v>
       </c>
       <c r="G100" s="13" t="s">
         <v>590</v>
       </c>
       <c r="H100" s="14">
         <v>44292</v>
       </c>
       <c r="I100" s="13"/>
       <c r="J100" s="14">
         <v>46507</v>
       </c>
       <c r="K100" s="13" t="s">
         <v>591</v>
       </c>
     </row>
-    <row r="101" spans="1:11" ht="22.5">
+    <row r="101" spans="1:11" ht="21">
       <c r="A101" s="11">
         <v>99</v>
       </c>
       <c r="B101" s="15" t="s">
         <v>592</v>
       </c>
       <c r="C101" s="13" t="s">
         <v>593</v>
       </c>
       <c r="D101" s="13" t="s">
         <v>594</v>
       </c>
       <c r="E101" s="13" t="s">
         <v>595</v>
       </c>
       <c r="F101" s="13" t="s">
         <v>596</v>
       </c>
       <c r="G101" s="13" t="s">
         <v>597</v>
       </c>
       <c r="H101" s="14">
         <v>44301</v>
       </c>
       <c r="I101" s="13"/>
       <c r="J101" s="14">
         <v>46507</v>
       </c>
       <c r="K101" s="13" t="s">
         <v>598</v>
       </c>
     </row>
-    <row r="102" spans="1:11" ht="56.25">
+    <row r="102" spans="1:11" ht="42">
       <c r="A102" s="11">
         <v>100</v>
       </c>
-      <c r="B102" s="31" t="s">
+      <c r="B102" s="29" t="s">
         <v>599</v>
       </c>
-      <c r="C102" s="31">
+      <c r="C102" s="29">
         <v>40003936099</v>
       </c>
-      <c r="D102" s="31" t="s">
+      <c r="D102" s="29" t="s">
         <v>600</v>
       </c>
-      <c r="E102" s="31" t="s">
+      <c r="E102" s="29" t="s">
         <v>600</v>
       </c>
-      <c r="F102" s="32" t="s">
+      <c r="F102" s="30" t="s">
         <v>601</v>
       </c>
       <c r="G102" s="13" t="s">
         <v>602</v>
       </c>
-      <c r="H102" s="33">
+      <c r="H102" s="31">
         <v>44357</v>
       </c>
-      <c r="I102" s="31"/>
+      <c r="I102" s="29"/>
       <c r="J102" s="14">
         <v>46507</v>
       </c>
-      <c r="K102" s="32" t="s">
+      <c r="K102" s="30" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" s="11">
         <v>101</v>
       </c>
-      <c r="B103" s="34" t="s">
+      <c r="B103" s="29" t="s">
         <v>604</v>
       </c>
-      <c r="C103" s="34">
+      <c r="C103" s="29">
         <v>40103927355</v>
       </c>
-      <c r="D103" s="31" t="s">
+      <c r="D103" s="29" t="s">
         <v>605</v>
       </c>
-      <c r="E103" s="31" t="s">
+      <c r="E103" s="29" t="s">
         <v>605</v>
       </c>
-      <c r="F103" s="35" t="s">
+      <c r="F103" s="30" t="s">
         <v>606</v>
       </c>
       <c r="G103" s="13" t="s">
         <v>607</v>
       </c>
-      <c r="H103" s="33">
+      <c r="H103" s="31">
         <v>44378</v>
       </c>
-      <c r="I103" s="31"/>
+      <c r="I103" s="29"/>
       <c r="J103" s="14">
         <v>46507</v>
       </c>
-      <c r="K103" s="32" t="s">
+      <c r="K103" s="30" t="s">
         <v>608</v>
       </c>
     </row>
-    <row r="104" spans="1:11" ht="45">
+    <row r="104" spans="1:11" ht="31.5">
       <c r="A104" s="11">
         <v>102</v>
       </c>
-      <c r="B104" s="34" t="s">
+      <c r="B104" s="29" t="s">
         <v>609</v>
       </c>
-      <c r="C104" s="34">
+      <c r="C104" s="29">
         <v>40103372404</v>
       </c>
-      <c r="D104" s="34" t="s">
+      <c r="D104" s="29" t="s">
         <v>610</v>
       </c>
-      <c r="E104" s="31" t="s">
+      <c r="E104" s="29" t="s">
         <v>611</v>
       </c>
-      <c r="F104" s="35" t="s">
+      <c r="F104" s="30" t="s">
         <v>612</v>
       </c>
       <c r="G104" s="13" t="s">
         <v>613</v>
       </c>
-      <c r="H104" s="36">
+      <c r="H104" s="31">
         <v>44389</v>
       </c>
-      <c r="I104" s="34"/>
+      <c r="I104" s="29"/>
       <c r="J104" s="14">
         <v>46507</v>
       </c>
-      <c r="K104" s="32" t="s">
+      <c r="K104" s="30" t="s">
         <v>614</v>
       </c>
     </row>
-    <row r="105" spans="1:11" ht="45">
+    <row r="105" spans="1:11" ht="31.5">
       <c r="A105" s="11">
         <v>103</v>
       </c>
-      <c r="B105" s="37" t="s">
+      <c r="B105" s="15" t="s">
         <v>615</v>
       </c>
-      <c r="C105" s="38" t="s">
+      <c r="C105" s="32" t="s">
         <v>616</v>
       </c>
-      <c r="D105" s="39" t="s">
+      <c r="D105" s="19" t="s">
         <v>617</v>
       </c>
-      <c r="E105" s="39" t="s">
+      <c r="E105" s="19" t="s">
         <v>617</v>
       </c>
-      <c r="F105" s="37" t="s">
+      <c r="F105" s="15" t="s">
         <v>618</v>
       </c>
       <c r="G105" s="13" t="s">
         <v>619</v>
       </c>
-      <c r="H105" s="40">
+      <c r="H105" s="33">
         <v>44417</v>
       </c>
-      <c r="I105" s="41"/>
+      <c r="I105" s="34"/>
       <c r="J105" s="14">
         <v>46507</v>
       </c>
-      <c r="K105" s="39" t="s">
+      <c r="K105" s="19" t="s">
         <v>620</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" s="11">
         <v>104</v>
       </c>
-      <c r="B106" s="37" t="s">
+      <c r="B106" s="15" t="s">
         <v>621</v>
       </c>
-      <c r="C106" s="38" t="s">
+      <c r="C106" s="32" t="s">
         <v>622</v>
       </c>
-      <c r="D106" s="39" t="s">
+      <c r="D106" s="19" t="s">
         <v>623</v>
       </c>
-      <c r="E106" s="39" t="s">
+      <c r="E106" s="19" t="s">
         <v>623</v>
       </c>
-      <c r="F106" s="39" t="s">
+      <c r="F106" s="19" t="s">
         <v>624</v>
       </c>
       <c r="G106" s="13" t="s">
         <v>625</v>
       </c>
-      <c r="H106" s="40">
+      <c r="H106" s="33">
         <v>44426</v>
       </c>
-      <c r="I106" s="41"/>
+      <c r="I106" s="34"/>
       <c r="J106" s="14">
         <v>46507</v>
       </c>
-      <c r="K106" s="39" t="s">
+      <c r="K106" s="19" t="s">
         <v>626</v>
       </c>
     </row>
-    <row r="107" spans="1:11" ht="45">
+    <row r="107" spans="1:11" ht="42">
       <c r="A107" s="11">
         <v>105</v>
       </c>
-      <c r="B107" s="34" t="s">
+      <c r="B107" s="29" t="s">
         <v>627</v>
       </c>
-      <c r="C107" s="34">
+      <c r="C107" s="29">
         <v>40203281703</v>
       </c>
-      <c r="D107" s="31" t="s">
+      <c r="D107" s="29" t="s">
         <v>628</v>
       </c>
-      <c r="E107" s="31" t="s">
+      <c r="E107" s="29" t="s">
         <v>629</v>
       </c>
-      <c r="F107" s="32" t="s">
+      <c r="F107" s="30" t="s">
         <v>630</v>
       </c>
       <c r="G107" s="13" t="s">
         <v>631</v>
       </c>
-      <c r="H107" s="42">
+      <c r="H107" s="35">
         <v>44433</v>
       </c>
-      <c r="I107" s="32"/>
+      <c r="I107" s="30"/>
       <c r="J107" s="14">
         <v>46507</v>
       </c>
-      <c r="K107" s="32" t="s">
+      <c r="K107" s="30" t="s">
         <v>632</v>
       </c>
     </row>
-    <row r="108" spans="1:11" ht="45">
+    <row r="108" spans="1:11" ht="31.5">
       <c r="A108" s="11">
         <v>106</v>
       </c>
-      <c r="B108" s="43" t="s">
+      <c r="B108" s="36" t="s">
         <v>633</v>
       </c>
-      <c r="C108" s="31">
+      <c r="C108" s="29">
         <v>41203062733</v>
       </c>
-      <c r="D108" s="31" t="s">
+      <c r="D108" s="29" t="s">
         <v>634</v>
       </c>
-      <c r="E108" s="31" t="s">
+      <c r="E108" s="29" t="s">
         <v>634</v>
       </c>
-      <c r="F108" s="32" t="s">
+      <c r="F108" s="30" t="s">
         <v>635</v>
       </c>
       <c r="G108" s="13" t="s">
         <v>636</v>
       </c>
-      <c r="H108" s="33">
+      <c r="H108" s="31">
         <v>44462</v>
       </c>
-      <c r="I108" s="31"/>
+      <c r="I108" s="29"/>
       <c r="J108" s="14">
         <v>46507</v>
       </c>
-      <c r="K108" s="32" t="s">
+      <c r="K108" s="30" t="s">
         <v>637</v>
       </c>
     </row>
-    <row r="109" spans="1:11" ht="33.75">
+    <row r="109" spans="1:11" ht="31.5">
       <c r="A109" s="11">
         <v>107</v>
       </c>
-      <c r="B109" s="31" t="s">
+      <c r="B109" s="29" t="s">
         <v>638</v>
       </c>
-      <c r="C109" s="31">
+      <c r="C109" s="29">
         <v>43603051555</v>
       </c>
-      <c r="D109" s="31" t="s">
+      <c r="D109" s="29" t="s">
         <v>639</v>
       </c>
-      <c r="E109" s="31" t="s">
+      <c r="E109" s="29" t="s">
         <v>640</v>
       </c>
-      <c r="F109" s="35" t="s">
+      <c r="F109" s="30" t="s">
         <v>641</v>
       </c>
       <c r="G109" s="13" t="s">
         <v>642</v>
       </c>
-      <c r="H109" s="33">
+      <c r="H109" s="31">
         <v>44467</v>
       </c>
-      <c r="I109" s="31"/>
+      <c r="I109" s="29"/>
       <c r="J109" s="14">
         <v>46507</v>
       </c>
-      <c r="K109" s="32" t="s">
+      <c r="K109" s="30" t="s">
         <v>643</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" s="11">
         <v>108</v>
       </c>
-      <c r="B110" s="34" t="s">
+      <c r="B110" s="29" t="s">
         <v>644</v>
       </c>
-      <c r="C110" s="34">
+      <c r="C110" s="29">
         <v>40103166622</v>
       </c>
-      <c r="D110" s="34" t="s">
+      <c r="D110" s="29" t="s">
         <v>645</v>
       </c>
-      <c r="E110" s="34" t="s">
+      <c r="E110" s="29" t="s">
         <v>645</v>
       </c>
-      <c r="F110" s="35" t="s">
+      <c r="F110" s="30" t="s">
         <v>646</v>
       </c>
       <c r="G110" s="13" t="s">
         <v>647</v>
       </c>
-      <c r="H110" s="36">
+      <c r="H110" s="31">
         <v>44489</v>
       </c>
-      <c r="I110" s="34"/>
+      <c r="I110" s="29"/>
       <c r="J110" s="14">
         <v>46507</v>
       </c>
-      <c r="K110" s="32" t="s">
+      <c r="K110" s="30" t="s">
         <v>648</v>
       </c>
     </row>
-    <row r="111" spans="1:11" ht="22.5">
+    <row r="111" spans="1:11" ht="21">
       <c r="A111" s="11">
         <v>109</v>
       </c>
-      <c r="B111" s="34" t="s">
+      <c r="B111" s="29" t="s">
         <v>649</v>
       </c>
-      <c r="C111" s="34">
+      <c r="C111" s="29">
         <v>48503014859</v>
       </c>
-      <c r="D111" s="34" t="s">
+      <c r="D111" s="29" t="s">
         <v>650</v>
       </c>
-      <c r="E111" s="34" t="s">
+      <c r="E111" s="29" t="s">
         <v>650</v>
       </c>
-      <c r="F111" s="32" t="s">
+      <c r="F111" s="30" t="s">
         <v>651</v>
       </c>
       <c r="G111" s="13" t="s">
         <v>652</v>
       </c>
-      <c r="H111" s="33">
+      <c r="H111" s="31">
         <v>44497</v>
       </c>
-      <c r="I111" s="31"/>
+      <c r="I111" s="29"/>
       <c r="J111" s="14">
         <v>46507</v>
       </c>
-      <c r="K111" s="32" t="s">
+      <c r="K111" s="30" t="s">
         <v>653</v>
       </c>
     </row>
-    <row r="112" spans="1:11" ht="33.75">
+    <row r="112" spans="1:11" ht="21">
       <c r="A112" s="11">
         <v>110</v>
       </c>
-      <c r="B112" s="34" t="s">
+      <c r="B112" s="29" t="s">
         <v>654</v>
       </c>
-      <c r="C112" s="34">
+      <c r="C112" s="29">
         <v>40203110019</v>
       </c>
-      <c r="D112" s="34" t="s">
+      <c r="D112" s="29" t="s">
         <v>655</v>
       </c>
-      <c r="E112" s="34" t="s">
+      <c r="E112" s="29" t="s">
         <v>655</v>
       </c>
-      <c r="F112" s="35" t="s">
+      <c r="F112" s="30" t="s">
         <v>656</v>
       </c>
       <c r="G112" s="13" t="s">
         <v>657</v>
       </c>
-      <c r="H112" s="33">
+      <c r="H112" s="31">
         <v>44517</v>
       </c>
-      <c r="I112" s="31"/>
+      <c r="I112" s="29"/>
       <c r="J112" s="14">
         <v>46507</v>
       </c>
-      <c r="K112" s="32" t="s">
+      <c r="K112" s="30" t="s">
         <v>658</v>
       </c>
     </row>
-    <row r="113" spans="1:11" ht="22.5">
+    <row r="113" spans="1:11" ht="21">
       <c r="A113" s="11">
         <v>111</v>
       </c>
-      <c r="B113" s="34" t="s">
+      <c r="B113" s="29" t="s">
         <v>659</v>
       </c>
-      <c r="C113" s="34">
+      <c r="C113" s="29">
         <v>50203323731</v>
       </c>
-      <c r="D113" s="35" t="s">
+      <c r="D113" s="30" t="s">
         <v>660</v>
       </c>
-      <c r="E113" s="35" t="s">
+      <c r="E113" s="30" t="s">
         <v>661</v>
       </c>
-      <c r="F113" s="35" t="s">
+      <c r="F113" s="30" t="s">
         <v>662</v>
       </c>
       <c r="G113" s="13" t="s">
         <v>663</v>
       </c>
-      <c r="H113" s="42">
+      <c r="H113" s="35">
         <v>44517</v>
       </c>
-      <c r="I113" s="32"/>
+      <c r="I113" s="30"/>
       <c r="J113" s="14">
         <v>46507</v>
       </c>
-      <c r="K113" s="32" t="s">
+      <c r="K113" s="30" t="s">
         <v>664</v>
       </c>
     </row>
-    <row r="114" spans="1:11" ht="22.5">
+    <row r="114" spans="1:11">
       <c r="A114" s="11">
         <v>112</v>
       </c>
-      <c r="B114" s="34" t="s">
+      <c r="B114" s="29" t="s">
         <v>665</v>
       </c>
-      <c r="C114" s="34">
+      <c r="C114" s="29">
         <v>40203307627</v>
       </c>
-      <c r="D114" s="34" t="s">
+      <c r="D114" s="29" t="s">
         <v>666</v>
       </c>
-      <c r="E114" s="34" t="s">
+      <c r="E114" s="29" t="s">
         <v>666</v>
       </c>
-      <c r="F114" s="35" t="s">
+      <c r="F114" s="30" t="s">
         <v>667</v>
       </c>
       <c r="G114" s="13" t="s">
         <v>668</v>
       </c>
-      <c r="H114" s="33">
+      <c r="H114" s="31">
         <v>44529</v>
       </c>
-      <c r="I114" s="31"/>
+      <c r="I114" s="29"/>
       <c r="J114" s="14">
         <v>46507</v>
       </c>
-      <c r="K114" s="32" t="s">
+      <c r="K114" s="30" t="s">
         <v>669</v>
       </c>
     </row>
-    <row r="115" spans="1:11" ht="56.25">
+    <row r="115" spans="1:11" ht="52.5">
       <c r="A115" s="11">
         <v>113</v>
       </c>
-      <c r="B115" s="34" t="s">
+      <c r="B115" s="29" t="s">
         <v>670</v>
       </c>
-      <c r="C115" s="34">
+      <c r="C115" s="29">
         <v>44103148110</v>
       </c>
-      <c r="D115" s="34" t="s">
+      <c r="D115" s="29" t="s">
         <v>671</v>
       </c>
-      <c r="E115" s="34" t="s">
+      <c r="E115" s="29" t="s">
         <v>672</v>
       </c>
-      <c r="F115" s="35" t="s">
+      <c r="F115" s="30" t="s">
         <v>673</v>
       </c>
       <c r="G115" s="13" t="s">
         <v>674</v>
       </c>
-      <c r="H115" s="33">
+      <c r="H115" s="31">
         <v>45106</v>
       </c>
-      <c r="I115" s="31"/>
+      <c r="I115" s="29"/>
       <c r="J115" s="14">
         <v>46507</v>
       </c>
-      <c r="K115" s="32" t="s">
+      <c r="K115" s="30" t="s">
         <v>675</v>
       </c>
     </row>
-    <row r="116" spans="1:11" ht="33.75">
+    <row r="116" spans="1:11" ht="21">
       <c r="A116" s="11">
         <v>114</v>
       </c>
-      <c r="B116" s="34" t="s">
+      <c r="B116" s="29" t="s">
         <v>676</v>
       </c>
-      <c r="C116" s="34">
+      <c r="C116" s="29">
         <v>40203095557</v>
       </c>
-      <c r="D116" s="34" t="s">
+      <c r="D116" s="29" t="s">
         <v>677</v>
       </c>
-      <c r="E116" s="34" t="s">
+      <c r="E116" s="29" t="s">
         <v>677</v>
       </c>
-      <c r="F116" s="35" t="s">
+      <c r="F116" s="30" t="s">
         <v>678</v>
       </c>
       <c r="G116" s="13" t="s">
         <v>679</v>
       </c>
-      <c r="H116" s="33">
+      <c r="H116" s="31">
         <v>44533</v>
       </c>
-      <c r="I116" s="31"/>
+      <c r="I116" s="29"/>
       <c r="J116" s="14">
         <v>46507</v>
       </c>
-      <c r="K116" s="32" t="s">
+      <c r="K116" s="30" t="s">
         <v>680</v>
       </c>
     </row>
-    <row r="117" spans="1:11" ht="22.5">
+    <row r="117" spans="1:11">
       <c r="A117" s="11">
         <v>115</v>
       </c>
       <c r="B117" s="19" t="s">
         <v>681</v>
       </c>
       <c r="C117" s="19">
         <v>40103508505</v>
       </c>
       <c r="D117" s="19" t="s">
         <v>682</v>
       </c>
       <c r="E117" s="19" t="s">
         <v>682</v>
       </c>
       <c r="F117" s="15" t="s">
         <v>683</v>
       </c>
       <c r="G117" s="13" t="s">
         <v>684</v>
       </c>
-      <c r="H117" s="33">
+      <c r="H117" s="31">
         <v>44540</v>
       </c>
-      <c r="I117" s="31"/>
+      <c r="I117" s="29"/>
       <c r="J117" s="14">
         <v>46507</v>
       </c>
-      <c r="K117" s="32" t="s">
+      <c r="K117" s="30" t="s">
         <v>685</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" s="11">
         <v>116</v>
       </c>
       <c r="B118" s="19" t="s">
         <v>686</v>
       </c>
       <c r="C118" s="19">
         <v>40103497911</v>
       </c>
       <c r="D118" s="19" t="s">
         <v>687</v>
       </c>
       <c r="E118" s="19" t="s">
         <v>688</v>
       </c>
       <c r="F118" s="15" t="s">
         <v>689</v>
       </c>
       <c r="G118" s="13" t="s">
         <v>690</v>
       </c>
-      <c r="H118" s="36">
+      <c r="H118" s="31">
         <v>44559</v>
       </c>
-      <c r="I118" s="34"/>
+      <c r="I118" s="29"/>
       <c r="J118" s="14">
         <v>46507</v>
       </c>
-      <c r="K118" s="32" t="s">
+      <c r="K118" s="30" t="s">
         <v>691</v>
       </c>
     </row>
-    <row r="119" spans="1:11" ht="33.75">
+    <row r="119" spans="1:11" ht="31.5">
       <c r="A119" s="11">
         <v>117</v>
       </c>
       <c r="B119" s="19" t="s">
         <v>692</v>
       </c>
       <c r="C119" s="19">
         <v>50103320141</v>
       </c>
       <c r="D119" s="19" t="s">
         <v>569</v>
       </c>
       <c r="E119" s="19" t="s">
         <v>693</v>
       </c>
       <c r="F119" s="15" t="s">
         <v>694</v>
       </c>
       <c r="G119" s="13" t="s">
         <v>695</v>
       </c>
-      <c r="H119" s="36">
+      <c r="H119" s="31">
         <v>44559</v>
       </c>
-      <c r="I119" s="34"/>
+      <c r="I119" s="29"/>
       <c r="J119" s="14">
         <v>46507</v>
       </c>
-      <c r="K119" s="32" t="s">
+      <c r="K119" s="30" t="s">
         <v>696</v>
       </c>
     </row>
-    <row r="120" spans="1:11" ht="22.5">
+    <row r="120" spans="1:11">
       <c r="A120" s="11">
         <v>118</v>
       </c>
-      <c r="B120" s="34" t="s">
+      <c r="B120" s="29" t="s">
         <v>697</v>
       </c>
-      <c r="C120" s="34">
+      <c r="C120" s="29">
         <v>40203348080</v>
       </c>
-      <c r="D120" s="34" t="s">
+      <c r="D120" s="29" t="s">
         <v>698</v>
       </c>
-      <c r="E120" s="34" t="s">
+      <c r="E120" s="29" t="s">
         <v>698</v>
       </c>
-      <c r="F120" s="35" t="s">
+      <c r="F120" s="30" t="s">
         <v>699</v>
       </c>
       <c r="G120" s="13" t="s">
         <v>700</v>
       </c>
-      <c r="H120" s="36">
+      <c r="H120" s="31">
         <v>44574</v>
       </c>
-      <c r="I120" s="34"/>
+      <c r="I120" s="29"/>
       <c r="J120" s="14">
         <v>46507</v>
       </c>
-      <c r="K120" s="44" t="s">
+      <c r="K120" s="30" t="s">
         <v>701</v>
       </c>
     </row>
-    <row r="121" spans="1:11" ht="33.75">
+    <row r="121" spans="1:11" ht="21">
       <c r="A121" s="11">
         <v>119</v>
       </c>
-      <c r="B121" s="34" t="s">
+      <c r="B121" s="29" t="s">
         <v>702</v>
       </c>
-      <c r="C121" s="34">
+      <c r="C121" s="29">
         <v>40203358731</v>
       </c>
-      <c r="D121" s="34" t="s">
+      <c r="D121" s="29" t="s">
         <v>703</v>
       </c>
-      <c r="E121" s="34" t="s">
+      <c r="E121" s="29" t="s">
         <v>704</v>
       </c>
       <c r="F121" s="15" t="s">
         <v>705</v>
       </c>
       <c r="G121" s="13" t="s">
         <v>706</v>
       </c>
-      <c r="H121" s="36">
+      <c r="H121" s="31">
         <v>44592</v>
       </c>
-      <c r="I121" s="34"/>
+      <c r="I121" s="29"/>
       <c r="J121" s="14">
         <v>46507</v>
       </c>
-      <c r="K121" s="32" t="s">
+      <c r="K121" s="30" t="s">
         <v>707</v>
       </c>
     </row>
-    <row r="122" spans="1:11" ht="33.75">
+    <row r="122" spans="1:11" ht="31.5">
       <c r="A122" s="11">
         <v>120</v>
       </c>
-      <c r="B122" s="34" t="s">
+      <c r="B122" s="29" t="s">
         <v>708</v>
       </c>
-      <c r="C122" s="34">
+      <c r="C122" s="29">
         <v>41703001548</v>
       </c>
-      <c r="D122" s="34" t="s">
+      <c r="D122" s="29" t="s">
         <v>709</v>
       </c>
-      <c r="E122" s="34" t="s">
+      <c r="E122" s="29" t="s">
         <v>709</v>
       </c>
       <c r="F122" s="15" t="s">
         <v>710</v>
       </c>
       <c r="G122" s="13" t="s">
         <v>711</v>
       </c>
-      <c r="H122" s="36">
+      <c r="H122" s="31">
         <v>45027</v>
       </c>
-      <c r="I122" s="34"/>
+      <c r="I122" s="29"/>
       <c r="J122" s="14">
         <v>46507</v>
       </c>
-      <c r="K122" s="32" t="s">
+      <c r="K122" s="30" t="s">
         <v>712</v>
       </c>
     </row>
-    <row r="123" spans="1:11" ht="45">
+    <row r="123" spans="1:11" ht="31.5">
       <c r="A123" s="11">
         <v>121</v>
       </c>
-      <c r="B123" s="34" t="s">
+      <c r="B123" s="29" t="s">
         <v>713</v>
       </c>
-      <c r="C123" s="34">
+      <c r="C123" s="29">
         <v>50003991181</v>
       </c>
-      <c r="D123" s="34" t="s">
+      <c r="D123" s="29" t="s">
         <v>714</v>
       </c>
-      <c r="E123" s="34" t="s">
+      <c r="E123" s="29" t="s">
         <v>714</v>
       </c>
       <c r="F123" s="15" t="s">
         <v>715</v>
       </c>
       <c r="G123" s="13" t="s">
         <v>716</v>
       </c>
-      <c r="H123" s="36">
+      <c r="H123" s="31">
         <v>45110</v>
       </c>
-      <c r="I123" s="34"/>
+      <c r="I123" s="29"/>
       <c r="J123" s="14">
         <v>46507</v>
       </c>
-      <c r="K123" s="32" t="s">
+      <c r="K123" s="30" t="s">
         <v>717</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" s="11">
         <v>122</v>
       </c>
-      <c r="B124" s="34" t="s">
+      <c r="B124" s="29" t="s">
         <v>718</v>
       </c>
-      <c r="C124" s="34">
+      <c r="C124" s="29">
         <v>40203317146</v>
       </c>
-      <c r="D124" s="34" t="s">
+      <c r="D124" s="29" t="s">
         <v>719</v>
       </c>
-      <c r="E124" s="34" t="s">
+      <c r="E124" s="29" t="s">
         <v>719</v>
       </c>
       <c r="F124" s="15" t="s">
         <v>720</v>
       </c>
       <c r="G124" s="13" t="s">
         <v>721</v>
       </c>
-      <c r="H124" s="36">
+      <c r="H124" s="31">
         <v>44622</v>
       </c>
-      <c r="I124" s="34"/>
+      <c r="I124" s="29"/>
       <c r="J124" s="14">
         <v>46507</v>
       </c>
-      <c r="K124" s="32" t="s">
+      <c r="K124" s="30" t="s">
         <v>722</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" s="11">
         <v>123</v>
       </c>
-      <c r="B125" s="34" t="s">
+      <c r="B125" s="29" t="s">
         <v>723</v>
       </c>
-      <c r="C125" s="34">
+      <c r="C125" s="29">
         <v>40203330515</v>
       </c>
-      <c r="D125" s="34" t="s">
+      <c r="D125" s="29" t="s">
         <v>724</v>
       </c>
-      <c r="E125" s="34" t="s">
+      <c r="E125" s="29" t="s">
         <v>719</v>
       </c>
       <c r="F125" s="15" t="s">
         <v>725</v>
       </c>
       <c r="G125" s="13" t="s">
         <v>726</v>
       </c>
-      <c r="H125" s="36">
+      <c r="H125" s="31">
         <v>44622</v>
       </c>
-      <c r="I125" s="34"/>
+      <c r="I125" s="29"/>
       <c r="J125" s="14">
         <v>46507</v>
       </c>
-      <c r="K125" s="32" t="s">
+      <c r="K125" s="30" t="s">
         <v>727</v>
       </c>
     </row>
-    <row r="126" spans="1:11" ht="78.75">
+    <row r="126" spans="1:11" ht="63">
       <c r="A126" s="11">
         <v>124</v>
       </c>
-      <c r="B126" s="34" t="s">
+      <c r="B126" s="29" t="s">
         <v>728</v>
       </c>
-      <c r="C126" s="34">
+      <c r="C126" s="29">
         <v>40203016684</v>
       </c>
-      <c r="D126" s="34" t="s">
+      <c r="D126" s="29" t="s">
         <v>729</v>
       </c>
-      <c r="E126" s="34" t="s">
+      <c r="E126" s="29" t="s">
         <v>729</v>
       </c>
       <c r="F126" s="15" t="s">
         <v>730</v>
       </c>
       <c r="G126" s="13" t="s">
         <v>731</v>
       </c>
-      <c r="H126" s="36">
+      <c r="H126" s="31">
         <v>44622</v>
       </c>
-      <c r="I126" s="34"/>
+      <c r="I126" s="29"/>
       <c r="J126" s="14">
         <v>46507</v>
       </c>
-      <c r="K126" s="32" t="s">
+      <c r="K126" s="30" t="s">
         <v>732</v>
       </c>
     </row>
-    <row r="127" spans="1:11" ht="45">
+    <row r="127" spans="1:11" ht="31.5">
       <c r="A127" s="11">
         <v>125</v>
       </c>
-      <c r="B127" s="34" t="s">
+      <c r="B127" s="29" t="s">
         <v>733</v>
       </c>
-      <c r="C127" s="34">
+      <c r="C127" s="29">
         <v>40203358534</v>
       </c>
-      <c r="D127" s="34" t="s">
+      <c r="D127" s="29" t="s">
         <v>734</v>
       </c>
-      <c r="E127" s="34" t="s">
+      <c r="E127" s="29" t="s">
         <v>734</v>
       </c>
       <c r="F127" s="15" t="s">
         <v>735</v>
       </c>
       <c r="G127" s="13" t="s">
         <v>736</v>
       </c>
-      <c r="H127" s="36">
+      <c r="H127" s="31">
         <v>44680</v>
       </c>
-      <c r="I127" s="34"/>
+      <c r="I127" s="29"/>
       <c r="J127" s="14">
         <v>46507</v>
       </c>
-      <c r="K127" s="32" t="s">
+      <c r="K127" s="30" t="s">
         <v>737</v>
       </c>
     </row>
-    <row r="128" spans="1:11" ht="33.75">
+    <row r="128" spans="1:11" ht="31.5">
       <c r="A128" s="11">
         <v>126</v>
       </c>
-      <c r="B128" s="34" t="s">
+      <c r="B128" s="29" t="s">
         <v>738</v>
       </c>
-      <c r="C128" s="34">
+      <c r="C128" s="29">
         <v>44103052844</v>
       </c>
-      <c r="D128" s="34" t="s">
+      <c r="D128" s="29" t="s">
         <v>739</v>
       </c>
-      <c r="E128" s="34" t="s">
+      <c r="E128" s="29" t="s">
         <v>740</v>
       </c>
       <c r="F128" s="15" t="s">
         <v>741</v>
       </c>
       <c r="G128" s="13" t="s">
         <v>742</v>
       </c>
-      <c r="H128" s="36">
+      <c r="H128" s="31">
         <v>44641</v>
       </c>
-      <c r="I128" s="34"/>
+      <c r="I128" s="29"/>
       <c r="J128" s="14">
         <v>46507</v>
       </c>
-      <c r="K128" s="32" t="s">
+      <c r="K128" s="30" t="s">
         <v>743</v>
       </c>
     </row>
-    <row r="129" spans="1:11" ht="67.5">
+    <row r="129" spans="1:11" ht="52.5">
       <c r="A129" s="11">
         <v>127</v>
       </c>
-      <c r="B129" s="34" t="s">
+      <c r="B129" s="29" t="s">
         <v>744</v>
       </c>
-      <c r="C129" s="34">
+      <c r="C129" s="29">
         <v>50002193811</v>
       </c>
-      <c r="D129" s="34" t="s">
+      <c r="D129" s="29" t="s">
         <v>745</v>
       </c>
-      <c r="E129" s="34" t="s">
+      <c r="E129" s="29" t="s">
         <v>745</v>
       </c>
       <c r="F129" s="15" t="s">
         <v>746</v>
       </c>
       <c r="G129" s="13" t="s">
         <v>747</v>
       </c>
-      <c r="H129" s="36">
+      <c r="H129" s="31">
         <v>44663</v>
       </c>
-      <c r="I129" s="34"/>
+      <c r="I129" s="29"/>
       <c r="J129" s="14">
         <v>46507</v>
       </c>
-      <c r="K129" s="32" t="s">
+      <c r="K129" s="30" t="s">
         <v>748</v>
       </c>
     </row>
-    <row r="130" spans="1:11" ht="33.75">
+    <row r="130" spans="1:11" ht="31.5">
       <c r="A130" s="11">
         <v>128</v>
       </c>
-      <c r="B130" s="34" t="s">
+      <c r="B130" s="29" t="s">
         <v>749</v>
       </c>
-      <c r="C130" s="34">
+      <c r="C130" s="29">
         <v>40103347036</v>
       </c>
-      <c r="D130" s="34" t="s">
+      <c r="D130" s="29" t="s">
         <v>750</v>
       </c>
-      <c r="E130" s="34" t="s">
+      <c r="E130" s="29" t="s">
         <v>750</v>
       </c>
       <c r="F130" s="15" t="s">
         <v>751</v>
       </c>
       <c r="G130" s="13" t="s">
         <v>752</v>
       </c>
-      <c r="H130" s="36">
+      <c r="H130" s="31">
         <v>44677</v>
       </c>
-      <c r="I130" s="34"/>
+      <c r="I130" s="29"/>
       <c r="J130" s="14">
         <v>46507</v>
       </c>
-      <c r="K130" s="32" t="s">
+      <c r="K130" s="30" t="s">
         <v>753</v>
       </c>
     </row>
-    <row r="131" spans="1:11" ht="45">
+    <row r="131" spans="1:11" ht="31.5">
       <c r="A131" s="11">
         <v>129</v>
       </c>
-      <c r="B131" s="34" t="s">
+      <c r="B131" s="29" t="s">
         <v>754</v>
       </c>
-      <c r="C131" s="34">
+      <c r="C131" s="29">
         <v>50203387291</v>
       </c>
-      <c r="D131" s="34" t="s">
+      <c r="D131" s="29" t="s">
         <v>600</v>
       </c>
-      <c r="E131" s="34" t="s">
+      <c r="E131" s="29" t="s">
         <v>600</v>
       </c>
       <c r="F131" s="15" t="s">
         <v>755</v>
       </c>
       <c r="G131" s="13" t="s">
         <v>756</v>
       </c>
-      <c r="H131" s="45">
+      <c r="H131" s="35">
         <v>44677</v>
       </c>
-      <c r="I131" s="35"/>
+      <c r="I131" s="30"/>
       <c r="J131" s="14">
         <v>46507</v>
       </c>
-      <c r="K131" s="32" t="s">
+      <c r="K131" s="30" t="s">
         <v>757</v>
       </c>
     </row>
-    <row r="132" spans="1:11" ht="33.75">
+    <row r="132" spans="1:11" ht="21">
       <c r="A132" s="11">
         <v>130</v>
       </c>
-      <c r="B132" s="34" t="s">
+      <c r="B132" s="29" t="s">
         <v>758</v>
       </c>
-      <c r="C132" s="34">
+      <c r="C132" s="29">
         <v>50203358771</v>
       </c>
-      <c r="D132" s="34" t="s">
+      <c r="D132" s="29" t="s">
         <v>759</v>
       </c>
-      <c r="E132" s="34" t="s">
+      <c r="E132" s="29" t="s">
         <v>760</v>
       </c>
       <c r="F132" s="15" t="s">
         <v>761</v>
       </c>
       <c r="G132" s="13" t="s">
         <v>762</v>
       </c>
-      <c r="H132" s="36">
+      <c r="H132" s="31">
         <v>44678</v>
       </c>
-      <c r="I132" s="34"/>
+      <c r="I132" s="29"/>
       <c r="J132" s="14">
         <v>46507</v>
       </c>
-      <c r="K132" s="35" t="s">
+      <c r="K132" s="30" t="s">
         <v>763</v>
       </c>
     </row>
-    <row r="133" spans="1:11" ht="33.75">
+    <row r="133" spans="1:11" ht="31.5">
       <c r="A133" s="11">
         <v>131</v>
       </c>
-      <c r="B133" s="34" t="s">
+      <c r="B133" s="29" t="s">
         <v>764</v>
       </c>
-      <c r="C133" s="34">
+      <c r="C133" s="29">
         <v>40203378831</v>
       </c>
-      <c r="D133" s="34" t="s">
+      <c r="D133" s="29" t="s">
         <v>765</v>
       </c>
-      <c r="E133" s="34" t="s">
+      <c r="E133" s="29" t="s">
         <v>765</v>
       </c>
       <c r="F133" s="15" t="s">
         <v>766</v>
       </c>
       <c r="G133" s="13" t="s">
         <v>767</v>
       </c>
-      <c r="H133" s="36">
+      <c r="H133" s="31">
         <v>44698</v>
       </c>
-      <c r="I133" s="34"/>
+      <c r="I133" s="29"/>
       <c r="J133" s="14">
         <v>46507</v>
       </c>
-      <c r="K133" s="32" t="s">
+      <c r="K133" s="30" t="s">
         <v>768</v>
       </c>
     </row>
-    <row r="134" spans="1:11" ht="67.5">
+    <row r="134" spans="1:11" ht="52.5">
       <c r="A134" s="11">
         <v>132</v>
       </c>
-      <c r="B134" s="34" t="s">
+      <c r="B134" s="29" t="s">
         <v>769</v>
       </c>
-      <c r="C134" s="31">
+      <c r="C134" s="29">
         <v>40003789592</v>
       </c>
-      <c r="D134" s="31" t="s">
+      <c r="D134" s="29" t="s">
         <v>770</v>
       </c>
-      <c r="E134" s="31" t="s">
+      <c r="E134" s="29" t="s">
         <v>770</v>
       </c>
       <c r="F134" s="15" t="s">
         <v>771</v>
       </c>
       <c r="G134" s="13" t="s">
         <v>772</v>
       </c>
-      <c r="H134" s="36">
+      <c r="H134" s="31">
         <v>44711</v>
       </c>
-      <c r="I134" s="34"/>
+      <c r="I134" s="29"/>
       <c r="J134" s="14">
         <v>46507</v>
       </c>
-      <c r="K134" s="32" t="s">
+      <c r="K134" s="30" t="s">
         <v>773</v>
       </c>
     </row>
-    <row r="135" spans="1:11" ht="45">
+    <row r="135" spans="1:11" ht="31.5">
       <c r="A135" s="11">
         <v>133</v>
       </c>
-      <c r="B135" s="34" t="s">
+      <c r="B135" s="29" t="s">
         <v>774</v>
       </c>
-      <c r="C135" s="31">
+      <c r="C135" s="29">
         <v>50203388831</v>
       </c>
-      <c r="D135" s="31" t="s">
+      <c r="D135" s="29" t="s">
         <v>775</v>
       </c>
-      <c r="E135" s="31" t="s">
+      <c r="E135" s="29" t="s">
         <v>775</v>
       </c>
       <c r="F135" s="15" t="s">
         <v>776</v>
       </c>
       <c r="G135" s="13" t="s">
         <v>777</v>
       </c>
-      <c r="H135" s="36">
+      <c r="H135" s="31">
         <v>44711</v>
       </c>
-      <c r="I135" s="34"/>
+      <c r="I135" s="29"/>
       <c r="J135" s="14">
         <v>46507</v>
       </c>
-      <c r="K135" s="32" t="s">
+      <c r="K135" s="30" t="s">
         <v>778</v>
       </c>
     </row>
-    <row r="136" spans="1:11" ht="22.5">
+    <row r="136" spans="1:11" ht="21">
       <c r="A136" s="11">
         <v>134</v>
       </c>
-      <c r="B136" s="34" t="s">
+      <c r="B136" s="29" t="s">
         <v>779</v>
       </c>
-      <c r="C136" s="31">
+      <c r="C136" s="29">
         <v>40203177374</v>
       </c>
-      <c r="D136" s="31" t="s">
+      <c r="D136" s="29" t="s">
         <v>780</v>
       </c>
-      <c r="E136" s="31" t="s">
+      <c r="E136" s="29" t="s">
         <v>780</v>
       </c>
       <c r="F136" s="15" t="s">
         <v>781</v>
       </c>
       <c r="G136" s="13" t="s">
         <v>782</v>
       </c>
-      <c r="H136" s="36">
+      <c r="H136" s="31">
         <v>44963</v>
       </c>
-      <c r="I136" s="34"/>
+      <c r="I136" s="29"/>
       <c r="J136" s="14">
         <v>46507</v>
       </c>
-      <c r="K136" s="32" t="s">
+      <c r="K136" s="30" t="s">
         <v>783</v>
       </c>
     </row>
-    <row r="137" spans="1:11" ht="33.75">
+    <row r="137" spans="1:11" ht="21">
       <c r="A137" s="11">
         <v>135</v>
       </c>
-      <c r="B137" s="34" t="s">
+      <c r="B137" s="29" t="s">
         <v>784</v>
       </c>
-      <c r="C137" s="34">
+      <c r="C137" s="29">
         <v>44103038018</v>
       </c>
-      <c r="D137" s="34" t="s">
+      <c r="D137" s="29" t="s">
         <v>785</v>
       </c>
-      <c r="E137" s="34" t="s">
+      <c r="E137" s="29" t="s">
         <v>785</v>
       </c>
       <c r="F137" s="15" t="s">
         <v>786</v>
       </c>
       <c r="G137" s="13" t="s">
         <v>787</v>
       </c>
-      <c r="H137" s="36">
+      <c r="H137" s="31">
         <v>44714</v>
       </c>
-      <c r="I137" s="34"/>
+      <c r="I137" s="29"/>
       <c r="J137" s="14">
         <v>46507</v>
       </c>
-      <c r="K137" s="32" t="s">
+      <c r="K137" s="30" t="s">
         <v>788</v>
       </c>
     </row>
-    <row r="138" spans="1:11" ht="33.75">
+    <row r="138" spans="1:11" ht="31.5">
       <c r="A138" s="11">
         <v>136</v>
       </c>
-      <c r="B138" s="34" t="s">
+      <c r="B138" s="29" t="s">
         <v>789</v>
       </c>
-      <c r="C138" s="34">
+      <c r="C138" s="29">
         <v>40203384594</v>
       </c>
-      <c r="D138" s="34" t="s">
+      <c r="D138" s="29" t="s">
         <v>790</v>
       </c>
-      <c r="E138" s="34" t="s">
+      <c r="E138" s="29" t="s">
         <v>790</v>
       </c>
       <c r="F138" s="15" t="s">
         <v>791</v>
       </c>
       <c r="G138" s="13" t="s">
         <v>792</v>
       </c>
-      <c r="H138" s="36">
+      <c r="H138" s="31">
         <v>44714</v>
       </c>
-      <c r="I138" s="34"/>
+      <c r="I138" s="29"/>
       <c r="J138" s="14">
         <v>46507</v>
       </c>
-      <c r="K138" s="32" t="s">
+      <c r="K138" s="30" t="s">
         <v>793</v>
       </c>
     </row>
-    <row r="139" spans="1:11" ht="33.75">
+    <row r="139" spans="1:11" ht="21">
       <c r="A139" s="11">
         <v>137</v>
       </c>
-      <c r="B139" s="34" t="s">
+      <c r="B139" s="29" t="s">
         <v>794</v>
       </c>
-      <c r="C139" s="34">
+      <c r="C139" s="29">
         <v>40203397226</v>
       </c>
-      <c r="D139" s="34" t="s">
+      <c r="D139" s="29" t="s">
         <v>795</v>
       </c>
-      <c r="E139" s="34" t="s">
+      <c r="E139" s="29" t="s">
         <v>795</v>
       </c>
       <c r="F139" s="15" t="s">
         <v>796</v>
       </c>
       <c r="G139" s="13" t="s">
         <v>797</v>
       </c>
-      <c r="H139" s="36">
+      <c r="H139" s="31">
         <v>44721</v>
       </c>
-      <c r="I139" s="34"/>
+      <c r="I139" s="29"/>
       <c r="J139" s="14">
         <v>46507</v>
       </c>
-      <c r="K139" s="32" t="s">
+      <c r="K139" s="30" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="140" spans="1:11" ht="67.5">
+    <row r="140" spans="1:11" ht="63">
       <c r="A140" s="11">
         <v>138</v>
       </c>
-      <c r="B140" s="34" t="s">
+      <c r="B140" s="29" t="s">
         <v>799</v>
       </c>
-      <c r="C140" s="34">
+      <c r="C140" s="29">
         <v>40203081415</v>
       </c>
-      <c r="D140" s="34" t="s">
+      <c r="D140" s="29" t="s">
         <v>800</v>
       </c>
-      <c r="E140" s="34" t="s">
+      <c r="E140" s="29" t="s">
         <v>801</v>
       </c>
       <c r="F140" s="15" t="s">
         <v>802</v>
       </c>
       <c r="G140" s="13" t="s">
         <v>803</v>
       </c>
-      <c r="H140" s="36">
+      <c r="H140" s="31">
         <v>44722</v>
       </c>
-      <c r="I140" s="34"/>
+      <c r="I140" s="29"/>
       <c r="J140" s="14">
         <v>46507</v>
       </c>
-      <c r="K140" s="32" t="s">
+      <c r="K140" s="30" t="s">
         <v>804</v>
       </c>
     </row>
-    <row r="141" spans="1:11" ht="45">
+    <row r="141" spans="1:11" ht="42">
       <c r="A141" s="11">
         <v>139</v>
       </c>
-      <c r="B141" s="34" t="s">
+      <c r="B141" s="29" t="s">
         <v>805</v>
       </c>
-      <c r="C141" s="34">
+      <c r="C141" s="29">
         <v>44103116365</v>
       </c>
-      <c r="D141" s="34" t="s">
+      <c r="D141" s="29" t="s">
         <v>806</v>
       </c>
-      <c r="E141" s="34" t="s">
+      <c r="E141" s="29" t="s">
         <v>806</v>
       </c>
       <c r="F141" s="15" t="s">
         <v>807</v>
       </c>
       <c r="G141" s="13" t="s">
         <v>808</v>
       </c>
-      <c r="H141" s="36">
+      <c r="H141" s="31">
         <v>44722</v>
       </c>
-      <c r="I141" s="34"/>
+      <c r="I141" s="29"/>
       <c r="J141" s="14">
         <v>46507</v>
       </c>
-      <c r="K141" s="32" t="s">
+      <c r="K141" s="30" t="s">
         <v>809</v>
       </c>
     </row>
-    <row r="142" spans="1:11" ht="45">
+    <row r="142" spans="1:11" ht="42">
       <c r="A142" s="11">
         <v>140</v>
       </c>
-      <c r="B142" s="34" t="s">
+      <c r="B142" s="29" t="s">
         <v>810</v>
       </c>
-      <c r="C142" s="34">
+      <c r="C142" s="29">
         <v>40103505829</v>
       </c>
-      <c r="D142" s="34" t="s">
+      <c r="D142" s="29" t="s">
         <v>811</v>
       </c>
-      <c r="E142" s="34" t="s">
+      <c r="E142" s="29" t="s">
         <v>811</v>
       </c>
       <c r="F142" s="15" t="s">
         <v>812</v>
       </c>
       <c r="G142" s="13" t="s">
         <v>813</v>
       </c>
-      <c r="H142" s="36">
+      <c r="H142" s="31">
         <v>44722</v>
       </c>
-      <c r="I142" s="34"/>
+      <c r="I142" s="29"/>
       <c r="J142" s="14">
         <v>46507</v>
       </c>
-      <c r="K142" s="32" t="s">
+      <c r="K142" s="30" t="s">
         <v>814</v>
       </c>
     </row>
-    <row r="143" spans="1:11" ht="33.75">
+    <row r="143" spans="1:11" ht="21">
       <c r="A143" s="11">
         <v>141</v>
       </c>
-      <c r="B143" s="34" t="s">
+      <c r="B143" s="29" t="s">
         <v>815</v>
       </c>
-      <c r="C143" s="34">
+      <c r="C143" s="29">
         <v>40203396080</v>
       </c>
-      <c r="D143" s="34" t="s">
+      <c r="D143" s="29" t="s">
         <v>816</v>
       </c>
-      <c r="E143" s="34" t="s">
+      <c r="E143" s="29" t="s">
         <v>816</v>
       </c>
       <c r="F143" s="15" t="s">
         <v>817</v>
       </c>
       <c r="G143" s="13" t="s">
         <v>818</v>
       </c>
-      <c r="H143" s="36">
+      <c r="H143" s="31">
         <v>44728</v>
       </c>
-      <c r="I143" s="34"/>
+      <c r="I143" s="29"/>
       <c r="J143" s="14">
         <v>46507</v>
       </c>
-      <c r="K143" s="32" t="s">
+      <c r="K143" s="30" t="s">
         <v>819</v>
       </c>
     </row>
-    <row r="144" spans="1:11" ht="33.75">
+    <row r="144" spans="1:11" ht="21">
       <c r="A144" s="11">
         <v>142</v>
       </c>
-      <c r="B144" s="34" t="s">
+      <c r="B144" s="29" t="s">
         <v>820</v>
       </c>
-      <c r="C144" s="34">
+      <c r="C144" s="29">
         <v>42403046552</v>
       </c>
-      <c r="D144" s="34" t="s">
+      <c r="D144" s="29" t="s">
         <v>821</v>
       </c>
-      <c r="E144" s="34" t="s">
+      <c r="E144" s="29" t="s">
         <v>822</v>
       </c>
       <c r="F144" s="15" t="s">
         <v>823</v>
       </c>
       <c r="G144" s="13" t="s">
         <v>824</v>
       </c>
-      <c r="H144" s="36">
+      <c r="H144" s="31">
         <v>44728</v>
       </c>
-      <c r="I144" s="34"/>
+      <c r="I144" s="29"/>
       <c r="J144" s="14">
         <v>46507</v>
       </c>
-      <c r="K144" s="32" t="s">
+      <c r="K144" s="30" t="s">
         <v>825</v>
       </c>
     </row>
-    <row r="145" spans="1:11" ht="56.25">
+    <row r="145" spans="1:11" ht="42">
       <c r="A145" s="11">
         <v>143</v>
       </c>
-      <c r="B145" s="34" t="s">
+      <c r="B145" s="29" t="s">
         <v>826</v>
       </c>
-      <c r="C145" s="34">
+      <c r="C145" s="29">
         <v>40203284574</v>
       </c>
-      <c r="D145" s="34" t="s">
+      <c r="D145" s="29" t="s">
         <v>28</v>
       </c>
-      <c r="E145" s="34" t="s">
+      <c r="E145" s="29" t="s">
         <v>28</v>
       </c>
-      <c r="F145" s="29" t="s">
+      <c r="F145" s="27" t="s">
         <v>827</v>
       </c>
       <c r="G145" s="13" t="s">
         <v>828</v>
       </c>
-      <c r="H145" s="46">
+      <c r="H145" s="37">
         <v>44750</v>
       </c>
-      <c r="I145" s="47"/>
+      <c r="I145" s="38"/>
       <c r="J145" s="14">
         <v>46507</v>
       </c>
-      <c r="K145" s="32" t="s">
+      <c r="K145" s="30" t="s">
         <v>829</v>
       </c>
     </row>
-    <row r="146" spans="1:11" ht="56.25">
+    <row r="146" spans="1:11" ht="42">
       <c r="A146" s="11">
         <v>144</v>
       </c>
-      <c r="B146" s="34" t="s">
+      <c r="B146" s="29" t="s">
         <v>830</v>
       </c>
-      <c r="C146" s="34">
+      <c r="C146" s="29">
         <v>51503034181</v>
       </c>
-      <c r="D146" s="34" t="s">
+      <c r="D146" s="29" t="s">
         <v>831</v>
       </c>
-      <c r="E146" s="34" t="s">
+      <c r="E146" s="29" t="s">
         <v>832</v>
       </c>
-      <c r="F146" s="29" t="s">
+      <c r="F146" s="27" t="s">
         <v>833</v>
       </c>
       <c r="G146" s="13" t="s">
         <v>834</v>
       </c>
-      <c r="H146" s="46">
+      <c r="H146" s="37">
         <v>44784</v>
       </c>
-      <c r="I146" s="47"/>
+      <c r="I146" s="38"/>
       <c r="J146" s="14">
         <v>46507</v>
       </c>
-      <c r="K146" s="32" t="s">
+      <c r="K146" s="30" t="s">
         <v>835</v>
       </c>
     </row>
-    <row r="147" spans="1:11" ht="33.75">
+    <row r="147" spans="1:11" ht="31.5">
       <c r="A147" s="11">
         <v>145</v>
       </c>
-      <c r="B147" s="34" t="s">
+      <c r="B147" s="29" t="s">
         <v>836</v>
       </c>
-      <c r="C147" s="34">
+      <c r="C147" s="29">
         <v>40103974877</v>
       </c>
-      <c r="D147" s="34" t="s">
+      <c r="D147" s="29" t="s">
         <v>837</v>
       </c>
-      <c r="E147" s="34" t="s">
+      <c r="E147" s="29" t="s">
         <v>837</v>
       </c>
       <c r="F147" s="13" t="s">
         <v>118</v>
       </c>
       <c r="G147" s="13" t="s">
         <v>838</v>
       </c>
-      <c r="H147" s="46">
+      <c r="H147" s="37">
         <v>44777</v>
       </c>
-      <c r="I147" s="47"/>
+      <c r="I147" s="38"/>
       <c r="J147" s="14">
         <v>46507</v>
       </c>
-      <c r="K147" s="32" t="s">
+      <c r="K147" s="30" t="s">
         <v>839</v>
       </c>
     </row>
-    <row r="148" spans="1:11" ht="22.5">
+    <row r="148" spans="1:11" ht="21">
       <c r="A148" s="11">
         <v>146</v>
       </c>
-      <c r="B148" s="34" t="s">
+      <c r="B148" s="29" t="s">
         <v>840</v>
       </c>
-      <c r="C148" s="34">
+      <c r="C148" s="29">
         <v>40203356073</v>
       </c>
-      <c r="D148" s="34" t="s">
+      <c r="D148" s="29" t="s">
         <v>841</v>
       </c>
-      <c r="E148" s="34" t="s">
+      <c r="E148" s="29" t="s">
         <v>841</v>
       </c>
-      <c r="F148" s="29" t="s">
+      <c r="F148" s="27" t="s">
         <v>842</v>
       </c>
       <c r="G148" s="13" t="s">
         <v>843</v>
       </c>
-      <c r="H148" s="46">
+      <c r="H148" s="37">
         <v>44777</v>
       </c>
-      <c r="I148" s="47"/>
+      <c r="I148" s="38"/>
       <c r="J148" s="14">
         <v>46507</v>
       </c>
-      <c r="K148" s="32" t="s">
+      <c r="K148" s="30" t="s">
         <v>844</v>
       </c>
     </row>
-    <row r="149" spans="1:11" ht="45">
+    <row r="149" spans="1:11" ht="31.5">
       <c r="A149" s="11">
         <v>147</v>
       </c>
-      <c r="B149" s="48" t="s">
+      <c r="B149" s="39" t="s">
         <v>845</v>
       </c>
-      <c r="C149" s="48">
+      <c r="C149" s="39">
         <v>40203050735</v>
       </c>
-      <c r="D149" s="48" t="s">
+      <c r="D149" s="39" t="s">
         <v>846</v>
       </c>
-      <c r="E149" s="48" t="s">
+      <c r="E149" s="39" t="s">
         <v>846</v>
       </c>
-      <c r="F149" s="29" t="s">
+      <c r="F149" s="27" t="s">
         <v>847</v>
       </c>
       <c r="G149" s="13" t="s">
         <v>848</v>
       </c>
-      <c r="H149" s="30">
+      <c r="H149" s="28">
         <v>44784</v>
       </c>
-      <c r="I149" s="29"/>
+      <c r="I149" s="27"/>
       <c r="J149" s="14">
         <v>46507</v>
       </c>
-      <c r="K149" s="32" t="s">
+      <c r="K149" s="30" t="s">
         <v>849</v>
       </c>
     </row>
-    <row r="150" spans="1:11" ht="33.75">
+    <row r="150" spans="1:11" ht="21">
       <c r="A150" s="11">
         <v>148</v>
       </c>
-      <c r="B150" s="48" t="s">
+      <c r="B150" s="39" t="s">
         <v>850</v>
       </c>
-      <c r="C150" s="48">
+      <c r="C150" s="39">
         <v>40203403927</v>
       </c>
-      <c r="D150" s="48" t="s">
+      <c r="D150" s="39" t="s">
         <v>851</v>
       </c>
-      <c r="E150" s="48" t="s">
+      <c r="E150" s="39" t="s">
         <v>851</v>
       </c>
-      <c r="F150" s="29" t="s">
+      <c r="F150" s="27" t="s">
         <v>852</v>
       </c>
       <c r="G150" s="13" t="s">
         <v>853</v>
       </c>
-      <c r="H150" s="46">
+      <c r="H150" s="37">
         <v>44784</v>
       </c>
-      <c r="I150" s="47"/>
+      <c r="I150" s="38"/>
       <c r="J150" s="14">
         <v>46507</v>
       </c>
-      <c r="K150" s="49" t="s">
+      <c r="K150" s="40" t="s">
         <v>854</v>
       </c>
     </row>
-    <row r="151" spans="1:11" ht="22.5">
+    <row r="151" spans="1:11" ht="21">
       <c r="A151" s="11">
         <v>149</v>
       </c>
-      <c r="B151" s="48" t="s">
+      <c r="B151" s="39" t="s">
         <v>855</v>
       </c>
-      <c r="C151" s="48">
+      <c r="C151" s="39">
         <v>40203272240</v>
       </c>
-      <c r="D151" s="48" t="s">
+      <c r="D151" s="39" t="s">
         <v>856</v>
       </c>
-      <c r="E151" s="48" t="s">
+      <c r="E151" s="39" t="s">
         <v>856</v>
       </c>
-      <c r="F151" s="29" t="s">
+      <c r="F151" s="27" t="s">
         <v>857</v>
       </c>
       <c r="G151" s="13" t="s">
         <v>858</v>
       </c>
-      <c r="H151" s="46">
+      <c r="H151" s="37">
         <v>44791</v>
       </c>
-      <c r="I151" s="47"/>
+      <c r="I151" s="38"/>
       <c r="J151" s="14">
         <v>46507</v>
       </c>
-      <c r="K151" s="49" t="s">
+      <c r="K151" s="40" t="s">
         <v>859</v>
       </c>
     </row>
-    <row r="152" spans="1:11" ht="33.75">
+    <row r="152" spans="1:11" ht="31.5">
       <c r="A152" s="11">
         <v>150</v>
       </c>
-      <c r="B152" s="48" t="s">
+      <c r="B152" s="39" t="s">
         <v>860</v>
       </c>
-      <c r="C152" s="48">
+      <c r="C152" s="39">
         <v>40203403471</v>
       </c>
-      <c r="D152" s="48" t="s">
+      <c r="D152" s="39" t="s">
         <v>861</v>
       </c>
-      <c r="E152" s="48" t="s">
+      <c r="E152" s="39" t="s">
         <v>861</v>
       </c>
-      <c r="F152" s="29" t="s">
+      <c r="F152" s="27" t="s">
         <v>862</v>
       </c>
       <c r="G152" s="13" t="s">
         <v>863</v>
       </c>
-      <c r="H152" s="46">
+      <c r="H152" s="37">
         <v>44833</v>
       </c>
-      <c r="I152" s="47"/>
+      <c r="I152" s="38"/>
       <c r="J152" s="14">
         <v>46507</v>
       </c>
-      <c r="K152" s="49" t="s">
+      <c r="K152" s="40" t="s">
         <v>864</v>
       </c>
     </row>
-    <row r="153" spans="1:11" ht="33.75">
+    <row r="153" spans="1:11" ht="31.5">
       <c r="A153" s="11">
         <v>151</v>
       </c>
-      <c r="B153" s="48" t="s">
+      <c r="B153" s="39" t="s">
         <v>865</v>
       </c>
-      <c r="C153" s="48">
+      <c r="C153" s="39">
         <v>40203270767</v>
       </c>
-      <c r="D153" s="48" t="s">
+      <c r="D153" s="39" t="s">
         <v>866</v>
       </c>
-      <c r="E153" s="48" t="s">
+      <c r="E153" s="39" t="s">
         <v>867</v>
       </c>
-      <c r="F153" s="29" t="s">
+      <c r="F153" s="27" t="s">
         <v>868</v>
       </c>
       <c r="G153" s="13" t="s">
         <v>869</v>
       </c>
-      <c r="H153" s="46">
+      <c r="H153" s="37">
         <v>44797</v>
       </c>
-      <c r="I153" s="47"/>
+      <c r="I153" s="38"/>
       <c r="J153" s="14">
         <v>46507</v>
       </c>
-      <c r="K153" s="49" t="s">
+      <c r="K153" s="40" t="s">
         <v>870</v>
       </c>
     </row>
-    <row r="154" spans="1:11" ht="22.5">
+    <row r="154" spans="1:11" ht="21">
       <c r="A154" s="11">
         <v>152</v>
       </c>
-      <c r="B154" s="48" t="s">
+      <c r="B154" s="39" t="s">
         <v>871</v>
       </c>
-      <c r="C154" s="48">
+      <c r="C154" s="39">
         <v>40203263731</v>
       </c>
-      <c r="D154" s="48" t="s">
+      <c r="D154" s="39" t="s">
         <v>872</v>
       </c>
-      <c r="E154" s="48" t="s">
+      <c r="E154" s="39" t="s">
         <v>872</v>
       </c>
-      <c r="F154" s="29" t="s">
+      <c r="F154" s="27" t="s">
         <v>873</v>
       </c>
       <c r="G154" s="13" t="s">
         <v>874</v>
       </c>
-      <c r="H154" s="46">
+      <c r="H154" s="37">
         <v>44811</v>
       </c>
-      <c r="I154" s="47"/>
+      <c r="I154" s="38"/>
       <c r="J154" s="14">
         <v>46507</v>
       </c>
-      <c r="K154" s="49" t="s">
+      <c r="K154" s="40" t="s">
         <v>875</v>
       </c>
     </row>
-    <row r="155" spans="1:11" ht="33.75">
+    <row r="155" spans="1:11" ht="31.5">
       <c r="A155" s="11">
         <v>153</v>
       </c>
-      <c r="B155" s="48" t="s">
+      <c r="B155" s="39" t="s">
         <v>876</v>
       </c>
-      <c r="C155" s="48">
+      <c r="C155" s="39">
         <v>40203294318</v>
       </c>
-      <c r="D155" s="48" t="s">
+      <c r="D155" s="39" t="s">
         <v>877</v>
       </c>
-      <c r="E155" s="48" t="s">
+      <c r="E155" s="39" t="s">
         <v>877</v>
       </c>
-      <c r="F155" s="29" t="s">
+      <c r="F155" s="27" t="s">
         <v>878</v>
       </c>
       <c r="G155" s="13" t="s">
         <v>879</v>
       </c>
-      <c r="H155" s="46">
+      <c r="H155" s="37">
         <v>44818</v>
       </c>
-      <c r="I155" s="47"/>
+      <c r="I155" s="38"/>
       <c r="J155" s="14">
         <v>46507</v>
       </c>
-      <c r="K155" s="49" t="s">
+      <c r="K155" s="40" t="s">
         <v>880</v>
       </c>
     </row>
-    <row r="156" spans="1:11" ht="33.75">
+    <row r="156" spans="1:11" ht="31.5">
       <c r="A156" s="11">
         <v>154</v>
       </c>
-      <c r="B156" s="48" t="s">
+      <c r="B156" s="39" t="s">
         <v>881</v>
       </c>
-      <c r="C156" s="48">
+      <c r="C156" s="39">
         <v>40103003876</v>
       </c>
-      <c r="D156" s="48" t="s">
+      <c r="D156" s="39" t="s">
         <v>122</v>
       </c>
-      <c r="E156" s="48" t="s">
+      <c r="E156" s="39" t="s">
         <v>122</v>
       </c>
-      <c r="F156" s="29" t="s">
+      <c r="F156" s="27" t="s">
         <v>882</v>
       </c>
       <c r="G156" s="13" t="s">
         <v>883</v>
       </c>
-      <c r="H156" s="46">
+      <c r="H156" s="37">
         <v>44832</v>
       </c>
-      <c r="I156" s="47"/>
+      <c r="I156" s="38"/>
       <c r="J156" s="14">
         <v>46507</v>
       </c>
-      <c r="K156" s="32" t="s">
+      <c r="K156" s="30" t="s">
         <v>884</v>
       </c>
     </row>
-    <row r="157" spans="1:11" ht="45">
+    <row r="157" spans="1:11" ht="31.5">
       <c r="A157" s="11">
         <v>155</v>
       </c>
-      <c r="B157" s="48" t="s">
+      <c r="B157" s="39" t="s">
         <v>885</v>
       </c>
-      <c r="C157" s="48">
+      <c r="C157" s="39">
         <v>40103692530</v>
       </c>
-      <c r="D157" s="49" t="s">
+      <c r="D157" s="40" t="s">
         <v>886</v>
       </c>
-      <c r="E157" s="48" t="s">
+      <c r="E157" s="39" t="s">
         <v>887</v>
       </c>
-      <c r="F157" s="29" t="s">
+      <c r="F157" s="27" t="s">
         <v>888</v>
       </c>
       <c r="G157" s="13" t="s">
         <v>889</v>
       </c>
-      <c r="H157" s="46">
+      <c r="H157" s="37">
         <v>44837</v>
       </c>
-      <c r="I157" s="47"/>
+      <c r="I157" s="38"/>
       <c r="J157" s="14">
         <v>46507</v>
       </c>
-      <c r="K157" s="49" t="s">
+      <c r="K157" s="40" t="s">
         <v>890</v>
       </c>
     </row>
-    <row r="158" spans="1:11" ht="33.75">
+    <row r="158" spans="1:11" ht="31.5">
       <c r="A158" s="11">
         <v>156</v>
       </c>
-      <c r="B158" s="48" t="s">
+      <c r="B158" s="39" t="s">
         <v>891</v>
       </c>
-      <c r="C158" s="48">
+      <c r="C158" s="39">
         <v>54103050671</v>
       </c>
-      <c r="D158" s="48" t="s">
+      <c r="D158" s="39" t="s">
         <v>892</v>
       </c>
-      <c r="E158" s="48" t="s">
+      <c r="E158" s="39" t="s">
         <v>892</v>
       </c>
-      <c r="F158" s="29" t="s">
+      <c r="F158" s="27" t="s">
         <v>893</v>
       </c>
       <c r="G158" s="13" t="s">
         <v>894</v>
       </c>
-      <c r="H158" s="46">
+      <c r="H158" s="37">
         <v>44840</v>
       </c>
-      <c r="I158" s="47"/>
+      <c r="I158" s="38"/>
       <c r="J158" s="14">
         <v>46507</v>
       </c>
-      <c r="K158" s="32" t="s">
+      <c r="K158" s="30" t="s">
         <v>895</v>
       </c>
     </row>
-    <row r="159" spans="1:11" ht="45">
+    <row r="159" spans="1:11" ht="31.5">
       <c r="A159" s="11">
         <v>157</v>
       </c>
-      <c r="B159" s="48" t="s">
+      <c r="B159" s="39" t="s">
         <v>896</v>
       </c>
-      <c r="C159" s="48">
+      <c r="C159" s="39">
         <v>40203142584</v>
       </c>
-      <c r="D159" s="48" t="s">
+      <c r="D159" s="39" t="s">
         <v>897</v>
       </c>
-      <c r="E159" s="48" t="s">
+      <c r="E159" s="39" t="s">
         <v>897</v>
       </c>
-      <c r="F159" s="29" t="s">
+      <c r="F159" s="27" t="s">
         <v>898</v>
       </c>
       <c r="G159" s="13" t="s">
         <v>899</v>
       </c>
-      <c r="H159" s="46">
+      <c r="H159" s="37">
         <v>44840</v>
       </c>
-      <c r="I159" s="47"/>
+      <c r="I159" s="38"/>
       <c r="J159" s="14">
         <v>46507</v>
       </c>
-      <c r="K159" s="32" t="s">
+      <c r="K159" s="30" t="s">
         <v>900</v>
       </c>
     </row>
-    <row r="160" spans="1:11" ht="33.75">
+    <row r="160" spans="1:11" ht="31.5">
       <c r="A160" s="11">
         <v>158</v>
       </c>
-      <c r="B160" s="48" t="s">
+      <c r="B160" s="39" t="s">
         <v>901</v>
       </c>
-      <c r="C160" s="48">
+      <c r="C160" s="39">
         <v>40203433565</v>
       </c>
-      <c r="D160" s="48" t="s">
+      <c r="D160" s="39" t="s">
         <v>902</v>
       </c>
-      <c r="E160" s="48" t="s">
+      <c r="E160" s="39" t="s">
         <v>902</v>
       </c>
-      <c r="F160" s="29" t="s">
+      <c r="F160" s="27" t="s">
         <v>903</v>
       </c>
       <c r="G160" s="13" t="s">
         <v>904</v>
       </c>
-      <c r="H160" s="46">
+      <c r="H160" s="37">
         <v>44873</v>
       </c>
-      <c r="I160" s="47"/>
+      <c r="I160" s="38"/>
       <c r="J160" s="14">
         <v>46507</v>
       </c>
-      <c r="K160" s="32" t="s">
+      <c r="K160" s="30" t="s">
         <v>905</v>
       </c>
     </row>
-    <row r="161" spans="1:11" ht="45">
+    <row r="161" spans="1:11" ht="31.5">
       <c r="A161" s="11">
         <v>159</v>
       </c>
-      <c r="B161" s="48" t="s">
+      <c r="B161" s="39" t="s">
         <v>906</v>
       </c>
-      <c r="C161" s="48">
+      <c r="C161" s="39">
         <v>50203133371</v>
       </c>
-      <c r="D161" s="48" t="s">
+      <c r="D161" s="39" t="s">
         <v>907</v>
       </c>
-      <c r="E161" s="48" t="s">
+      <c r="E161" s="39" t="s">
         <v>907</v>
       </c>
-      <c r="F161" s="29" t="s">
+      <c r="F161" s="27" t="s">
         <v>908</v>
       </c>
       <c r="G161" s="13" t="s">
         <v>909</v>
       </c>
-      <c r="H161" s="46">
+      <c r="H161" s="37">
         <v>44886</v>
       </c>
-      <c r="I161" s="47"/>
+      <c r="I161" s="38"/>
       <c r="J161" s="14">
         <v>46507</v>
       </c>
-      <c r="K161" s="32" t="s">
+      <c r="K161" s="30" t="s">
         <v>910</v>
       </c>
     </row>
-    <row r="162" spans="1:11" ht="33.75">
+    <row r="162" spans="1:11" ht="21">
       <c r="A162" s="11">
         <v>160</v>
       </c>
-      <c r="B162" s="48" t="s">
+      <c r="B162" s="39" t="s">
         <v>911</v>
       </c>
-      <c r="C162" s="48">
+      <c r="C162" s="39">
         <v>40203242195</v>
       </c>
-      <c r="D162" s="48" t="s">
+      <c r="D162" s="39" t="s">
         <v>912</v>
       </c>
-      <c r="E162" s="48" t="s">
+      <c r="E162" s="39" t="s">
         <v>913</v>
       </c>
-      <c r="F162" s="29" t="s">
+      <c r="F162" s="27" t="s">
         <v>914</v>
       </c>
       <c r="G162" s="13" t="s">
         <v>915</v>
       </c>
-      <c r="H162" s="46">
+      <c r="H162" s="37">
         <v>44889</v>
       </c>
-      <c r="I162" s="47"/>
+      <c r="I162" s="38"/>
       <c r="J162" s="14">
         <v>46507</v>
       </c>
-      <c r="K162" s="32" t="s">
+      <c r="K162" s="30" t="s">
         <v>916</v>
       </c>
     </row>
-    <row r="163" spans="1:11" ht="33.75">
+    <row r="163" spans="1:11" ht="21">
       <c r="A163" s="11">
         <v>161</v>
       </c>
-      <c r="B163" s="48" t="s">
+      <c r="B163" s="39" t="s">
         <v>917</v>
       </c>
-      <c r="C163" s="48">
+      <c r="C163" s="39">
         <v>40103897262</v>
       </c>
-      <c r="D163" s="48" t="s">
+      <c r="D163" s="39" t="s">
         <v>918</v>
       </c>
-      <c r="E163" s="48" t="s">
+      <c r="E163" s="39" t="s">
         <v>919</v>
       </c>
-      <c r="F163" s="29" t="s">
+      <c r="F163" s="27" t="s">
         <v>920</v>
       </c>
       <c r="G163" s="13" t="s">
         <v>921</v>
       </c>
-      <c r="H163" s="46">
+      <c r="H163" s="37">
         <v>44890</v>
       </c>
-      <c r="I163" s="47"/>
+      <c r="I163" s="38"/>
       <c r="J163" s="14">
         <v>46507</v>
       </c>
-      <c r="K163" s="32" t="s">
+      <c r="K163" s="30" t="s">
         <v>922</v>
       </c>
     </row>
-    <row r="164" spans="1:11" ht="22.5">
+    <row r="164" spans="1:11">
       <c r="A164" s="11">
         <v>162</v>
       </c>
-      <c r="B164" s="48" t="s">
+      <c r="B164" s="39" t="s">
         <v>923</v>
       </c>
-      <c r="C164" s="48">
+      <c r="C164" s="39">
         <v>40203194641</v>
       </c>
-      <c r="D164" s="48" t="s">
+      <c r="D164" s="39" t="s">
         <v>924</v>
       </c>
-      <c r="E164" s="48" t="s">
+      <c r="E164" s="39" t="s">
         <v>925</v>
       </c>
-      <c r="F164" s="29" t="s">
+      <c r="F164" s="27" t="s">
         <v>926</v>
       </c>
       <c r="G164" s="13" t="s">
         <v>927</v>
       </c>
-      <c r="H164" s="46">
+      <c r="H164" s="37">
         <v>44870</v>
       </c>
-      <c r="I164" s="47"/>
+      <c r="I164" s="38"/>
       <c r="J164" s="14">
         <v>46507</v>
       </c>
-      <c r="K164" s="32" t="s">
+      <c r="K164" s="30" t="s">
         <v>928</v>
       </c>
     </row>
-    <row r="165" spans="1:11" ht="33.75">
+    <row r="165" spans="1:11" ht="31.5">
       <c r="A165" s="11">
         <v>163</v>
       </c>
-      <c r="B165" s="48" t="s">
+      <c r="B165" s="39" t="s">
         <v>929</v>
       </c>
-      <c r="C165" s="48">
+      <c r="C165" s="39">
         <v>40203202883</v>
       </c>
-      <c r="D165" s="48" t="s">
+      <c r="D165" s="39" t="s">
         <v>930</v>
       </c>
-      <c r="E165" s="48" t="s">
+      <c r="E165" s="39" t="s">
         <v>931</v>
       </c>
-      <c r="F165" s="29" t="s">
+      <c r="F165" s="27" t="s">
         <v>932</v>
       </c>
       <c r="G165" s="13" t="s">
         <v>933</v>
       </c>
-      <c r="H165" s="46">
+      <c r="H165" s="37">
         <v>44907</v>
       </c>
-      <c r="I165" s="47"/>
+      <c r="I165" s="38"/>
       <c r="J165" s="14">
         <v>46507</v>
       </c>
-      <c r="K165" s="32" t="s">
+      <c r="K165" s="30" t="s">
         <v>934</v>
       </c>
     </row>
-    <row r="166" spans="1:11" ht="45">
+    <row r="166" spans="1:11" ht="31.5">
       <c r="A166" s="11">
         <v>164</v>
       </c>
-      <c r="B166" s="48" t="s">
+      <c r="B166" s="39" t="s">
         <v>935</v>
       </c>
-      <c r="C166" s="48">
+      <c r="C166" s="39">
         <v>40203442337</v>
       </c>
-      <c r="D166" s="48" t="s">
+      <c r="D166" s="39" t="s">
         <v>936</v>
       </c>
-      <c r="E166" s="48" t="s">
+      <c r="E166" s="39" t="s">
         <v>936</v>
       </c>
-      <c r="F166" s="29" t="s">
+      <c r="F166" s="27" t="s">
         <v>937</v>
       </c>
       <c r="G166" s="13" t="s">
         <v>938</v>
       </c>
-      <c r="H166" s="46">
+      <c r="H166" s="37">
         <v>44917</v>
       </c>
-      <c r="I166" s="47"/>
+      <c r="I166" s="38"/>
       <c r="J166" s="14">
         <v>46507</v>
       </c>
-      <c r="K166" s="32" t="s">
+      <c r="K166" s="30" t="s">
         <v>939</v>
       </c>
     </row>
-    <row r="167" spans="1:11" ht="33.75">
+    <row r="167" spans="1:11" ht="31.5">
       <c r="A167" s="11">
         <v>165</v>
       </c>
-      <c r="B167" s="48" t="s">
+      <c r="B167" s="39" t="s">
         <v>940</v>
       </c>
-      <c r="C167" s="48">
+      <c r="C167" s="39">
         <v>42103106956</v>
       </c>
-      <c r="D167" s="48" t="s">
+      <c r="D167" s="39" t="s">
         <v>941</v>
       </c>
-      <c r="E167" s="48" t="s">
+      <c r="E167" s="39" t="s">
         <v>942</v>
       </c>
-      <c r="F167" s="29" t="s">
+      <c r="F167" s="27" t="s">
         <v>943</v>
       </c>
       <c r="G167" s="13" t="s">
         <v>944</v>
       </c>
-      <c r="H167" s="46">
+      <c r="H167" s="37">
         <v>44924</v>
       </c>
-      <c r="I167" s="47"/>
+      <c r="I167" s="38"/>
       <c r="J167" s="14">
         <v>46507</v>
       </c>
-      <c r="K167" s="32" t="s">
+      <c r="K167" s="30" t="s">
         <v>945</v>
       </c>
     </row>
-    <row r="168" spans="1:11" ht="33.75">
+    <row r="168" spans="1:11" ht="31.5">
       <c r="A168" s="11">
         <v>166</v>
       </c>
-      <c r="B168" s="48" t="s">
+      <c r="B168" s="39" t="s">
         <v>946</v>
       </c>
-      <c r="C168" s="48">
+      <c r="C168" s="39">
         <v>40203438524</v>
       </c>
-      <c r="D168" s="48" t="s">
+      <c r="D168" s="39" t="s">
         <v>947</v>
       </c>
-      <c r="E168" s="48" t="s">
+      <c r="E168" s="39" t="s">
         <v>948</v>
       </c>
-      <c r="F168" s="29" t="s">
+      <c r="F168" s="27" t="s">
         <v>949</v>
       </c>
       <c r="G168" s="13" t="s">
         <v>950</v>
       </c>
-      <c r="H168" s="46">
+      <c r="H168" s="37">
         <v>44960</v>
       </c>
-      <c r="I168" s="47"/>
+      <c r="I168" s="38"/>
       <c r="J168" s="14">
         <v>46507</v>
       </c>
-      <c r="K168" s="32" t="s">
+      <c r="K168" s="30" t="s">
         <v>951</v>
       </c>
     </row>
-    <row r="169" spans="1:11" ht="33.75">
+    <row r="169" spans="1:11" ht="31.5">
       <c r="A169" s="11">
         <v>167</v>
       </c>
-      <c r="B169" s="48" t="s">
+      <c r="B169" s="39" t="s">
         <v>952</v>
       </c>
-      <c r="C169" s="39">
+      <c r="C169" s="19">
         <v>50203412391</v>
       </c>
-      <c r="D169" s="48" t="s">
+      <c r="D169" s="39" t="s">
         <v>953</v>
       </c>
-      <c r="E169" s="48" t="s">
+      <c r="E169" s="39" t="s">
         <v>953</v>
       </c>
-      <c r="F169" s="29" t="s">
+      <c r="F169" s="27" t="s">
         <v>954</v>
       </c>
       <c r="G169" s="13" t="s">
         <v>955</v>
       </c>
-      <c r="H169" s="46">
+      <c r="H169" s="37">
         <v>44960</v>
       </c>
-      <c r="I169" s="47"/>
+      <c r="I169" s="38"/>
       <c r="J169" s="14">
         <v>46507</v>
       </c>
-      <c r="K169" s="32" t="s">
+      <c r="K169" s="30" t="s">
         <v>956</v>
       </c>
     </row>
-    <row r="170" spans="1:11" ht="33.75">
+    <row r="170" spans="1:11" ht="31.5">
       <c r="A170" s="11">
         <v>168</v>
       </c>
-      <c r="B170" s="48" t="s">
+      <c r="B170" s="39" t="s">
         <v>957</v>
       </c>
-      <c r="C170" s="48">
+      <c r="C170" s="39">
         <v>40003264397</v>
       </c>
-      <c r="D170" s="39" t="s">
+      <c r="D170" s="19" t="s">
         <v>958</v>
       </c>
-      <c r="E170" s="48" t="s">
+      <c r="E170" s="39" t="s">
         <v>959</v>
       </c>
-      <c r="F170" s="29" t="s">
+      <c r="F170" s="27" t="s">
         <v>960</v>
       </c>
       <c r="G170" s="13" t="s">
         <v>961</v>
       </c>
-      <c r="H170" s="46">
+      <c r="H170" s="37">
         <v>44966</v>
       </c>
-      <c r="I170" s="47"/>
+      <c r="I170" s="38"/>
       <c r="J170" s="14">
         <v>46507</v>
       </c>
-      <c r="K170" s="32" t="s">
+      <c r="K170" s="30" t="s">
         <v>962</v>
       </c>
     </row>
-    <row r="171" spans="1:11" ht="33.75">
+    <row r="171" spans="1:11" ht="21">
       <c r="A171" s="11">
         <v>169</v>
       </c>
-      <c r="B171" s="48" t="s">
+      <c r="B171" s="39" t="s">
         <v>963</v>
       </c>
-      <c r="C171" s="48">
-[...2 lines deleted...]
-      <c r="D171" s="48" t="s">
+      <c r="C171" s="39">
+        <v>42103077619</v>
+      </c>
+      <c r="D171" s="39" t="s">
         <v>964</v>
       </c>
-      <c r="E171" s="48" t="s">
+      <c r="E171" s="39" t="s">
         <v>964</v>
       </c>
-      <c r="F171" s="29" t="s">
+      <c r="F171" s="27" t="s">
         <v>965</v>
       </c>
       <c r="G171" s="13" t="s">
         <v>966</v>
       </c>
-      <c r="H171" s="46">
-[...2 lines deleted...]
-      <c r="I171" s="47"/>
+      <c r="H171" s="37">
+        <v>44979</v>
+      </c>
+      <c r="I171" s="38"/>
       <c r="J171" s="14">
         <v>46507</v>
       </c>
-      <c r="K171" s="32" t="s">
+      <c r="K171" s="30" t="s">
         <v>967</v>
       </c>
     </row>
-    <row r="172" spans="1:11" ht="22.5">
+    <row r="172" spans="1:11" ht="21">
       <c r="A172" s="11">
         <v>170</v>
       </c>
-      <c r="B172" s="48" t="s">
+      <c r="B172" s="39" t="s">
         <v>968</v>
       </c>
-      <c r="C172" s="48">
-[...2 lines deleted...]
-      <c r="D172" s="48" t="s">
+      <c r="C172" s="39">
+        <v>40002010380</v>
+      </c>
+      <c r="D172" s="39" t="s">
         <v>969</v>
       </c>
-      <c r="E172" s="48" t="s">
-[...2 lines deleted...]
-      <c r="F172" s="29" t="s">
+      <c r="E172" s="39" t="s">
         <v>970</v>
       </c>
+      <c r="F172" s="27" t="s">
+        <v>971</v>
+      </c>
       <c r="G172" s="13" t="s">
-        <v>971</v>
-[...1 lines deleted...]
-      <c r="H172" s="46">
+        <v>972</v>
+      </c>
+      <c r="H172" s="37">
         <v>44979</v>
       </c>
-      <c r="I172" s="47"/>
+      <c r="I172" s="38"/>
       <c r="J172" s="14">
         <v>46507</v>
       </c>
-      <c r="K172" s="32" t="s">
-[...3 lines deleted...]
-    <row r="173" spans="1:11" ht="22.5">
+      <c r="K172" s="30" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="173" spans="1:11" ht="42">
       <c r="A173" s="11">
         <v>171</v>
       </c>
-      <c r="B173" s="48" t="s">
+      <c r="B173" s="39" t="s">
         <v>973</v>
       </c>
-      <c r="C173" s="48">
-[...2 lines deleted...]
-      <c r="D173" s="48" t="s">
+      <c r="C173" s="39">
+        <v>44103139279</v>
+      </c>
+      <c r="D173" s="39" t="s">
         <v>974</v>
       </c>
-      <c r="E173" s="48" t="s">
+      <c r="E173" s="39" t="s">
+        <v>974</v>
+      </c>
+      <c r="F173" s="27" t="s">
         <v>975</v>
       </c>
-      <c r="F173" s="29" t="s">
+      <c r="G173" s="13" t="s">
         <v>976</v>
       </c>
-      <c r="G173" s="13" t="s">
+      <c r="H173" s="37">
+        <v>44991</v>
+      </c>
+      <c r="I173" s="38"/>
+      <c r="J173" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K173" s="30" t="s">
         <v>977</v>
       </c>
-      <c r="H173" s="46">
-[...10 lines deleted...]
-    <row r="174" spans="1:11" ht="56.25">
+    </row>
+    <row r="174" spans="1:11" ht="21">
       <c r="A174" s="11">
         <v>172</v>
       </c>
-      <c r="B174" s="48" t="s">
+      <c r="B174" s="39" t="s">
         <v>978</v>
       </c>
-      <c r="C174" s="48">
-[...2 lines deleted...]
-      <c r="D174" s="48" t="s">
+      <c r="C174" s="39">
+        <v>50203093401</v>
+      </c>
+      <c r="D174" s="40" t="s">
         <v>979</v>
       </c>
-      <c r="E174" s="48" t="s">
-[...2 lines deleted...]
-      <c r="F174" s="29" t="s">
+      <c r="E174" s="39" t="s">
         <v>980</v>
       </c>
+      <c r="F174" s="27" t="s">
+        <v>981</v>
+      </c>
       <c r="G174" s="13" t="s">
-        <v>981</v>
-[...4 lines deleted...]
-      <c r="I174" s="47"/>
+        <v>982</v>
+      </c>
+      <c r="H174" s="37">
+        <v>44999</v>
+      </c>
+      <c r="I174" s="38"/>
       <c r="J174" s="14">
         <v>46507</v>
       </c>
-      <c r="K174" s="32" t="s">
-[...3 lines deleted...]
-    <row r="175" spans="1:11" ht="22.5">
+      <c r="K174" s="30" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="175" spans="1:11" ht="21">
       <c r="A175" s="11">
         <v>173</v>
       </c>
-      <c r="B175" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D175" s="49" t="s">
+      <c r="B175" s="39" t="s">
         <v>984</v>
       </c>
-      <c r="E175" s="48" t="s">
+      <c r="C175" s="39">
+        <v>40103619020</v>
+      </c>
+      <c r="D175" s="39" t="s">
         <v>985</v>
       </c>
-      <c r="F175" s="29" t="s">
+      <c r="E175" s="39" t="s">
         <v>986</v>
       </c>
+      <c r="F175" s="27" t="s">
+        <v>987</v>
+      </c>
       <c r="G175" s="13" t="s">
-        <v>987</v>
-[...4 lines deleted...]
-      <c r="I175" s="47"/>
+        <v>988</v>
+      </c>
+      <c r="H175" s="37">
+        <v>45009</v>
+      </c>
+      <c r="I175" s="38"/>
       <c r="J175" s="14">
         <v>46507</v>
       </c>
-      <c r="K175" s="32" t="s">
-[...3 lines deleted...]
-    <row r="176" spans="1:11" ht="33.75">
+      <c r="K175" s="30" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="176" spans="1:11" ht="31.5">
       <c r="A176" s="11">
         <v>174</v>
       </c>
-      <c r="B176" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D176" s="48" t="s">
+      <c r="B176" s="39" t="s">
         <v>990</v>
       </c>
-      <c r="E176" s="48" t="s">
+      <c r="C176" s="39">
+        <v>40003095713</v>
+      </c>
+      <c r="D176" s="39" t="s">
         <v>991</v>
       </c>
-      <c r="F176" s="29" t="s">
+      <c r="E176" s="39" t="s">
+        <v>991</v>
+      </c>
+      <c r="F176" s="27" t="s">
         <v>992</v>
       </c>
       <c r="G176" s="13" t="s">
         <v>993</v>
       </c>
-      <c r="H176" s="46">
-[...2 lines deleted...]
-      <c r="I176" s="47"/>
+      <c r="H176" s="37">
+        <v>45015</v>
+      </c>
+      <c r="I176" s="38"/>
       <c r="J176" s="14">
         <v>46507</v>
       </c>
-      <c r="K176" s="32" t="s">
+      <c r="K176" s="30" t="s">
         <v>994</v>
       </c>
     </row>
-    <row r="177" spans="1:11" ht="33.75">
+    <row r="177" spans="1:11" ht="42">
       <c r="A177" s="11">
         <v>175</v>
       </c>
-      <c r="B177" s="48" t="s">
+      <c r="B177" s="39" t="s">
         <v>995</v>
       </c>
-      <c r="C177" s="48">
-[...2 lines deleted...]
-      <c r="D177" s="48" t="s">
+      <c r="C177" s="39">
+        <v>43903002559</v>
+      </c>
+      <c r="D177" s="39" t="s">
         <v>996</v>
       </c>
-      <c r="E177" s="48" t="s">
-[...2 lines deleted...]
-      <c r="F177" s="29" t="s">
+      <c r="E177" s="39" t="s">
         <v>997</v>
       </c>
+      <c r="F177" s="27" t="s">
+        <v>998</v>
+      </c>
       <c r="G177" s="13" t="s">
-        <v>998</v>
-[...4 lines deleted...]
-      <c r="I177" s="47"/>
+        <v>999</v>
+      </c>
+      <c r="H177" s="37">
+        <v>45016</v>
+      </c>
+      <c r="I177" s="38"/>
       <c r="J177" s="14">
         <v>46507</v>
       </c>
-      <c r="K177" s="32" t="s">
-[...3 lines deleted...]
-    <row r="178" spans="1:11" ht="45">
+      <c r="K177" s="30" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="178" spans="1:11" ht="31.5">
       <c r="A178" s="11">
         <v>176</v>
       </c>
-      <c r="B178" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D178" s="48" t="s">
+      <c r="B178" s="39" t="s">
         <v>1001</v>
       </c>
-      <c r="E178" s="48" t="s">
+      <c r="C178" s="39">
+        <v>40203419203</v>
+      </c>
+      <c r="D178" s="39" t="s">
         <v>1002</v>
       </c>
-      <c r="F178" s="29" t="s">
+      <c r="E178" s="39" t="s">
+        <v>1002</v>
+      </c>
+      <c r="F178" s="27" t="s">
         <v>1003</v>
       </c>
       <c r="G178" s="13" t="s">
         <v>1004</v>
       </c>
-      <c r="H178" s="46">
+      <c r="H178" s="37">
         <v>45016</v>
       </c>
-      <c r="I178" s="47"/>
+      <c r="I178" s="38"/>
       <c r="J178" s="14">
         <v>46507</v>
       </c>
-      <c r="K178" s="32" t="s">
+      <c r="K178" s="30" t="s">
         <v>1005</v>
       </c>
     </row>
-    <row r="179" spans="1:11" ht="33.75">
+    <row r="179" spans="1:11" ht="31.5">
       <c r="A179" s="11">
         <v>177</v>
       </c>
-      <c r="B179" s="48" t="s">
+      <c r="B179" s="39" t="s">
         <v>1006</v>
       </c>
-      <c r="C179" s="48">
-[...2 lines deleted...]
-      <c r="D179" s="48" t="s">
+      <c r="C179" s="39">
+        <v>50103355001</v>
+      </c>
+      <c r="D179" s="39" t="s">
         <v>1007</v>
       </c>
-      <c r="E179" s="48" t="s">
+      <c r="E179" s="39" t="s">
         <v>1007</v>
       </c>
-      <c r="F179" s="29" t="s">
+      <c r="F179" s="27" t="s">
         <v>1008</v>
       </c>
       <c r="G179" s="13" t="s">
         <v>1009</v>
       </c>
-      <c r="H179" s="46">
+      <c r="H179" s="37">
         <v>45016</v>
       </c>
-      <c r="I179" s="47"/>
+      <c r="I179" s="38"/>
       <c r="J179" s="14">
         <v>46507</v>
       </c>
-      <c r="K179" s="32" t="s">
+      <c r="K179" s="30" t="s">
         <v>1010</v>
       </c>
     </row>
-    <row r="180" spans="1:11" ht="33.75">
+    <row r="180" spans="1:11" ht="31.5">
       <c r="A180" s="11">
         <v>178</v>
       </c>
-      <c r="B180" s="48" t="s">
+      <c r="B180" s="39" t="s">
         <v>1011</v>
       </c>
-      <c r="C180" s="48">
-[...2 lines deleted...]
-      <c r="D180" s="48" t="s">
+      <c r="C180" s="39">
+        <v>42403006225</v>
+      </c>
+      <c r="D180" s="39" t="s">
+        <v>991</v>
+      </c>
+      <c r="E180" s="39" t="s">
+        <v>991</v>
+      </c>
+      <c r="F180" s="27" t="s">
         <v>1012</v>
       </c>
-      <c r="E180" s="48" t="s">
-[...2 lines deleted...]
-      <c r="F180" s="29" t="s">
+      <c r="G180" s="13" t="s">
         <v>1013</v>
       </c>
-      <c r="G180" s="13" t="s">
-[...2 lines deleted...]
-      <c r="H180" s="46">
+      <c r="H180" s="37">
         <v>45016</v>
       </c>
-      <c r="I180" s="47"/>
+      <c r="I180" s="38"/>
       <c r="J180" s="14">
         <v>46507</v>
       </c>
-      <c r="K180" s="32" t="s">
-[...3 lines deleted...]
-    <row r="181" spans="1:11" ht="33.75">
+      <c r="K180" s="30" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="181" spans="1:11" ht="31.5">
       <c r="A181" s="11">
         <v>179</v>
       </c>
-      <c r="B181" s="48" t="s">
+      <c r="B181" s="15" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C181" s="32" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D181" s="19" t="s">
+        <v>230</v>
+      </c>
+      <c r="E181" s="38" t="s">
+        <v>230</v>
+      </c>
+      <c r="F181" s="27" t="s">
         <v>1016</v>
       </c>
-      <c r="C181" s="48">
-[...8 lines deleted...]
-      <c r="F181" s="29" t="s">
+      <c r="G181" s="13" t="s">
         <v>1017</v>
       </c>
-      <c r="G181" s="13" t="s">
+      <c r="H181" s="33">
+        <v>45030</v>
+      </c>
+      <c r="I181" s="19"/>
+      <c r="J181" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K181" s="27" t="s">
         <v>1018</v>
       </c>
-      <c r="H181" s="46">
-[...10 lines deleted...]
-    <row r="182" spans="1:11" ht="33.75">
+    </row>
+    <row r="182" spans="1:11">
       <c r="A182" s="11">
         <v>180</v>
       </c>
-      <c r="B182" s="37" t="s">
+      <c r="B182" s="15" t="s">
         <v>1019</v>
       </c>
-      <c r="C182" s="38" t="s">
+      <c r="C182" s="29">
+        <v>41503078413</v>
+      </c>
+      <c r="D182" s="19" t="s">
         <v>1020</v>
       </c>
-      <c r="D182" s="39" t="s">
-[...5 lines deleted...]
-      <c r="F182" s="29" t="s">
+      <c r="E182" s="19" t="s">
+        <v>1020</v>
+      </c>
+      <c r="F182" s="27" t="s">
         <v>1021</v>
       </c>
       <c r="G182" s="13" t="s">
         <v>1022</v>
       </c>
-      <c r="H182" s="40">
-[...2 lines deleted...]
-      <c r="I182" s="39"/>
+      <c r="H182" s="33">
+        <v>45035</v>
+      </c>
+      <c r="I182" s="19"/>
       <c r="J182" s="14">
         <v>46507</v>
       </c>
-      <c r="K182" s="29" t="s">
+      <c r="K182" s="27" t="s">
         <v>1023</v>
       </c>
     </row>
-    <row r="183" spans="1:11">
+    <row r="183" spans="1:11" ht="21">
       <c r="A183" s="11">
         <v>181</v>
       </c>
       <c r="B183" s="15" t="s">
         <v>1024</v>
       </c>
-      <c r="C183" s="31">
-        <v>41503078413</v>
+      <c r="C183" s="29">
+        <v>40103866864</v>
       </c>
       <c r="D183" s="19" t="s">
         <v>1025</v>
       </c>
       <c r="E183" s="19" t="s">
-        <v>1025</v>
-[...1 lines deleted...]
-      <c r="F183" s="29" t="s">
         <v>1026</v>
       </c>
+      <c r="F183" s="27" t="s">
+        <v>1027</v>
+      </c>
       <c r="G183" s="13" t="s">
-        <v>1027</v>
-[...4 lines deleted...]
-      <c r="I183" s="39"/>
+        <v>1028</v>
+      </c>
+      <c r="H183" s="33">
+        <v>45041</v>
+      </c>
+      <c r="I183" s="19"/>
       <c r="J183" s="14">
         <v>46507</v>
       </c>
-      <c r="K183" s="29" t="s">
-[...3 lines deleted...]
-    <row r="184" spans="1:11" ht="22.5">
+      <c r="K183" s="27" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="184" spans="1:11">
       <c r="A184" s="11">
         <v>182</v>
       </c>
       <c r="B184" s="15" t="s">
-        <v>1029</v>
-[...2 lines deleted...]
-        <v>40103866864</v>
+        <v>1030</v>
+      </c>
+      <c r="C184" s="29">
+        <v>40203467650</v>
       </c>
       <c r="D184" s="19" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="E184" s="19" t="s">
         <v>1031</v>
       </c>
-      <c r="F184" s="29" t="s">
+      <c r="F184" s="27" t="s">
         <v>1032</v>
       </c>
       <c r="G184" s="13" t="s">
         <v>1033</v>
       </c>
-      <c r="H184" s="40">
-[...2 lines deleted...]
-      <c r="I184" s="39"/>
+      <c r="H184" s="33">
+        <v>45106</v>
+      </c>
+      <c r="I184" s="19"/>
       <c r="J184" s="14">
         <v>46507</v>
       </c>
-      <c r="K184" s="29" t="s">
+      <c r="K184" s="30" t="s">
         <v>1034</v>
       </c>
     </row>
-    <row r="185" spans="1:11">
+    <row r="185" spans="1:11" ht="31.5">
       <c r="A185" s="11">
         <v>183</v>
       </c>
       <c r="B185" s="15" t="s">
         <v>1035</v>
       </c>
-      <c r="C185" s="34">
-        <v>40203467650</v>
+      <c r="C185" s="29">
+        <v>40203427357</v>
       </c>
       <c r="D185" s="19" t="s">
         <v>1036</v>
       </c>
       <c r="E185" s="19" t="s">
         <v>1036</v>
       </c>
-      <c r="F185" s="29" t="s">
+      <c r="F185" s="27" t="s">
         <v>1037</v>
       </c>
       <c r="G185" s="13" t="s">
         <v>1038</v>
       </c>
-      <c r="H185" s="40">
-[...2 lines deleted...]
-      <c r="I185" s="39"/>
+      <c r="H185" s="33">
+        <v>45044</v>
+      </c>
+      <c r="I185" s="19"/>
       <c r="J185" s="14">
         <v>46507</v>
       </c>
-      <c r="K185" s="32" t="s">
+      <c r="K185" s="30" t="s">
         <v>1039</v>
       </c>
     </row>
-    <row r="186" spans="1:11" ht="33.75">
+    <row r="186" spans="1:11" ht="31.5">
       <c r="A186" s="11">
         <v>184</v>
       </c>
       <c r="B186" s="15" t="s">
         <v>1040</v>
       </c>
-      <c r="C186" s="34">
-        <v>40203427357</v>
+      <c r="C186" s="29">
+        <v>40203461200</v>
       </c>
       <c r="D186" s="19" t="s">
         <v>1041</v>
       </c>
       <c r="E186" s="19" t="s">
-        <v>1041</v>
-[...1 lines deleted...]
-      <c r="F186" s="29" t="s">
         <v>1042</v>
       </c>
+      <c r="F186" s="27" t="s">
+        <v>1043</v>
+      </c>
       <c r="G186" s="13" t="s">
-        <v>1043</v>
-[...4 lines deleted...]
-      <c r="I186" s="39"/>
+        <v>1044</v>
+      </c>
+      <c r="H186" s="33">
+        <v>45064</v>
+      </c>
+      <c r="I186" s="19"/>
       <c r="J186" s="14">
         <v>46507</v>
       </c>
-      <c r="K186" s="32" t="s">
-[...3 lines deleted...]
-    <row r="187" spans="1:11" ht="33.75">
+      <c r="K186" s="30" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="187" spans="1:11" ht="31.5">
       <c r="A187" s="11">
         <v>185</v>
       </c>
-      <c r="B187" s="15" t="s">
-[...5 lines deleted...]
-      <c r="D187" s="19" t="s">
+      <c r="B187" s="27" t="s">
         <v>1046</v>
       </c>
-      <c r="E187" s="19" t="s">
+      <c r="C187" s="39">
+        <v>40203478194</v>
+      </c>
+      <c r="D187" s="38" t="s">
         <v>1047</v>
       </c>
-      <c r="F187" s="29" t="s">
+      <c r="E187" s="38" t="s">
+        <v>1047</v>
+      </c>
+      <c r="F187" s="27" t="s">
         <v>1048</v>
       </c>
       <c r="G187" s="13" t="s">
         <v>1049</v>
       </c>
-      <c r="H187" s="40">
-[...2 lines deleted...]
-      <c r="I187" s="39"/>
+      <c r="H187" s="37">
+        <v>45076</v>
+      </c>
+      <c r="I187" s="38"/>
       <c r="J187" s="14">
         <v>46507</v>
       </c>
-      <c r="K187" s="32" t="s">
+      <c r="K187" s="40" t="s">
         <v>1050</v>
       </c>
     </row>
-    <row r="188" spans="1:11" ht="33.75">
+    <row r="188" spans="1:11">
       <c r="A188" s="11">
         <v>186</v>
       </c>
-      <c r="B188" s="29" t="s">
+      <c r="B188" s="27" t="s">
         <v>1051</v>
       </c>
-      <c r="C188" s="48">
-[...2 lines deleted...]
-      <c r="D188" s="47" t="s">
+      <c r="C188" s="39">
+        <v>40203255221</v>
+      </c>
+      <c r="D188" s="38" t="s">
         <v>1052</v>
       </c>
-      <c r="E188" s="47" t="s">
-[...2 lines deleted...]
-      <c r="F188" s="29" t="s">
+      <c r="E188" s="38" t="s">
         <v>1053</v>
       </c>
+      <c r="F188" s="27" t="s">
+        <v>1054</v>
+      </c>
       <c r="G188" s="13" t="s">
-        <v>1054</v>
-[...4 lines deleted...]
-      <c r="I188" s="47"/>
+        <v>1055</v>
+      </c>
+      <c r="H188" s="37">
+        <v>45077</v>
+      </c>
+      <c r="I188" s="38"/>
       <c r="J188" s="14">
         <v>46507</v>
       </c>
-      <c r="K188" s="49" t="s">
-[...3 lines deleted...]
-    <row r="189" spans="1:11">
+      <c r="K188" s="40" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="189" spans="1:11" ht="21">
       <c r="A189" s="11">
         <v>187</v>
       </c>
-      <c r="B189" s="29" t="s">
-[...5 lines deleted...]
-      <c r="D189" s="47" t="s">
+      <c r="B189" s="39" t="s">
         <v>1057</v>
       </c>
-      <c r="E189" s="47" t="s">
+      <c r="C189" s="39">
+        <v>40203436472</v>
+      </c>
+      <c r="D189" s="38" t="s">
         <v>1058</v>
       </c>
-      <c r="F189" s="29" t="s">
+      <c r="E189" s="38" t="s">
         <v>1059</v>
       </c>
+      <c r="F189" s="27" t="s">
+        <v>1060</v>
+      </c>
       <c r="G189" s="13" t="s">
-        <v>1060</v>
-[...4 lines deleted...]
-      <c r="I189" s="47"/>
+        <v>1061</v>
+      </c>
+      <c r="H189" s="41">
+        <v>45106</v>
+      </c>
+      <c r="I189" s="39"/>
       <c r="J189" s="14">
         <v>46507</v>
       </c>
-      <c r="K189" s="49" t="s">
-[...3 lines deleted...]
-    <row r="190" spans="1:11" ht="33.75">
+      <c r="K189" s="40" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="190" spans="1:11" ht="21">
       <c r="A190" s="11">
         <v>188</v>
       </c>
-      <c r="B190" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D190" s="47" t="s">
+      <c r="B190" s="39" t="s">
         <v>1063</v>
       </c>
-      <c r="E190" s="47" t="s">
+      <c r="C190" s="39">
+        <v>40203318090</v>
+      </c>
+      <c r="D190" s="38" t="s">
         <v>1064</v>
       </c>
-      <c r="F190" s="29" t="s">
+      <c r="E190" s="38" t="s">
+        <v>1064</v>
+      </c>
+      <c r="F190" s="27" t="s">
         <v>1065</v>
       </c>
       <c r="G190" s="13" t="s">
         <v>1066</v>
       </c>
-      <c r="H190" s="50">
+      <c r="H190" s="41">
         <v>45106</v>
       </c>
-      <c r="I190" s="48"/>
+      <c r="I190" s="39"/>
       <c r="J190" s="14">
         <v>46507</v>
       </c>
-      <c r="K190" s="49" t="s">
+      <c r="K190" s="40" t="s">
         <v>1067</v>
       </c>
     </row>
-    <row r="191" spans="1:11" ht="22.5">
+    <row r="191" spans="1:11" ht="31.5">
       <c r="A191" s="11">
         <v>189</v>
       </c>
-      <c r="B191" s="48" t="s">
+      <c r="B191" s="39" t="s">
         <v>1068</v>
       </c>
-      <c r="C191" s="48">
-[...2 lines deleted...]
-      <c r="D191" s="47" t="s">
+      <c r="C191" s="39">
+        <v>40203280676</v>
+      </c>
+      <c r="D191" s="38" t="s">
         <v>1069</v>
       </c>
-      <c r="E191" s="47" t="s">
-[...2 lines deleted...]
-      <c r="F191" s="29" t="s">
+      <c r="E191" s="38" t="s">
         <v>1070</v>
       </c>
+      <c r="F191" s="27" t="s">
+        <v>1071</v>
+      </c>
       <c r="G191" s="13" t="s">
-        <v>1071</v>
-[...4 lines deleted...]
-      <c r="I191" s="48"/>
+        <v>1072</v>
+      </c>
+      <c r="H191" s="41">
+        <v>45113</v>
+      </c>
+      <c r="I191" s="39"/>
       <c r="J191" s="14">
         <v>46507</v>
       </c>
-      <c r="K191" s="49" t="s">
-[...3 lines deleted...]
-    <row r="192" spans="1:11" ht="33.75">
+      <c r="K191" s="40" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="192" spans="1:11" ht="52.5">
       <c r="A192" s="11">
         <v>190</v>
       </c>
-      <c r="B192" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D192" s="47" t="s">
+      <c r="B192" s="39" t="s">
         <v>1074</v>
       </c>
-      <c r="E192" s="47" t="s">
+      <c r="C192" s="39">
+        <v>50203487771</v>
+      </c>
+      <c r="D192" s="38" t="s">
         <v>1075</v>
       </c>
-      <c r="F192" s="29" t="s">
+      <c r="E192" s="38" t="s">
+        <v>1075</v>
+      </c>
+      <c r="F192" s="27" t="s">
         <v>1076</v>
       </c>
       <c r="G192" s="13" t="s">
         <v>1077</v>
       </c>
-      <c r="H192" s="50">
-[...2 lines deleted...]
-      <c r="I192" s="48"/>
+      <c r="H192" s="41">
+        <v>45114</v>
+      </c>
+      <c r="I192" s="39"/>
       <c r="J192" s="14">
         <v>46507</v>
       </c>
-      <c r="K192" s="49" t="s">
+      <c r="K192" s="40" t="s">
         <v>1078</v>
       </c>
     </row>
-    <row r="193" spans="1:11" ht="67.5">
+    <row r="193" spans="1:11" ht="21">
       <c r="A193" s="11">
         <v>191</v>
       </c>
-      <c r="B193" s="48" t="s">
+      <c r="B193" s="39" t="s">
         <v>1079</v>
       </c>
-      <c r="C193" s="48">
-[...2 lines deleted...]
-      <c r="D193" s="47" t="s">
+      <c r="C193" s="39">
+        <v>40203447870</v>
+      </c>
+      <c r="D193" s="27" t="s">
         <v>1080</v>
       </c>
-      <c r="E193" s="47" t="s">
+      <c r="E193" s="27" t="s">
         <v>1080</v>
       </c>
-      <c r="F193" s="29" t="s">
+      <c r="F193" s="27" t="s">
         <v>1081</v>
       </c>
       <c r="G193" s="13" t="s">
         <v>1082</v>
       </c>
-      <c r="H193" s="50">
-[...2 lines deleted...]
-      <c r="I193" s="48"/>
+      <c r="H193" s="41">
+        <v>45120</v>
+      </c>
+      <c r="I193" s="39"/>
       <c r="J193" s="14">
         <v>46507</v>
       </c>
-      <c r="K193" s="49" t="s">
+      <c r="K193" s="40" t="s">
         <v>1083</v>
       </c>
     </row>
-    <row r="194" spans="1:11" ht="22.5">
+    <row r="194" spans="1:11" ht="21">
       <c r="A194" s="11">
         <v>192</v>
       </c>
-      <c r="B194" s="48" t="s">
+      <c r="B194" s="39" t="s">
         <v>1084</v>
       </c>
-      <c r="C194" s="48">
-[...2 lines deleted...]
-      <c r="D194" s="29" t="s">
+      <c r="C194" s="39">
+        <v>40203206495</v>
+      </c>
+      <c r="D194" s="40" t="s">
         <v>1085</v>
       </c>
-      <c r="E194" s="29" t="s">
+      <c r="E194" s="40" t="s">
         <v>1085</v>
       </c>
-      <c r="F194" s="29" t="s">
+      <c r="F194" s="27" t="s">
         <v>1086</v>
       </c>
       <c r="G194" s="13" t="s">
         <v>1087</v>
       </c>
-      <c r="H194" s="50">
-[...2 lines deleted...]
-      <c r="I194" s="48"/>
+      <c r="H194" s="42">
+        <v>45121</v>
+      </c>
+      <c r="I194" s="40"/>
       <c r="J194" s="14">
         <v>46507</v>
       </c>
-      <c r="K194" s="49" t="s">
+      <c r="K194" s="40" t="s">
         <v>1088</v>
       </c>
     </row>
-    <row r="195" spans="1:11" ht="22.5">
+    <row r="195" spans="1:11" ht="42">
       <c r="A195" s="11">
         <v>193</v>
       </c>
-      <c r="B195" s="48" t="s">
+      <c r="B195" s="39" t="s">
         <v>1089</v>
       </c>
-      <c r="C195" s="48">
-[...2 lines deleted...]
-      <c r="D195" s="49" t="s">
+      <c r="C195" s="39">
+        <v>40203487943</v>
+      </c>
+      <c r="D195" s="38" t="s">
         <v>1090</v>
       </c>
-      <c r="E195" s="49" t="s">
+      <c r="E195" s="38" t="s">
         <v>1090</v>
       </c>
-      <c r="F195" s="29" t="s">
+      <c r="F195" s="27" t="s">
         <v>1091</v>
       </c>
       <c r="G195" s="13" t="s">
         <v>1092</v>
       </c>
-      <c r="H195" s="51">
-[...2 lines deleted...]
-      <c r="I195" s="49"/>
+      <c r="H195" s="42">
+        <v>45125</v>
+      </c>
+      <c r="I195" s="40"/>
       <c r="J195" s="14">
         <v>46507</v>
       </c>
-      <c r="K195" s="49" t="s">
+      <c r="K195" s="40" t="s">
         <v>1093</v>
       </c>
     </row>
-    <row r="196" spans="1:11" ht="45">
+    <row r="196" spans="1:11" ht="42">
       <c r="A196" s="11">
         <v>194</v>
       </c>
-      <c r="B196" s="48" t="s">
+      <c r="B196" s="39" t="s">
         <v>1094</v>
       </c>
-      <c r="C196" s="48">
-[...2 lines deleted...]
-      <c r="D196" s="47" t="s">
+      <c r="C196" s="39">
+        <v>40103914789</v>
+      </c>
+      <c r="D196" s="38" t="s">
         <v>1095</v>
       </c>
-      <c r="E196" s="47" t="s">
-[...2 lines deleted...]
-      <c r="F196" s="29" t="s">
+      <c r="E196" s="38" t="s">
         <v>1096</v>
       </c>
+      <c r="F196" s="27" t="s">
+        <v>1097</v>
+      </c>
       <c r="G196" s="13" t="s">
-        <v>1097</v>
-[...4 lines deleted...]
-      <c r="I196" s="49"/>
+        <v>1098</v>
+      </c>
+      <c r="H196" s="42">
+        <v>45131</v>
+      </c>
+      <c r="I196" s="40"/>
       <c r="J196" s="14">
         <v>46507</v>
       </c>
-      <c r="K196" s="49" t="s">
-[...3 lines deleted...]
-    <row r="197" spans="1:11" ht="56.25">
+      <c r="K196" s="30" t="s">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="197" spans="1:11" ht="21">
       <c r="A197" s="11">
         <v>195</v>
       </c>
-      <c r="B197" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D197" s="47" t="s">
+      <c r="B197" s="40" t="s">
         <v>1100</v>
       </c>
-      <c r="E197" s="47" t="s">
+      <c r="C197" s="40">
+        <v>40203330411</v>
+      </c>
+      <c r="D197" s="40" t="s">
         <v>1101</v>
       </c>
-      <c r="F197" s="29" t="s">
+      <c r="E197" s="40" t="s">
+        <v>1101</v>
+      </c>
+      <c r="F197" s="40" t="s">
         <v>1102</v>
       </c>
       <c r="G197" s="13" t="s">
         <v>1103</v>
       </c>
-      <c r="H197" s="51">
-[...2 lines deleted...]
-      <c r="I197" s="49"/>
+      <c r="H197" s="42">
+        <v>45132</v>
+      </c>
+      <c r="I197" s="40"/>
       <c r="J197" s="14">
         <v>46507</v>
       </c>
-      <c r="K197" s="32" t="s">
+      <c r="K197" s="40" t="s">
         <v>1104</v>
       </c>
     </row>
-    <row r="198" spans="1:11" ht="22.5">
+    <row r="198" spans="1:11">
       <c r="A198" s="11">
         <v>196</v>
       </c>
-      <c r="B198" s="49" t="s">
+      <c r="B198" s="39" t="s">
         <v>1105</v>
       </c>
-      <c r="C198" s="49">
-[...2 lines deleted...]
-      <c r="D198" s="49" t="s">
+      <c r="C198" s="39">
+        <v>40203464508</v>
+      </c>
+      <c r="D198" s="40" t="s">
         <v>1106</v>
       </c>
-      <c r="E198" s="49" t="s">
+      <c r="E198" s="40" t="s">
         <v>1106</v>
       </c>
-      <c r="F198" s="49" t="s">
+      <c r="F198" s="40" t="s">
         <v>1107</v>
       </c>
       <c r="G198" s="13" t="s">
         <v>1108</v>
       </c>
-      <c r="H198" s="51">
-[...2 lines deleted...]
-      <c r="I198" s="49"/>
+      <c r="H198" s="42">
+        <v>45152</v>
+      </c>
+      <c r="I198" s="40"/>
       <c r="J198" s="14">
         <v>46507</v>
       </c>
-      <c r="K198" s="49" t="s">
+      <c r="K198" s="30" t="s">
         <v>1109</v>
       </c>
     </row>
-    <row r="199" spans="1:11" ht="22.5">
+    <row r="199" spans="1:11" ht="73.5">
       <c r="A199" s="11">
         <v>197</v>
       </c>
-      <c r="B199" s="48" t="s">
+      <c r="B199" s="39" t="s">
         <v>1110</v>
       </c>
-      <c r="C199" s="48">
-[...2 lines deleted...]
-      <c r="D199" s="49" t="s">
+      <c r="C199" s="39">
+        <v>40203487799</v>
+      </c>
+      <c r="D199" s="40" t="s">
         <v>1111</v>
       </c>
-      <c r="E199" s="49" t="s">
+      <c r="E199" s="40" t="s">
         <v>1111</v>
       </c>
-      <c r="F199" s="49" t="s">
+      <c r="F199" s="40" t="s">
         <v>1112</v>
       </c>
       <c r="G199" s="13" t="s">
         <v>1113</v>
       </c>
-      <c r="H199" s="51">
-[...2 lines deleted...]
-      <c r="I199" s="49"/>
+      <c r="H199" s="42">
+        <v>45161</v>
+      </c>
+      <c r="I199" s="40"/>
       <c r="J199" s="14">
         <v>46507</v>
       </c>
-      <c r="K199" s="32" t="s">
+      <c r="K199" s="30" t="s">
         <v>1114</v>
       </c>
     </row>
-    <row r="200" spans="1:11" ht="101.25">
+    <row r="200" spans="1:11" ht="31.5">
       <c r="A200" s="11">
         <v>198</v>
       </c>
-      <c r="B200" s="48" t="s">
+      <c r="B200" s="39" t="s">
         <v>1115</v>
       </c>
-      <c r="C200" s="48">
-[...2 lines deleted...]
-      <c r="D200" s="49" t="s">
+      <c r="C200" s="39">
+        <v>40203379998</v>
+      </c>
+      <c r="D200" s="40" t="s">
         <v>1116</v>
       </c>
-      <c r="E200" s="49" t="s">
+      <c r="E200" s="40" t="s">
         <v>1116</v>
       </c>
-      <c r="F200" s="49" t="s">
+      <c r="F200" s="40" t="s">
         <v>1117</v>
       </c>
       <c r="G200" s="13" t="s">
         <v>1118</v>
       </c>
-      <c r="H200" s="51">
+      <c r="H200" s="42">
         <v>45161</v>
       </c>
-      <c r="I200" s="49"/>
+      <c r="I200" s="40"/>
       <c r="J200" s="14">
         <v>46507</v>
       </c>
-      <c r="K200" s="32" t="s">
+      <c r="K200" s="40" t="s">
         <v>1119</v>
       </c>
     </row>
-    <row r="201" spans="1:11" ht="45">
+    <row r="201" spans="1:11" ht="21">
       <c r="A201" s="11">
         <v>199</v>
       </c>
-      <c r="B201" s="48" t="s">
+      <c r="B201" s="39" t="s">
         <v>1120</v>
       </c>
-      <c r="C201" s="48">
-[...2 lines deleted...]
-      <c r="D201" s="49" t="s">
+      <c r="C201" s="39">
+        <v>40203475821</v>
+      </c>
+      <c r="D201" s="40" t="s">
+        <v>985</v>
+      </c>
+      <c r="E201" s="40" t="s">
+        <v>985</v>
+      </c>
+      <c r="F201" s="40" t="s">
         <v>1121</v>
       </c>
-      <c r="E201" s="49" t="s">
-[...2 lines deleted...]
-      <c r="F201" s="49" t="s">
+      <c r="G201" s="13" t="s">
         <v>1122</v>
       </c>
-      <c r="G201" s="13" t="s">
+      <c r="H201" s="42">
+        <v>45187</v>
+      </c>
+      <c r="I201" s="40"/>
+      <c r="J201" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K201" s="30" t="s">
         <v>1123</v>
       </c>
-      <c r="H201" s="51">
-[...10 lines deleted...]
-    <row r="202" spans="1:11" ht="22.5">
+    </row>
+    <row r="202" spans="1:11" ht="31.5">
       <c r="A202" s="11">
         <v>200</v>
       </c>
-      <c r="B202" s="48" t="s">
+      <c r="B202" s="39" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C202" s="39">
+        <v>40103652449</v>
+      </c>
+      <c r="D202" s="40" t="s">
         <v>1125</v>
       </c>
-      <c r="C202" s="48">
-[...8 lines deleted...]
-      <c r="F202" s="49" t="s">
+      <c r="E202" s="40" t="s">
+        <v>1125</v>
+      </c>
+      <c r="F202" s="40" t="s">
         <v>1126</v>
       </c>
       <c r="G202" s="13" t="s">
         <v>1127</v>
       </c>
-      <c r="H202" s="51">
-[...2 lines deleted...]
-      <c r="I202" s="49"/>
+      <c r="H202" s="42">
+        <v>45191</v>
+      </c>
+      <c r="I202" s="40"/>
       <c r="J202" s="14">
         <v>46507</v>
       </c>
-      <c r="K202" s="32" t="s">
+      <c r="K202" s="30" t="s">
         <v>1128</v>
       </c>
     </row>
-    <row r="203" spans="1:11" ht="33.75">
+    <row r="203" spans="1:11" ht="31.5">
       <c r="A203" s="11">
         <v>201</v>
       </c>
-      <c r="B203" s="48" t="s">
+      <c r="B203" s="39" t="s">
         <v>1129</v>
       </c>
-      <c r="C203" s="48">
-[...2 lines deleted...]
-      <c r="D203" s="49" t="s">
+      <c r="C203" s="39">
+        <v>40203490835</v>
+      </c>
+      <c r="D203" s="40" t="s">
         <v>1130</v>
       </c>
-      <c r="E203" s="49" t="s">
+      <c r="E203" s="40" t="s">
         <v>1130</v>
       </c>
-      <c r="F203" s="49" t="s">
+      <c r="F203" s="40" t="s">
         <v>1131</v>
       </c>
       <c r="G203" s="13" t="s">
         <v>1132</v>
       </c>
-      <c r="H203" s="51">
-[...2 lines deleted...]
-      <c r="I203" s="49"/>
+      <c r="H203" s="42">
+        <v>45196</v>
+      </c>
+      <c r="I203" s="40"/>
       <c r="J203" s="14">
         <v>46507</v>
       </c>
-      <c r="K203" s="32" t="s">
+      <c r="K203" s="30" t="s">
         <v>1133</v>
       </c>
     </row>
-    <row r="204" spans="1:11" ht="33.75">
+    <row r="204" spans="1:11" ht="21">
       <c r="A204" s="11">
         <v>202</v>
       </c>
-      <c r="B204" s="48" t="s">
+      <c r="B204" s="39" t="s">
         <v>1134</v>
       </c>
-      <c r="C204" s="48">
-[...2 lines deleted...]
-      <c r="D204" s="49" t="s">
+      <c r="C204" s="39">
+        <v>43603083438</v>
+      </c>
+      <c r="D204" s="40" t="s">
         <v>1135</v>
       </c>
-      <c r="E204" s="49" t="s">
+      <c r="E204" s="40" t="s">
         <v>1135</v>
       </c>
-      <c r="F204" s="49" t="s">
+      <c r="F204" s="40" t="s">
         <v>1136</v>
       </c>
       <c r="G204" s="13" t="s">
         <v>1137</v>
       </c>
-      <c r="H204" s="51">
+      <c r="H204" s="42">
         <v>45196</v>
       </c>
-      <c r="I204" s="49"/>
+      <c r="I204" s="40"/>
       <c r="J204" s="14">
         <v>46507</v>
       </c>
-      <c r="K204" s="32" t="s">
+      <c r="K204" s="30" t="s">
         <v>1138</v>
       </c>
     </row>
-    <row r="205" spans="1:11" ht="22.5">
+    <row r="205" spans="1:11" ht="21">
       <c r="A205" s="11">
         <v>203</v>
       </c>
-      <c r="B205" s="48" t="s">
+      <c r="B205" s="39" t="s">
         <v>1139</v>
       </c>
-      <c r="C205" s="48">
-[...2 lines deleted...]
-      <c r="D205" s="49" t="s">
+      <c r="C205" s="39">
+        <v>50203433711</v>
+      </c>
+      <c r="D205" s="40" t="s">
         <v>1140</v>
       </c>
-      <c r="E205" s="49" t="s">
+      <c r="E205" s="40" t="s">
         <v>1140</v>
       </c>
-      <c r="F205" s="49" t="s">
+      <c r="F205" s="40" t="s">
         <v>1141</v>
       </c>
       <c r="G205" s="13" t="s">
         <v>1142</v>
       </c>
-      <c r="H205" s="51">
-[...2 lines deleted...]
-      <c r="I205" s="49"/>
+      <c r="H205" s="42">
+        <v>45203</v>
+      </c>
+      <c r="I205" s="40"/>
       <c r="J205" s="14">
         <v>46507</v>
       </c>
-      <c r="K205" s="32" t="s">
+      <c r="K205" s="30" t="s">
         <v>1143</v>
       </c>
     </row>
-    <row r="206" spans="1:11" ht="22.5">
+    <row r="206" spans="1:11" ht="21">
       <c r="A206" s="11">
         <v>204</v>
       </c>
-      <c r="B206" s="48" t="s">
+      <c r="B206" s="39" t="s">
         <v>1144</v>
       </c>
-      <c r="C206" s="48">
-[...2 lines deleted...]
-      <c r="D206" s="49" t="s">
+      <c r="C206" s="39">
+        <v>44103097810</v>
+      </c>
+      <c r="D206" s="40" t="s">
         <v>1145</v>
       </c>
-      <c r="E206" s="49" t="s">
+      <c r="E206" s="40" t="s">
         <v>1145</v>
       </c>
-      <c r="F206" s="49" t="s">
+      <c r="F206" s="40" t="s">
         <v>1146</v>
       </c>
       <c r="G206" s="13" t="s">
         <v>1147</v>
       </c>
-      <c r="H206" s="51">
-[...2 lines deleted...]
-      <c r="I206" s="49"/>
+      <c r="H206" s="42">
+        <v>45218</v>
+      </c>
+      <c r="I206" s="40"/>
       <c r="J206" s="14">
         <v>46507</v>
       </c>
-      <c r="K206" s="32" t="s">
+      <c r="K206" s="30" t="s">
         <v>1148</v>
       </c>
     </row>
-    <row r="207" spans="1:11" ht="33.75">
+    <row r="207" spans="1:11" ht="21">
       <c r="A207" s="11">
         <v>205</v>
       </c>
-      <c r="B207" s="48" t="s">
+      <c r="B207" s="39" t="s">
         <v>1149</v>
       </c>
-      <c r="C207" s="48">
-[...2 lines deleted...]
-      <c r="D207" s="49" t="s">
+      <c r="C207" s="39">
+        <v>40203504463</v>
+      </c>
+      <c r="D207" s="40" t="s">
         <v>1150</v>
       </c>
-      <c r="E207" s="49" t="s">
+      <c r="E207" s="40" t="s">
         <v>1150</v>
       </c>
-      <c r="F207" s="49" t="s">
+      <c r="F207" s="40" t="s">
         <v>1151</v>
       </c>
       <c r="G207" s="13" t="s">
         <v>1152</v>
       </c>
-      <c r="H207" s="51">
-[...2 lines deleted...]
-      <c r="I207" s="49"/>
+      <c r="H207" s="42">
+        <v>45239</v>
+      </c>
+      <c r="I207" s="40"/>
       <c r="J207" s="14">
         <v>46507</v>
       </c>
-      <c r="K207" s="32" t="s">
+      <c r="K207" s="30" t="s">
         <v>1153</v>
       </c>
     </row>
-    <row r="208" spans="1:11" ht="22.5">
+    <row r="208" spans="1:11" ht="21">
       <c r="A208" s="11">
         <v>206</v>
       </c>
-      <c r="B208" s="48" t="s">
+      <c r="B208" s="39" t="s">
         <v>1154</v>
       </c>
-      <c r="C208" s="48">
-[...2 lines deleted...]
-      <c r="D208" s="49" t="s">
+      <c r="C208" s="39">
+        <v>40103818934</v>
+      </c>
+      <c r="D208" s="40" t="s">
         <v>1155</v>
       </c>
-      <c r="E208" s="49" t="s">
+      <c r="E208" s="40" t="s">
         <v>1155</v>
       </c>
-      <c r="F208" s="49" t="s">
+      <c r="F208" s="40" t="s">
         <v>1156</v>
       </c>
       <c r="G208" s="13" t="s">
         <v>1157</v>
       </c>
-      <c r="H208" s="51">
+      <c r="H208" s="42">
         <v>45239</v>
       </c>
-      <c r="I208" s="49"/>
+      <c r="I208" s="40"/>
       <c r="J208" s="14">
         <v>46507</v>
       </c>
-      <c r="K208" s="32" t="s">
+      <c r="K208" s="30" t="s">
         <v>1158</v>
       </c>
     </row>
-    <row r="209" spans="1:11" ht="22.5">
+    <row r="209" spans="1:11" ht="21">
       <c r="A209" s="11">
         <v>207</v>
       </c>
-      <c r="B209" s="48" t="s">
+      <c r="B209" s="39" t="s">
         <v>1159</v>
       </c>
-      <c r="C209" s="48">
-[...2 lines deleted...]
-      <c r="D209" s="49" t="s">
+      <c r="C209" s="39">
+        <v>40203443614</v>
+      </c>
+      <c r="D209" s="40" t="s">
         <v>1160</v>
       </c>
-      <c r="E209" s="49" t="s">
+      <c r="E209" s="40" t="s">
         <v>1160</v>
       </c>
-      <c r="F209" s="49" t="s">
+      <c r="F209" s="40" t="s">
         <v>1161</v>
       </c>
       <c r="G209" s="13" t="s">
         <v>1162</v>
       </c>
-      <c r="H209" s="51">
-[...2 lines deleted...]
-      <c r="I209" s="49"/>
+      <c r="H209" s="42">
+        <v>45251</v>
+      </c>
+      <c r="I209" s="40"/>
       <c r="J209" s="14">
         <v>46507</v>
       </c>
-      <c r="K209" s="32" t="s">
+      <c r="K209" s="30" t="s">
         <v>1163</v>
       </c>
     </row>
-    <row r="210" spans="1:11" ht="22.5">
+    <row r="210" spans="1:11" ht="168">
       <c r="A210" s="11">
         <v>208</v>
       </c>
-      <c r="B210" s="48" t="s">
+      <c r="B210" s="39" t="s">
         <v>1164</v>
       </c>
-      <c r="C210" s="48">
-[...2 lines deleted...]
-      <c r="D210" s="49" t="s">
+      <c r="C210" s="39">
+        <v>40203441223</v>
+      </c>
+      <c r="D210" s="40" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E210" s="40" t="s">
+        <v>1090</v>
+      </c>
+      <c r="F210" s="40" t="s">
         <v>1165</v>
       </c>
-      <c r="E210" s="49" t="s">
-[...2 lines deleted...]
-      <c r="F210" s="49" t="s">
+      <c r="G210" s="13" t="s">
         <v>1166</v>
       </c>
-      <c r="G210" s="13" t="s">
+      <c r="H210" s="42">
+        <v>45253</v>
+      </c>
+      <c r="I210" s="40"/>
+      <c r="J210" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K210" s="30" t="s">
         <v>1167</v>
       </c>
-      <c r="H210" s="51">
-[...10 lines deleted...]
-    <row r="211" spans="1:11" ht="213.75">
+    </row>
+    <row r="211" spans="1:11" ht="21">
       <c r="A211" s="11">
         <v>209</v>
       </c>
-      <c r="B211" s="48" t="s">
+      <c r="B211" s="39" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C211" s="39">
+        <v>40003164644</v>
+      </c>
+      <c r="D211" s="40" t="s">
         <v>1169</v>
       </c>
-      <c r="C211" s="48">
-[...8 lines deleted...]
-      <c r="F211" s="49" t="s">
+      <c r="E211" s="40" t="s">
         <v>1170</v>
       </c>
+      <c r="F211" s="40" t="s">
+        <v>1171</v>
+      </c>
       <c r="G211" s="13" t="s">
-        <v>1171</v>
-[...4 lines deleted...]
-      <c r="I211" s="49"/>
+        <v>1172</v>
+      </c>
+      <c r="H211" s="42">
+        <v>45254</v>
+      </c>
+      <c r="I211" s="40"/>
       <c r="J211" s="14">
         <v>46507</v>
       </c>
-      <c r="K211" s="32" t="s">
-[...3 lines deleted...]
-    <row r="212" spans="1:11" ht="22.5">
+      <c r="K211" s="30" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="212" spans="1:11" ht="21">
       <c r="A212" s="11">
         <v>210</v>
       </c>
-      <c r="B212" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D212" s="49" t="s">
+      <c r="B212" s="39" t="s">
         <v>1174</v>
       </c>
-      <c r="E212" s="49" t="s">
+      <c r="C212" s="39">
+        <v>40203487017</v>
+      </c>
+      <c r="D212" s="40" t="s">
         <v>1175</v>
       </c>
-      <c r="F212" s="49" t="s">
+      <c r="E212" s="40" t="s">
+        <v>1175</v>
+      </c>
+      <c r="F212" s="40" t="s">
         <v>1176</v>
       </c>
       <c r="G212" s="13" t="s">
         <v>1177</v>
       </c>
-      <c r="H212" s="51">
+      <c r="H212" s="42">
         <v>45254</v>
       </c>
-      <c r="I212" s="49"/>
+      <c r="I212" s="40"/>
       <c r="J212" s="14">
         <v>46507</v>
       </c>
-      <c r="K212" s="32" t="s">
-[...3 lines deleted...]
-    <row r="213" spans="1:11" ht="22.5">
+      <c r="K212" s="30" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="213" spans="1:11" ht="21">
       <c r="A213" s="11">
         <v>211</v>
       </c>
-      <c r="B213" s="48" t="s">
+      <c r="B213" s="39" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C213" s="39">
+        <v>40203495194</v>
+      </c>
+      <c r="D213" s="40" t="s">
         <v>1179</v>
       </c>
-      <c r="C213" s="48">
-[...2 lines deleted...]
-      <c r="D213" s="49" t="s">
+      <c r="E213" s="40" t="s">
         <v>1180</v>
       </c>
-      <c r="E213" s="49" t="s">
-[...2 lines deleted...]
-      <c r="F213" s="49" t="s">
+      <c r="F213" s="40" t="s">
         <v>1181</v>
       </c>
       <c r="G213" s="13" t="s">
         <v>1182</v>
       </c>
-      <c r="H213" s="51">
+      <c r="H213" s="42">
         <v>45254</v>
       </c>
-      <c r="I213" s="49"/>
+      <c r="I213" s="40"/>
       <c r="J213" s="14">
         <v>46507</v>
       </c>
-      <c r="K213" s="32" t="s">
-[...3 lines deleted...]
-    <row r="214" spans="1:11" ht="22.5">
+      <c r="K213" s="30" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="214" spans="1:11" ht="21">
       <c r="A214" s="11">
         <v>212</v>
       </c>
-      <c r="B214" s="48" t="s">
+      <c r="B214" s="29" t="s">
         <v>1183</v>
       </c>
-      <c r="C214" s="48">
-[...2 lines deleted...]
-      <c r="D214" s="49" t="s">
+      <c r="C214" s="39">
+        <v>40103619444</v>
+      </c>
+      <c r="D214" s="29" t="s">
         <v>1184</v>
       </c>
-      <c r="E214" s="49" t="s">
+      <c r="E214" s="29" t="s">
         <v>1185</v>
       </c>
-      <c r="F214" s="49" t="s">
+      <c r="F214" s="40" t="s">
         <v>1186</v>
       </c>
       <c r="G214" s="13" t="s">
         <v>1187</v>
       </c>
-      <c r="H214" s="51">
-[...2 lines deleted...]
-      <c r="I214" s="49"/>
+      <c r="H214" s="42">
+        <v>45261</v>
+      </c>
+      <c r="I214" s="40"/>
       <c r="J214" s="14">
         <v>46507</v>
       </c>
-      <c r="K214" s="32" t="s">
-[...3 lines deleted...]
-    <row r="215" spans="1:11" ht="33.75">
+      <c r="K214" s="30" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="215" spans="1:11" ht="31.5">
       <c r="A215" s="11">
         <v>213</v>
       </c>
-      <c r="B215" s="31" t="s">
-[...5 lines deleted...]
-      <c r="D215" s="31" t="s">
+      <c r="B215" s="38" t="s">
         <v>1189</v>
       </c>
-      <c r="E215" s="31" t="s">
+      <c r="C215" s="38">
+        <v>40203430037</v>
+      </c>
+      <c r="D215" s="27" t="s">
         <v>1190</v>
       </c>
-      <c r="F215" s="49" t="s">
+      <c r="E215" s="27" t="s">
         <v>1191</v>
       </c>
+      <c r="F215" s="27" t="s">
+        <v>1192</v>
+      </c>
       <c r="G215" s="13" t="s">
-        <v>1192</v>
-[...4 lines deleted...]
-      <c r="I215" s="49"/>
+        <v>1193</v>
+      </c>
+      <c r="H215" s="28">
+        <v>45271</v>
+      </c>
+      <c r="I215" s="27"/>
       <c r="J215" s="14">
         <v>46507</v>
       </c>
-      <c r="K215" s="32" t="s">
-[...3 lines deleted...]
-    <row r="216" spans="1:11" ht="33.75">
+      <c r="K215" s="15" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="216" spans="1:11">
       <c r="A216" s="11">
         <v>214</v>
       </c>
-      <c r="B216" s="47" t="s">
-[...5 lines deleted...]
-      <c r="D216" s="29" t="s">
+      <c r="B216" s="38" t="s">
         <v>1195</v>
       </c>
-      <c r="E216" s="29" t="s">
+      <c r="C216" s="38">
+        <v>40203507667</v>
+      </c>
+      <c r="D216" s="27" t="s">
         <v>1196</v>
       </c>
-      <c r="F216" s="29" t="s">
+      <c r="E216" s="27" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F216" s="27" t="s">
         <v>1197</v>
       </c>
       <c r="G216" s="13" t="s">
         <v>1198</v>
       </c>
-      <c r="H216" s="30">
-[...2 lines deleted...]
-      <c r="I216" s="29"/>
+      <c r="H216" s="28">
+        <v>45273</v>
+      </c>
+      <c r="I216" s="27"/>
       <c r="J216" s="14">
         <v>46507</v>
       </c>
-      <c r="K216" s="37" t="s">
+      <c r="K216" s="15" t="s">
         <v>1199</v>
       </c>
     </row>
     <row r="217" spans="1:11">
       <c r="A217" s="11">
         <v>215</v>
       </c>
-      <c r="B217" s="47" t="s">
+      <c r="B217" s="38" t="s">
         <v>1200</v>
       </c>
-      <c r="C217" s="47">
-[...2 lines deleted...]
-      <c r="D217" s="29" t="s">
+      <c r="C217" s="38">
+        <v>40203373603</v>
+      </c>
+      <c r="D217" s="27" t="s">
         <v>1201</v>
       </c>
-      <c r="E217" s="29" t="s">
+      <c r="E217" s="27" t="s">
         <v>1201</v>
       </c>
-      <c r="F217" s="29" t="s">
+      <c r="F217" s="27" t="s">
         <v>1202</v>
       </c>
       <c r="G217" s="13" t="s">
         <v>1203</v>
       </c>
-      <c r="H217" s="30">
-[...2 lines deleted...]
-      <c r="I217" s="29"/>
+      <c r="H217" s="28">
+        <v>45278</v>
+      </c>
+      <c r="I217" s="27"/>
       <c r="J217" s="14">
         <v>46507</v>
       </c>
-      <c r="K217" s="37" t="s">
+      <c r="K217" s="15" t="s">
         <v>1204</v>
       </c>
     </row>
-    <row r="218" spans="1:11">
+    <row r="218" spans="1:11" ht="21">
       <c r="A218" s="11">
         <v>216</v>
       </c>
-      <c r="B218" s="47" t="s">
+      <c r="B218" s="38" t="s">
         <v>1205</v>
       </c>
-      <c r="C218" s="47">
-[...2 lines deleted...]
-      <c r="D218" s="29" t="s">
+      <c r="C218" s="38">
+        <v>40203418477</v>
+      </c>
+      <c r="D218" s="27" t="s">
+        <v>867</v>
+      </c>
+      <c r="E218" s="27" t="s">
+        <v>867</v>
+      </c>
+      <c r="F218" s="27" t="s">
         <v>1206</v>
       </c>
-      <c r="E218" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F218" s="29" t="s">
+      <c r="G218" s="13" t="s">
         <v>1207</v>
       </c>
-      <c r="G218" s="13" t="s">
+      <c r="H218" s="28">
+        <v>45301</v>
+      </c>
+      <c r="I218" s="27"/>
+      <c r="J218" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K218" s="15" t="s">
         <v>1208</v>
       </c>
-      <c r="H218" s="30">
-[...10 lines deleted...]
-    <row r="219" spans="1:11" ht="22.5">
+    </row>
+    <row r="219" spans="1:11" ht="31.5">
       <c r="A219" s="11">
         <v>217</v>
       </c>
-      <c r="B219" s="47" t="s">
+      <c r="B219" s="38" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C219" s="38">
+        <v>41203069500</v>
+      </c>
+      <c r="D219" s="27" t="s">
         <v>1210</v>
       </c>
-      <c r="C219" s="47">
-[...8 lines deleted...]
-      <c r="F219" s="29" t="s">
+      <c r="E219" s="27" t="s">
+        <v>1210</v>
+      </c>
+      <c r="F219" s="27" t="s">
         <v>1211</v>
       </c>
       <c r="G219" s="13" t="s">
         <v>1212</v>
       </c>
-      <c r="H219" s="30">
-[...2 lines deleted...]
-      <c r="I219" s="29"/>
+      <c r="H219" s="28">
+        <v>45306</v>
+      </c>
+      <c r="I219" s="27"/>
       <c r="J219" s="14">
         <v>46507</v>
       </c>
-      <c r="K219" s="37" t="s">
+      <c r="K219" s="15" t="s">
         <v>1213</v>
       </c>
     </row>
-    <row r="220" spans="1:11" ht="22.5">
+    <row r="220" spans="1:11" ht="31.5">
       <c r="A220" s="11">
         <v>218</v>
       </c>
-      <c r="B220" s="47" t="s">
+      <c r="B220" s="29" t="s">
         <v>1214</v>
       </c>
-      <c r="C220" s="47">
-[...2 lines deleted...]
-      <c r="D220" s="29" t="s">
+      <c r="C220" s="38">
+        <v>40003737849</v>
+      </c>
+      <c r="D220" s="27" t="s">
         <v>1215</v>
       </c>
-      <c r="E220" s="29" t="s">
+      <c r="E220" s="27" t="s">
+        <v>1215</v>
+      </c>
+      <c r="F220" s="27" t="s">
         <v>1216</v>
       </c>
-      <c r="F220" s="29" t="s">
+      <c r="G220" s="13" t="s">
         <v>1217</v>
       </c>
-      <c r="G220" s="13" t="s">
+      <c r="H220" s="28">
+        <v>45314</v>
+      </c>
+      <c r="I220" s="27"/>
+      <c r="J220" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K220" s="15" t="s">
         <v>1218</v>
       </c>
-      <c r="H220" s="30">
-[...10 lines deleted...]
-    <row r="221" spans="1:11" ht="33.75">
+    </row>
+    <row r="221" spans="1:11" ht="52.5">
       <c r="A221" s="11">
         <v>219</v>
       </c>
-      <c r="B221" s="31" t="s">
+      <c r="B221" s="29" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C221" s="38">
+        <v>50103012391</v>
+      </c>
+      <c r="D221" s="27" t="s">
         <v>1220</v>
       </c>
-      <c r="C221" s="47">
-[...2 lines deleted...]
-      <c r="D221" s="29" t="s">
+      <c r="E221" s="27" t="s">
+        <v>1220</v>
+      </c>
+      <c r="F221" s="27" t="s">
         <v>1221</v>
       </c>
-      <c r="E221" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F221" s="29" t="s">
+      <c r="G221" s="13" t="s">
         <v>1222</v>
       </c>
-      <c r="G221" s="13" t="s">
+      <c r="H221" s="28">
+        <v>45321</v>
+      </c>
+      <c r="I221" s="27"/>
+      <c r="J221" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K221" s="15" t="s">
         <v>1223</v>
       </c>
-      <c r="H221" s="30">
-[...10 lines deleted...]
-    <row r="222" spans="1:11" ht="67.5">
+    </row>
+    <row r="222" spans="1:11" ht="21">
       <c r="A222" s="11">
         <v>220</v>
       </c>
-      <c r="B222" s="31" t="s">
+      <c r="B222" s="29" t="s">
+        <v>1224</v>
+      </c>
+      <c r="C222" s="38">
+        <v>40203435405</v>
+      </c>
+      <c r="D222" s="27" t="s">
         <v>1225</v>
       </c>
-      <c r="C222" s="47">
-[...2 lines deleted...]
-      <c r="D222" s="29" t="s">
+      <c r="E222" s="27" t="s">
+        <v>1225</v>
+      </c>
+      <c r="F222" s="27" t="s">
         <v>1226</v>
       </c>
-      <c r="E222" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F222" s="29" t="s">
+      <c r="G222" s="13" t="s">
         <v>1227</v>
       </c>
-      <c r="G222" s="13" t="s">
+      <c r="H222" s="28">
+        <v>45321</v>
+      </c>
+      <c r="I222" s="27"/>
+      <c r="J222" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K222" s="15" t="s">
         <v>1228</v>
       </c>
-      <c r="H222" s="30">
-[...10 lines deleted...]
-    <row r="223" spans="1:11" ht="22.5">
+    </row>
+    <row r="223" spans="1:11" ht="42">
       <c r="A223" s="11">
         <v>221</v>
       </c>
-      <c r="B223" s="31" t="s">
+      <c r="B223" s="29" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C223" s="38">
+        <v>40203453909</v>
+      </c>
+      <c r="D223" s="27" t="s">
         <v>1230</v>
       </c>
-      <c r="C223" s="47">
-[...2 lines deleted...]
-      <c r="D223" s="29" t="s">
+      <c r="E223" s="27" t="s">
+        <v>1230</v>
+      </c>
+      <c r="F223" s="27" t="s">
         <v>1231</v>
       </c>
-      <c r="E223" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F223" s="29" t="s">
+      <c r="G223" s="13" t="s">
         <v>1232</v>
       </c>
-      <c r="G223" s="13" t="s">
+      <c r="H223" s="28">
+        <v>45341</v>
+      </c>
+      <c r="I223" s="27"/>
+      <c r="J223" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K223" s="15" t="s">
         <v>1233</v>
       </c>
-      <c r="H223" s="30">
-[...10 lines deleted...]
-    <row r="224" spans="1:11" ht="56.25">
+    </row>
+    <row r="224" spans="1:11" ht="21">
       <c r="A224" s="11">
         <v>222</v>
       </c>
-      <c r="B224" s="34" t="s">
+      <c r="B224" s="29" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C224" s="38">
+        <v>40203523996</v>
+      </c>
+      <c r="D224" s="27" t="s">
         <v>1235</v>
       </c>
-      <c r="C224" s="47">
-[...2 lines deleted...]
-      <c r="D224" s="29" t="s">
+      <c r="E224" s="27" t="s">
+        <v>1235</v>
+      </c>
+      <c r="F224" s="27" t="s">
         <v>1236</v>
       </c>
-      <c r="E224" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F224" s="29" t="s">
+      <c r="G224" s="13" t="s">
         <v>1237</v>
       </c>
-      <c r="G224" s="13" t="s">
+      <c r="H224" s="28">
+        <v>45343</v>
+      </c>
+      <c r="I224" s="27"/>
+      <c r="J224" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K224" s="15" t="s">
         <v>1238</v>
       </c>
-      <c r="H224" s="30">
-[...10 lines deleted...]
-    <row r="225" spans="1:11" ht="22.5">
+    </row>
+    <row r="225" spans="1:11" ht="31.5">
       <c r="A225" s="11">
         <v>223</v>
       </c>
-      <c r="B225" s="34" t="s">
+      <c r="B225" s="29" t="s">
+        <v>1239</v>
+      </c>
+      <c r="C225" s="38">
+        <v>40203439835</v>
+      </c>
+      <c r="D225" s="27" t="s">
         <v>1240</v>
       </c>
-      <c r="C225" s="47">
-[...2 lines deleted...]
-      <c r="D225" s="29" t="s">
+      <c r="E225" s="27" t="s">
         <v>1241</v>
       </c>
-      <c r="E225" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F225" s="29" t="s">
+      <c r="F225" s="27" t="s">
         <v>1242</v>
       </c>
       <c r="G225" s="13" t="s">
         <v>1243</v>
       </c>
-      <c r="H225" s="30">
-[...2 lines deleted...]
-      <c r="I225" s="29"/>
+      <c r="H225" s="28">
+        <v>45345</v>
+      </c>
+      <c r="I225" s="27"/>
       <c r="J225" s="14">
         <v>46507</v>
       </c>
-      <c r="K225" s="37" t="s">
+      <c r="K225" s="15" t="s">
         <v>1244</v>
       </c>
     </row>
-    <row r="226" spans="1:11" ht="33.75">
+    <row r="226" spans="1:11" ht="21">
       <c r="A226" s="11">
         <v>224</v>
       </c>
-      <c r="B226" s="34" t="s">
+      <c r="B226" s="43" t="s">
         <v>1245</v>
       </c>
-      <c r="C226" s="47">
-[...2 lines deleted...]
-      <c r="D226" s="29" t="s">
+      <c r="C226" s="43">
+        <v>40003498304</v>
+      </c>
+      <c r="D226" s="43" t="s">
         <v>1246</v>
       </c>
-      <c r="E226" s="29" t="s">
+      <c r="E226" s="43" t="s">
         <v>1247</v>
       </c>
-      <c r="F226" s="29" t="s">
+      <c r="F226" s="44" t="s">
         <v>1248</v>
       </c>
       <c r="G226" s="13" t="s">
         <v>1249</v>
       </c>
-      <c r="H226" s="30">
-[...2 lines deleted...]
-      <c r="I226" s="29"/>
+      <c r="H226" s="28">
+        <v>45351</v>
+      </c>
+      <c r="I226" s="27"/>
       <c r="J226" s="14">
         <v>46507</v>
       </c>
-      <c r="K226" s="37" t="s">
+      <c r="K226" s="15" t="s">
         <v>1250</v>
       </c>
     </row>
-    <row r="227" spans="1:11" ht="22.5">
+    <row r="227" spans="1:11" ht="21">
       <c r="A227" s="11">
         <v>225</v>
       </c>
-      <c r="B227" s="52" t="s">
+      <c r="B227" s="29" t="s">
         <v>1251</v>
       </c>
-      <c r="C227" s="52">
-[...2 lines deleted...]
-      <c r="D227" s="52" t="s">
+      <c r="C227" s="38">
+        <v>40103161841</v>
+      </c>
+      <c r="D227" s="27" t="s">
+        <v>605</v>
+      </c>
+      <c r="E227" s="27" t="s">
         <v>1252</v>
       </c>
-      <c r="E227" s="52" t="s">
+      <c r="F227" s="30" t="s">
         <v>1253</v>
       </c>
-      <c r="F227" s="53" t="s">
+      <c r="G227" s="13" t="s">
         <v>1254</v>
       </c>
-      <c r="G227" s="13" t="s">
+      <c r="H227" s="28">
+        <v>45351</v>
+      </c>
+      <c r="I227" s="27"/>
+      <c r="J227" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K227" s="30" t="s">
         <v>1255</v>
       </c>
-      <c r="H227" s="30">
-[...10 lines deleted...]
-    <row r="228" spans="1:11" ht="22.5">
+    </row>
+    <row r="228" spans="1:11" ht="21">
       <c r="A228" s="11">
         <v>226</v>
       </c>
-      <c r="B228" s="34" t="s">
+      <c r="B228" s="29" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C228" s="38">
+        <v>41503082828</v>
+      </c>
+      <c r="D228" s="27" t="s">
         <v>1257</v>
       </c>
-      <c r="C228" s="47">
-[...5 lines deleted...]
-      <c r="E228" s="29" t="s">
+      <c r="E228" s="27" t="s">
         <v>1258</v>
       </c>
-      <c r="F228" s="32" t="s">
+      <c r="F228" s="30" t="s">
         <v>1259</v>
       </c>
       <c r="G228" s="13" t="s">
         <v>1260</v>
       </c>
-      <c r="H228" s="30">
-[...2 lines deleted...]
-      <c r="I228" s="29"/>
+      <c r="H228" s="28">
+        <v>45357</v>
+      </c>
+      <c r="I228" s="27"/>
       <c r="J228" s="14">
         <v>46507</v>
       </c>
-      <c r="K228" s="32" t="s">
+      <c r="K228" s="15" t="s">
         <v>1261</v>
       </c>
     </row>
-    <row r="229" spans="1:11" ht="33.75">
+    <row r="229" spans="1:11">
       <c r="A229" s="11">
         <v>227</v>
       </c>
-      <c r="B229" s="34" t="s">
+      <c r="B229" s="29" t="s">
         <v>1262</v>
       </c>
-      <c r="C229" s="47">
-[...2 lines deleted...]
-      <c r="D229" s="29" t="s">
+      <c r="C229" s="38">
+        <v>41203071204</v>
+      </c>
+      <c r="D229" s="27" t="s">
+        <v>463</v>
+      </c>
+      <c r="E229" s="27" t="s">
+        <v>463</v>
+      </c>
+      <c r="F229" s="30" t="s">
         <v>1263</v>
       </c>
-      <c r="E229" s="29" t="s">
+      <c r="G229" s="13" t="s">
         <v>1264</v>
       </c>
-      <c r="F229" s="32" t="s">
+      <c r="H229" s="28">
+        <v>45366</v>
+      </c>
+      <c r="I229" s="27"/>
+      <c r="J229" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K229" s="29" t="s">
         <v>1265</v>
       </c>
-      <c r="G229" s="13" t="s">
-[...13 lines deleted...]
-    <row r="230" spans="1:11" ht="22.5">
+    </row>
+    <row r="230" spans="1:11">
       <c r="A230" s="11">
         <v>228</v>
       </c>
-      <c r="B230" s="34" t="s">
+      <c r="B230" s="29" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C230" s="38">
+        <v>40203211439</v>
+      </c>
+      <c r="D230" s="27" t="s">
+        <v>463</v>
+      </c>
+      <c r="E230" s="27" t="s">
+        <v>463</v>
+      </c>
+      <c r="F230" s="30" t="s">
+        <v>1267</v>
+      </c>
+      <c r="G230" s="13" t="s">
         <v>1268</v>
       </c>
-      <c r="C230" s="47">
-[...14 lines deleted...]
-      <c r="H230" s="30">
+      <c r="H230" s="28">
         <v>45366</v>
       </c>
-      <c r="I230" s="29"/>
+      <c r="I230" s="27"/>
       <c r="J230" s="14">
         <v>46507</v>
       </c>
-      <c r="K230" s="31" t="s">
-        <v>1271</v>
+      <c r="K230" s="29" t="s">
+        <v>1265</v>
       </c>
     </row>
     <row r="231" spans="1:11">
       <c r="A231" s="11">
         <v>229</v>
       </c>
-      <c r="B231" s="34" t="s">
-[...5 lines deleted...]
-      <c r="D231" s="29" t="s">
+      <c r="B231" s="29" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C231" s="38">
+        <v>42103095991</v>
+      </c>
+      <c r="D231" s="27" t="s">
         <v>463</v>
       </c>
-      <c r="E231" s="29" t="s">
+      <c r="E231" s="27" t="s">
         <v>463</v>
       </c>
-      <c r="F231" s="32" t="s">
-        <v>1273</v>
+      <c r="F231" s="30" t="s">
+        <v>1270</v>
       </c>
       <c r="G231" s="13" t="s">
-        <v>1274</v>
-[...1 lines deleted...]
-      <c r="H231" s="30">
+        <v>1271</v>
+      </c>
+      <c r="H231" s="28">
         <v>45366</v>
       </c>
-      <c r="I231" s="29"/>
+      <c r="I231" s="27"/>
       <c r="J231" s="14">
         <v>46507</v>
       </c>
-      <c r="K231" s="31" t="s">
-[...3 lines deleted...]
-    <row r="232" spans="1:11">
+      <c r="K231" s="29" t="s">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="232" spans="1:11" ht="31.5">
       <c r="A232" s="11">
         <v>230</v>
       </c>
-      <c r="B232" s="34" t="s">
+      <c r="B232" s="29" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C232" s="38">
+        <v>40203544714</v>
+      </c>
+      <c r="D232" s="27" t="s">
+        <v>1273</v>
+      </c>
+      <c r="E232" s="27" t="s">
+        <v>1274</v>
+      </c>
+      <c r="F232" s="30" t="s">
         <v>1275</v>
       </c>
-      <c r="C232" s="47">
-[...8 lines deleted...]
-      <c r="F232" s="32" t="s">
+      <c r="G232" s="13" t="s">
         <v>1276</v>
       </c>
-      <c r="G232" s="13" t="s">
+      <c r="H232" s="28">
+        <v>45377</v>
+      </c>
+      <c r="I232" s="27"/>
+      <c r="J232" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K232" s="15" t="s">
         <v>1277</v>
       </c>
-      <c r="H232" s="30">
-[...10 lines deleted...]
-    <row r="233" spans="1:11" ht="33.75">
+    </row>
+    <row r="233" spans="1:11" ht="21">
       <c r="A233" s="11">
         <v>231</v>
       </c>
-      <c r="B233" s="34" t="s">
+      <c r="B233" s="29" t="s">
         <v>1278</v>
       </c>
-      <c r="C233" s="47">
-[...2 lines deleted...]
-      <c r="D233" s="29" t="s">
+      <c r="C233" s="38">
+        <v>40203229854</v>
+      </c>
+      <c r="D233" s="27" t="s">
         <v>1279</v>
       </c>
-      <c r="E233" s="29" t="s">
+      <c r="E233" s="27" t="s">
+        <v>1279</v>
+      </c>
+      <c r="F233" s="30" t="s">
         <v>1280</v>
       </c>
-      <c r="F233" s="32" t="s">
+      <c r="G233" s="13" t="s">
         <v>1281</v>
       </c>
-      <c r="G233" s="13" t="s">
+      <c r="H233" s="28">
+        <v>45377</v>
+      </c>
+      <c r="I233" s="27"/>
+      <c r="J233" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K233" s="15" t="s">
         <v>1282</v>
       </c>
-      <c r="H233" s="30">
-[...10 lines deleted...]
-    <row r="234" spans="1:11" ht="22.5">
+    </row>
+    <row r="234" spans="1:11" ht="31.5">
       <c r="A234" s="11">
         <v>232</v>
       </c>
-      <c r="B234" s="34" t="s">
+      <c r="B234" s="29" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C234" s="38">
+        <v>40203464194</v>
+      </c>
+      <c r="D234" s="27" t="s">
         <v>1284</v>
       </c>
-      <c r="C234" s="47">
-[...2 lines deleted...]
-      <c r="D234" s="29" t="s">
+      <c r="E234" s="27" t="s">
         <v>1285</v>
       </c>
-      <c r="E234" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F234" s="32" t="s">
+      <c r="F234" s="30" t="s">
         <v>1286</v>
       </c>
       <c r="G234" s="13" t="s">
         <v>1287</v>
       </c>
-      <c r="H234" s="30">
+      <c r="H234" s="28">
         <v>45377</v>
       </c>
-      <c r="I234" s="29"/>
+      <c r="I234" s="27"/>
       <c r="J234" s="14">
         <v>46507</v>
       </c>
-      <c r="K234" s="37" t="s">
+      <c r="K234" s="15" t="s">
         <v>1288</v>
       </c>
     </row>
-    <row r="235" spans="1:11" ht="33.75">
+    <row r="235" spans="1:11" ht="31.5">
       <c r="A235" s="11">
         <v>233</v>
       </c>
-      <c r="B235" s="34" t="s">
+      <c r="B235" s="29" t="s">
         <v>1289</v>
       </c>
-      <c r="C235" s="47">
-[...2 lines deleted...]
-      <c r="D235" s="29" t="s">
+      <c r="C235" s="38">
+        <v>40203518980</v>
+      </c>
+      <c r="D235" s="27" t="s">
         <v>1290</v>
       </c>
-      <c r="E235" s="29" t="s">
+      <c r="E235" s="27" t="s">
+        <v>1290</v>
+      </c>
+      <c r="F235" s="30" t="s">
         <v>1291</v>
       </c>
-      <c r="F235" s="32" t="s">
+      <c r="G235" s="13" t="s">
         <v>1292</v>
       </c>
-      <c r="G235" s="13" t="s">
+      <c r="H235" s="28">
+        <v>45386</v>
+      </c>
+      <c r="I235" s="27"/>
+      <c r="J235" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K235" s="15" t="s">
         <v>1293</v>
       </c>
-      <c r="H235" s="30">
-[...10 lines deleted...]
-    <row r="236" spans="1:11" ht="45">
+    </row>
+    <row r="236" spans="1:11" ht="31.5">
       <c r="A236" s="11">
         <v>234</v>
       </c>
-      <c r="B236" s="34" t="s">
+      <c r="B236" s="29" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C236" s="38">
+        <v>40203321527</v>
+      </c>
+      <c r="D236" s="27" t="s">
         <v>1295</v>
       </c>
-      <c r="C236" s="47">
-[...2 lines deleted...]
-      <c r="D236" s="29" t="s">
+      <c r="E236" s="27" t="s">
         <v>1296</v>
       </c>
-      <c r="E236" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F236" s="32" t="s">
+      <c r="F236" s="30" t="s">
         <v>1297</v>
       </c>
       <c r="G236" s="13" t="s">
         <v>1298</v>
       </c>
-      <c r="H236" s="30">
+      <c r="H236" s="28">
         <v>45386</v>
       </c>
-      <c r="I236" s="29"/>
+      <c r="I236" s="27"/>
       <c r="J236" s="14">
         <v>46507</v>
       </c>
-      <c r="K236" s="37" t="s">
+      <c r="K236" s="15" t="s">
         <v>1299</v>
       </c>
     </row>
-    <row r="237" spans="1:11" ht="33.75">
+    <row r="237" spans="1:11" ht="21">
       <c r="A237" s="11">
         <v>235</v>
       </c>
-      <c r="B237" s="34" t="s">
+      <c r="B237" s="29" t="s">
         <v>1300</v>
       </c>
-      <c r="C237" s="47">
-[...2 lines deleted...]
-      <c r="D237" s="29" t="s">
+      <c r="C237" s="38">
+        <v>40203165144</v>
+      </c>
+      <c r="D237" s="27" t="s">
         <v>1301</v>
       </c>
-      <c r="E237" s="29" t="s">
+      <c r="E237" s="27" t="s">
+        <v>1301</v>
+      </c>
+      <c r="F237" s="30" t="s">
         <v>1302</v>
       </c>
-      <c r="F237" s="32" t="s">
+      <c r="G237" s="13" t="s">
         <v>1303</v>
       </c>
-      <c r="G237" s="13" t="s">
+      <c r="H237" s="28">
+        <v>45394</v>
+      </c>
+      <c r="I237" s="27"/>
+      <c r="J237" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K237" s="15" t="s">
         <v>1304</v>
       </c>
-      <c r="H237" s="30">
-[...10 lines deleted...]
-    <row r="238" spans="1:11" ht="22.5">
+    </row>
+    <row r="238" spans="1:11" ht="31.5">
       <c r="A238" s="11">
         <v>236</v>
       </c>
-      <c r="B238" s="34" t="s">
+      <c r="B238" s="29" t="s">
+        <v>1305</v>
+      </c>
+      <c r="C238" s="38">
+        <v>40203539713</v>
+      </c>
+      <c r="D238" s="27" t="s">
+        <v>734</v>
+      </c>
+      <c r="E238" s="27" t="s">
+        <v>734</v>
+      </c>
+      <c r="F238" s="30" t="s">
         <v>1306</v>
       </c>
-      <c r="C238" s="47">
-[...2 lines deleted...]
-      <c r="D238" s="29" t="s">
+      <c r="G238" s="13" t="s">
         <v>1307</v>
       </c>
-      <c r="E238" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F238" s="32" t="s">
+      <c r="H238" s="28">
+        <v>45394</v>
+      </c>
+      <c r="I238" s="27"/>
+      <c r="J238" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K238" s="15" t="s">
         <v>1308</v>
       </c>
-      <c r="G238" s="13" t="s">
-[...13 lines deleted...]
-    <row r="239" spans="1:11" ht="33.75">
+    </row>
+    <row r="239" spans="1:11" ht="42">
       <c r="A239" s="11">
         <v>237</v>
       </c>
-      <c r="B239" s="34" t="s">
+      <c r="B239" s="29" t="s">
+        <v>1309</v>
+      </c>
+      <c r="C239" s="38">
+        <v>40003652866</v>
+      </c>
+      <c r="D239" s="27" t="s">
+        <v>925</v>
+      </c>
+      <c r="E239" s="27" t="s">
+        <v>760</v>
+      </c>
+      <c r="F239" s="30" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G239" s="13" t="s">
         <v>1311</v>
       </c>
-      <c r="C239" s="47">
-[...17 lines deleted...]
-      <c r="I239" s="29"/>
+      <c r="H239" s="28">
+        <v>45393</v>
+      </c>
+      <c r="I239" s="27"/>
       <c r="J239" s="14">
         <v>46507</v>
       </c>
-      <c r="K239" s="37" t="s">
-[...3 lines deleted...]
-    <row r="240" spans="1:11" ht="45">
+      <c r="K239" s="15" t="s">
+        <v>1304</v>
+      </c>
+    </row>
+    <row r="240" spans="1:11" ht="31.5">
       <c r="A240" s="11">
         <v>238</v>
       </c>
-      <c r="B240" s="34" t="s">
+      <c r="B240" s="29" t="s">
+        <v>1312</v>
+      </c>
+      <c r="C240" s="38">
+        <v>40203551580</v>
+      </c>
+      <c r="D240" s="27" t="s">
+        <v>1313</v>
+      </c>
+      <c r="E240" s="27" t="s">
+        <v>1314</v>
+      </c>
+      <c r="F240" s="30" t="s">
         <v>1315</v>
       </c>
-      <c r="C240" s="47">
-[...8 lines deleted...]
-      <c r="F240" s="32" t="s">
+      <c r="G240" s="13" t="s">
         <v>1316</v>
       </c>
-      <c r="G240" s="13" t="s">
+      <c r="H240" s="28">
+        <v>45400</v>
+      </c>
+      <c r="I240" s="27"/>
+      <c r="J240" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K240" s="15" t="s">
         <v>1317</v>
       </c>
-      <c r="H240" s="30">
-[...10 lines deleted...]
-    <row r="241" spans="1:11" ht="33.75">
+    </row>
+    <row r="241" spans="1:11" ht="42">
       <c r="A241" s="11">
         <v>239</v>
       </c>
-      <c r="B241" s="34" t="s">
+      <c r="B241" s="29" t="s">
         <v>1318</v>
       </c>
-      <c r="C241" s="47">
-[...2 lines deleted...]
-      <c r="D241" s="29" t="s">
+      <c r="C241" s="38">
+        <v>40203536026</v>
+      </c>
+      <c r="D241" s="27" t="s">
         <v>1319</v>
       </c>
-      <c r="E241" s="29" t="s">
+      <c r="E241" s="27" t="s">
+        <v>1319</v>
+      </c>
+      <c r="F241" s="30" t="s">
         <v>1320</v>
       </c>
-      <c r="F241" s="32" t="s">
+      <c r="G241" s="13" t="s">
         <v>1321</v>
       </c>
-      <c r="G241" s="13" t="s">
+      <c r="H241" s="28">
+        <v>45405</v>
+      </c>
+      <c r="I241" s="27"/>
+      <c r="J241" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K241" s="15" t="s">
         <v>1322</v>
       </c>
-      <c r="H241" s="30">
-[...10 lines deleted...]
-    <row r="242" spans="1:11" ht="45">
+    </row>
+    <row r="242" spans="1:11" ht="21">
       <c r="A242" s="11">
         <v>240</v>
       </c>
-      <c r="B242" s="34" t="s">
+      <c r="B242" s="29" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C242" s="38">
+        <v>40203530470</v>
+      </c>
+      <c r="D242" s="27" t="s">
         <v>1324</v>
       </c>
-      <c r="C242" s="47">
-[...2 lines deleted...]
-      <c r="D242" s="29" t="s">
+      <c r="E242" s="27" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F242" s="30" t="s">
         <v>1325</v>
       </c>
-      <c r="E242" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F242" s="32" t="s">
+      <c r="G242" s="13" t="s">
         <v>1326</v>
       </c>
-      <c r="G242" s="13" t="s">
+      <c r="H242" s="28">
+        <v>45405</v>
+      </c>
+      <c r="I242" s="27"/>
+      <c r="J242" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K242" s="15" t="s">
         <v>1327</v>
       </c>
-      <c r="H242" s="30">
-[...10 lines deleted...]
-    <row r="243" spans="1:11" ht="22.5">
+    </row>
+    <row r="243" spans="1:11">
       <c r="A243" s="11">
         <v>241</v>
       </c>
-      <c r="B243" s="34" t="s">
+      <c r="B243" s="29" t="s">
+        <v>1328</v>
+      </c>
+      <c r="C243" s="38">
+        <v>40203362455</v>
+      </c>
+      <c r="D243" s="27" t="s">
         <v>1329</v>
       </c>
-      <c r="C243" s="47">
-[...2 lines deleted...]
-      <c r="D243" s="29" t="s">
+      <c r="E243" s="27" t="s">
         <v>1330</v>
       </c>
-      <c r="E243" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F243" s="32" t="s">
+      <c r="F243" s="30" t="s">
         <v>1331</v>
       </c>
       <c r="G243" s="13" t="s">
         <v>1332</v>
       </c>
-      <c r="H243" s="30">
+      <c r="H243" s="28">
         <v>45405</v>
       </c>
-      <c r="I243" s="29"/>
+      <c r="I243" s="27"/>
       <c r="J243" s="14">
         <v>46507</v>
       </c>
-      <c r="K243" s="37" t="s">
+      <c r="K243" s="15" t="s">
         <v>1333</v>
       </c>
     </row>
-    <row r="244" spans="1:11">
+    <row r="244" spans="1:11" ht="21">
       <c r="A244" s="11">
         <v>242</v>
       </c>
-      <c r="B244" s="34" t="s">
+      <c r="B244" s="29" t="s">
         <v>1334</v>
       </c>
-      <c r="C244" s="47">
-[...2 lines deleted...]
-      <c r="D244" s="29" t="s">
+      <c r="C244" s="38">
+        <v>40203012822</v>
+      </c>
+      <c r="D244" s="27" t="s">
+        <v>397</v>
+      </c>
+      <c r="E244" s="27" t="s">
+        <v>397</v>
+      </c>
+      <c r="F244" s="30" t="s">
         <v>1335</v>
       </c>
-      <c r="E244" s="29" t="s">
+      <c r="G244" s="13" t="s">
         <v>1336</v>
       </c>
-      <c r="F244" s="32" t="s">
+      <c r="H244" s="28">
+        <v>45408</v>
+      </c>
+      <c r="I244" s="27"/>
+      <c r="J244" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K244" s="15" t="s">
         <v>1337</v>
       </c>
-      <c r="G244" s="13" t="s">
-[...13 lines deleted...]
-    <row r="245" spans="1:11" ht="22.5">
+    </row>
+    <row r="245" spans="1:11" ht="21">
       <c r="A245" s="11">
         <v>243</v>
       </c>
-      <c r="B245" s="34" t="s">
+      <c r="B245" s="29" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C245" s="38">
+        <v>40003225328</v>
+      </c>
+      <c r="D245" s="27" t="s">
+        <v>1339</v>
+      </c>
+      <c r="E245" s="27" t="s">
+        <v>1339</v>
+      </c>
+      <c r="F245" s="30" t="s">
         <v>1340</v>
       </c>
-      <c r="C245" s="47">
-[...8 lines deleted...]
-      <c r="F245" s="32" t="s">
+      <c r="G245" s="13" t="s">
         <v>1341</v>
       </c>
-      <c r="G245" s="13" t="s">
+      <c r="H245" s="28">
+        <v>45408</v>
+      </c>
+      <c r="I245" s="27"/>
+      <c r="J245" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K245" s="15" t="s">
         <v>1342</v>
       </c>
-      <c r="H245" s="30">
-[...10 lines deleted...]
-    <row r="246" spans="1:11" ht="22.5">
+    </row>
+    <row r="246" spans="1:11">
       <c r="A246" s="11">
         <v>244</v>
       </c>
-      <c r="B246" s="34" t="s">
+      <c r="B246" s="29" t="s">
+        <v>1343</v>
+      </c>
+      <c r="C246" s="38">
+        <v>40203323091</v>
+      </c>
+      <c r="D246" s="27" t="s">
         <v>1344</v>
       </c>
-      <c r="C246" s="47">
-[...2 lines deleted...]
-      <c r="D246" s="29" t="s">
+      <c r="E246" s="27" t="s">
+        <v>1344</v>
+      </c>
+      <c r="F246" s="30" t="s">
         <v>1345</v>
       </c>
-      <c r="E246" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F246" s="32" t="s">
+      <c r="G246" s="13" t="s">
         <v>1346</v>
       </c>
-      <c r="G246" s="13" t="s">
+      <c r="H246" s="28">
+        <v>45408</v>
+      </c>
+      <c r="I246" s="27"/>
+      <c r="J246" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K246" s="15" t="s">
         <v>1347</v>
       </c>
-      <c r="H246" s="30">
-[...10 lines deleted...]
-    <row r="247" spans="1:11">
+    </row>
+    <row r="247" spans="1:11" ht="21">
       <c r="A247" s="11">
         <v>245</v>
       </c>
-      <c r="B247" s="34" t="s">
+      <c r="B247" s="29" t="s">
+        <v>1348</v>
+      </c>
+      <c r="C247" s="38">
+        <v>40203550157</v>
+      </c>
+      <c r="D247" s="27" t="s">
         <v>1349</v>
       </c>
-      <c r="C247" s="47">
-[...2 lines deleted...]
-      <c r="D247" s="29" t="s">
+      <c r="E247" s="27" t="s">
+        <v>1349</v>
+      </c>
+      <c r="F247" s="30" t="s">
         <v>1350</v>
       </c>
-      <c r="E247" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F247" s="32" t="s">
+      <c r="G247" s="13" t="s">
         <v>1351</v>
       </c>
-      <c r="G247" s="13" t="s">
+      <c r="H247" s="28">
+        <v>45411</v>
+      </c>
+      <c r="I247" s="27"/>
+      <c r="J247" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K247" s="15" t="s">
         <v>1352</v>
       </c>
-      <c r="H247" s="30">
-[...10 lines deleted...]
-    <row r="248" spans="1:11" ht="33.75">
+    </row>
+    <row r="248" spans="1:11" ht="21">
       <c r="A248" s="11">
         <v>246</v>
       </c>
-      <c r="B248" s="34" t="s">
+      <c r="B248" s="29" t="s">
+        <v>1353</v>
+      </c>
+      <c r="C248" s="38">
+        <v>40203360702</v>
+      </c>
+      <c r="D248" s="27" t="s">
         <v>1354</v>
       </c>
-      <c r="C248" s="47">
-[...2 lines deleted...]
-      <c r="D248" s="29" t="s">
+      <c r="E248" s="27" t="s">
+        <v>1354</v>
+      </c>
+      <c r="F248" s="30" t="s">
         <v>1355</v>
       </c>
-      <c r="E248" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F248" s="32" t="s">
+      <c r="G248" s="13" t="s">
         <v>1356</v>
       </c>
-      <c r="G248" s="13" t="s">
+      <c r="H248" s="28">
+        <v>45411</v>
+      </c>
+      <c r="I248" s="27"/>
+      <c r="J248" s="14">
+        <v>46507</v>
+      </c>
+      <c r="K248" s="15" t="s">
         <v>1357</v>
       </c>
-      <c r="H248" s="30">
-[...10 lines deleted...]
-    <row r="249" spans="1:11" ht="33.75">
+    </row>
+    <row r="249" spans="1:11">
       <c r="A249" s="11">
         <v>247</v>
       </c>
-      <c r="B249" s="34" t="s">
+      <c r="B249" s="29" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C249" s="38">
+        <v>40203527038</v>
+      </c>
+      <c r="D249" s="27" t="s">
         <v>1359</v>
       </c>
-      <c r="C249" s="47">
-[...2 lines deleted...]
-      <c r="D249" s="29" t="s">
+      <c r="E249" s="27" t="s">
         <v>1360</v>
       </c>
-      <c r="E249" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F249" s="32" t="s">
+      <c r="F249" s="30" t="s">
         <v>1361</v>
       </c>
       <c r="G249" s="13" t="s">
         <v>1362</v>
       </c>
-      <c r="H249" s="30">
-[...2 lines deleted...]
-      <c r="I249" s="29"/>
+      <c r="H249" s="28">
+        <v>45422</v>
+      </c>
+      <c r="I249" s="27"/>
       <c r="J249" s="14">
-        <v>46507</v>
-[...1 lines deleted...]
-      <c r="K249" s="37" t="s">
+        <v>46516</v>
+      </c>
+      <c r="K249" s="15" t="s">
         <v>1363</v>
       </c>
     </row>
-    <row r="250" spans="1:11">
+    <row r="250" spans="1:11" ht="31.5">
       <c r="A250" s="11">
         <v>248</v>
       </c>
-      <c r="B250" s="34" t="s">
+      <c r="B250" s="29" t="s">
         <v>1364</v>
       </c>
-      <c r="C250" s="47">
-[...2 lines deleted...]
-      <c r="D250" s="29" t="s">
+      <c r="C250" s="38">
+        <v>40003858038</v>
+      </c>
+      <c r="D250" s="27" t="s">
         <v>1365</v>
       </c>
-      <c r="E250" s="29" t="s">
+      <c r="E250" s="27" t="s">
+        <v>1365</v>
+      </c>
+      <c r="F250" s="30" t="s">
         <v>1366</v>
       </c>
-      <c r="F250" s="32" t="s">
+      <c r="G250" s="13" t="s">
         <v>1367</v>
       </c>
-      <c r="G250" s="13" t="s">
-[...2 lines deleted...]
-      <c r="H250" s="30">
+      <c r="H250" s="28">
         <v>45422</v>
       </c>
-      <c r="I250" s="29"/>
+      <c r="I250" s="27"/>
       <c r="J250" s="14">
         <v>46516</v>
       </c>
-      <c r="K250" s="37" t="s">
-[...3 lines deleted...]
-    <row r="251" spans="1:11" ht="33.75">
+      <c r="K250" s="15" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="251" spans="1:11" ht="42">
       <c r="A251" s="11">
         <v>249</v>
       </c>
-      <c r="B251" s="34" t="s">
+      <c r="B251" s="29" t="s">
+        <v>1369</v>
+      </c>
+      <c r="C251" s="38">
+        <v>40103231960</v>
+      </c>
+      <c r="D251" s="27" t="s">
         <v>1370</v>
       </c>
-      <c r="C251" s="47">
-[...2 lines deleted...]
-      <c r="D251" s="29" t="s">
+      <c r="E251" s="27" t="s">
+        <v>1370</v>
+      </c>
+      <c r="F251" s="30" t="s">
         <v>1371</v>
       </c>
-      <c r="E251" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F251" s="32" t="s">
+      <c r="G251" s="13" t="s">
         <v>1372</v>
       </c>
-      <c r="G251" s="13" t="s">
-[...2 lines deleted...]
-      <c r="H251" s="30">
+      <c r="H251" s="28">
         <v>45422</v>
       </c>
-      <c r="I251" s="29"/>
+      <c r="I251" s="27"/>
       <c r="J251" s="14">
         <v>46516</v>
       </c>
-      <c r="K251" s="37" t="s">
-[...3 lines deleted...]
-    <row r="252" spans="1:11" ht="45">
+      <c r="K251" s="15" t="s">
+        <v>1363</v>
+      </c>
+    </row>
+    <row r="252" spans="1:11" ht="21">
       <c r="A252" s="11">
         <v>250</v>
       </c>
-      <c r="B252" s="34" t="s">
+      <c r="B252" s="29" t="s">
+        <v>1373</v>
+      </c>
+      <c r="C252" s="38">
+        <v>40203155860</v>
+      </c>
+      <c r="D252" s="27" t="s">
+        <v>1374</v>
+      </c>
+      <c r="E252" s="27" t="s">
+        <v>1374</v>
+      </c>
+      <c r="F252" s="30" t="s">
         <v>1375</v>
       </c>
-      <c r="C252" s="47">
-[...2 lines deleted...]
-      <c r="D252" s="29" t="s">
+      <c r="G252" s="13" t="s">
         <v>1376</v>
       </c>
-      <c r="E252" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F252" s="32" t="s">
+      <c r="H252" s="28">
+        <v>45434</v>
+      </c>
+      <c r="I252" s="27"/>
+      <c r="J252" s="14">
+        <v>46528</v>
+      </c>
+      <c r="K252" s="15" t="s">
         <v>1377</v>
       </c>
-      <c r="G252" s="13" t="s">
-[...13 lines deleted...]
-    <row r="253" spans="1:11" ht="22.5">
+    </row>
+    <row r="253" spans="1:11" ht="31.5">
       <c r="A253" s="11">
         <v>251</v>
       </c>
-      <c r="B253" s="34" t="s">
+      <c r="B253" s="29" t="s">
+        <v>1378</v>
+      </c>
+      <c r="C253" s="38">
+        <v>42103092228</v>
+      </c>
+      <c r="D253" s="27" t="s">
         <v>1379</v>
       </c>
-      <c r="C253" s="47">
-[...2 lines deleted...]
-      <c r="D253" s="29" t="s">
+      <c r="E253" s="27" t="s">
         <v>1380</v>
       </c>
-      <c r="E253" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F253" s="32" t="s">
+      <c r="F253" s="30" t="s">
         <v>1381</v>
       </c>
       <c r="G253" s="13" t="s">
         <v>1382</v>
       </c>
-      <c r="H253" s="30">
-[...2 lines deleted...]
-      <c r="I253" s="29"/>
+      <c r="H253" s="28">
+        <v>45436</v>
+      </c>
+      <c r="I253" s="27"/>
       <c r="J253" s="14">
-        <v>46528</v>
-[...1 lines deleted...]
-      <c r="K253" s="37" t="s">
+        <v>46530</v>
+      </c>
+      <c r="K253" s="15" t="s">
         <v>1383</v>
       </c>
     </row>
-    <row r="254" spans="1:11" ht="33.75">
+    <row r="254" spans="1:11" ht="31.5">
       <c r="A254" s="11">
         <v>252</v>
       </c>
-      <c r="B254" s="34" t="s">
+      <c r="B254" s="29" t="s">
         <v>1384</v>
       </c>
-      <c r="C254" s="47">
-[...2 lines deleted...]
-      <c r="D254" s="29" t="s">
+      <c r="C254" s="38">
+        <v>40203558574</v>
+      </c>
+      <c r="D254" s="27" t="s">
         <v>1385</v>
       </c>
-      <c r="E254" s="29" t="s">
+      <c r="E254" s="27" t="s">
         <v>1386</v>
       </c>
-      <c r="F254" s="32" t="s">
+      <c r="F254" s="30" t="s">
         <v>1387</v>
       </c>
       <c r="G254" s="13" t="s">
         <v>1388</v>
       </c>
-      <c r="H254" s="30">
+      <c r="H254" s="28">
         <v>45436</v>
       </c>
-      <c r="I254" s="29"/>
+      <c r="I254" s="27"/>
       <c r="J254" s="14">
         <v>46530</v>
       </c>
-      <c r="K254" s="37" t="s">
+      <c r="K254" s="15" t="s">
         <v>1389</v>
       </c>
     </row>
-    <row r="255" spans="1:11" ht="33.75">
+    <row r="255" spans="1:11" ht="42">
       <c r="A255" s="11">
         <v>253</v>
       </c>
-      <c r="B255" s="34" t="s">
+      <c r="B255" s="29" t="s">
         <v>1390</v>
       </c>
-      <c r="C255" s="47">
-[...2 lines deleted...]
-      <c r="D255" s="29" t="s">
+      <c r="C255" s="38">
+        <v>42103079906</v>
+      </c>
+      <c r="D255" s="27" t="s">
         <v>1391</v>
       </c>
-      <c r="E255" s="29" t="s">
+      <c r="E255" s="27" t="s">
         <v>1392</v>
       </c>
-      <c r="F255" s="32" t="s">
+      <c r="F255" s="30" t="s">
         <v>1393</v>
       </c>
       <c r="G255" s="13" t="s">
         <v>1394</v>
       </c>
-      <c r="H255" s="30">
-[...2 lines deleted...]
-      <c r="I255" s="29"/>
+      <c r="H255" s="28">
+        <v>45442</v>
+      </c>
+      <c r="I255" s="27"/>
       <c r="J255" s="14">
-        <v>46530</v>
-[...1 lines deleted...]
-      <c r="K255" s="37" t="s">
+        <v>46536</v>
+      </c>
+      <c r="K255" s="15" t="s">
         <v>1395</v>
       </c>
     </row>
-    <row r="256" spans="1:11" ht="45">
+    <row r="256" spans="1:11" ht="31.5">
       <c r="A256" s="11">
         <v>254</v>
       </c>
-      <c r="B256" s="34" t="s">
+      <c r="B256" s="29" t="s">
         <v>1396</v>
       </c>
-      <c r="C256" s="47">
-[...2 lines deleted...]
-      <c r="D256" s="29" t="s">
+      <c r="C256" s="38">
+        <v>40203303038</v>
+      </c>
+      <c r="D256" s="27" t="s">
         <v>1397</v>
       </c>
-      <c r="E256" s="29" t="s">
+      <c r="E256" s="27" t="s">
         <v>1398</v>
       </c>
-      <c r="F256" s="32" t="s">
+      <c r="F256" s="30" t="s">
         <v>1399</v>
       </c>
       <c r="G256" s="13" t="s">
         <v>1400</v>
       </c>
-      <c r="H256" s="30">
-[...2 lines deleted...]
-      <c r="I256" s="29"/>
+      <c r="H256" s="28">
+        <v>45449</v>
+      </c>
+      <c r="I256" s="27"/>
       <c r="J256" s="14">
-        <v>46536</v>
-[...1 lines deleted...]
-      <c r="K256" s="37" t="s">
+        <v>46543</v>
+      </c>
+      <c r="K256" s="15" t="s">
         <v>1401</v>
       </c>
     </row>
-    <row r="257" spans="1:11" ht="45">
+    <row r="257" spans="1:11" ht="21">
       <c r="A257" s="11">
         <v>255</v>
       </c>
-      <c r="B257" s="34" t="s">
+      <c r="B257" s="29" t="s">
         <v>1402</v>
       </c>
-      <c r="C257" s="47">
-[...2 lines deleted...]
-      <c r="D257" s="29" t="s">
+      <c r="C257" s="38">
+        <v>40203563518</v>
+      </c>
+      <c r="D257" s="27" t="s">
         <v>1403</v>
       </c>
-      <c r="E257" s="29" t="s">
+      <c r="E257" s="27" t="s">
         <v>1404</v>
       </c>
-      <c r="F257" s="32" t="s">
+      <c r="F257" s="30" t="s">
         <v>1405</v>
       </c>
       <c r="G257" s="13" t="s">
         <v>1406</v>
       </c>
-      <c r="H257" s="30">
-[...2 lines deleted...]
-      <c r="I257" s="29"/>
+      <c r="H257" s="28">
+        <v>45453</v>
+      </c>
+      <c r="I257" s="27"/>
       <c r="J257" s="14">
-        <v>46543</v>
-[...1 lines deleted...]
-      <c r="K257" s="37" t="s">
+        <v>46547</v>
+      </c>
+      <c r="K257" s="15" t="s">
         <v>1407</v>
       </c>
     </row>
-    <row r="258" spans="1:11" ht="22.5">
+    <row r="258" spans="1:11" ht="21">
       <c r="A258" s="11">
         <v>256</v>
       </c>
-      <c r="B258" s="34" t="s">
+      <c r="B258" s="30" t="s">
         <v>1408</v>
       </c>
-      <c r="C258" s="47">
-[...2 lines deleted...]
-      <c r="D258" s="29" t="s">
+      <c r="C258" s="30">
+        <v>40203491968</v>
+      </c>
+      <c r="D258" s="30" t="s">
         <v>1409</v>
       </c>
-      <c r="E258" s="29" t="s">
+      <c r="E258" s="30" t="s">
+        <v>1409</v>
+      </c>
+      <c r="F258" s="30" t="s">
         <v>1410</v>
       </c>
-      <c r="F258" s="32" t="s">
+      <c r="G258" s="13" t="s">
         <v>1411</v>
       </c>
-      <c r="G258" s="13" t="s">
+      <c r="H258" s="35">
+        <v>45469</v>
+      </c>
+      <c r="I258" s="30"/>
+      <c r="J258" s="14">
+        <v>46563</v>
+      </c>
+      <c r="K258" s="30" t="s">
         <v>1412</v>
       </c>
-      <c r="H258" s="30">
-[...10 lines deleted...]
-    <row r="259" spans="1:11" ht="22.5">
+    </row>
+    <row r="259" spans="1:11" ht="21">
       <c r="A259" s="11">
         <v>257</v>
       </c>
-      <c r="B259" s="32" t="s">
+      <c r="B259" s="30" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C259" s="30">
+        <v>40203560013</v>
+      </c>
+      <c r="D259" s="30" t="s">
+        <v>1385</v>
+      </c>
+      <c r="E259" s="30" t="s">
+        <v>1385</v>
+      </c>
+      <c r="F259" s="30" t="s">
         <v>1414</v>
       </c>
-      <c r="C259" s="32">
-[...2 lines deleted...]
-      <c r="D259" s="32" t="s">
+      <c r="G259" s="13" t="s">
         <v>1415</v>
       </c>
-      <c r="E259" s="32" t="s">
-[...2 lines deleted...]
-      <c r="F259" s="32" t="s">
+      <c r="H259" s="35">
+        <v>45470</v>
+      </c>
+      <c r="I259" s="30"/>
+      <c r="J259" s="14">
+        <v>46564</v>
+      </c>
+      <c r="K259" s="30" t="s">
         <v>1416</v>
       </c>
-      <c r="G259" s="13" t="s">
-[...13 lines deleted...]
-    <row r="260" spans="1:11" ht="33.75">
+    </row>
+    <row r="260" spans="1:11">
       <c r="A260" s="11">
         <v>258</v>
       </c>
-      <c r="B260" s="32" t="s">
+      <c r="B260" s="29" t="s">
+        <v>1417</v>
+      </c>
+      <c r="C260" s="38">
+        <v>40203568017</v>
+      </c>
+      <c r="D260" s="27" t="s">
+        <v>1418</v>
+      </c>
+      <c r="E260" s="27" t="s">
+        <v>1418</v>
+      </c>
+      <c r="F260" s="30" t="s">
         <v>1419</v>
       </c>
-      <c r="C260" s="32">
-[...8 lines deleted...]
-      <c r="F260" s="32" t="s">
+      <c r="G260" s="13" t="s">
         <v>1420</v>
       </c>
-      <c r="G260" s="13" t="s">
+      <c r="H260" s="35">
+        <v>45482</v>
+      </c>
+      <c r="I260" s="30"/>
+      <c r="J260" s="14">
+        <v>46576</v>
+      </c>
+      <c r="K260" s="30" t="s">
         <v>1421</v>
       </c>
-      <c r="H260" s="42">
-[...10 lines deleted...]
-    <row r="261" spans="1:11" ht="22.5">
+    </row>
+    <row r="261" spans="1:11" ht="31.5">
       <c r="A261" s="11">
         <v>259</v>
       </c>
-      <c r="B261" s="34" t="s">
+      <c r="B261" s="29" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C261" s="38">
+        <v>40203501819</v>
+      </c>
+      <c r="D261" s="27" t="s">
         <v>1423</v>
       </c>
-      <c r="C261" s="47">
-[...2 lines deleted...]
-      <c r="D261" s="29" t="s">
+      <c r="E261" s="27" t="s">
+        <v>1423</v>
+      </c>
+      <c r="F261" s="30" t="s">
         <v>1424</v>
       </c>
-      <c r="E261" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F261" s="32" t="s">
+      <c r="G261" s="13" t="s">
         <v>1425</v>
       </c>
-      <c r="G261" s="13" t="s">
-[...2 lines deleted...]
-      <c r="H261" s="42">
+      <c r="H261" s="35">
         <v>45482</v>
       </c>
-      <c r="I261" s="32"/>
+      <c r="I261" s="30"/>
       <c r="J261" s="14">
         <v>46576</v>
       </c>
-      <c r="K261" s="32" t="s">
-[...3 lines deleted...]
-    <row r="262" spans="1:11" ht="33.75">
+      <c r="K261" s="15" t="s">
+        <v>1426</v>
+      </c>
+    </row>
+    <row r="262" spans="1:11" ht="21">
       <c r="A262" s="11">
         <v>260</v>
       </c>
-      <c r="B262" s="34" t="s">
+      <c r="B262" s="29" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C262" s="38">
+        <v>50203561171</v>
+      </c>
+      <c r="D262" s="27" t="s">
         <v>1428</v>
       </c>
-      <c r="C262" s="47">
-[...2 lines deleted...]
-      <c r="D262" s="29" t="s">
+      <c r="E262" s="27" t="s">
         <v>1429</v>
       </c>
-      <c r="E262" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F262" s="32" t="s">
+      <c r="F262" s="30" t="s">
         <v>1430</v>
       </c>
       <c r="G262" s="13" t="s">
         <v>1431</v>
       </c>
-      <c r="H262" s="42">
-[...2 lines deleted...]
-      <c r="I262" s="32"/>
+      <c r="H262" s="35">
+        <v>45499</v>
+      </c>
+      <c r="I262" s="30"/>
       <c r="J262" s="14">
-        <v>46576</v>
-[...1 lines deleted...]
-      <c r="K262" s="37" t="s">
+        <v>46593</v>
+      </c>
+      <c r="K262" s="15" t="s">
         <v>1432</v>
       </c>
     </row>
-    <row r="263" spans="1:11" ht="33.75">
+    <row r="263" spans="1:11" ht="31.5">
       <c r="A263" s="11">
         <v>261</v>
       </c>
-      <c r="B263" s="34" t="s">
+      <c r="B263" s="29" t="s">
         <v>1433</v>
       </c>
-      <c r="C263" s="47">
-[...2 lines deleted...]
-      <c r="D263" s="29" t="s">
+      <c r="C263" s="38">
+        <v>40003758446</v>
+      </c>
+      <c r="D263" s="27" t="s">
         <v>1434</v>
       </c>
-      <c r="E263" s="29" t="s">
+      <c r="E263" s="27" t="s">
         <v>1435</v>
       </c>
-      <c r="F263" s="32" t="s">
+      <c r="F263" s="30" t="s">
         <v>1436</v>
       </c>
       <c r="G263" s="13" t="s">
         <v>1437</v>
       </c>
-      <c r="H263" s="42">
-[...2 lines deleted...]
-      <c r="I263" s="32"/>
+      <c r="H263" s="35">
+        <v>45506</v>
+      </c>
+      <c r="I263" s="30"/>
       <c r="J263" s="14">
-        <v>46593</v>
-[...1 lines deleted...]
-      <c r="K263" s="37" t="s">
+        <v>46600</v>
+      </c>
+      <c r="K263" s="15" t="s">
         <v>1438</v>
       </c>
     </row>
-    <row r="264" spans="1:11" ht="45">
+    <row r="264" spans="1:11">
       <c r="A264" s="11">
         <v>262</v>
       </c>
-      <c r="B264" s="34" t="s">
+      <c r="B264" s="19" t="s">
         <v>1439</v>
       </c>
-      <c r="C264" s="47">
-[...2 lines deleted...]
-      <c r="D264" s="29" t="s">
+      <c r="C264" s="19">
+        <v>50203393781</v>
+      </c>
+      <c r="D264" s="19" t="s">
         <v>1440</v>
       </c>
-      <c r="E264" s="29" t="s">
+      <c r="E264" s="19" t="s">
+        <v>1440</v>
+      </c>
+      <c r="F264" s="15" t="s">
         <v>1441</v>
       </c>
-      <c r="F264" s="32" t="s">
+      <c r="G264" s="13" t="s">
         <v>1442</v>
       </c>
-      <c r="G264" s="13" t="s">
+      <c r="H264" s="14">
+        <v>45517</v>
+      </c>
+      <c r="I264" s="15"/>
+      <c r="J264" s="14">
+        <v>46611</v>
+      </c>
+      <c r="K264" s="15" t="s">
         <v>1443</v>
       </c>
-      <c r="H264" s="42">
-[...10 lines deleted...]
-    <row r="265" spans="1:11">
+    </row>
+    <row r="265" spans="1:11" ht="21">
       <c r="A265" s="11">
         <v>263</v>
       </c>
-      <c r="B265" s="19" t="s">
+      <c r="B265" s="29" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C265" s="38">
+        <v>40103984413</v>
+      </c>
+      <c r="D265" s="27" t="s">
         <v>1445</v>
       </c>
-      <c r="C265" s="39">
-[...2 lines deleted...]
-      <c r="D265" s="39" t="s">
+      <c r="E265" s="27" t="s">
+        <v>1445</v>
+      </c>
+      <c r="F265" s="15" t="s">
         <v>1446</v>
       </c>
-      <c r="E265" s="39" t="s">
-[...2 lines deleted...]
-      <c r="F265" s="37" t="s">
+      <c r="G265" s="13" t="s">
         <v>1447</v>
       </c>
-      <c r="G265" s="13" t="s">
+      <c r="H265" s="14">
+        <v>45530</v>
+      </c>
+      <c r="I265" s="15"/>
+      <c r="J265" s="14">
+        <v>46624</v>
+      </c>
+      <c r="K265" s="30" t="s">
         <v>1448</v>
       </c>
-      <c r="H265" s="54">
-[...10 lines deleted...]
-    <row r="266" spans="1:11" ht="33.75">
+    </row>
+    <row r="266" spans="1:11" ht="31.5">
       <c r="A266" s="11">
         <v>264</v>
       </c>
-      <c r="B266" s="34" t="s">
+      <c r="B266" s="29" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C266" s="38">
+        <v>40103856584</v>
+      </c>
+      <c r="D266" s="27" t="s">
         <v>1450</v>
       </c>
-      <c r="C266" s="47">
-[...2 lines deleted...]
-      <c r="D266" s="29" t="s">
+      <c r="E266" s="27" t="s">
+        <v>1450</v>
+      </c>
+      <c r="F266" s="15" t="s">
         <v>1451</v>
       </c>
-      <c r="E266" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F266" s="37" t="s">
+      <c r="G266" s="13" t="s">
         <v>1452</v>
       </c>
-      <c r="G266" s="13" t="s">
+      <c r="H266" s="14">
+        <v>45533</v>
+      </c>
+      <c r="I266" s="15"/>
+      <c r="J266" s="14">
+        <v>46627</v>
+      </c>
+      <c r="K266" s="15" t="s">
         <v>1453</v>
       </c>
-      <c r="H266" s="54">
-[...10 lines deleted...]
-    <row r="267" spans="1:11" ht="33.75">
+    </row>
+    <row r="267" spans="1:11" ht="31.5">
       <c r="A267" s="11">
         <v>265</v>
       </c>
-      <c r="B267" s="34" t="s">
+      <c r="B267" s="29" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C267" s="38">
+        <v>40103595659</v>
+      </c>
+      <c r="D267" s="27" t="s">
         <v>1455</v>
       </c>
-      <c r="C267" s="47">
-[...2 lines deleted...]
-      <c r="D267" s="29" t="s">
+      <c r="E267" s="27" t="s">
+        <v>1455</v>
+      </c>
+      <c r="F267" s="15" t="s">
         <v>1456</v>
       </c>
-      <c r="E267" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F267" s="37" t="s">
+      <c r="G267" s="13" t="s">
         <v>1457</v>
       </c>
-      <c r="G267" s="13" t="s">
-[...2 lines deleted...]
-      <c r="H267" s="54">
+      <c r="H267" s="14">
         <v>45533</v>
       </c>
-      <c r="I267" s="37"/>
+      <c r="I267" s="15"/>
       <c r="J267" s="14">
         <v>46627</v>
       </c>
-      <c r="K267" s="37" t="s">
-[...3 lines deleted...]
-    <row r="268" spans="1:11" ht="33.75">
+      <c r="K267" s="15" t="s">
+        <v>1458</v>
+      </c>
+    </row>
+    <row r="268" spans="1:11" ht="31.5">
       <c r="A268" s="11">
         <v>266</v>
       </c>
-      <c r="B268" s="34" t="s">
+      <c r="B268" s="29" t="s">
+        <v>1459</v>
+      </c>
+      <c r="C268" s="38">
+        <v>40203289514</v>
+      </c>
+      <c r="D268" s="27" t="s">
         <v>1460</v>
       </c>
-      <c r="C268" s="47">
-[...2 lines deleted...]
-      <c r="D268" s="29" t="s">
+      <c r="E268" s="27" t="s">
+        <v>1460</v>
+      </c>
+      <c r="F268" s="15" t="s">
         <v>1461</v>
       </c>
-      <c r="E268" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F268" s="37" t="s">
+      <c r="G268" s="13" t="s">
         <v>1462</v>
       </c>
-      <c r="G268" s="13" t="s">
-[...2 lines deleted...]
-      <c r="H268" s="54">
+      <c r="H268" s="14">
         <v>45533</v>
       </c>
-      <c r="I268" s="37"/>
+      <c r="I268" s="15"/>
       <c r="J268" s="14">
         <v>46627</v>
       </c>
-      <c r="K268" s="37" t="s">
-[...3 lines deleted...]
-    <row r="269" spans="1:11" ht="45">
+      <c r="K268" s="15" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="269" spans="1:11" ht="21">
       <c r="A269" s="11">
         <v>267</v>
       </c>
-      <c r="B269" s="34" t="s">
+      <c r="B269" s="29" t="s">
+        <v>1464</v>
+      </c>
+      <c r="C269" s="38">
+        <v>40003837182</v>
+      </c>
+      <c r="D269" s="27" t="s">
         <v>1465</v>
       </c>
-      <c r="C269" s="47">
-[...2 lines deleted...]
-      <c r="D269" s="29" t="s">
+      <c r="E269" s="27" t="s">
+        <v>1111</v>
+      </c>
+      <c r="F269" s="15" t="s">
         <v>1466</v>
       </c>
-      <c r="E269" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F269" s="37" t="s">
+      <c r="G269" s="13" t="s">
         <v>1467</v>
       </c>
-      <c r="G269" s="13" t="s">
-[...2 lines deleted...]
-      <c r="H269" s="54">
+      <c r="H269" s="14">
         <v>45533</v>
       </c>
-      <c r="I269" s="37"/>
+      <c r="I269" s="15"/>
       <c r="J269" s="14">
         <v>46627</v>
       </c>
-      <c r="K269" s="37" t="s">
-[...3 lines deleted...]
-    <row r="270" spans="1:11" ht="33.75">
+      <c r="K269" s="15" t="s">
+        <v>1468</v>
+      </c>
+    </row>
+    <row r="270" spans="1:11" ht="21">
       <c r="A270" s="11">
         <v>268</v>
       </c>
-      <c r="B270" s="34" t="s">
+      <c r="B270" s="29" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C270" s="29">
+        <v>40203569794</v>
+      </c>
+      <c r="D270" s="29" t="s">
         <v>1470</v>
       </c>
-      <c r="C270" s="47">
-[...2 lines deleted...]
-      <c r="D270" s="29" t="s">
+      <c r="E270" s="27" t="s">
         <v>1471</v>
       </c>
-      <c r="E270" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F270" s="37" t="s">
+      <c r="F270" s="15" t="s">
         <v>1472</v>
       </c>
       <c r="G270" s="13" t="s">
         <v>1473</v>
       </c>
-      <c r="H270" s="54">
-[...2 lines deleted...]
-      <c r="I270" s="37"/>
+      <c r="H270" s="14">
+        <v>45539</v>
+      </c>
+      <c r="I270" s="15"/>
       <c r="J270" s="14">
-        <v>46627</v>
-[...1 lines deleted...]
-      <c r="K270" s="37" t="s">
+        <v>46633</v>
+      </c>
+      <c r="K270" s="15" t="s">
         <v>1474</v>
       </c>
     </row>
-    <row r="271" spans="1:11" ht="33.75">
+    <row r="271" spans="1:11" ht="21">
       <c r="A271" s="11">
         <v>269</v>
       </c>
-      <c r="B271" s="34" t="s">
+      <c r="B271" s="29" t="s">
         <v>1475</v>
       </c>
-      <c r="C271" s="31">
-[...2 lines deleted...]
-      <c r="D271" s="31" t="s">
+      <c r="C271" s="29">
+        <v>42403021027</v>
+      </c>
+      <c r="D271" s="29" t="s">
         <v>1476</v>
       </c>
       <c r="E271" s="29" t="s">
+        <v>1476</v>
+      </c>
+      <c r="F271" s="15" t="s">
         <v>1477</v>
       </c>
-      <c r="F271" s="37" t="s">
+      <c r="G271" s="13" t="s">
         <v>1478</v>
       </c>
-      <c r="G271" s="13" t="s">
-[...2 lines deleted...]
-      <c r="H271" s="54">
+      <c r="H271" s="14">
         <v>45539</v>
       </c>
-      <c r="I271" s="37"/>
+      <c r="I271" s="15"/>
       <c r="J271" s="14">
         <v>46633</v>
       </c>
-      <c r="K271" s="37" t="s">
-[...3 lines deleted...]
-    <row r="272" spans="1:11" ht="22.5">
+      <c r="K271" s="15" t="s">
+        <v>1474</v>
+      </c>
+    </row>
+    <row r="272" spans="1:11" ht="42">
       <c r="A272" s="11">
         <v>270</v>
       </c>
-      <c r="B272" s="34" t="s">
+      <c r="B272" s="29" t="s">
+        <v>1479</v>
+      </c>
+      <c r="C272" s="29">
+        <v>40203530451</v>
+      </c>
+      <c r="D272" s="29" t="s">
+        <v>1480</v>
+      </c>
+      <c r="E272" s="27" t="s">
         <v>1481</v>
       </c>
-      <c r="C272" s="31">
-[...2 lines deleted...]
-      <c r="D272" s="31" t="s">
+      <c r="F272" s="15" t="s">
         <v>1482</v>
       </c>
-      <c r="E272" s="31" t="s">
-[...2 lines deleted...]
-      <c r="F272" s="37" t="s">
+      <c r="G272" s="13" t="s">
         <v>1483</v>
       </c>
-      <c r="G272" s="13" t="s">
-[...2 lines deleted...]
-      <c r="H272" s="54">
+      <c r="H272" s="14">
         <v>45539</v>
       </c>
-      <c r="I272" s="37"/>
+      <c r="I272" s="15"/>
       <c r="J272" s="14">
         <v>46633</v>
       </c>
-      <c r="K272" s="37" t="s">
-[...3 lines deleted...]
-    <row r="273" spans="1:11" ht="56.25">
+      <c r="K272" s="15" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="273" spans="1:11" ht="31.5">
       <c r="A273" s="11">
         <v>271</v>
       </c>
-      <c r="B273" s="34" t="s">
+      <c r="B273" s="29" t="s">
         <v>1485</v>
       </c>
-      <c r="C273" s="31">
-[...2 lines deleted...]
-      <c r="D273" s="31" t="s">
+      <c r="C273" s="29">
+        <v>40203466250</v>
+      </c>
+      <c r="D273" s="29" t="s">
         <v>1486</v>
       </c>
       <c r="E273" s="29" t="s">
+        <v>1486</v>
+      </c>
+      <c r="F273" s="15" t="s">
         <v>1487</v>
       </c>
-      <c r="F273" s="37" t="s">
+      <c r="G273" s="13" t="s">
         <v>1488</v>
       </c>
-      <c r="G273" s="13" t="s">
+      <c r="H273" s="14">
+        <v>45546</v>
+      </c>
+      <c r="I273" s="15"/>
+      <c r="J273" s="14">
+        <v>46640</v>
+      </c>
+      <c r="K273" s="15" t="s">
         <v>1489</v>
       </c>
-      <c r="H273" s="54">
-[...10 lines deleted...]
-    <row r="274" spans="1:11" ht="33.75">
+    </row>
+    <row r="274" spans="1:11" ht="31.5">
       <c r="A274" s="11">
         <v>272</v>
       </c>
-      <c r="B274" s="34" t="s">
+      <c r="B274" s="29" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C274" s="29">
+        <v>45403058493</v>
+      </c>
+      <c r="D274" s="29" t="s">
         <v>1491</v>
       </c>
-      <c r="C274" s="34">
-[...5 lines deleted...]
-      <c r="E274" s="34" t="s">
+      <c r="E274" s="27" t="s">
         <v>1492</v>
       </c>
       <c r="F274" s="15" t="s">
         <v>1493</v>
       </c>
       <c r="G274" s="13" t="s">
         <v>1494</v>
       </c>
       <c r="H274" s="14">
         <v>45546</v>
       </c>
       <c r="I274" s="15"/>
       <c r="J274" s="14">
         <v>46640</v>
       </c>
-      <c r="K274" s="37" t="s">
+      <c r="K274" s="15" t="s">
         <v>1495</v>
       </c>
     </row>
-    <row r="275" spans="1:11" ht="33.75">
+    <row r="275" spans="1:11" ht="31.5">
       <c r="A275" s="11">
         <v>273</v>
       </c>
-      <c r="B275" s="34" t="s">
+      <c r="B275" s="29" t="s">
         <v>1496</v>
       </c>
-      <c r="C275" s="34">
-[...2 lines deleted...]
-      <c r="D275" s="34" t="s">
+      <c r="C275" s="29">
+        <v>40203102505</v>
+      </c>
+      <c r="D275" s="29" t="s">
         <v>1497</v>
       </c>
       <c r="E275" s="29" t="s">
         <v>1498</v>
       </c>
       <c r="F275" s="15" t="s">
         <v>1499</v>
       </c>
       <c r="G275" s="13" t="s">
         <v>1500</v>
       </c>
       <c r="H275" s="14">
-        <v>45546</v>
+        <v>45560</v>
       </c>
       <c r="I275" s="15"/>
       <c r="J275" s="14">
-        <v>46640</v>
-[...1 lines deleted...]
-      <c r="K275" s="37" t="s">
+        <v>46654</v>
+      </c>
+      <c r="K275" s="29" t="s">
         <v>1501</v>
       </c>
     </row>
-    <row r="276" spans="1:11" ht="45">
+    <row r="276" spans="1:11" ht="31.5">
       <c r="A276" s="11">
         <v>274</v>
       </c>
-      <c r="B276" s="34" t="s">
+      <c r="B276" s="29" t="s">
         <v>1502</v>
       </c>
-      <c r="C276" s="34">
-[...2 lines deleted...]
-      <c r="D276" s="34" t="s">
+      <c r="C276" s="29">
+        <v>40203580838</v>
+      </c>
+      <c r="D276" s="29" t="s">
         <v>1503</v>
       </c>
-      <c r="E276" s="34" t="s">
+      <c r="E276" s="29" t="s">
+        <v>1503</v>
+      </c>
+      <c r="F276" s="15" t="s">
         <v>1504</v>
       </c>
-      <c r="F276" s="15" t="s">
+      <c r="G276" s="13" t="s">
         <v>1505</v>
       </c>
-      <c r="G276" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H276" s="14">
-        <v>45560</v>
+        <v>45565</v>
       </c>
       <c r="I276" s="15"/>
       <c r="J276" s="14">
-        <v>46654</v>
-[...5 lines deleted...]
-    <row r="277" spans="1:11" ht="33.75">
+        <v>46659</v>
+      </c>
+      <c r="K276" s="30" t="s">
+        <v>1506</v>
+      </c>
+    </row>
+    <row r="277" spans="1:11" ht="31.5">
       <c r="A277" s="11">
         <v>275</v>
       </c>
-      <c r="B277" s="34" t="s">
+      <c r="B277" s="29" t="s">
+        <v>1507</v>
+      </c>
+      <c r="C277" s="29">
+        <v>44103129355</v>
+      </c>
+      <c r="D277" s="27" t="s">
         <v>1508</v>
       </c>
-      <c r="C277" s="34">
-[...5 lines deleted...]
-      <c r="E277" s="34" t="s">
+      <c r="E277" s="29" t="s">
         <v>1509</v>
       </c>
       <c r="F277" s="15" t="s">
         <v>1510</v>
       </c>
       <c r="G277" s="13" t="s">
         <v>1511</v>
       </c>
       <c r="H277" s="14">
-        <v>45565</v>
+        <v>45569</v>
       </c>
       <c r="I277" s="15"/>
       <c r="J277" s="14">
-        <v>46659</v>
-[...1 lines deleted...]
-      <c r="K277" s="32" t="s">
+        <v>46663</v>
+      </c>
+      <c r="K277" s="15" t="s">
         <v>1512</v>
       </c>
     </row>
-    <row r="278" spans="1:11" ht="33.75">
+    <row r="278" spans="1:11" ht="31.5">
       <c r="A278" s="11">
         <v>276</v>
       </c>
-      <c r="B278" s="31" t="s">
+      <c r="B278" s="29" t="s">
         <v>1513</v>
       </c>
-      <c r="C278" s="31">
-        <v>44103129355</v>
+      <c r="C278" s="29">
+        <v>40003295166</v>
       </c>
       <c r="D278" s="29" t="s">
         <v>1514</v>
       </c>
-      <c r="E278" s="31" t="s">
+      <c r="E278" s="29" t="s">
+        <v>1514</v>
+      </c>
+      <c r="F278" s="15" t="s">
         <v>1515</v>
       </c>
-      <c r="F278" s="15" t="s">
+      <c r="G278" s="13" t="s">
         <v>1516</v>
-      </c>
-[...1 lines deleted...]
-        <v>1517</v>
       </c>
       <c r="H278" s="14">
         <v>45569</v>
       </c>
       <c r="I278" s="15"/>
       <c r="J278" s="14">
         <v>46663</v>
       </c>
-      <c r="K278" s="37" t="s">
-[...3 lines deleted...]
-    <row r="279" spans="1:11" ht="33.75">
+      <c r="K278" s="15" t="s">
+        <v>1517</v>
+      </c>
+    </row>
+    <row r="279" spans="1:11">
       <c r="A279" s="11">
         <v>277</v>
       </c>
-      <c r="B279" s="31" t="s">
+      <c r="B279" s="29" t="s">
+        <v>1518</v>
+      </c>
+      <c r="C279" s="29">
+        <v>40203585002</v>
+      </c>
+      <c r="D279" s="30" t="s">
         <v>1519</v>
       </c>
-      <c r="C279" s="34">
-[...2 lines deleted...]
-      <c r="D279" s="34" t="s">
+      <c r="E279" s="30" t="s">
+        <v>1519</v>
+      </c>
+      <c r="F279" s="15" t="s">
         <v>1520</v>
       </c>
-      <c r="E279" s="34" t="s">
-[...2 lines deleted...]
-      <c r="F279" s="15" t="s">
+      <c r="G279" s="13" t="s">
         <v>1521</v>
       </c>
-      <c r="G279" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H279" s="14">
-        <v>45569</v>
+        <v>45573</v>
       </c>
       <c r="I279" s="15"/>
       <c r="J279" s="14">
-        <v>46663</v>
-[...5 lines deleted...]
-    <row r="280" spans="1:11" ht="22.5">
+        <v>46667</v>
+      </c>
+      <c r="K279" s="15" t="s">
+        <v>1522</v>
+      </c>
+    </row>
+    <row r="280" spans="1:11" ht="21">
       <c r="A280" s="11">
         <v>278</v>
       </c>
-      <c r="B280" s="34" t="s">
+      <c r="B280" s="29" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C280" s="29">
+        <v>40203423251</v>
+      </c>
+      <c r="D280" s="29" t="s">
+        <v>1145</v>
+      </c>
+      <c r="E280" s="29" t="s">
+        <v>1145</v>
+      </c>
+      <c r="F280" s="15" t="s">
         <v>1524</v>
       </c>
-      <c r="C280" s="34">
-[...2 lines deleted...]
-      <c r="D280" s="35" t="s">
+      <c r="G280" s="13" t="s">
         <v>1525</v>
       </c>
-      <c r="E280" s="35" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H280" s="14">
-        <v>45573</v>
+        <v>45582</v>
       </c>
       <c r="I280" s="15"/>
       <c r="J280" s="14">
-        <v>46667</v>
-[...5 lines deleted...]
-    <row r="281" spans="1:11" ht="33.75">
+        <v>46676</v>
+      </c>
+      <c r="K280" s="30" t="s">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="281" spans="1:11" ht="21">
       <c r="A281" s="11">
         <v>279</v>
       </c>
-      <c r="B281" s="34" t="s">
+      <c r="B281" s="29" t="s">
+        <v>1527</v>
+      </c>
+      <c r="C281" s="29">
+        <v>40203261872</v>
+      </c>
+      <c r="D281" s="29" t="s">
+        <v>1528</v>
+      </c>
+      <c r="E281" s="29" t="s">
         <v>1529</v>
-      </c>
-[...7 lines deleted...]
-        <v>1150</v>
       </c>
       <c r="F281" s="15" t="s">
         <v>1530</v>
       </c>
       <c r="G281" s="13" t="s">
         <v>1531</v>
       </c>
       <c r="H281" s="14">
         <v>45582</v>
       </c>
       <c r="I281" s="15"/>
       <c r="J281" s="14">
         <v>46676</v>
       </c>
-      <c r="K281" s="32" t="s">
+      <c r="K281" s="30" t="s">
         <v>1532</v>
       </c>
     </row>
-    <row r="282" spans="1:11" ht="33.75">
+    <row r="282" spans="1:11" ht="21">
       <c r="A282" s="11">
         <v>280</v>
       </c>
-      <c r="B282" s="34" t="s">
+      <c r="B282" s="29" t="s">
         <v>1533</v>
       </c>
-      <c r="C282" s="34">
-[...2 lines deleted...]
-      <c r="D282" s="34" t="s">
+      <c r="C282" s="29">
+        <v>40203265408</v>
+      </c>
+      <c r="D282" s="29" t="s">
         <v>1534</v>
       </c>
-      <c r="E282" s="31" t="s">
+      <c r="E282" s="29" t="s">
+        <v>1534</v>
+      </c>
+      <c r="F282" s="15" t="s">
         <v>1535</v>
       </c>
-      <c r="F282" s="15" t="s">
+      <c r="G282" s="13" t="s">
         <v>1536</v>
       </c>
-      <c r="G282" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H282" s="14">
-        <v>45582</v>
+        <v>45587</v>
       </c>
       <c r="I282" s="15"/>
       <c r="J282" s="14">
-        <v>46676</v>
-[...5 lines deleted...]
-    <row r="283" spans="1:11" ht="33.75">
+        <v>46681</v>
+      </c>
+      <c r="K282" s="29" t="s">
+        <v>1537</v>
+      </c>
+    </row>
+    <row r="283" spans="1:11" ht="21">
       <c r="A283" s="11">
         <v>281</v>
       </c>
-      <c r="B283" s="34" t="s">
+      <c r="B283" s="29" t="s">
+        <v>1538</v>
+      </c>
+      <c r="C283" s="29">
+        <v>50103341001</v>
+      </c>
+      <c r="D283" s="29" t="s">
         <v>1539</v>
       </c>
-      <c r="C283" s="31">
-[...2 lines deleted...]
-      <c r="D283" s="34" t="s">
+      <c r="E283" s="29" t="s">
+        <v>1539</v>
+      </c>
+      <c r="F283" s="15" t="s">
         <v>1540</v>
       </c>
-      <c r="E283" s="34" t="s">
-[...2 lines deleted...]
-      <c r="F283" s="15" t="s">
+      <c r="G283" s="13" t="s">
         <v>1541</v>
-      </c>
-[...1 lines deleted...]
-        <v>1542</v>
       </c>
       <c r="H283" s="14">
         <v>45587</v>
       </c>
       <c r="I283" s="15"/>
       <c r="J283" s="14">
         <v>46681</v>
       </c>
-      <c r="K283" s="31" t="s">
-[...3 lines deleted...]
-    <row r="284" spans="1:11" ht="33.75">
+      <c r="K283" s="30" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="284" spans="1:11" ht="31.5">
       <c r="A284" s="11">
         <v>282</v>
       </c>
-      <c r="B284" s="34" t="s">
+      <c r="B284" s="29" t="s">
+        <v>1543</v>
+      </c>
+      <c r="C284" s="29">
+        <v>40203441276</v>
+      </c>
+      <c r="D284" s="29" t="s">
         <v>1544</v>
       </c>
-      <c r="C284" s="34">
-[...5 lines deleted...]
-      <c r="E284" s="34" t="s">
+      <c r="E284" s="29" t="s">
         <v>1545</v>
       </c>
       <c r="F284" s="15" t="s">
         <v>1546</v>
       </c>
       <c r="G284" s="13" t="s">
         <v>1547</v>
       </c>
       <c r="H284" s="14">
-        <v>45587</v>
+        <v>45602</v>
       </c>
       <c r="I284" s="15"/>
       <c r="J284" s="14">
-        <v>46681</v>
-[...1 lines deleted...]
-      <c r="K284" s="32" t="s">
+        <v>46696</v>
+      </c>
+      <c r="K284" s="30" t="s">
         <v>1548</v>
       </c>
     </row>
-    <row r="285" spans="1:11" ht="45">
+    <row r="285" spans="1:11" ht="21">
       <c r="A285" s="11">
         <v>283</v>
       </c>
-      <c r="B285" s="34" t="s">
+      <c r="B285" s="29" t="s">
         <v>1549</v>
       </c>
-      <c r="C285" s="34">
-[...2 lines deleted...]
-      <c r="D285" s="34" t="s">
+      <c r="C285" s="29">
+        <v>40203584435</v>
+      </c>
+      <c r="D285" s="29" t="s">
         <v>1550</v>
       </c>
-      <c r="E285" s="34" t="s">
+      <c r="E285" s="29" t="s">
         <v>1551</v>
       </c>
       <c r="F285" s="15" t="s">
         <v>1552</v>
       </c>
       <c r="G285" s="13" t="s">
         <v>1553</v>
       </c>
       <c r="H285" s="14">
-        <v>45602</v>
+        <v>45615</v>
       </c>
       <c r="I285" s="15"/>
       <c r="J285" s="14">
-        <v>46696</v>
-[...1 lines deleted...]
-      <c r="K285" s="32" t="s">
+        <v>46709</v>
+      </c>
+      <c r="K285" s="30" t="s">
         <v>1554</v>
       </c>
     </row>
-    <row r="286" spans="1:11" ht="33.75">
+    <row r="286" spans="1:11">
       <c r="A286" s="11">
         <v>284</v>
       </c>
-      <c r="B286" s="34" t="s">
+      <c r="B286" s="29" t="s">
         <v>1555</v>
       </c>
-      <c r="C286" s="34">
-[...2 lines deleted...]
-      <c r="D286" s="34" t="s">
+      <c r="C286" s="29">
+        <v>42103111904</v>
+      </c>
+      <c r="D286" s="29" t="s">
         <v>1556</v>
       </c>
-      <c r="E286" s="34" t="s">
+      <c r="E286" s="29" t="s">
         <v>1557</v>
       </c>
       <c r="F286" s="15" t="s">
         <v>1558</v>
       </c>
       <c r="G286" s="13" t="s">
         <v>1559</v>
       </c>
       <c r="H286" s="14">
-        <v>45615</v>
+        <v>45621</v>
       </c>
       <c r="I286" s="15"/>
       <c r="J286" s="14">
-        <v>46709</v>
-[...1 lines deleted...]
-      <c r="K286" s="32" t="s">
+        <v>46715</v>
+      </c>
+      <c r="K286" s="30" t="s">
         <v>1560</v>
       </c>
     </row>
-    <row r="287" spans="1:11">
+    <row r="287" spans="1:11" ht="21">
       <c r="A287" s="11">
         <v>285</v>
       </c>
-      <c r="B287" s="34" t="s">
+      <c r="B287" s="29" t="s">
         <v>1561</v>
       </c>
-      <c r="C287" s="34">
-[...2 lines deleted...]
-      <c r="D287" s="34" t="s">
+      <c r="C287" s="29">
+        <v>42103069560</v>
+      </c>
+      <c r="D287" s="29" t="s">
         <v>1562</v>
       </c>
-      <c r="E287" s="34" t="s">
+      <c r="E287" s="29" t="s">
         <v>1563</v>
       </c>
       <c r="F287" s="15" t="s">
         <v>1564</v>
       </c>
       <c r="G287" s="13" t="s">
         <v>1565</v>
       </c>
       <c r="H287" s="14">
         <v>45621</v>
       </c>
       <c r="I287" s="15"/>
       <c r="J287" s="14">
         <v>46715</v>
       </c>
-      <c r="K287" s="32" t="s">
+      <c r="K287" s="30" t="s">
         <v>1566</v>
       </c>
     </row>
-    <row r="288" spans="1:11" ht="33.75">
+    <row r="288" spans="1:11" ht="21">
       <c r="A288" s="11">
         <v>286</v>
       </c>
-      <c r="B288" s="34" t="s">
+      <c r="B288" s="29" t="s">
         <v>1567</v>
       </c>
-      <c r="C288" s="34">
-[...2 lines deleted...]
-      <c r="D288" s="34" t="s">
+      <c r="C288" s="29">
+        <v>50103581701</v>
+      </c>
+      <c r="D288" s="29" t="s">
         <v>1568</v>
       </c>
-      <c r="E288" s="31" t="s">
+      <c r="E288" s="29" t="s">
+        <v>1568</v>
+      </c>
+      <c r="F288" s="15" t="s">
         <v>1569</v>
       </c>
-      <c r="F288" s="15" t="s">
+      <c r="G288" s="13" t="s">
         <v>1570</v>
       </c>
-      <c r="G288" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H288" s="14">
-        <v>45621</v>
+        <v>45635</v>
       </c>
       <c r="I288" s="15"/>
       <c r="J288" s="14">
-        <v>46715</v>
-[...5 lines deleted...]
-    <row r="289" spans="1:11" ht="22.5">
+        <v>46729</v>
+      </c>
+      <c r="K288" s="30" t="s">
+        <v>1571</v>
+      </c>
+    </row>
+    <row r="289" spans="1:11" ht="21">
       <c r="A289" s="11">
         <v>287</v>
       </c>
-      <c r="B289" s="34" t="s">
+      <c r="B289" s="29" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C289" s="29">
+        <v>40203088377</v>
+      </c>
+      <c r="D289" s="29" t="s">
+        <v>463</v>
+      </c>
+      <c r="E289" s="29" t="s">
+        <v>463</v>
+      </c>
+      <c r="F289" s="15" t="s">
         <v>1573</v>
       </c>
-      <c r="C289" s="31">
-[...2 lines deleted...]
-      <c r="D289" s="31" t="s">
+      <c r="G289" s="13" t="s">
         <v>1574</v>
-      </c>
-[...7 lines deleted...]
-        <v>1576</v>
       </c>
       <c r="H289" s="14">
         <v>45635</v>
       </c>
       <c r="I289" s="15"/>
       <c r="J289" s="14">
         <v>46729</v>
       </c>
-      <c r="K289" s="32" t="s">
-[...3 lines deleted...]
-    <row r="290" spans="1:11" ht="22.5">
+      <c r="K289" s="30" t="s">
+        <v>1575</v>
+      </c>
+    </row>
+    <row r="290" spans="1:11" ht="21">
       <c r="A290" s="11">
         <v>288</v>
       </c>
-      <c r="B290" s="34" t="s">
+      <c r="B290" s="29" t="s">
+        <v>1576</v>
+      </c>
+      <c r="C290" s="29">
+        <v>40203595000</v>
+      </c>
+      <c r="D290" s="29" t="s">
+        <v>1577</v>
+      </c>
+      <c r="E290" s="29" t="s">
         <v>1578</v>
-      </c>
-[...7 lines deleted...]
-        <v>463</v>
       </c>
       <c r="F290" s="15" t="s">
         <v>1579</v>
       </c>
       <c r="G290" s="13" t="s">
         <v>1580</v>
       </c>
       <c r="H290" s="14">
-        <v>45635</v>
+        <v>45646</v>
       </c>
       <c r="I290" s="15"/>
       <c r="J290" s="14">
-        <v>46729</v>
-[...1 lines deleted...]
-      <c r="K290" s="32" t="s">
+        <v>46740</v>
+      </c>
+      <c r="K290" s="30" t="s">
         <v>1581</v>
       </c>
     </row>
-    <row r="291" spans="1:11" ht="33.75">
+    <row r="291" spans="1:11" ht="31.5">
       <c r="A291" s="11">
         <v>289</v>
       </c>
-      <c r="B291" s="34" t="s">
+      <c r="B291" s="15" t="s">
         <v>1582</v>
       </c>
-      <c r="C291" s="34">
-[...2 lines deleted...]
-      <c r="D291" s="34" t="s">
+      <c r="C291" s="32" t="s">
         <v>1583</v>
       </c>
-      <c r="E291" s="34" t="s">
+      <c r="D291" s="19" t="s">
         <v>1584</v>
       </c>
+      <c r="E291" s="19" t="s">
+        <v>1585</v>
+      </c>
       <c r="F291" s="15" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="G291" s="13" t="s">
-        <v>1586</v>
-[...4 lines deleted...]
-      <c r="I291" s="15"/>
+        <v>1587</v>
+      </c>
+      <c r="H291" s="33">
+        <v>45659</v>
+      </c>
+      <c r="I291" s="34"/>
       <c r="J291" s="14">
-        <v>46740</v>
-[...5 lines deleted...]
-    <row r="292" spans="1:11" ht="45">
+        <v>46753</v>
+      </c>
+      <c r="K291" s="30" t="s">
+        <v>1588</v>
+      </c>
+    </row>
+    <row r="292" spans="1:11" ht="21">
       <c r="A292" s="11">
         <v>290</v>
       </c>
-      <c r="B292" s="37" t="s">
-[...2 lines deleted...]
-      <c r="C292" s="38" t="s">
+      <c r="B292" s="29" t="s">
         <v>1589</v>
       </c>
-      <c r="D292" s="39" t="s">
+      <c r="C292" s="29">
+        <v>40203569756</v>
+      </c>
+      <c r="D292" s="29" t="s">
         <v>1590</v>
       </c>
-      <c r="E292" s="39" t="s">
+      <c r="E292" s="29" t="s">
+        <v>1590</v>
+      </c>
+      <c r="F292" s="15" t="s">
         <v>1591</v>
       </c>
-      <c r="F292" s="15" t="s">
+      <c r="G292" s="13" t="s">
         <v>1592</v>
       </c>
-      <c r="G292" s="13" t="s">
+      <c r="H292" s="14">
+        <v>45680</v>
+      </c>
+      <c r="I292" s="15"/>
+      <c r="J292" s="14">
+        <v>46774</v>
+      </c>
+      <c r="K292" s="30" t="s">
         <v>1593</v>
       </c>
-      <c r="H292" s="40">
-[...10 lines deleted...]
-    <row r="293" spans="1:11" ht="33.75">
+    </row>
+    <row r="293" spans="1:11" ht="21">
       <c r="A293" s="11">
         <v>291</v>
       </c>
-      <c r="B293" s="34" t="s">
+      <c r="B293" s="29" t="s">
+        <v>1594</v>
+      </c>
+      <c r="C293" s="29">
+        <v>40103690188</v>
+      </c>
+      <c r="D293" s="29" t="s">
         <v>1595</v>
       </c>
-      <c r="C293" s="34">
-[...2 lines deleted...]
-      <c r="D293" s="34" t="s">
+      <c r="E293" s="29" t="s">
+        <v>1595</v>
+      </c>
+      <c r="F293" s="15" t="s">
         <v>1596</v>
       </c>
-      <c r="E293" s="34" t="s">
-[...2 lines deleted...]
-      <c r="F293" s="15" t="s">
+      <c r="G293" s="13" t="s">
         <v>1597</v>
       </c>
-      <c r="G293" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H293" s="14">
-        <v>45680</v>
+        <v>45681</v>
       </c>
       <c r="I293" s="15"/>
       <c r="J293" s="14">
-        <v>46774</v>
-[...5 lines deleted...]
-    <row r="294" spans="1:11" ht="33.75">
+        <v>46775</v>
+      </c>
+      <c r="K293" s="30" t="s">
+        <v>1598</v>
+      </c>
+    </row>
+    <row r="294" spans="1:11" ht="31.5">
       <c r="A294" s="11">
         <v>292</v>
       </c>
-      <c r="B294" s="34" t="s">
+      <c r="B294" s="29" t="s">
+        <v>1599</v>
+      </c>
+      <c r="C294" s="29">
+        <v>40203304103</v>
+      </c>
+      <c r="D294" s="29" t="s">
+        <v>671</v>
+      </c>
+      <c r="E294" s="29" t="s">
+        <v>671</v>
+      </c>
+      <c r="F294" s="15" t="s">
         <v>1600</v>
       </c>
-      <c r="C294" s="34">
-[...2 lines deleted...]
-      <c r="D294" s="34" t="s">
+      <c r="G294" s="13" t="s">
         <v>1601</v>
       </c>
-      <c r="E294" s="34" t="s">
-[...2 lines deleted...]
-      <c r="F294" s="15" t="s">
+      <c r="H294" s="31">
+        <v>45681</v>
+      </c>
+      <c r="I294" s="29"/>
+      <c r="J294" s="14">
+        <v>46775</v>
+      </c>
+      <c r="K294" s="30" t="s">
         <v>1602</v>
       </c>
-      <c r="G294" s="13" t="s">
-[...13 lines deleted...]
-    <row r="295" spans="1:11" ht="33.75">
+    </row>
+    <row r="295" spans="1:11" ht="31.5">
       <c r="A295" s="11">
         <v>293</v>
       </c>
-      <c r="B295" s="34" t="s">
+      <c r="B295" s="29" t="s">
+        <v>1603</v>
+      </c>
+      <c r="C295" s="29">
+        <v>42103043896</v>
+      </c>
+      <c r="D295" s="29" t="s">
+        <v>1604</v>
+      </c>
+      <c r="E295" s="29" t="s">
         <v>1605</v>
-      </c>
-[...7 lines deleted...]
-        <v>671</v>
       </c>
       <c r="F295" s="15" t="s">
         <v>1606</v>
       </c>
       <c r="G295" s="13" t="s">
         <v>1607</v>
       </c>
-      <c r="H295" s="36">
-[...2 lines deleted...]
-      <c r="I295" s="34"/>
+      <c r="H295" s="31">
+        <v>45699</v>
+      </c>
+      <c r="I295" s="29"/>
       <c r="J295" s="14">
-        <v>46775</v>
-[...1 lines deleted...]
-      <c r="K295" s="32" t="s">
+        <v>46793</v>
+      </c>
+      <c r="K295" s="30" t="s">
         <v>1608</v>
       </c>
     </row>
-    <row r="296" spans="1:11" ht="33.75">
+    <row r="296" spans="1:11" ht="21">
       <c r="A296" s="11">
         <v>294</v>
       </c>
-      <c r="B296" s="34" t="s">
+      <c r="B296" s="29" t="s">
         <v>1609</v>
       </c>
-      <c r="C296" s="34">
-[...2 lines deleted...]
-      <c r="D296" s="34" t="s">
+      <c r="C296" s="29">
+        <v>40003900180</v>
+      </c>
+      <c r="D296" s="29" t="s">
         <v>1610</v>
       </c>
-      <c r="E296" s="34" t="s">
+      <c r="E296" s="29" t="s">
+        <v>1610</v>
+      </c>
+      <c r="F296" s="15" t="s">
         <v>1611</v>
       </c>
-      <c r="F296" s="15" t="s">
+      <c r="G296" s="13" t="s">
         <v>1612</v>
       </c>
-      <c r="G296" s="13" t="s">
+      <c r="H296" s="31">
+        <v>45702</v>
+      </c>
+      <c r="I296" s="29"/>
+      <c r="J296" s="14">
+        <v>46796</v>
+      </c>
+      <c r="K296" s="30" t="s">
         <v>1613</v>
       </c>
-      <c r="H296" s="36">
-[...10 lines deleted...]
-    <row r="297" spans="1:11" ht="22.5">
+    </row>
+    <row r="297" spans="1:11" ht="21">
       <c r="A297" s="11">
         <v>295</v>
       </c>
-      <c r="B297" s="31" t="s">
+      <c r="B297" s="29" t="s">
+        <v>1614</v>
+      </c>
+      <c r="C297" s="29">
+        <v>40203210683</v>
+      </c>
+      <c r="D297" s="29" t="s">
         <v>1615</v>
       </c>
-      <c r="C297" s="34">
-[...2 lines deleted...]
-      <c r="D297" s="34" t="s">
+      <c r="E297" s="29" t="s">
+        <v>1615</v>
+      </c>
+      <c r="F297" s="15" t="s">
         <v>1616</v>
       </c>
-      <c r="E297" s="34" t="s">
-[...2 lines deleted...]
-      <c r="F297" s="15" t="s">
+      <c r="G297" s="13" t="s">
         <v>1617</v>
       </c>
-      <c r="G297" s="13" t="s">
+      <c r="H297" s="31">
+        <v>45700</v>
+      </c>
+      <c r="I297" s="29"/>
+      <c r="J297" s="14">
+        <v>46794</v>
+      </c>
+      <c r="K297" s="30" t="s">
         <v>1618</v>
       </c>
-      <c r="H297" s="36">
-[...10 lines deleted...]
-    <row r="298" spans="1:11" ht="22.5">
+    </row>
+    <row r="298" spans="1:11" ht="31.5">
       <c r="A298" s="11">
         <v>296</v>
       </c>
-      <c r="B298" s="34" t="s">
+      <c r="B298" s="29" t="s">
+        <v>1619</v>
+      </c>
+      <c r="C298" s="29">
+        <v>40103992355</v>
+      </c>
+      <c r="D298" s="30" t="s">
         <v>1620</v>
       </c>
-      <c r="C298" s="34">
-[...2 lines deleted...]
-      <c r="D298" s="34" t="s">
+      <c r="E298" s="30" t="s">
+        <v>1620</v>
+      </c>
+      <c r="F298" s="15" t="s">
         <v>1621</v>
       </c>
-      <c r="E298" s="34" t="s">
-[...2 lines deleted...]
-      <c r="F298" s="15" t="s">
+      <c r="G298" s="13" t="s">
         <v>1622</v>
       </c>
-      <c r="G298" s="13" t="s">
+      <c r="H298" s="31">
+        <v>45702</v>
+      </c>
+      <c r="I298" s="29"/>
+      <c r="J298" s="14">
+        <v>46796</v>
+      </c>
+      <c r="K298" s="30" t="s">
         <v>1623</v>
       </c>
-      <c r="H298" s="36">
-[...10 lines deleted...]
-    <row r="299" spans="1:11" ht="33.75">
+    </row>
+    <row r="299" spans="1:11" ht="31.5">
       <c r="A299" s="11">
         <v>297</v>
       </c>
-      <c r="B299" s="34" t="s">
+      <c r="B299" s="29" t="s">
+        <v>1624</v>
+      </c>
+      <c r="C299" s="29">
+        <v>40003571103</v>
+      </c>
+      <c r="D299" s="29" t="s">
         <v>1625</v>
       </c>
-      <c r="C299" s="34">
-[...2 lines deleted...]
-      <c r="D299" s="35" t="s">
+      <c r="E299" s="29" t="s">
+        <v>1625</v>
+      </c>
+      <c r="F299" s="15" t="s">
         <v>1626</v>
       </c>
-      <c r="E299" s="35" t="s">
-[...2 lines deleted...]
-      <c r="F299" s="15" t="s">
+      <c r="G299" s="13" t="s">
         <v>1627</v>
       </c>
-      <c r="G299" s="13" t="s">
-[...2 lines deleted...]
-      <c r="H299" s="36">
+      <c r="H299" s="31">
         <v>45702</v>
       </c>
-      <c r="I299" s="34"/>
+      <c r="I299" s="29"/>
       <c r="J299" s="14">
         <v>46796</v>
       </c>
-      <c r="K299" s="32" t="s">
-[...3 lines deleted...]
-    <row r="300" spans="1:11" ht="33.75">
+      <c r="K299" s="30" t="s">
+        <v>1628</v>
+      </c>
+    </row>
+    <row r="300" spans="1:11" ht="31.5">
       <c r="A300" s="11">
         <v>298</v>
       </c>
-      <c r="B300" s="34" t="s">
+      <c r="B300" s="29" t="s">
+        <v>1629</v>
+      </c>
+      <c r="C300" s="29">
+        <v>40003124232</v>
+      </c>
+      <c r="D300" s="29" t="s">
         <v>1630</v>
       </c>
-      <c r="C300" s="34">
-[...2 lines deleted...]
-      <c r="D300" s="34" t="s">
+      <c r="E300" s="29" t="s">
+        <v>1630</v>
+      </c>
+      <c r="F300" s="15" t="s">
         <v>1631</v>
       </c>
-      <c r="E300" s="34" t="s">
-[...2 lines deleted...]
-      <c r="F300" s="15" t="s">
+      <c r="G300" s="13" t="s">
         <v>1632</v>
       </c>
-      <c r="G300" s="13" t="s">
+      <c r="H300" s="31">
+        <v>45713</v>
+      </c>
+      <c r="I300" s="29"/>
+      <c r="J300" s="14">
+        <v>46807</v>
+      </c>
+      <c r="K300" s="30" t="s">
         <v>1633</v>
       </c>
-      <c r="H300" s="36">
-[...10 lines deleted...]
-    <row r="301" spans="1:11" ht="33.75">
+    </row>
+    <row r="301" spans="1:11" ht="31.5">
       <c r="A301" s="11">
         <v>299</v>
       </c>
-      <c r="B301" s="34" t="s">
+      <c r="B301" s="29" t="s">
+        <v>1634</v>
+      </c>
+      <c r="C301" s="29">
+        <v>40003124232</v>
+      </c>
+      <c r="D301" s="29" t="s">
         <v>1635</v>
       </c>
-      <c r="C301" s="31">
-[...5 lines deleted...]
-      <c r="E301" s="34" t="s">
+      <c r="E301" s="29" t="s">
         <v>1636</v>
       </c>
       <c r="F301" s="15" t="s">
         <v>1637</v>
       </c>
       <c r="G301" s="13" t="s">
         <v>1638</v>
       </c>
-      <c r="H301" s="36">
+      <c r="H301" s="31">
         <v>45713</v>
       </c>
-      <c r="I301" s="34"/>
+      <c r="I301" s="29"/>
       <c r="J301" s="14">
         <v>46807</v>
       </c>
-      <c r="K301" s="32" t="s">
+      <c r="K301" s="30" t="s">
         <v>1639</v>
       </c>
     </row>
-    <row r="302" spans="1:11" ht="45">
+    <row r="302" spans="1:11" ht="31.5">
       <c r="A302" s="11">
         <v>300</v>
       </c>
-      <c r="B302" s="34" t="s">
+      <c r="B302" s="29" t="s">
         <v>1640</v>
       </c>
-      <c r="C302" s="31">
-[...2 lines deleted...]
-      <c r="D302" s="34" t="s">
+      <c r="C302" s="29">
+        <v>40103527811</v>
+      </c>
+      <c r="D302" s="29" t="s">
         <v>1641</v>
       </c>
-      <c r="E302" s="34" t="s">
+      <c r="E302" s="29" t="s">
         <v>1642</v>
       </c>
       <c r="F302" s="15" t="s">
         <v>1643</v>
       </c>
       <c r="G302" s="13" t="s">
         <v>1644</v>
       </c>
-      <c r="H302" s="36">
-[...2 lines deleted...]
-      <c r="I302" s="34"/>
+      <c r="H302" s="31">
+        <v>45719</v>
+      </c>
+      <c r="I302" s="29"/>
       <c r="J302" s="14">
-        <v>46807</v>
-[...1 lines deleted...]
-      <c r="K302" s="32" t="s">
+        <v>46814</v>
+      </c>
+      <c r="K302" s="30" t="s">
         <v>1645</v>
       </c>
     </row>
-    <row r="303" spans="1:11" ht="33.75">
+    <row r="303" spans="1:11" ht="31.5">
       <c r="A303" s="11">
         <v>301</v>
       </c>
-      <c r="B303" s="34" t="s">
+      <c r="B303" s="29" t="s">
         <v>1646</v>
       </c>
-      <c r="C303" s="34">
-[...2 lines deleted...]
-      <c r="D303" s="34" t="s">
+      <c r="C303" s="29">
+        <v>44103119728</v>
+      </c>
+      <c r="D303" s="29" t="s">
         <v>1647</v>
       </c>
-      <c r="E303" s="34" t="s">
+      <c r="E303" s="29" t="s">
+        <v>1647</v>
+      </c>
+      <c r="F303" s="30" t="s">
         <v>1648</v>
       </c>
-      <c r="F303" s="15" t="s">
+      <c r="G303" s="13" t="s">
         <v>1649</v>
       </c>
-      <c r="G303" s="13" t="s">
-[...2 lines deleted...]
-      <c r="H303" s="36">
+      <c r="H303" s="31">
         <v>45719</v>
       </c>
-      <c r="I303" s="34"/>
+      <c r="I303" s="29"/>
       <c r="J303" s="14">
         <v>46814</v>
       </c>
-      <c r="K303" s="32" t="s">
-[...3 lines deleted...]
-    <row r="304" spans="1:11" ht="33.75">
+      <c r="K303" s="30" t="s">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="304" spans="1:11">
       <c r="A304" s="11">
         <v>302</v>
       </c>
-      <c r="B304" s="34" t="s">
+      <c r="B304" s="29" t="s">
+        <v>1651</v>
+      </c>
+      <c r="C304" s="29">
+        <v>40203619440</v>
+      </c>
+      <c r="D304" s="29" t="s">
         <v>1652</v>
       </c>
-      <c r="C304" s="34">
-[...2 lines deleted...]
-      <c r="D304" s="34" t="s">
+      <c r="E304" s="29" t="s">
+        <v>1503</v>
+      </c>
+      <c r="F304" s="15" t="s">
         <v>1653</v>
       </c>
-      <c r="E304" s="34" t="s">
-[...2 lines deleted...]
-      <c r="F304" s="32" t="s">
+      <c r="G304" s="13" t="s">
         <v>1654</v>
       </c>
-      <c r="G304" s="13" t="s">
-[...2 lines deleted...]
-      <c r="H304" s="36">
+      <c r="H304" s="31">
         <v>45719</v>
       </c>
-      <c r="I304" s="34"/>
+      <c r="I304" s="29"/>
       <c r="J304" s="14">
         <v>46814</v>
       </c>
-      <c r="K304" s="32" t="s">
-[...3 lines deleted...]
-    <row r="305" spans="1:11" ht="22.5">
+      <c r="K304" s="30" t="s">
+        <v>1655</v>
+      </c>
+    </row>
+    <row r="305" spans="1:11" ht="42">
       <c r="A305" s="11">
         <v>303</v>
       </c>
-      <c r="B305" s="34" t="s">
+      <c r="B305" s="29" t="s">
+        <v>1656</v>
+      </c>
+      <c r="C305" s="29">
+        <v>40203348678</v>
+      </c>
+      <c r="D305" s="29" t="s">
         <v>1657</v>
       </c>
-      <c r="C305" s="34">
-[...2 lines deleted...]
-      <c r="D305" s="34" t="s">
+      <c r="E305" s="29" t="s">
         <v>1658</v>
-      </c>
-[...1 lines deleted...]
-        <v>1509</v>
       </c>
       <c r="F305" s="15" t="s">
         <v>1659</v>
       </c>
       <c r="G305" s="13" t="s">
         <v>1660</v>
       </c>
-      <c r="H305" s="36">
-[...2 lines deleted...]
-      <c r="I305" s="34"/>
+      <c r="H305" s="31">
+        <v>45723</v>
+      </c>
+      <c r="I305" s="29"/>
       <c r="J305" s="14">
-        <v>46814</v>
-[...1 lines deleted...]
-      <c r="K305" s="32" t="s">
+        <v>46818</v>
+      </c>
+      <c r="K305" s="30" t="s">
         <v>1661</v>
       </c>
     </row>
-    <row r="306" spans="1:11" ht="45">
+    <row r="306" spans="1:11">
       <c r="A306" s="11">
         <v>304</v>
       </c>
-      <c r="B306" s="34" t="s">
+      <c r="B306" s="29" t="s">
         <v>1662</v>
       </c>
-      <c r="C306" s="34">
-[...2 lines deleted...]
-      <c r="D306" s="34" t="s">
+      <c r="C306" s="29">
+        <v>40203413766</v>
+      </c>
+      <c r="D306" s="29" t="s">
         <v>1663</v>
       </c>
-      <c r="E306" s="34" t="s">
+      <c r="E306" s="29" t="s">
+        <v>1663</v>
+      </c>
+      <c r="F306" s="15" t="s">
         <v>1664</v>
       </c>
-      <c r="F306" s="15" t="s">
+      <c r="G306" s="13" t="s">
         <v>1665</v>
       </c>
-      <c r="G306" s="13" t="s">
-[...2 lines deleted...]
-      <c r="H306" s="36">
+      <c r="H306" s="31">
         <v>45723</v>
       </c>
-      <c r="I306" s="34"/>
+      <c r="I306" s="29"/>
       <c r="J306" s="14">
         <v>46818</v>
       </c>
-      <c r="K306" s="32" t="s">
-[...3 lines deleted...]
-    <row r="307" spans="1:11">
+      <c r="K306" s="30" t="s">
+        <v>1666</v>
+      </c>
+    </row>
+    <row r="307" spans="1:11" ht="21">
       <c r="A307" s="11">
         <v>305</v>
       </c>
-      <c r="B307" s="34" t="s">
+      <c r="B307" s="29" t="s">
+        <v>1667</v>
+      </c>
+      <c r="C307" s="29">
+        <v>40203608201</v>
+      </c>
+      <c r="D307" s="29" t="s">
         <v>1668</v>
       </c>
-      <c r="C307" s="34">
-[...5 lines deleted...]
-      <c r="E307" s="34" t="s">
+      <c r="E307" s="29" t="s">
         <v>1669</v>
       </c>
       <c r="F307" s="15" t="s">
         <v>1670</v>
       </c>
       <c r="G307" s="13" t="s">
         <v>1671</v>
       </c>
-      <c r="H307" s="36">
+      <c r="H307" s="31">
         <v>45723</v>
       </c>
-      <c r="I307" s="34"/>
+      <c r="I307" s="29"/>
       <c r="J307" s="14">
         <v>46818</v>
       </c>
-      <c r="K307" s="32" t="s">
-[...3 lines deleted...]
-    <row r="308" spans="1:11" ht="22.5">
+      <c r="K307" s="30" t="s">
+        <v>1666</v>
+      </c>
+    </row>
+    <row r="308" spans="1:11" ht="21">
       <c r="A308" s="11">
         <v>306</v>
       </c>
-      <c r="B308" s="34" t="s">
+      <c r="B308" s="29" t="s">
+        <v>1672</v>
+      </c>
+      <c r="C308" s="29">
+        <v>40203617577</v>
+      </c>
+      <c r="D308" s="29" t="s">
         <v>1673</v>
       </c>
-      <c r="C308" s="34">
-[...2 lines deleted...]
-      <c r="D308" s="34" t="s">
+      <c r="E308" s="29" t="s">
         <v>1674</v>
       </c>
-      <c r="E308" s="34" t="s">
+      <c r="F308" s="15" t="s">
         <v>1675</v>
       </c>
-      <c r="F308" s="15" t="s">
+      <c r="G308" s="13" t="s">
         <v>1676</v>
       </c>
-      <c r="G308" s="13" t="s">
+      <c r="H308" s="31">
+        <v>45733</v>
+      </c>
+      <c r="I308" s="29"/>
+      <c r="J308" s="14">
+        <v>46828</v>
+      </c>
+      <c r="K308" s="30" t="s">
         <v>1677</v>
       </c>
-      <c r="H308" s="36">
-[...10 lines deleted...]
-    <row r="309" spans="1:11" ht="33.75">
+    </row>
+    <row r="309" spans="1:11" ht="31.5">
       <c r="A309" s="11">
         <v>307</v>
       </c>
-      <c r="B309" s="34" t="s">
+      <c r="B309" s="15" t="s">
         <v>1678</v>
       </c>
-      <c r="C309" s="34">
-[...2 lines deleted...]
-      <c r="D309" s="34" t="s">
+      <c r="C309" s="32" t="s">
         <v>1679</v>
       </c>
-      <c r="E309" s="34" t="s">
+      <c r="D309" s="19" t="s">
         <v>1680</v>
       </c>
-      <c r="F309" s="15" t="s">
+      <c r="E309" s="19" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F309" s="19" t="s">
         <v>1681</v>
       </c>
       <c r="G309" s="13" t="s">
         <v>1682</v>
       </c>
-      <c r="H309" s="36">
+      <c r="H309" s="14">
         <v>45733</v>
       </c>
-      <c r="I309" s="34"/>
+      <c r="I309" s="45"/>
       <c r="J309" s="14">
         <v>46828</v>
       </c>
-      <c r="K309" s="32" t="s">
+      <c r="K309" s="15" t="s">
         <v>1683</v>
       </c>
     </row>
-    <row r="310" spans="1:11" ht="33.75">
+    <row r="310" spans="1:11" ht="21">
       <c r="A310" s="11">
         <v>308</v>
       </c>
-      <c r="B310" s="37" t="s">
+      <c r="B310" s="29" t="s">
         <v>1684</v>
       </c>
-      <c r="C310" s="38" t="s">
+      <c r="C310" s="29">
+        <v>40103358985</v>
+      </c>
+      <c r="D310" s="29" t="s">
         <v>1685</v>
       </c>
-      <c r="D310" s="39" t="s">
+      <c r="E310" s="29" t="s">
         <v>1686</v>
       </c>
-      <c r="E310" s="39" t="s">
-[...2 lines deleted...]
-      <c r="F310" s="39" t="s">
+      <c r="F310" s="15" t="s">
         <v>1687</v>
       </c>
       <c r="G310" s="13" t="s">
         <v>1688</v>
       </c>
-      <c r="H310" s="54">
+      <c r="H310" s="31">
         <v>45733</v>
       </c>
-      <c r="I310" s="55"/>
+      <c r="I310" s="29"/>
       <c r="J310" s="14">
         <v>46828</v>
       </c>
-      <c r="K310" s="37" t="s">
+      <c r="K310" s="30" t="s">
         <v>1689</v>
       </c>
     </row>
-    <row r="311" spans="1:11" ht="33.75">
+    <row r="311" spans="1:11">
       <c r="A311" s="11">
         <v>309</v>
       </c>
-      <c r="B311" s="34" t="s">
+      <c r="B311" s="29" t="s">
         <v>1690</v>
       </c>
-      <c r="C311" s="34">
-[...2 lines deleted...]
-      <c r="D311" s="34" t="s">
+      <c r="C311" s="29">
+        <v>40203200064</v>
+      </c>
+      <c r="D311" s="29" t="s">
         <v>1691</v>
       </c>
-      <c r="E311" s="34" t="s">
+      <c r="E311" s="29" t="s">
+        <v>1691</v>
+      </c>
+      <c r="F311" s="15" t="s">
         <v>1692</v>
       </c>
-      <c r="F311" s="15" t="s">
+      <c r="G311" s="13" t="s">
         <v>1693</v>
       </c>
-      <c r="G311" s="13" t="s">
+      <c r="H311" s="31">
+        <v>45742</v>
+      </c>
+      <c r="I311" s="29"/>
+      <c r="J311" s="14">
+        <v>46837</v>
+      </c>
+      <c r="K311" s="30" t="s">
         <v>1694</v>
       </c>
-      <c r="H311" s="36">
-[...10 lines deleted...]
-    <row r="312" spans="1:11">
+    </row>
+    <row r="312" spans="1:11" ht="31.5">
       <c r="A312" s="11">
         <v>310</v>
       </c>
-      <c r="B312" s="34" t="s">
+      <c r="B312" s="29" t="s">
+        <v>1695</v>
+      </c>
+      <c r="C312" s="29">
+        <v>40203574456</v>
+      </c>
+      <c r="D312" s="29" t="s">
         <v>1696</v>
       </c>
-      <c r="C312" s="34">
-[...5 lines deleted...]
-      <c r="E312" s="34" t="s">
+      <c r="E312" s="29" t="s">
         <v>1697</v>
       </c>
       <c r="F312" s="15" t="s">
         <v>1698</v>
       </c>
       <c r="G312" s="13" t="s">
         <v>1699</v>
       </c>
-      <c r="H312" s="36">
+      <c r="H312" s="31">
         <v>45742</v>
       </c>
-      <c r="I312" s="34"/>
+      <c r="I312" s="29"/>
       <c r="J312" s="14">
         <v>46837</v>
       </c>
-      <c r="K312" s="32" t="s">
+      <c r="K312" s="30" t="s">
         <v>1700</v>
       </c>
     </row>
-    <row r="313" spans="1:11" ht="33.75">
+    <row r="313" spans="1:11" ht="21">
       <c r="A313" s="11">
         <v>311</v>
       </c>
-      <c r="B313" s="34" t="s">
+      <c r="B313" s="29" t="s">
         <v>1701</v>
       </c>
-      <c r="C313" s="34">
-[...2 lines deleted...]
-      <c r="D313" s="34" t="s">
+      <c r="C313" s="29">
+        <v>40003484446</v>
+      </c>
+      <c r="D313" s="30" t="s">
         <v>1702</v>
       </c>
-      <c r="E313" s="34" t="s">
+      <c r="E313" s="29" t="s">
         <v>1703</v>
       </c>
       <c r="F313" s="15" t="s">
         <v>1704</v>
       </c>
       <c r="G313" s="13" t="s">
         <v>1705</v>
       </c>
-      <c r="H313" s="36">
-[...2 lines deleted...]
-      <c r="I313" s="34"/>
+      <c r="H313" s="31">
+        <v>45751</v>
+      </c>
+      <c r="I313" s="29"/>
       <c r="J313" s="14">
-        <v>46837</v>
-[...1 lines deleted...]
-      <c r="K313" s="32" t="s">
+        <v>46846</v>
+      </c>
+      <c r="K313" s="30" t="s">
         <v>1706</v>
       </c>
     </row>
-    <row r="314" spans="1:11" ht="22.5">
+    <row r="314" spans="1:11" ht="21">
       <c r="A314" s="11">
         <v>312</v>
       </c>
-      <c r="B314" s="34" t="s">
+      <c r="B314" s="29" t="s">
         <v>1707</v>
       </c>
-      <c r="C314" s="34">
-[...2 lines deleted...]
-      <c r="D314" s="35" t="s">
+      <c r="C314" s="29">
+        <v>40203614299</v>
+      </c>
+      <c r="D314" s="29" t="s">
+        <v>246</v>
+      </c>
+      <c r="E314" s="29" t="s">
+        <v>246</v>
+      </c>
+      <c r="F314" s="15" t="s">
         <v>1708</v>
       </c>
-      <c r="E314" s="34" t="s">
+      <c r="G314" s="13" t="s">
         <v>1709</v>
       </c>
-      <c r="F314" s="15" t="s">
+      <c r="H314" s="31">
+        <v>45755</v>
+      </c>
+      <c r="I314" s="29"/>
+      <c r="J314" s="14">
+        <v>46850</v>
+      </c>
+      <c r="K314" s="30" t="s">
         <v>1710</v>
       </c>
-      <c r="G314" s="13" t="s">
-[...13 lines deleted...]
-    <row r="315" spans="1:11" ht="22.5">
+    </row>
+    <row r="315" spans="1:11" ht="31.5">
       <c r="A315" s="11">
         <v>313</v>
       </c>
-      <c r="B315" s="34" t="s">
+      <c r="B315" s="29" t="s">
+        <v>1711</v>
+      </c>
+      <c r="C315" s="29">
+        <v>40203611216</v>
+      </c>
+      <c r="D315" s="29" t="s">
+        <v>1712</v>
+      </c>
+      <c r="E315" s="29" t="s">
         <v>1713</v>
-      </c>
-[...7 lines deleted...]
-        <v>246</v>
       </c>
       <c r="F315" s="15" t="s">
         <v>1714</v>
       </c>
       <c r="G315" s="13" t="s">
         <v>1715</v>
       </c>
-      <c r="H315" s="36">
-[...2 lines deleted...]
-      <c r="I315" s="34"/>
+      <c r="H315" s="31">
+        <v>45758</v>
+      </c>
+      <c r="I315" s="29"/>
       <c r="J315" s="14">
-        <v>46850</v>
-[...1 lines deleted...]
-      <c r="K315" s="32" t="s">
+        <v>46853</v>
+      </c>
+      <c r="K315" s="30" t="s">
         <v>1716</v>
       </c>
     </row>
-    <row r="316" spans="1:11" ht="33.75">
+    <row r="316" spans="1:11" ht="21">
       <c r="A316" s="11">
         <v>314</v>
       </c>
-      <c r="B316" s="34" t="s">
+      <c r="B316" s="29" t="s">
         <v>1717</v>
       </c>
-      <c r="C316" s="34">
-[...2 lines deleted...]
-      <c r="D316" s="34" t="s">
+      <c r="C316" s="29">
+        <v>40203614636</v>
+      </c>
+      <c r="D316" s="29" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E316" s="29" t="s">
+        <v>1090</v>
+      </c>
+      <c r="F316" s="15" t="s">
         <v>1718</v>
       </c>
-      <c r="E316" s="34" t="s">
+      <c r="G316" s="13" t="s">
         <v>1719</v>
       </c>
-      <c r="F316" s="15" t="s">
-[...5 lines deleted...]
-      <c r="H316" s="36">
+      <c r="H316" s="31">
         <v>45758</v>
       </c>
-      <c r="I316" s="34"/>
+      <c r="I316" s="29"/>
       <c r="J316" s="14">
         <v>46853</v>
       </c>
-      <c r="K316" s="32" t="s">
-[...3 lines deleted...]
-    <row r="317" spans="1:11" ht="33.75">
+      <c r="K316" s="30" t="s">
+        <v>1720</v>
+      </c>
+    </row>
+    <row r="317" spans="1:11" ht="31.5">
       <c r="A317" s="11">
         <v>315</v>
       </c>
-      <c r="B317" s="34" t="s">
+      <c r="B317" s="29" t="s">
+        <v>1721</v>
+      </c>
+      <c r="C317" s="29">
+        <v>45403051616</v>
+      </c>
+      <c r="D317" s="29" t="s">
+        <v>1722</v>
+      </c>
+      <c r="E317" s="30" t="s">
         <v>1723</v>
-      </c>
-[...7 lines deleted...]
-        <v>1095</v>
       </c>
       <c r="F317" s="15" t="s">
         <v>1724</v>
       </c>
       <c r="G317" s="13" t="s">
         <v>1725</v>
       </c>
-      <c r="H317" s="36">
-[...2 lines deleted...]
-      <c r="I317" s="34"/>
+      <c r="H317" s="31">
+        <v>45761</v>
+      </c>
+      <c r="I317" s="29"/>
       <c r="J317" s="14">
-        <v>46853</v>
-[...1 lines deleted...]
-      <c r="K317" s="32" t="s">
+        <v>46856</v>
+      </c>
+      <c r="K317" s="30" t="s">
         <v>1726</v>
       </c>
     </row>
-    <row r="318" spans="1:11" ht="33.75">
+    <row r="318" spans="1:11">
       <c r="A318" s="11">
         <v>316</v>
       </c>
-      <c r="B318" s="34" t="s">
+      <c r="B318" s="29" t="s">
         <v>1727</v>
       </c>
-      <c r="C318" s="34">
-[...2 lines deleted...]
-      <c r="D318" s="34" t="s">
+      <c r="C318" s="29">
+        <v>40203629862</v>
+      </c>
+      <c r="D318" s="29" t="s">
         <v>1728</v>
       </c>
-      <c r="E318" s="35" t="s">
+      <c r="E318" s="29" t="s">
+        <v>1728</v>
+      </c>
+      <c r="F318" s="15" t="s">
         <v>1729</v>
       </c>
-      <c r="F318" s="15" t="s">
+      <c r="G318" s="13" t="s">
+        <v>1725</v>
+      </c>
+      <c r="H318" s="31">
+        <v>45758</v>
+      </c>
+      <c r="I318" s="29"/>
+      <c r="J318" s="14">
+        <v>46853</v>
+      </c>
+      <c r="K318" s="30" t="s">
         <v>1730</v>
       </c>
-      <c r="G318" s="13" t="s">
-[...13 lines deleted...]
-    <row r="319" spans="1:11">
+    </row>
+    <row r="319" spans="1:11" ht="21">
       <c r="A319" s="11">
         <v>317</v>
       </c>
-      <c r="B319" s="34" t="s">
+      <c r="B319" s="29" t="s">
+        <v>1731</v>
+      </c>
+      <c r="C319" s="29">
+        <v>50203583681</v>
+      </c>
+      <c r="D319" s="29" t="s">
+        <v>1732</v>
+      </c>
+      <c r="E319" s="29" t="s">
         <v>1733</v>
       </c>
-      <c r="C319" s="34">
-[...2 lines deleted...]
-      <c r="D319" s="34" t="s">
+      <c r="F319" s="15" t="s">
         <v>1734</v>
       </c>
-      <c r="E319" s="34" t="s">
-[...2 lines deleted...]
-      <c r="F319" s="15" t="s">
+      <c r="G319" s="13" t="s">
         <v>1735</v>
       </c>
-      <c r="G319" s="13" t="s">
-[...5 lines deleted...]
-      <c r="I319" s="34"/>
+      <c r="H319" s="31">
+        <v>45769</v>
+      </c>
+      <c r="I319" s="29"/>
       <c r="J319" s="14">
-        <v>46853</v>
-[...1 lines deleted...]
-      <c r="K319" s="32" t="s">
+        <v>46864</v>
+      </c>
+      <c r="K319" s="30" t="s">
         <v>1736</v>
       </c>
     </row>
-    <row r="320" spans="1:11" ht="33.75">
+    <row r="320" spans="1:11" ht="21">
       <c r="A320" s="11">
         <v>318</v>
       </c>
-      <c r="B320" s="34" t="s">
+      <c r="B320" s="29" t="s">
         <v>1737</v>
       </c>
-      <c r="C320" s="34">
-[...2 lines deleted...]
-      <c r="D320" s="34" t="s">
+      <c r="C320" s="29">
+        <v>40203605154</v>
+      </c>
+      <c r="D320" s="29" t="s">
         <v>1738</v>
       </c>
-      <c r="E320" s="34" t="s">
+      <c r="E320" s="29" t="s">
         <v>1739</v>
       </c>
       <c r="F320" s="15" t="s">
         <v>1740</v>
       </c>
       <c r="G320" s="13" t="s">
         <v>1741</v>
       </c>
-      <c r="H320" s="36">
+      <c r="H320" s="31">
         <v>45769</v>
       </c>
-      <c r="I320" s="34"/>
+      <c r="I320" s="29"/>
       <c r="J320" s="14">
         <v>46864</v>
       </c>
-      <c r="K320" s="32" t="s">
+      <c r="K320" s="30" t="s">
         <v>1742</v>
       </c>
     </row>
-    <row r="321" spans="1:11" ht="33.75">
+    <row r="321" spans="1:11" ht="21">
       <c r="A321" s="11">
         <v>319</v>
       </c>
-      <c r="B321" s="34" t="s">
+      <c r="B321" s="29" t="s">
         <v>1743</v>
       </c>
-      <c r="C321" s="34">
-[...2 lines deleted...]
-      <c r="D321" s="34" t="s">
+      <c r="C321" s="29">
+        <v>40203599977</v>
+      </c>
+      <c r="D321" s="29" t="s">
         <v>1744</v>
       </c>
-      <c r="E321" s="34" t="s">
+      <c r="E321" s="29" t="s">
+        <v>1744</v>
+      </c>
+      <c r="F321" s="15" t="s">
         <v>1745</v>
       </c>
-      <c r="F321" s="15" t="s">
+      <c r="G321" s="13" t="s">
         <v>1746</v>
       </c>
-      <c r="G321" s="13" t="s">
-[...2 lines deleted...]
-      <c r="H321" s="36">
+      <c r="H321" s="31">
         <v>45769</v>
       </c>
-      <c r="I321" s="34"/>
+      <c r="I321" s="29"/>
       <c r="J321" s="14">
         <v>46864</v>
       </c>
-      <c r="K321" s="32" t="s">
-[...3 lines deleted...]
-    <row r="322" spans="1:11" ht="33.75">
+      <c r="K321" s="30" t="s">
+        <v>1747</v>
+      </c>
+    </row>
+    <row r="322" spans="1:11" ht="21">
       <c r="A322" s="11">
         <v>320</v>
       </c>
-      <c r="B322" s="34" t="s">
+      <c r="B322" s="29" t="s">
+        <v>1748</v>
+      </c>
+      <c r="C322" s="29">
+        <v>40203241255</v>
+      </c>
+      <c r="D322" s="29" t="s">
         <v>1749</v>
       </c>
-      <c r="C322" s="34">
-[...5 lines deleted...]
-      <c r="E322" s="34" t="s">
+      <c r="E322" s="29" t="s">
         <v>1750</v>
       </c>
       <c r="F322" s="15" t="s">
         <v>1751</v>
       </c>
       <c r="G322" s="13" t="s">
         <v>1752</v>
       </c>
-      <c r="H322" s="36">
+      <c r="H322" s="31">
         <v>45769</v>
       </c>
-      <c r="I322" s="34"/>
+      <c r="I322" s="29"/>
       <c r="J322" s="14">
         <v>46864</v>
       </c>
-      <c r="K322" s="32" t="s">
+      <c r="K322" s="30" t="s">
         <v>1753</v>
       </c>
     </row>
-    <row r="323" spans="1:11" ht="33.75">
+    <row r="323" spans="1:11">
       <c r="A323" s="11">
         <v>321</v>
       </c>
-      <c r="B323" s="34" t="s">
+      <c r="B323" s="29" t="s">
         <v>1754</v>
       </c>
-      <c r="C323" s="34">
-[...2 lines deleted...]
-      <c r="D323" s="34" t="s">
+      <c r="C323" s="29">
+        <v>50203084201</v>
+      </c>
+      <c r="D323" s="29" t="s">
         <v>1755</v>
       </c>
-      <c r="E323" s="34" t="s">
+      <c r="E323" s="29" t="s">
         <v>1756</v>
       </c>
       <c r="F323" s="15" t="s">
         <v>1757</v>
       </c>
       <c r="G323" s="13" t="s">
         <v>1758</v>
       </c>
-      <c r="H323" s="36">
+      <c r="H323" s="31">
         <v>45769</v>
       </c>
-      <c r="I323" s="34"/>
+      <c r="I323" s="29"/>
       <c r="J323" s="14">
         <v>46864</v>
       </c>
-      <c r="K323" s="32" t="s">
+      <c r="K323" s="30" t="s">
         <v>1759</v>
       </c>
     </row>
-    <row r="324" spans="1:11" ht="22.5">
+    <row r="324" spans="1:11" ht="21">
       <c r="A324" s="11">
         <v>322</v>
       </c>
-      <c r="B324" s="34" t="s">
+      <c r="B324" s="29" t="s">
         <v>1760</v>
       </c>
-      <c r="C324" s="34">
-[...2 lines deleted...]
-      <c r="D324" s="34" t="s">
+      <c r="C324" s="29">
+        <v>40203473360</v>
+      </c>
+      <c r="D324" s="29" t="s">
         <v>1761</v>
       </c>
-      <c r="E324" s="34" t="s">
+      <c r="E324" s="29" t="s">
         <v>1762</v>
       </c>
       <c r="F324" s="15" t="s">
         <v>1763</v>
       </c>
       <c r="G324" s="13" t="s">
         <v>1764</v>
       </c>
-      <c r="H324" s="36">
+      <c r="H324" s="31">
         <v>45769</v>
       </c>
-      <c r="I324" s="34"/>
+      <c r="I324" s="29"/>
       <c r="J324" s="14">
         <v>46864</v>
       </c>
-      <c r="K324" s="32" t="s">
+      <c r="K324" s="30" t="s">
         <v>1765</v>
       </c>
     </row>
-    <row r="325" spans="1:11" ht="22.5">
+    <row r="325" spans="1:11" ht="21">
       <c r="A325" s="11">
         <v>323</v>
       </c>
-      <c r="B325" s="34" t="s">
+      <c r="B325" s="29" t="s">
         <v>1766</v>
       </c>
-      <c r="C325" s="34">
-[...2 lines deleted...]
-      <c r="D325" s="34" t="s">
+      <c r="C325" s="29">
+        <v>40203040328</v>
+      </c>
+      <c r="D325" s="29" t="s">
         <v>1767</v>
       </c>
-      <c r="E325" s="34" t="s">
+      <c r="E325" s="29" t="s">
         <v>1768</v>
       </c>
       <c r="F325" s="15" t="s">
         <v>1769</v>
       </c>
       <c r="G325" s="13" t="s">
         <v>1770</v>
       </c>
-      <c r="H325" s="36">
+      <c r="H325" s="31">
         <v>45769</v>
       </c>
-      <c r="I325" s="34"/>
+      <c r="I325" s="29"/>
       <c r="J325" s="14">
         <v>46864</v>
       </c>
-      <c r="K325" s="32" t="s">
+      <c r="K325" s="30" t="s">
         <v>1771</v>
       </c>
     </row>
-    <row r="326" spans="1:11" ht="22.5">
+    <row r="326" spans="1:11" ht="31.5">
       <c r="A326" s="11">
         <v>324</v>
       </c>
-      <c r="B326" s="34" t="s">
+      <c r="B326" s="46" t="s">
         <v>1772</v>
       </c>
-      <c r="C326" s="34">
-[...2 lines deleted...]
-      <c r="D326" s="31" t="s">
+      <c r="C326" s="46">
+        <v>40203625729</v>
+      </c>
+      <c r="D326" s="46" t="s">
         <v>1773</v>
       </c>
-      <c r="E326" s="34" t="s">
+      <c r="E326" s="46" t="s">
         <v>1774</v>
       </c>
-      <c r="F326" s="15" t="s">
+      <c r="F326" s="47" t="s">
         <v>1775</v>
       </c>
-      <c r="G326" s="13" t="s">
+      <c r="G326" s="48" t="s">
         <v>1776</v>
       </c>
-      <c r="H326" s="36">
-[...6 lines deleted...]
-      <c r="K326" s="32" t="s">
+      <c r="H326" s="49">
+        <v>45783</v>
+      </c>
+      <c r="I326" s="50"/>
+      <c r="J326" s="51">
+        <v>46878</v>
+      </c>
+      <c r="K326" s="44" t="s">
         <v>1777</v>
       </c>
     </row>
-    <row r="327" spans="1:11" ht="33.75">
+    <row r="327" spans="1:11" ht="21">
       <c r="A327" s="11">
         <v>325</v>
       </c>
-      <c r="B327" s="56" t="s">
+      <c r="B327" s="46" t="s">
         <v>1778</v>
       </c>
-      <c r="C327" s="56">
-[...2 lines deleted...]
-      <c r="D327" s="56" t="s">
+      <c r="C327" s="46">
+        <v>40203605385</v>
+      </c>
+      <c r="D327" s="46" t="s">
         <v>1779</v>
       </c>
-      <c r="E327" s="56" t="s">
+      <c r="E327" s="46" t="s">
+        <v>1779</v>
+      </c>
+      <c r="F327" s="47" t="s">
         <v>1780</v>
       </c>
-      <c r="F327" s="57" t="s">
+      <c r="G327" s="48" t="s">
         <v>1781</v>
       </c>
-      <c r="G327" s="58" t="s">
+      <c r="H327" s="51">
+        <v>45783</v>
+      </c>
+      <c r="I327" s="50"/>
+      <c r="J327" s="51">
+        <v>46878</v>
+      </c>
+      <c r="K327" s="44" t="s">
         <v>1782</v>
       </c>
-      <c r="H327" s="59">
-[...9 lines deleted...]
-    <row r="328" spans="1:11" ht="33.75">
+    </row>
+    <row r="328" spans="1:11">
       <c r="A328" s="11">
         <v>326</v>
       </c>
-      <c r="B328" s="56" t="s">
+      <c r="B328" s="46" t="s">
+        <v>1783</v>
+      </c>
+      <c r="C328" s="46">
+        <v>42403048394</v>
+      </c>
+      <c r="D328" s="46" t="s">
         <v>1784</v>
       </c>
-      <c r="C328" s="56">
-[...2 lines deleted...]
-      <c r="D328" s="56" t="s">
+      <c r="E328" s="46" t="s">
+        <v>1784</v>
+      </c>
+      <c r="F328" s="47" t="s">
         <v>1785</v>
       </c>
-      <c r="E328" s="56" t="s">
-[...2 lines deleted...]
-      <c r="F328" s="57" t="s">
+      <c r="G328" s="48" t="s">
         <v>1786</v>
       </c>
-      <c r="G328" s="58" t="s">
+      <c r="H328" s="51">
+        <v>45786</v>
+      </c>
+      <c r="I328" s="50"/>
+      <c r="J328" s="51">
+        <v>46881</v>
+      </c>
+      <c r="K328" s="44" t="s">
         <v>1787</v>
       </c>
-      <c r="H328" s="60">
-[...9 lines deleted...]
-    <row r="329" spans="1:11">
+    </row>
+    <row r="329" spans="1:11" ht="31.5">
       <c r="A329" s="11">
         <v>327</v>
       </c>
-      <c r="B329" s="56" t="s">
+      <c r="B329" s="46" t="s">
+        <v>1788</v>
+      </c>
+      <c r="C329" s="46">
+        <v>44103132228</v>
+      </c>
+      <c r="D329" s="46" t="s">
         <v>1789</v>
       </c>
-      <c r="C329" s="56">
-[...2 lines deleted...]
-      <c r="D329" s="56" t="s">
+      <c r="E329" s="46" t="s">
+        <v>1789</v>
+      </c>
+      <c r="F329" s="47" t="s">
         <v>1790</v>
       </c>
-      <c r="E329" s="56" t="s">
-[...2 lines deleted...]
-      <c r="F329" s="57" t="s">
+      <c r="G329" s="48" t="s">
         <v>1791</v>
       </c>
-      <c r="G329" s="58" t="s">
+      <c r="H329" s="51">
+        <v>45797</v>
+      </c>
+      <c r="I329" s="50"/>
+      <c r="J329" s="51">
+        <v>46892</v>
+      </c>
+      <c r="K329" s="44" t="s">
         <v>1792</v>
       </c>
-      <c r="H329" s="60">
-[...9 lines deleted...]
-    <row r="330" spans="1:11" ht="33.75">
+    </row>
+    <row r="330" spans="1:11">
       <c r="A330" s="11">
         <v>328</v>
       </c>
-      <c r="B330" s="56" t="s">
+      <c r="B330" s="46" t="s">
+        <v>1793</v>
+      </c>
+      <c r="C330" s="52">
+        <v>40203105427</v>
+      </c>
+      <c r="D330" s="46" t="s">
         <v>1794</v>
       </c>
-      <c r="C330" s="56">
-[...2 lines deleted...]
-      <c r="D330" s="56" t="s">
+      <c r="E330" s="46" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F330" s="47" t="s">
         <v>1795</v>
       </c>
-      <c r="E330" s="56" t="s">
-[...2 lines deleted...]
-      <c r="F330" s="57" t="s">
+      <c r="G330" s="48" t="s">
         <v>1796</v>
       </c>
-      <c r="G330" s="58" t="s">
+      <c r="H330" s="51">
+        <v>45797</v>
+      </c>
+      <c r="I330" s="52"/>
+      <c r="J330" s="51">
+        <v>46892</v>
+      </c>
+      <c r="K330" s="44" t="s">
         <v>1797</v>
       </c>
-      <c r="H330" s="60">
-[...9 lines deleted...]
-    <row r="331" spans="1:11">
+    </row>
+    <row r="331" spans="1:11" ht="21">
       <c r="A331" s="11">
         <v>329</v>
       </c>
-      <c r="B331" s="56" t="s">
+      <c r="B331" s="46" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C331" s="46">
+        <v>40003807169</v>
+      </c>
+      <c r="D331" s="46" t="s">
         <v>1799</v>
       </c>
-      <c r="C331" s="61">
-[...2 lines deleted...]
-      <c r="D331" s="56" t="s">
+      <c r="E331" s="46" t="s">
+        <v>1799</v>
+      </c>
+      <c r="F331" s="47" t="s">
         <v>1800</v>
       </c>
-      <c r="E331" s="56" t="s">
-[...2 lines deleted...]
-      <c r="F331" s="57" t="s">
+      <c r="G331" s="48" t="s">
         <v>1801</v>
       </c>
-      <c r="G331" s="58" t="s">
+      <c r="H331" s="51">
+        <v>45799</v>
+      </c>
+      <c r="I331" s="50"/>
+      <c r="J331" s="51">
+        <v>46894</v>
+      </c>
+      <c r="K331" s="44" t="s">
         <v>1802</v>
       </c>
-      <c r="H331" s="60">
-[...10 lines deleted...]
-    <row r="332" spans="1:11" ht="22.5">
+    </row>
+    <row r="332" spans="1:11" ht="63">
       <c r="A332" s="11">
         <v>330</v>
       </c>
-      <c r="B332" s="56" t="s">
+      <c r="B332" s="46" t="s">
+        <v>1803</v>
+      </c>
+      <c r="C332" s="46">
+        <v>40203640978</v>
+      </c>
+      <c r="D332" s="46" t="s">
         <v>1804</v>
       </c>
-      <c r="C332" s="56">
-[...2 lines deleted...]
-      <c r="D332" s="56" t="s">
+      <c r="E332" s="46" t="s">
+        <v>1804</v>
+      </c>
+      <c r="F332" s="47" t="s">
         <v>1805</v>
       </c>
-      <c r="E332" s="56" t="s">
-[...2 lines deleted...]
-      <c r="F332" s="57" t="s">
+      <c r="G332" s="48" t="s">
         <v>1806</v>
       </c>
-      <c r="G332" s="58" t="s">
+      <c r="H332" s="51">
+        <v>45799</v>
+      </c>
+      <c r="I332" s="50"/>
+      <c r="J332" s="51">
+        <v>46894</v>
+      </c>
+      <c r="K332" s="44" t="s">
         <v>1807</v>
       </c>
-      <c r="H332" s="60">
-[...9 lines deleted...]
-    <row r="333" spans="1:11" ht="78.75">
+    </row>
+    <row r="333" spans="1:11" ht="31.5">
       <c r="A333" s="11">
         <v>331</v>
       </c>
-      <c r="B333" s="56" t="s">
+      <c r="B333" s="46" t="s">
+        <v>1808</v>
+      </c>
+      <c r="C333" s="46">
+        <v>40203607403</v>
+      </c>
+      <c r="D333" s="46" t="s">
         <v>1809</v>
       </c>
-      <c r="C333" s="56">
-[...2 lines deleted...]
-      <c r="D333" s="56" t="s">
+      <c r="E333" s="46" t="s">
+        <v>734</v>
+      </c>
+      <c r="F333" s="47" t="s">
         <v>1810</v>
       </c>
-      <c r="E333" s="56" t="s">
-[...2 lines deleted...]
-      <c r="F333" s="57" t="s">
+      <c r="G333" s="48" t="s">
         <v>1811</v>
       </c>
-      <c r="G333" s="58" t="s">
+      <c r="H333" s="51">
+        <v>45804</v>
+      </c>
+      <c r="I333" s="50"/>
+      <c r="J333" s="51">
+        <v>46899</v>
+      </c>
+      <c r="K333" s="44" t="s">
         <v>1812</v>
       </c>
-      <c r="H333" s="60">
-[...9 lines deleted...]
-    <row r="334" spans="1:11" ht="33.75">
+    </row>
+    <row r="334" spans="1:11" ht="42">
       <c r="A334" s="11">
         <v>332</v>
       </c>
-      <c r="B334" s="56" t="s">
+      <c r="B334" s="46" t="s">
+        <v>1813</v>
+      </c>
+      <c r="C334" s="46">
+        <v>40203304565</v>
+      </c>
+      <c r="D334" s="46" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E334" s="46" t="s">
+        <v>1090</v>
+      </c>
+      <c r="F334" s="47" t="s">
         <v>1814</v>
       </c>
-      <c r="C334" s="56">
-[...2 lines deleted...]
-      <c r="D334" s="56" t="s">
+      <c r="G334" s="48" t="s">
         <v>1815</v>
       </c>
-      <c r="E334" s="56" t="s">
-[...2 lines deleted...]
-      <c r="F334" s="57" t="s">
+      <c r="H334" s="51">
+        <v>45804</v>
+      </c>
+      <c r="I334" s="50"/>
+      <c r="J334" s="51">
+        <v>46899</v>
+      </c>
+      <c r="K334" s="43" t="s">
         <v>1816</v>
       </c>
-      <c r="G334" s="58" t="s">
-[...12 lines deleted...]
-    <row r="335" spans="1:11" ht="56.25">
+    </row>
+    <row r="335" spans="1:11" ht="31.5">
       <c r="A335" s="11">
         <v>333</v>
       </c>
-      <c r="B335" s="56" t="s">
+      <c r="B335" s="46" t="s">
+        <v>1817</v>
+      </c>
+      <c r="C335" s="46">
+        <v>40203445901</v>
+      </c>
+      <c r="D335" s="46" t="s">
+        <v>1818</v>
+      </c>
+      <c r="E335" s="46" t="s">
+        <v>1818</v>
+      </c>
+      <c r="F335" s="47" t="s">
         <v>1819</v>
       </c>
-      <c r="C335" s="56">
-[...8 lines deleted...]
-      <c r="F335" s="57" t="s">
+      <c r="G335" s="48" t="s">
         <v>1820</v>
       </c>
-      <c r="G335" s="58" t="s">
+      <c r="H335" s="51">
+        <v>45806</v>
+      </c>
+      <c r="I335" s="50"/>
+      <c r="J335" s="51">
+        <v>46901</v>
+      </c>
+      <c r="K335" s="44" t="s">
         <v>1821</v>
       </c>
-      <c r="H335" s="60">
-[...9 lines deleted...]
-    <row r="336" spans="1:11" ht="33.75">
+    </row>
+    <row r="336" spans="1:11" ht="21">
       <c r="A336" s="11">
         <v>334</v>
       </c>
-      <c r="B336" s="56" t="s">
+      <c r="B336" s="46" t="s">
+        <v>1822</v>
+      </c>
+      <c r="C336" s="46">
+        <v>45403029051</v>
+      </c>
+      <c r="D336" s="46" t="s">
         <v>1823</v>
       </c>
-      <c r="C336" s="56">
-[...2 lines deleted...]
-      <c r="D336" s="56" t="s">
+      <c r="E336" s="46" t="s">
+        <v>1823</v>
+      </c>
+      <c r="F336" s="47" t="s">
         <v>1824</v>
       </c>
-      <c r="E336" s="56" t="s">
-[...2 lines deleted...]
-      <c r="F336" s="57" t="s">
+      <c r="G336" s="48" t="s">
         <v>1825</v>
       </c>
-      <c r="G336" s="58" t="s">
+      <c r="H336" s="51">
+        <v>45806</v>
+      </c>
+      <c r="I336" s="50"/>
+      <c r="J336" s="51">
+        <v>46901</v>
+      </c>
+      <c r="K336" s="44" t="s">
         <v>1826</v>
       </c>
-      <c r="H336" s="60">
-[...9 lines deleted...]
-    <row r="337" spans="1:11" ht="33.75">
+    </row>
+    <row r="337" spans="1:11" ht="21">
       <c r="A337" s="11">
         <v>335</v>
       </c>
-      <c r="B337" s="56" t="s">
+      <c r="B337" s="46" t="s">
+        <v>1827</v>
+      </c>
+      <c r="C337" s="46">
+        <v>40203627113</v>
+      </c>
+      <c r="D337" s="46" t="s">
         <v>1828</v>
       </c>
-      <c r="C337" s="56">
-[...2 lines deleted...]
-      <c r="D337" s="56" t="s">
+      <c r="E337" s="46" t="s">
+        <v>1828</v>
+      </c>
+      <c r="F337" s="47" t="s">
         <v>1829</v>
       </c>
-      <c r="E337" s="56" t="s">
-[...2 lines deleted...]
-      <c r="F337" s="57" t="s">
+      <c r="G337" s="48" t="s">
         <v>1830</v>
       </c>
-      <c r="G337" s="58" t="s">
+      <c r="H337" s="51">
+        <v>45806</v>
+      </c>
+      <c r="I337" s="50"/>
+      <c r="J337" s="51">
+        <v>46901</v>
+      </c>
+      <c r="K337" s="44" t="s">
         <v>1831</v>
       </c>
-      <c r="H337" s="60">
-[...9 lines deleted...]
-    <row r="338" spans="1:11" ht="22.5">
+    </row>
+    <row r="338" spans="1:11" ht="21">
       <c r="A338" s="11">
         <v>336</v>
       </c>
-      <c r="B338" s="56" t="s">
+      <c r="B338" s="46" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C338" s="46">
+        <v>40203595566</v>
+      </c>
+      <c r="D338" s="46" t="s">
         <v>1833</v>
       </c>
-      <c r="C338" s="56">
-[...2 lines deleted...]
-      <c r="D338" s="56" t="s">
+      <c r="E338" s="46" t="s">
+        <v>1833</v>
+      </c>
+      <c r="F338" s="47" t="s">
         <v>1834</v>
       </c>
-      <c r="E338" s="56" t="s">
-[...2 lines deleted...]
-      <c r="F338" s="57" t="s">
+      <c r="G338" s="48" t="s">
         <v>1835</v>
       </c>
-      <c r="G338" s="58" t="s">
+      <c r="H338" s="51">
+        <v>45814</v>
+      </c>
+      <c r="I338" s="50"/>
+      <c r="J338" s="51">
+        <v>46909</v>
+      </c>
+      <c r="K338" s="44" t="s">
         <v>1836</v>
       </c>
-      <c r="H338" s="60">
-[...9 lines deleted...]
-    <row r="339" spans="1:11" ht="33.75">
+    </row>
+    <row r="339" spans="1:11" ht="21">
       <c r="A339" s="11">
         <v>337</v>
       </c>
-      <c r="B339" s="56" t="s">
+      <c r="B339" s="46" t="s">
+        <v>1837</v>
+      </c>
+      <c r="C339" s="46">
+        <v>40203530911</v>
+      </c>
+      <c r="D339" s="46" t="s">
         <v>1838</v>
       </c>
-      <c r="C339" s="56">
-[...2 lines deleted...]
-      <c r="D339" s="56" t="s">
+      <c r="E339" s="46" t="s">
         <v>1839</v>
       </c>
-      <c r="E339" s="56" t="s">
-[...2 lines deleted...]
-      <c r="F339" s="57" t="s">
+      <c r="F339" s="47" t="s">
         <v>1840</v>
       </c>
-      <c r="G339" s="58" t="s">
+      <c r="G339" s="48" t="s">
         <v>1841</v>
       </c>
-      <c r="H339" s="60">
-[...5 lines deleted...]
-      <c r="K339" s="53" t="s">
+      <c r="H339" s="51">
+        <v>45819</v>
+      </c>
+      <c r="I339" s="52"/>
+      <c r="J339" s="51">
+        <v>46914</v>
+      </c>
+      <c r="K339" s="44" t="s">
         <v>1842</v>
       </c>
     </row>
-    <row r="340" spans="1:11" ht="22.5">
+    <row r="340" spans="1:11" ht="31.5">
       <c r="A340" s="11">
         <v>338</v>
       </c>
-      <c r="B340" s="56" t="s">
+      <c r="B340" s="46" t="s">
         <v>1843</v>
       </c>
-      <c r="C340" s="56">
-[...2 lines deleted...]
-      <c r="D340" s="56" t="s">
+      <c r="C340" s="46">
+        <v>40203643546</v>
+      </c>
+      <c r="D340" s="46" t="s">
         <v>1844</v>
       </c>
-      <c r="E340" s="56" t="s">
+      <c r="E340" s="46" t="s">
         <v>1845</v>
       </c>
-      <c r="F340" s="57" t="s">
+      <c r="F340" s="47" t="s">
         <v>1846</v>
       </c>
-      <c r="G340" s="58" t="s">
+      <c r="G340" s="48" t="s">
         <v>1847</v>
       </c>
-      <c r="H340" s="60">
-[...6 lines deleted...]
-      <c r="K340" s="53" t="s">
+      <c r="H340" s="51">
+        <v>45827</v>
+      </c>
+      <c r="I340" s="50"/>
+      <c r="J340" s="51">
+        <v>46922</v>
+      </c>
+      <c r="K340" s="44" t="s">
         <v>1848</v>
       </c>
     </row>
-    <row r="341" spans="1:11" ht="33.75">
+    <row r="341" spans="1:11" ht="21">
       <c r="A341" s="11">
         <v>339</v>
       </c>
-      <c r="B341" s="56" t="s">
+      <c r="B341" s="46" t="s">
         <v>1849</v>
       </c>
-      <c r="C341" s="56">
-[...2 lines deleted...]
-      <c r="D341" s="56" t="s">
+      <c r="C341" s="46">
+        <v>40203613429</v>
+      </c>
+      <c r="D341" s="46" t="s">
         <v>1850</v>
       </c>
-      <c r="E341" s="56" t="s">
+      <c r="E341" s="46" t="s">
+        <v>1850</v>
+      </c>
+      <c r="F341" s="47" t="s">
         <v>1851</v>
       </c>
-      <c r="F341" s="57" t="s">
+      <c r="G341" s="48" t="s">
         <v>1852</v>
       </c>
-      <c r="G341" s="58" t="s">
+      <c r="H341" s="51">
+        <v>45827</v>
+      </c>
+      <c r="I341" s="53"/>
+      <c r="J341" s="51">
+        <v>46922</v>
+      </c>
+      <c r="K341" s="44" t="s">
         <v>1853</v>
       </c>
-      <c r="H341" s="60">
-[...9 lines deleted...]
-    <row r="342" spans="1:11" ht="22.5">
+    </row>
+    <row r="342" spans="1:11">
       <c r="A342" s="11">
         <v>340</v>
       </c>
-      <c r="B342" s="56" t="s">
+      <c r="B342" s="46" t="s">
+        <v>1854</v>
+      </c>
+      <c r="C342" s="52">
+        <v>40203350263</v>
+      </c>
+      <c r="D342" s="43" t="s">
         <v>1855</v>
       </c>
-      <c r="C342" s="56">
-[...2 lines deleted...]
-      <c r="D342" s="56" t="s">
+      <c r="E342" s="43" t="s">
+        <v>734</v>
+      </c>
+      <c r="F342" s="43" t="s">
         <v>1856</v>
       </c>
-      <c r="E342" s="56" t="s">
-[...2 lines deleted...]
-      <c r="F342" s="57" t="s">
+      <c r="G342" s="48" t="s">
         <v>1857</v>
       </c>
-      <c r="G342" s="58" t="s">
+      <c r="H342" s="51">
+        <v>45827</v>
+      </c>
+      <c r="I342" s="52"/>
+      <c r="J342" s="51">
+        <v>46922</v>
+      </c>
+      <c r="K342" s="44" t="s">
         <v>1858</v>
       </c>
-      <c r="H342" s="60">
-[...10 lines deleted...]
-    <row r="343" spans="1:11">
+    </row>
+    <row r="343" spans="1:11" ht="31.5">
       <c r="A343" s="11">
         <v>341</v>
       </c>
-      <c r="B343" s="56" t="s">
+      <c r="B343" s="46" t="s">
+        <v>1859</v>
+      </c>
+      <c r="C343" s="54">
+        <v>40203535711</v>
+      </c>
+      <c r="D343" s="44" t="s">
         <v>1860</v>
       </c>
-      <c r="C343" s="61">
-[...2 lines deleted...]
-      <c r="D343" s="52" t="s">
+      <c r="E343" s="44" t="s">
+        <v>1860</v>
+      </c>
+      <c r="F343" s="55" t="s">
         <v>1861</v>
       </c>
-      <c r="E343" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F343" s="52" t="s">
+      <c r="G343" s="48" t="s">
         <v>1862</v>
       </c>
-      <c r="G343" s="58" t="s">
+      <c r="H343" s="51">
+        <v>45796</v>
+      </c>
+      <c r="I343" s="50"/>
+      <c r="J343" s="51">
+        <v>46922</v>
+      </c>
+      <c r="K343" s="44" t="s">
         <v>1863</v>
       </c>
-      <c r="H343" s="60">
-[...10 lines deleted...]
-    <row r="344" spans="1:11" ht="33.75">
+    </row>
+    <row r="344" spans="1:11" ht="31.5">
       <c r="A344" s="11">
         <v>342</v>
       </c>
-      <c r="B344" s="56" t="s">
+      <c r="B344" s="46" t="s">
+        <v>1864</v>
+      </c>
+      <c r="C344" s="54">
+        <v>40203603651</v>
+      </c>
+      <c r="D344" s="43" t="s">
+        <v>936</v>
+      </c>
+      <c r="E344" s="43" t="s">
+        <v>936</v>
+      </c>
+      <c r="F344" s="55" t="s">
         <v>1865</v>
       </c>
-      <c r="C344" s="63">
-[...2 lines deleted...]
-      <c r="D344" s="64" t="s">
+      <c r="G344" s="48" t="s">
         <v>1866</v>
       </c>
-      <c r="E344" s="64" t="s">
-[...2 lines deleted...]
-      <c r="F344" s="65" t="s">
+      <c r="H344" s="51">
+        <v>45797</v>
+      </c>
+      <c r="I344" s="50"/>
+      <c r="J344" s="51">
+        <v>46923</v>
+      </c>
+      <c r="K344" s="44" t="s">
         <v>1867</v>
       </c>
-      <c r="G344" s="58" t="s">
-[...12 lines deleted...]
-    <row r="345" spans="1:11" ht="33.75">
+    </row>
+    <row r="345" spans="1:11">
       <c r="A345" s="11">
         <v>343</v>
       </c>
-      <c r="B345" s="56" t="s">
+      <c r="B345" s="46" t="s">
+        <v>1868</v>
+      </c>
+      <c r="C345" s="54">
+        <v>40203478071</v>
+      </c>
+      <c r="D345" s="43" t="s">
+        <v>1869</v>
+      </c>
+      <c r="E345" s="43" t="s">
         <v>1870</v>
       </c>
-      <c r="C345" s="63">
-[...8 lines deleted...]
-      <c r="F345" s="65" t="s">
+      <c r="F345" s="55" t="s">
         <v>1871</v>
       </c>
-      <c r="G345" s="58" t="s">
+      <c r="G345" s="48" t="s">
         <v>1872</v>
       </c>
-      <c r="H345" s="60">
-[...5 lines deleted...]
-      <c r="K345" s="53" t="s">
+      <c r="H345" s="51">
+        <v>45847</v>
+      </c>
+      <c r="I345" s="50"/>
+      <c r="J345" s="51">
+        <v>46942</v>
+      </c>
+      <c r="K345" s="44" t="s">
         <v>1873</v>
       </c>
     </row>
-    <row r="346" spans="1:11">
+    <row r="346" spans="1:11" ht="21">
       <c r="A346" s="11">
         <v>344</v>
       </c>
-      <c r="B346" s="56" t="s">
+      <c r="B346" s="46" t="s">
         <v>1874</v>
       </c>
-      <c r="C346" s="63">
-[...2 lines deleted...]
-      <c r="D346" s="66" t="s">
+      <c r="C346" s="54">
+        <v>50203632991</v>
+      </c>
+      <c r="D346" s="43" t="s">
         <v>1875</v>
       </c>
-      <c r="E346" s="66" t="s">
+      <c r="E346" s="43" t="s">
+        <v>709</v>
+      </c>
+      <c r="F346" s="55" t="s">
         <v>1876</v>
       </c>
-      <c r="F346" s="65" t="s">
+      <c r="G346" s="48" t="s">
         <v>1877</v>
       </c>
-      <c r="G346" s="58" t="s">
+      <c r="H346" s="51">
+        <v>45853</v>
+      </c>
+      <c r="I346" s="50"/>
+      <c r="J346" s="51">
+        <v>46948</v>
+      </c>
+      <c r="K346" s="44" t="s">
         <v>1878</v>
       </c>
-      <c r="H346" s="60">
-[...9 lines deleted...]
-    <row r="347" spans="1:11" ht="22.5">
+    </row>
+    <row r="347" spans="1:11" ht="21">
       <c r="A347" s="11">
         <v>345</v>
       </c>
-      <c r="B347" s="56" t="s">
+      <c r="B347" s="46" t="s">
+        <v>1879</v>
+      </c>
+      <c r="C347" s="54">
+        <v>40203647228</v>
+      </c>
+      <c r="D347" s="43" t="s">
+        <v>1738</v>
+      </c>
+      <c r="E347" s="43" t="s">
+        <v>1738</v>
+      </c>
+      <c r="F347" s="55" t="s">
         <v>1880</v>
       </c>
-      <c r="C347" s="63">
-[...2 lines deleted...]
-      <c r="D347" s="66" t="s">
+      <c r="G347" s="48" t="s">
         <v>1881</v>
       </c>
-      <c r="E347" s="66" t="s">
-[...2 lines deleted...]
-      <c r="F347" s="65" t="s">
+      <c r="H347" s="51">
+        <v>45859</v>
+      </c>
+      <c r="I347" s="50"/>
+      <c r="J347" s="51">
+        <v>46954</v>
+      </c>
+      <c r="K347" s="44" t="s">
         <v>1882</v>
       </c>
-      <c r="G347" s="58" t="s">
-[...12 lines deleted...]
-    <row r="348" spans="1:11" ht="22.5">
+    </row>
+    <row r="348" spans="1:11" ht="31.5">
       <c r="A348" s="11">
         <v>346</v>
       </c>
-      <c r="B348" s="56" t="s">
+      <c r="B348" s="46" t="s">
+        <v>1883</v>
+      </c>
+      <c r="C348" s="54">
+        <v>50103709491</v>
+      </c>
+      <c r="D348" s="43" t="s">
+        <v>1884</v>
+      </c>
+      <c r="E348" s="43" t="s">
+        <v>1884</v>
+      </c>
+      <c r="F348" s="55" t="s">
         <v>1885</v>
       </c>
-      <c r="C348" s="63">
-[...8 lines deleted...]
-      <c r="F348" s="65" t="s">
+      <c r="G348" s="48" t="s">
         <v>1886</v>
       </c>
-      <c r="G348" s="58" t="s">
+      <c r="H348" s="51">
+        <v>45859</v>
+      </c>
+      <c r="I348" s="50"/>
+      <c r="J348" s="51">
+        <v>46954</v>
+      </c>
+      <c r="K348" s="44" t="s">
         <v>1887</v>
       </c>
-      <c r="H348" s="60">
-[...9 lines deleted...]
-    <row r="349" spans="1:11" ht="45">
+    </row>
+    <row r="349" spans="1:11" ht="21">
       <c r="A349" s="11">
         <v>347</v>
       </c>
-      <c r="B349" s="56" t="s">
+      <c r="B349" s="46" t="s">
+        <v>1888</v>
+      </c>
+      <c r="C349" s="54">
+        <v>44103075616</v>
+      </c>
+      <c r="D349" s="43" t="s">
+        <v>1889</v>
+      </c>
+      <c r="E349" s="43" t="s">
         <v>1890</v>
       </c>
-      <c r="C349" s="63">
-[...8 lines deleted...]
-      <c r="F349" s="65" t="s">
+      <c r="F349" s="55" t="s">
         <v>1891</v>
       </c>
-      <c r="G349" s="58" t="s">
+      <c r="G349" s="48" t="s">
         <v>1892</v>
       </c>
-      <c r="H349" s="60">
-[...5 lines deleted...]
-      <c r="K349" s="53" t="s">
+      <c r="H349" s="51">
+        <v>45863</v>
+      </c>
+      <c r="I349" s="50"/>
+      <c r="J349" s="51">
+        <v>46958</v>
+      </c>
+      <c r="K349" s="44" t="s">
         <v>1893</v>
       </c>
     </row>
-    <row r="350" spans="1:11" ht="33.75">
+    <row r="350" spans="1:11" ht="21">
       <c r="A350" s="11">
         <v>348</v>
       </c>
-      <c r="B350" s="56" t="s">
+      <c r="B350" s="46" t="s">
         <v>1894</v>
       </c>
-      <c r="C350" s="63">
-[...2 lines deleted...]
-      <c r="D350" s="66" t="s">
+      <c r="C350" s="54">
+        <v>40203663078</v>
+      </c>
+      <c r="D350" s="43" t="s">
         <v>1895</v>
       </c>
-      <c r="E350" s="66" t="s">
-[...2 lines deleted...]
-      <c r="F350" s="65" t="s">
+      <c r="E350" s="43" t="s">
         <v>1896</v>
       </c>
-      <c r="G350" s="58" t="s">
+      <c r="F350" s="55" t="s">
         <v>1897</v>
       </c>
-      <c r="H350" s="60">
-[...5 lines deleted...]
-      <c r="K350" s="53" t="s">
+      <c r="G350" s="48" t="s">
         <v>1898</v>
       </c>
-    </row>
-    <row r="351" spans="1:11" ht="33.75">
+      <c r="H350" s="51">
+        <v>45875</v>
+      </c>
+      <c r="I350" s="52"/>
+      <c r="J350" s="51">
+        <v>46970</v>
+      </c>
+      <c r="K350" s="44" t="s">
+        <v>1899</v>
+      </c>
+    </row>
+    <row r="351" spans="1:11" ht="21">
       <c r="A351" s="11">
         <v>349</v>
       </c>
-      <c r="B351" s="56" t="s">
-[...5 lines deleted...]
-      <c r="D351" s="66" t="s">
+      <c r="B351" s="46" t="s">
         <v>1900</v>
       </c>
-      <c r="E351" s="66" t="s">
+      <c r="C351" s="54">
+        <v>40203659852</v>
+      </c>
+      <c r="D351" s="43" t="s">
         <v>1901</v>
       </c>
-      <c r="F351" s="65" t="s">
+      <c r="E351" s="43" t="s">
         <v>1902</v>
       </c>
-      <c r="G351" s="58" t="s">
+      <c r="F351" s="55" t="s">
         <v>1903</v>
       </c>
-      <c r="H351" s="60">
-[...5 lines deleted...]
-      <c r="K351" s="53" t="s">
+      <c r="G351" s="48" t="s">
         <v>1904</v>
       </c>
-    </row>
-    <row r="352" spans="1:11" ht="22.5">
+      <c r="H351" s="51">
+        <v>45875</v>
+      </c>
+      <c r="I351" s="50"/>
+      <c r="J351" s="51">
+        <v>46970</v>
+      </c>
+      <c r="K351" s="44" t="s">
+        <v>1905</v>
+      </c>
+    </row>
+    <row r="352" spans="1:11" ht="21">
       <c r="A352" s="11">
         <v>350</v>
       </c>
-      <c r="B352" s="56" t="s">
-[...5 lines deleted...]
-      <c r="D352" s="66" t="s">
+      <c r="B352" s="46" t="s">
         <v>1906</v>
       </c>
-      <c r="E352" s="66" t="s">
+      <c r="C352" s="54">
+        <v>40203111071</v>
+      </c>
+      <c r="D352" s="43" t="s">
         <v>1907</v>
       </c>
-      <c r="F352" s="65" t="s">
+      <c r="E352" s="43" t="s">
+        <v>1907</v>
+      </c>
+      <c r="F352" s="55" t="s">
         <v>1908</v>
       </c>
-      <c r="G352" s="58" t="s">
+      <c r="G352" s="48" t="s">
         <v>1909</v>
       </c>
-      <c r="H352" s="60">
-[...6 lines deleted...]
-      <c r="K352" s="53" t="s">
+      <c r="H352" s="51">
+        <v>45880</v>
+      </c>
+      <c r="I352" s="52"/>
+      <c r="J352" s="51">
+        <v>46975</v>
+      </c>
+      <c r="K352" s="44" t="s">
         <v>1910</v>
       </c>
     </row>
-    <row r="353" spans="1:11" ht="33.75">
+    <row r="353" spans="1:11" ht="31.5">
       <c r="A353" s="11">
         <v>351</v>
       </c>
-      <c r="B353" s="56" t="s">
+      <c r="B353" s="46" t="s">
         <v>1911</v>
       </c>
-      <c r="C353" s="63">
-[...2 lines deleted...]
-      <c r="D353" s="66" t="s">
+      <c r="C353" s="54">
+        <v>40203662763</v>
+      </c>
+      <c r="D353" s="43" t="s">
         <v>1912</v>
       </c>
-      <c r="E353" s="66" t="s">
+      <c r="E353" s="43" t="s">
+        <v>1912</v>
+      </c>
+      <c r="F353" s="55" t="s">
         <v>1913</v>
       </c>
-      <c r="F353" s="65" t="s">
+      <c r="G353" s="48" t="s">
         <v>1914</v>
       </c>
-      <c r="G353" s="58" t="s">
+      <c r="H353" s="51">
+        <v>45880</v>
+      </c>
+      <c r="I353" s="53"/>
+      <c r="J353" s="51">
+        <v>46975</v>
+      </c>
+      <c r="K353" s="44" t="s">
         <v>1915</v>
       </c>
-      <c r="H353" s="60">
-[...9 lines deleted...]
-    <row r="354" spans="1:11" ht="22.5">
+    </row>
+    <row r="354" spans="1:11" ht="21">
       <c r="A354" s="11">
         <v>352</v>
       </c>
       <c r="B354" s="56" t="s">
+        <v>1916</v>
+      </c>
+      <c r="C354" s="57" t="s">
         <v>1917</v>
       </c>
-      <c r="C354" s="63">
-[...2 lines deleted...]
-      <c r="D354" s="66" t="s">
+      <c r="D354" s="57" t="s">
         <v>1918</v>
       </c>
-      <c r="E354" s="66" t="s">
+      <c r="E354" s="57" t="s">
         <v>1918</v>
       </c>
-      <c r="F354" s="65" t="s">
+      <c r="F354" s="55" t="s">
         <v>1919</v>
       </c>
-      <c r="G354" s="58" t="s">
+      <c r="G354" s="48" t="s">
         <v>1920</v>
       </c>
-      <c r="H354" s="60">
-[...6 lines deleted...]
-      <c r="K354" s="53" t="s">
+      <c r="H354" s="51">
+        <v>45890</v>
+      </c>
+      <c r="I354" s="50"/>
+      <c r="J354" s="51">
+        <v>46985</v>
+      </c>
+      <c r="K354" s="44" t="s">
         <v>1921</v>
       </c>
     </row>
-    <row r="355" spans="1:11" ht="33.75">
+    <row r="355" spans="1:11">
       <c r="A355" s="11">
         <v>353</v>
       </c>
-      <c r="B355" s="56" t="s">
+      <c r="B355" s="43" t="s">
         <v>1922</v>
       </c>
-      <c r="C355" s="63">
-[...2 lines deleted...]
-      <c r="D355" s="66" t="s">
+      <c r="C355" s="43">
+        <v>40203656979</v>
+      </c>
+      <c r="D355" s="43" t="s">
         <v>1923</v>
       </c>
-      <c r="E355" s="66" t="s">
+      <c r="E355" s="43" t="s">
         <v>1923</v>
       </c>
-      <c r="F355" s="65" t="s">
+      <c r="F355" s="55" t="s">
         <v>1924</v>
       </c>
-      <c r="G355" s="58" t="s">
+      <c r="G355" s="48" t="s">
         <v>1925</v>
       </c>
-      <c r="H355" s="60">
-[...6 lines deleted...]
-      <c r="K355" s="53" t="s">
+      <c r="H355" s="51">
+        <v>45890</v>
+      </c>
+      <c r="I355" s="50"/>
+      <c r="J355" s="51">
+        <v>46985</v>
+      </c>
+      <c r="K355" s="44" t="s">
         <v>1926</v>
       </c>
     </row>
-    <row r="356" spans="1:11" ht="22.5">
+    <row r="356" spans="1:11" ht="21">
       <c r="A356" s="11">
         <v>354</v>
       </c>
-      <c r="B356" s="67" t="s">
+      <c r="B356" s="43" t="s">
         <v>1927</v>
       </c>
-      <c r="C356" s="68" t="s">
+      <c r="C356" s="43">
+        <v>40203160452</v>
+      </c>
+      <c r="D356" s="44" t="s">
         <v>1928</v>
       </c>
-      <c r="D356" s="68" t="s">
+      <c r="E356" s="44" t="s">
         <v>1929</v>
       </c>
-      <c r="E356" s="68" t="s">
-[...2 lines deleted...]
-      <c r="F356" s="65" t="s">
+      <c r="F356" s="55" t="s">
         <v>1930</v>
       </c>
-      <c r="G356" s="58" t="s">
+      <c r="G356" s="48" t="s">
         <v>1931</v>
       </c>
-      <c r="H356" s="60">
+      <c r="H356" s="51">
         <v>45890</v>
       </c>
-      <c r="J356" s="60">
+      <c r="I356" s="50"/>
+      <c r="J356" s="51">
         <v>46985</v>
       </c>
-      <c r="K356" s="53" t="s">
+      <c r="K356" s="44" t="s">
         <v>1932</v>
       </c>
     </row>
-    <row r="357" spans="1:11" ht="22.5">
+    <row r="357" spans="1:11">
       <c r="A357" s="11">
         <v>355</v>
       </c>
-      <c r="B357" s="66" t="s">
+      <c r="B357" s="43" t="s">
         <v>1933</v>
       </c>
-      <c r="C357" s="66">
-[...2 lines deleted...]
-      <c r="D357" s="66" t="s">
+      <c r="C357" s="43">
+        <v>40203147312</v>
+      </c>
+      <c r="D357" s="43" t="s">
         <v>1934</v>
       </c>
-      <c r="E357" s="66" t="s">
+      <c r="E357" s="43" t="s">
         <v>1934</v>
       </c>
-      <c r="F357" s="65" t="s">
+      <c r="F357" s="55" t="s">
         <v>1935</v>
       </c>
-      <c r="G357" s="58" t="s">
+      <c r="G357" s="48" t="s">
         <v>1936</v>
       </c>
-      <c r="H357" s="60">
-[...5 lines deleted...]
-      <c r="K357" s="53" t="s">
+      <c r="H357" s="51">
+        <v>45895</v>
+      </c>
+      <c r="I357" s="50"/>
+      <c r="J357" s="51">
+        <v>46990</v>
+      </c>
+      <c r="K357" s="44" t="s">
         <v>1937</v>
       </c>
     </row>
-    <row r="358" spans="1:11" ht="22.5">
+    <row r="358" spans="1:11" ht="31.5">
       <c r="A358" s="11">
         <v>356</v>
       </c>
-      <c r="B358" s="66" t="s">
+      <c r="B358" s="43" t="s">
         <v>1938</v>
       </c>
-      <c r="C358" s="66">
-[...2 lines deleted...]
-      <c r="D358" s="64" t="s">
+      <c r="C358" s="43">
+        <v>40203536933</v>
+      </c>
+      <c r="D358" s="43" t="s">
         <v>1939</v>
       </c>
-      <c r="E358" s="64" t="s">
+      <c r="E358" s="44" t="s">
         <v>1940</v>
       </c>
-      <c r="F358" s="65" t="s">
+      <c r="F358" s="55" t="s">
         <v>1941</v>
       </c>
-      <c r="G358" s="58" t="s">
+      <c r="G358" s="43" t="s">
         <v>1942</v>
       </c>
-      <c r="H358" s="60">
-[...5 lines deleted...]
-      <c r="K358" s="53" t="s">
+      <c r="H358" s="51">
+        <v>45895</v>
+      </c>
+      <c r="I358" s="52"/>
+      <c r="J358" s="51">
+        <v>46990</v>
+      </c>
+      <c r="K358" s="44" t="s">
         <v>1943</v>
       </c>
     </row>
-    <row r="359" spans="1:11">
+    <row r="359" spans="1:11" ht="21">
       <c r="A359" s="11">
         <v>357</v>
       </c>
-      <c r="B359" s="66" t="s">
+      <c r="B359" s="43" t="s">
         <v>1944</v>
       </c>
-      <c r="C359" s="66">
-[...2 lines deleted...]
-      <c r="D359" s="66" t="s">
+      <c r="C359" s="43">
+        <v>40103990744</v>
+      </c>
+      <c r="D359" s="43" t="s">
         <v>1945</v>
       </c>
-      <c r="E359" s="66" t="s">
+      <c r="E359" s="43" t="s">
         <v>1945</v>
       </c>
-      <c r="F359" s="65" t="s">
+      <c r="F359" s="55" t="s">
         <v>1946</v>
       </c>
-      <c r="G359" s="58" t="s">
+      <c r="G359" s="43" t="s">
         <v>1947</v>
       </c>
-      <c r="H359" s="60">
-[...5 lines deleted...]
-      <c r="K359" s="53" t="s">
+      <c r="H359" s="51">
+        <v>45910</v>
+      </c>
+      <c r="I359" s="50"/>
+      <c r="J359" s="51">
+        <v>47005</v>
+      </c>
+      <c r="K359" s="44" t="s">
         <v>1948</v>
       </c>
     </row>
-    <row r="360" spans="1:11" ht="33.75">
+    <row r="360" spans="1:11" ht="52.5">
       <c r="A360" s="11">
         <v>358</v>
       </c>
-      <c r="B360" s="66" t="s">
+      <c r="B360" s="43" t="s">
         <v>1949</v>
       </c>
-      <c r="C360" s="66">
-[...2 lines deleted...]
-      <c r="D360" s="66" t="s">
+      <c r="C360" s="43">
+        <v>40203662123</v>
+      </c>
+      <c r="D360" s="43" t="s">
         <v>1950</v>
       </c>
-      <c r="E360" s="64" t="s">
+      <c r="E360" s="44" t="s">
         <v>1951</v>
       </c>
-      <c r="F360" s="65" t="s">
+      <c r="F360" s="44" t="s">
         <v>1952</v>
       </c>
-      <c r="G360" s="52" t="s">
+      <c r="G360" s="58" t="s">
         <v>1953</v>
       </c>
-      <c r="H360" s="60">
-[...6 lines deleted...]
-      <c r="K360" s="53" t="s">
+      <c r="H360" s="51">
+        <v>45916</v>
+      </c>
+      <c r="I360" s="50"/>
+      <c r="J360" s="51">
+        <v>47011</v>
+      </c>
+      <c r="K360" s="44" t="s">
         <v>1954</v>
       </c>
     </row>
-    <row r="361" spans="1:11" ht="33.75">
+    <row r="361" spans="1:11" ht="31.5">
       <c r="A361" s="11">
         <v>359</v>
       </c>
-      <c r="B361" s="52" t="s">
+      <c r="B361" s="43" t="s">
         <v>1955</v>
       </c>
-      <c r="C361" s="66">
-[...2 lines deleted...]
-      <c r="D361" s="66" t="s">
+      <c r="C361" s="43">
+        <v>40203414206</v>
+      </c>
+      <c r="D361" s="43" t="s">
         <v>1956</v>
       </c>
-      <c r="E361" s="66" t="s">
+      <c r="E361" s="43" t="s">
         <v>1956</v>
       </c>
-      <c r="F361" s="65" t="s">
+      <c r="F361" s="55" t="s">
         <v>1957</v>
       </c>
-      <c r="G361" s="52" t="s">
+      <c r="G361" s="58" t="s">
         <v>1958</v>
       </c>
-      <c r="H361" s="60">
-[...5 lines deleted...]
-      <c r="K361" s="53" t="s">
+      <c r="H361" s="51">
+        <v>45918</v>
+      </c>
+      <c r="I361" s="50"/>
+      <c r="J361" s="51">
+        <v>47013</v>
+      </c>
+      <c r="K361" s="44" t="s">
         <v>1959</v>
       </c>
     </row>
-    <row r="362" spans="1:11" ht="67.5">
+    <row r="362" spans="1:11" ht="21">
       <c r="A362" s="11">
         <v>360</v>
       </c>
-      <c r="B362" s="52" t="s">
+      <c r="B362" s="43" t="s">
         <v>1960</v>
       </c>
-      <c r="C362" s="66">
-[...2 lines deleted...]
-      <c r="D362" s="66" t="s">
+      <c r="C362" s="43">
+        <v>40203579519</v>
+      </c>
+      <c r="D362" s="44" t="s">
         <v>1961</v>
       </c>
-      <c r="E362" s="64" t="s">
+      <c r="E362" s="44" t="s">
         <v>1962</v>
       </c>
-      <c r="F362" s="53" t="s">
+      <c r="F362" s="55" t="s">
         <v>1963</v>
       </c>
-      <c r="G362" s="69" t="s">
+      <c r="G362" s="58" t="s">
         <v>1964</v>
       </c>
-      <c r="H362" s="60">
-[...5 lines deleted...]
-      <c r="K362" s="53" t="s">
+      <c r="H362" s="51">
+        <v>45918</v>
+      </c>
+      <c r="I362" s="50"/>
+      <c r="J362" s="51">
+        <v>47013</v>
+      </c>
+      <c r="K362" s="44" t="s">
         <v>1965</v>
       </c>
     </row>
-    <row r="363" spans="1:11" ht="33.75">
+    <row r="363" spans="1:11" ht="21">
       <c r="A363" s="11">
         <v>361</v>
       </c>
-      <c r="B363" s="52" t="s">
+      <c r="B363" s="43" t="s">
         <v>1966</v>
       </c>
-      <c r="C363" s="66">
-[...2 lines deleted...]
-      <c r="D363" s="66" t="s">
+      <c r="C363" s="43">
+        <v>40203642466</v>
+      </c>
+      <c r="D363" s="43" t="s">
         <v>1967</v>
       </c>
-      <c r="E363" s="66" t="s">
-[...2 lines deleted...]
-      <c r="F363" s="65" t="s">
+      <c r="E363" s="43" t="s">
         <v>1968</v>
       </c>
-      <c r="G363" s="69" t="s">
+      <c r="F363" s="55" t="s">
         <v>1969</v>
       </c>
-      <c r="H363" s="60">
-[...5 lines deleted...]
-      <c r="K363" s="53" t="s">
+      <c r="G363" s="43" t="s">
         <v>1970</v>
       </c>
-    </row>
-    <row r="364" spans="1:11">
+      <c r="H363" s="51">
+        <v>45938</v>
+      </c>
+      <c r="I363" s="50"/>
+      <c r="J363" s="51">
+        <v>47033</v>
+      </c>
+      <c r="K363" s="44" t="s">
+        <v>1971</v>
+      </c>
+    </row>
+    <row r="364" spans="1:11" ht="21">
       <c r="A364" s="11">
         <v>362</v>
       </c>
-      <c r="B364" s="52" t="s">
-[...5 lines deleted...]
-      <c r="D364" s="66" t="s">
+      <c r="B364" s="43" t="s">
         <v>1972</v>
       </c>
-      <c r="E364" s="64" t="s">
+      <c r="C364" s="43">
+        <v>40203676369</v>
+      </c>
+      <c r="D364" s="43" t="s">
+        <v>795</v>
+      </c>
+      <c r="E364" s="43" t="s">
+        <v>795</v>
+      </c>
+      <c r="F364" s="55" t="s">
         <v>1973</v>
       </c>
-      <c r="F364" s="65" t="s">
+      <c r="G364" s="43" t="s">
         <v>1974</v>
       </c>
-      <c r="G364" s="69" t="s">
+      <c r="H364" s="51">
+        <v>45938</v>
+      </c>
+      <c r="I364" s="50"/>
+      <c r="J364" s="51">
+        <v>47033</v>
+      </c>
+      <c r="K364" s="44" t="s">
         <v>1975</v>
       </c>
-      <c r="H364" s="60">
-[...9 lines deleted...]
-    <row r="365" spans="1:11" ht="22.5">
+    </row>
+    <row r="365" spans="1:11">
       <c r="A365" s="11">
         <v>363</v>
       </c>
-      <c r="B365" s="52" t="s">
+      <c r="B365" s="43" t="s">
+        <v>1976</v>
+      </c>
+      <c r="C365" s="43">
+        <v>40103389788</v>
+      </c>
+      <c r="D365" s="43" t="s">
         <v>1977</v>
       </c>
-      <c r="C365" s="66">
-[...2 lines deleted...]
-      <c r="D365" s="52" t="s">
+      <c r="E365" s="43" t="s">
         <v>1978</v>
       </c>
-      <c r="E365" s="52" t="s">
+      <c r="F365" s="55" t="s">
         <v>1979</v>
       </c>
-      <c r="F365" s="65" t="s">
+      <c r="G365" s="58" t="s">
         <v>1980</v>
       </c>
-      <c r="G365" s="52" t="s">
-[...2 lines deleted...]
-      <c r="H365" s="60">
+      <c r="H365" s="51">
         <v>45938</v>
       </c>
-      <c r="J365" s="60">
+      <c r="I365" s="50"/>
+      <c r="J365" s="51">
         <v>47033</v>
       </c>
-      <c r="K365" s="53" t="s">
-[...3 lines deleted...]
-    <row r="366" spans="1:11" ht="22.5">
+      <c r="K365" s="44" t="s">
+        <v>1971</v>
+      </c>
+    </row>
+    <row r="366" spans="1:11" ht="31.5">
       <c r="A366" s="11">
         <v>364</v>
       </c>
-      <c r="B366" s="52" t="s">
+      <c r="B366" s="43" t="s">
+        <v>1981</v>
+      </c>
+      <c r="C366" s="43">
+        <v>40103834089</v>
+      </c>
+      <c r="D366" s="43" t="s">
+        <v>1982</v>
+      </c>
+      <c r="E366" s="43" t="s">
+        <v>1982</v>
+      </c>
+      <c r="F366" s="44" t="s">
         <v>1983</v>
       </c>
-      <c r="C366" s="66">
-[...8 lines deleted...]
-      <c r="F366" s="65" t="s">
+      <c r="G366" s="43" t="s">
         <v>1984</v>
       </c>
-      <c r="G366" s="52" t="s">
+      <c r="H366" s="51">
+        <v>45938</v>
+      </c>
+      <c r="I366" s="50"/>
+      <c r="J366" s="51">
+        <v>47033</v>
+      </c>
+      <c r="K366" s="44" t="s">
         <v>1985</v>
       </c>
-      <c r="H366" s="60">
-[...9 lines deleted...]
-    <row r="367" spans="1:11">
+    </row>
+    <row r="367" spans="1:11" ht="32.5">
       <c r="A367" s="11">
         <v>365</v>
       </c>
-      <c r="B367" s="52" t="s">
+      <c r="B367" s="43" t="s">
+        <v>1986</v>
+      </c>
+      <c r="C367" s="43">
+        <v>40203678641</v>
+      </c>
+      <c r="D367" s="43" t="s">
         <v>1987</v>
       </c>
-      <c r="C367" s="66">
-[...2 lines deleted...]
-      <c r="D367" s="66" t="s">
+      <c r="E367" s="43" t="s">
+        <v>1884</v>
+      </c>
+      <c r="F367" s="44" t="s">
         <v>1988</v>
       </c>
-      <c r="E367" s="52" t="s">
+      <c r="G367" s="43" t="s">
         <v>1989</v>
       </c>
-      <c r="F367" s="65" t="s">
+      <c r="H367" s="51">
+        <v>45940</v>
+      </c>
+      <c r="I367" s="50"/>
+      <c r="J367" s="51">
+        <v>47035</v>
+      </c>
+      <c r="K367" s="59" t="s">
         <v>1990</v>
       </c>
-      <c r="G367" s="69" t="s">
-[...12 lines deleted...]
-    <row r="368" spans="1:11" ht="45">
+    </row>
+    <row r="368" spans="1:11" ht="21">
       <c r="A368" s="11">
         <v>366</v>
       </c>
-      <c r="B368" s="52" t="s">
+      <c r="B368" s="43" t="s">
+        <v>1991</v>
+      </c>
+      <c r="C368" s="43">
+        <v>40203594202</v>
+      </c>
+      <c r="D368" s="43" t="s">
+        <v>246</v>
+      </c>
+      <c r="E368" s="43" t="s">
+        <v>246</v>
+      </c>
+      <c r="F368" s="44" t="s">
         <v>1992</v>
       </c>
-      <c r="C368" s="66">
-[...2 lines deleted...]
-      <c r="D368" s="52" t="s">
+      <c r="G368" s="43" t="s">
         <v>1993</v>
       </c>
-      <c r="E368" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F368" s="53" t="s">
+      <c r="H368" s="51">
+        <v>45953</v>
+      </c>
+      <c r="I368" s="50"/>
+      <c r="J368" s="51">
+        <v>47048</v>
+      </c>
+      <c r="K368" s="44" t="s">
         <v>1994</v>
       </c>
-      <c r="G368" s="52" t="s">
-[...12 lines deleted...]
-    <row r="369" spans="1:11" ht="34.5">
+    </row>
+    <row r="369" spans="1:11" ht="21">
       <c r="A369" s="11">
         <v>367</v>
       </c>
-      <c r="B369" s="52" t="s">
+      <c r="B369" s="43" t="s">
+        <v>1995</v>
+      </c>
+      <c r="C369" s="43">
+        <v>40203679469</v>
+      </c>
+      <c r="D369" s="43" t="s">
+        <v>1996</v>
+      </c>
+      <c r="E369" s="43" t="s">
+        <v>1996</v>
+      </c>
+      <c r="F369" s="44" t="s">
         <v>1997</v>
       </c>
-      <c r="C369" s="66">
-[...2 lines deleted...]
-      <c r="D369" s="52" t="s">
+      <c r="G369" s="43" t="s">
         <v>1998</v>
       </c>
-      <c r="E369" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F369" s="53" t="s">
+      <c r="H369" s="51">
+        <v>45953</v>
+      </c>
+      <c r="I369" s="50"/>
+      <c r="J369" s="51">
+        <v>47048</v>
+      </c>
+      <c r="K369" s="44" t="s">
         <v>1999</v>
       </c>
-      <c r="G369" s="52" t="s">
-[...12 lines deleted...]
-    <row r="370" spans="1:11" ht="22.5">
+    </row>
+    <row r="370" spans="1:11" ht="22">
       <c r="A370" s="11">
         <v>368</v>
       </c>
-      <c r="B370" s="52" t="s">
+      <c r="B370" s="43" t="s">
+        <v>2000</v>
+      </c>
+      <c r="C370" s="43">
+        <v>40203260152</v>
+      </c>
+      <c r="D370" s="44" t="s">
+        <v>2001</v>
+      </c>
+      <c r="E370" s="44" t="s">
         <v>2002</v>
       </c>
-      <c r="C370" s="66">
-[...8 lines deleted...]
-      <c r="F370" s="53" t="s">
+      <c r="F370" s="43" t="s">
         <v>2003</v>
       </c>
-      <c r="G370" s="52" t="s">
+      <c r="G370" s="43" t="s">
         <v>2004</v>
       </c>
-      <c r="H370" s="60">
+      <c r="H370" s="51">
         <v>45953</v>
       </c>
-      <c r="J370" s="60">
+      <c r="I370" s="50"/>
+      <c r="J370" s="51">
         <v>47048</v>
       </c>
-      <c r="K370" s="53" t="s">
+      <c r="K370" s="59" t="s">
         <v>2005</v>
       </c>
     </row>
-    <row r="371" spans="1:11" ht="33.75">
+    <row r="371" spans="1:11" ht="31.5">
       <c r="A371" s="11">
         <v>369</v>
       </c>
-      <c r="B371" s="52" t="s">
+      <c r="B371" s="43" t="s">
         <v>2006</v>
       </c>
-      <c r="C371" s="66">
-[...2 lines deleted...]
-      <c r="D371" s="52" t="s">
+      <c r="C371" s="43">
+        <v>40203683267</v>
+      </c>
+      <c r="D371" s="43" t="s">
         <v>2007</v>
       </c>
-      <c r="E371" s="52" t="s">
+      <c r="E371" s="43" t="s">
         <v>2007</v>
       </c>
-      <c r="F371" s="53" t="s">
+      <c r="F371" s="44" t="s">
         <v>2008</v>
       </c>
-      <c r="G371" s="52" t="s">
+      <c r="G371" s="43" t="s">
         <v>2009</v>
       </c>
-      <c r="H371" s="60">
-[...5 lines deleted...]
-      <c r="K371" s="53" t="s">
+      <c r="H371" s="51">
+        <v>45954</v>
+      </c>
+      <c r="I371" s="50"/>
+      <c r="J371" s="51">
+        <v>47049</v>
+      </c>
+      <c r="K371" s="44" t="s">
         <v>2010</v>
       </c>
     </row>
-    <row r="372" spans="1:11" ht="23.25">
+    <row r="372" spans="1:11" ht="21">
       <c r="A372" s="11">
         <v>370</v>
       </c>
-      <c r="B372" s="52" t="s">
+      <c r="B372" s="43" t="s">
         <v>2011</v>
       </c>
-      <c r="C372" s="66">
-[...2 lines deleted...]
-      <c r="D372" s="53" t="s">
+      <c r="C372" s="43">
+        <v>40203532039</v>
+      </c>
+      <c r="D372" s="43" t="s">
         <v>2012</v>
       </c>
-      <c r="E372" s="53" t="s">
+      <c r="E372" s="43" t="s">
+        <v>463</v>
+      </c>
+      <c r="F372" s="44" t="s">
         <v>2013</v>
       </c>
-      <c r="F372" s="52" t="s">
+      <c r="G372" s="43" t="s">
         <v>2014</v>
       </c>
-      <c r="G372" s="52" t="s">
+      <c r="H372" s="51">
+        <v>45957</v>
+      </c>
+      <c r="I372" s="50"/>
+      <c r="J372" s="51">
+        <v>47052</v>
+      </c>
+      <c r="K372" s="44" t="s">
         <v>2015</v>
       </c>
-      <c r="H372" s="60">
-[...9 lines deleted...]
-    <row r="373" spans="1:11" ht="33.75">
+    </row>
+    <row r="373" spans="1:11" ht="31.5">
       <c r="A373" s="11">
         <v>371</v>
       </c>
-      <c r="B373" s="52" t="s">
+      <c r="B373" s="43" t="s">
+        <v>2016</v>
+      </c>
+      <c r="C373" s="43">
+        <v>50003393191</v>
+      </c>
+      <c r="D373" s="43" t="s">
         <v>2017</v>
       </c>
-      <c r="C373" s="66">
-[...2 lines deleted...]
-      <c r="D373" s="52" t="s">
+      <c r="E373" s="43" t="s">
+        <v>2017</v>
+      </c>
+      <c r="F373" s="44" t="s">
         <v>2018</v>
       </c>
-      <c r="E373" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F373" s="53" t="s">
+      <c r="G373" s="43" t="s">
         <v>2019</v>
       </c>
-      <c r="G373" s="52" t="s">
+      <c r="H373" s="51">
+        <v>45957</v>
+      </c>
+      <c r="I373" s="50"/>
+      <c r="J373" s="51">
+        <v>47052</v>
+      </c>
+      <c r="K373" s="44" t="s">
         <v>2020</v>
       </c>
-      <c r="H373" s="60">
-[...9 lines deleted...]
-    <row r="374" spans="1:11" ht="22.5">
+    </row>
+    <row r="374" spans="1:11" ht="31.5">
       <c r="A374" s="11">
         <v>372</v>
       </c>
-      <c r="B374" s="52" t="s">
+      <c r="B374" s="43" t="s">
+        <v>2021</v>
+      </c>
+      <c r="C374" s="43">
+        <v>40203543704</v>
+      </c>
+      <c r="D374" s="43" t="s">
         <v>2022</v>
       </c>
-      <c r="C374" s="66">
-[...2 lines deleted...]
-      <c r="D374" s="52" t="s">
+      <c r="E374" s="43" t="s">
+        <v>2022</v>
+      </c>
+      <c r="F374" s="43" t="s">
         <v>2023</v>
       </c>
-      <c r="E374" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F374" s="53" t="s">
+      <c r="G374" s="43" t="s">
         <v>2024</v>
       </c>
-      <c r="G374" s="52" t="s">
+      <c r="H374" s="51">
+        <v>45957</v>
+      </c>
+      <c r="I374" s="50"/>
+      <c r="J374" s="51">
+        <v>47052</v>
+      </c>
+      <c r="K374" s="44" t="s">
         <v>2025</v>
       </c>
-      <c r="H374" s="60">
-[...9 lines deleted...]
-    <row r="375" spans="1:11" ht="45">
+    </row>
+    <row r="375" spans="1:11" ht="21">
       <c r="A375" s="11">
         <v>373</v>
       </c>
-      <c r="B375" s="52" t="s">
+      <c r="B375" s="43" t="s">
+        <v>2026</v>
+      </c>
+      <c r="C375" s="43">
+        <v>40003375103</v>
+      </c>
+      <c r="D375" s="44" t="s">
         <v>2027</v>
       </c>
-      <c r="C375" s="66">
-[...2 lines deleted...]
-      <c r="D375" s="52" t="s">
+      <c r="E375" s="44" t="s">
+        <v>2027</v>
+      </c>
+      <c r="F375" s="44" t="s">
         <v>2028</v>
       </c>
-      <c r="E375" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F375" s="53" t="s">
+      <c r="G375" s="43" t="s">
         <v>2029</v>
       </c>
-      <c r="G375" s="52" t="s">
-[...2 lines deleted...]
-      <c r="H375" s="60">
+      <c r="H375" s="51">
         <v>45957</v>
       </c>
-      <c r="J375" s="60">
+      <c r="I375" s="50"/>
+      <c r="J375" s="51">
         <v>47052</v>
       </c>
-      <c r="K375" s="53" t="s">
-[...3 lines deleted...]
-    <row r="376" spans="1:11" ht="33.75">
+      <c r="K375" s="44" t="s">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="376" spans="1:11" ht="31.5">
       <c r="A376" s="11">
         <v>374</v>
       </c>
-      <c r="B376" s="52" t="s">
+      <c r="B376" s="43" t="s">
+        <v>2030</v>
+      </c>
+      <c r="C376" s="43">
+        <v>50203645661</v>
+      </c>
+      <c r="D376" s="43" t="s">
+        <v>2031</v>
+      </c>
+      <c r="E376" s="43" t="s">
         <v>2032</v>
       </c>
-      <c r="C376" s="66">
-[...2 lines deleted...]
-      <c r="D376" s="52" t="s">
+      <c r="F376" s="44" t="s">
         <v>2033</v>
       </c>
-      <c r="E376" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F376" s="52" t="s">
+      <c r="G376" s="43" t="s">
         <v>2034</v>
       </c>
-      <c r="G376" s="52" t="s">
+      <c r="H376" s="51">
+        <v>45961</v>
+      </c>
+      <c r="I376" s="50"/>
+      <c r="J376" s="51">
+        <v>47056</v>
+      </c>
+      <c r="K376" s="44" t="s">
         <v>2035</v>
       </c>
-      <c r="H376" s="60">
-[...9 lines deleted...]
-    <row r="377" spans="1:11" ht="33.75">
+    </row>
+    <row r="377" spans="1:11" ht="21">
       <c r="A377" s="11">
         <v>375</v>
       </c>
-      <c r="B377" s="52" t="s">
+      <c r="B377" s="43" t="s">
+        <v>2036</v>
+      </c>
+      <c r="C377" s="43">
+        <v>40203668925</v>
+      </c>
+      <c r="D377" s="43" t="s">
         <v>2037</v>
       </c>
-      <c r="C377" s="66">
-[...2 lines deleted...]
-      <c r="D377" s="53" t="s">
+      <c r="E377" s="43" t="s">
+        <v>2037</v>
+      </c>
+      <c r="F377" s="44" t="s">
         <v>2038</v>
       </c>
-      <c r="E377" s="53" t="s">
-[...2 lines deleted...]
-      <c r="F377" s="53" t="s">
+      <c r="G377" s="43" t="s">
         <v>2039</v>
       </c>
-      <c r="G377" s="52" t="s">
+      <c r="H377" s="51">
+        <v>45967</v>
+      </c>
+      <c r="I377" s="50"/>
+      <c r="J377" s="51">
+        <v>47062</v>
+      </c>
+      <c r="K377" s="44" t="s">
         <v>2040</v>
       </c>
-      <c r="H377" s="60">
-[...9 lines deleted...]
-    <row r="378" spans="1:11" ht="33.75">
+    </row>
+    <row r="378" spans="1:11" ht="21">
       <c r="A378" s="11">
         <v>376</v>
       </c>
-      <c r="B378" s="52" t="s">
+      <c r="B378" s="43" t="s">
         <v>2041</v>
       </c>
-      <c r="C378" s="66">
-[...2 lines deleted...]
-      <c r="D378" s="52" t="s">
+      <c r="C378" s="43">
+        <v>40203680006</v>
+      </c>
+      <c r="D378" s="43" t="s">
         <v>2042</v>
       </c>
-      <c r="E378" s="52" t="s">
+      <c r="E378" s="43" t="s">
         <v>2043</v>
       </c>
-      <c r="F378" s="53" t="s">
+      <c r="F378" s="44" t="s">
         <v>2044</v>
       </c>
-      <c r="G378" s="52" t="s">
+      <c r="G378" s="43" t="s">
         <v>2045</v>
       </c>
-      <c r="H378" s="60">
-[...5 lines deleted...]
-      <c r="K378" s="53" t="s">
+      <c r="H378" s="51">
+        <v>45974</v>
+      </c>
+      <c r="I378" s="50"/>
+      <c r="J378" s="51">
+        <v>47069</v>
+      </c>
+      <c r="K378" s="44" t="s">
         <v>2046</v>
       </c>
     </row>
-    <row r="379" spans="1:11" ht="22.5">
+    <row r="379" spans="1:11" ht="21">
       <c r="A379" s="11">
         <v>377</v>
       </c>
-      <c r="B379" s="52" t="s">
+      <c r="B379" s="43" t="s">
         <v>2047</v>
       </c>
-      <c r="C379" s="66">
-[...2 lines deleted...]
-      <c r="D379" s="52" t="s">
+      <c r="C379" s="43">
+        <v>40203673752</v>
+      </c>
+      <c r="D379" s="43" t="s">
         <v>2048</v>
       </c>
-      <c r="E379" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F379" s="53" t="s">
+      <c r="E379" s="43" t="s">
         <v>2049</v>
       </c>
-      <c r="G379" s="52" t="s">
+      <c r="F379" s="44" t="s">
         <v>2050</v>
       </c>
-      <c r="H379" s="60">
-[...5 lines deleted...]
-      <c r="K379" s="53" t="s">
+      <c r="G379" s="43" t="s">
         <v>2051</v>
       </c>
-    </row>
-    <row r="380" spans="1:11" ht="22.5">
+      <c r="H379" s="51">
+        <v>45974</v>
+      </c>
+      <c r="I379" s="50"/>
+      <c r="J379" s="51">
+        <v>47069</v>
+      </c>
+      <c r="K379" s="44" t="s">
+        <v>2052</v>
+      </c>
+    </row>
+    <row r="380" spans="1:11" ht="21">
       <c r="A380" s="11">
         <v>378</v>
       </c>
-      <c r="B380" s="52" t="s">
-[...5 lines deleted...]
-      <c r="D380" s="52" t="s">
+      <c r="B380" s="43" t="s">
         <v>2053</v>
       </c>
-      <c r="E380" s="52" t="s">
+      <c r="C380" s="43">
+        <v>40203684949</v>
+      </c>
+      <c r="D380" s="43" t="s">
         <v>2054</v>
       </c>
-      <c r="F380" s="53" t="s">
+      <c r="E380" s="43" t="s">
+        <v>2054</v>
+      </c>
+      <c r="F380" s="44" t="s">
         <v>2055</v>
       </c>
-      <c r="G380" s="52" t="s">
+      <c r="G380" s="43" t="s">
         <v>2056</v>
       </c>
-      <c r="H380" s="60">
+      <c r="H380" s="51">
         <v>45974</v>
       </c>
-      <c r="J380" s="60">
+      <c r="I380" s="50"/>
+      <c r="J380" s="51">
         <v>47069</v>
       </c>
-      <c r="K380" s="53" t="s">
+      <c r="K380" s="44" t="s">
         <v>2057</v>
       </c>
     </row>
-    <row r="381" spans="1:11" ht="22.5">
+    <row r="381" spans="1:11" ht="21">
       <c r="A381" s="11">
         <v>379</v>
       </c>
-      <c r="B381" s="52" t="s">
+      <c r="B381" s="43" t="s">
         <v>2058</v>
       </c>
-      <c r="C381" s="66">
-[...2 lines deleted...]
-      <c r="D381" s="52" t="s">
+      <c r="C381" s="43">
+        <v>40203160274</v>
+      </c>
+      <c r="D381" s="43" t="s">
         <v>2059</v>
       </c>
-      <c r="E381" s="52" t="s">
+      <c r="E381" s="44" t="s">
         <v>2060</v>
       </c>
-      <c r="F381" s="53" t="s">
+      <c r="F381" s="44" t="s">
         <v>2061</v>
       </c>
-      <c r="G381" s="52" t="s">
+      <c r="G381" s="43" t="s">
         <v>2062</v>
       </c>
-      <c r="H381" s="60">
+      <c r="H381" s="51">
         <v>45974</v>
       </c>
-      <c r="J381" s="60">
+      <c r="I381" s="50"/>
+      <c r="J381" s="51">
         <v>47069</v>
       </c>
-      <c r="K381" s="53" t="s">
+      <c r="K381" s="44" t="s">
         <v>2063</v>
       </c>
     </row>
-    <row r="382" spans="1:11" ht="33.75">
+    <row r="382" spans="1:11" ht="52.5">
       <c r="A382" s="11">
         <v>380</v>
       </c>
-      <c r="B382" s="52" t="s">
+      <c r="B382" s="43" t="s">
         <v>2064</v>
       </c>
-      <c r="C382" s="66">
-[...2 lines deleted...]
-      <c r="D382" s="52" t="s">
+      <c r="C382" s="43">
+        <v>40203299974</v>
+      </c>
+      <c r="D382" s="43" t="s">
+        <v>111</v>
+      </c>
+      <c r="E382" s="43" t="s">
+        <v>111</v>
+      </c>
+      <c r="F382" s="44" t="s">
         <v>2065</v>
       </c>
-      <c r="E382" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F382" s="53" t="s">
+      <c r="G382" s="43" t="s">
         <v>2066</v>
       </c>
-      <c r="G382" s="52" t="s">
+      <c r="H382" s="51">
+        <v>45981</v>
+      </c>
+      <c r="I382" s="50"/>
+      <c r="J382" s="51">
+        <v>47076</v>
+      </c>
+      <c r="K382" s="44" t="s">
         <v>2067</v>
       </c>
-      <c r="H382" s="60">
-[...9 lines deleted...]
-    <row r="383" spans="1:11" ht="33.75">
+    </row>
+    <row r="383" spans="1:11" ht="31.5">
       <c r="A383" s="11">
         <v>381</v>
       </c>
-      <c r="B383" s="52" t="s">
+      <c r="B383" s="43" t="s">
+        <v>2068</v>
+      </c>
+      <c r="C383" s="43">
+        <v>40203686418</v>
+      </c>
+      <c r="D383" s="43" t="s">
         <v>2069</v>
       </c>
-      <c r="C383" s="66">
-[...2 lines deleted...]
-      <c r="D383" s="52" t="s">
+      <c r="E383" s="43" t="s">
         <v>2070</v>
       </c>
-      <c r="E383" s="53" t="s">
+      <c r="F383" s="44" t="s">
         <v>2071</v>
       </c>
-      <c r="F383" s="53" t="s">
+      <c r="G383" s="43" t="s">
         <v>2072</v>
       </c>
-      <c r="G383" s="52" t="s">
+      <c r="H383" s="51">
+        <v>45982</v>
+      </c>
+      <c r="I383" s="50"/>
+      <c r="J383" s="51">
+        <v>47077</v>
+      </c>
+      <c r="K383" s="44" t="s">
         <v>2073</v>
       </c>
-      <c r="H383" s="60">
-[...9 lines deleted...]
-    <row r="384" spans="1:11" ht="56.25">
+    </row>
+    <row r="384" spans="1:11" ht="31.5">
       <c r="A384" s="11">
         <v>382</v>
       </c>
-      <c r="B384" s="52" t="s">
+      <c r="B384" s="43" t="s">
+        <v>2074</v>
+      </c>
+      <c r="C384" s="43">
+        <v>40203633463</v>
+      </c>
+      <c r="D384" s="43" t="s">
         <v>2075</v>
       </c>
-      <c r="C384" s="66">
-[...8 lines deleted...]
-      <c r="F384" s="53" t="s">
+      <c r="E384" s="43" t="s">
+        <v>2075</v>
+      </c>
+      <c r="F384" s="44" t="s">
         <v>2076</v>
       </c>
-      <c r="G384" s="52" t="s">
+      <c r="G384" s="43" t="s">
         <v>2077</v>
       </c>
-      <c r="H384" s="60">
-[...5 lines deleted...]
-      <c r="K384" s="53" t="s">
+      <c r="H384" s="51">
+        <v>45995</v>
+      </c>
+      <c r="I384" s="50"/>
+      <c r="J384" s="51">
+        <v>47090</v>
+      </c>
+      <c r="K384" s="44" t="s">
         <v>2078</v>
       </c>
     </row>
-    <row r="385" spans="1:11" ht="45">
+    <row r="385" spans="1:11">
       <c r="A385" s="11">
         <v>383</v>
       </c>
-      <c r="B385" s="52" t="s">
+      <c r="B385" s="43" t="s">
         <v>2079</v>
       </c>
-      <c r="C385" s="66">
-[...2 lines deleted...]
-      <c r="D385" s="52" t="s">
+      <c r="C385" s="43">
+        <v>40203381189</v>
+      </c>
+      <c r="D385" s="43" t="s">
         <v>2080</v>
       </c>
-      <c r="E385" s="52" t="s">
+      <c r="E385" s="43" t="s">
+        <v>2080</v>
+      </c>
+      <c r="F385" s="44" t="s">
         <v>2081</v>
       </c>
-      <c r="F385" s="53" t="s">
+      <c r="G385" s="43" t="s">
         <v>2082</v>
       </c>
-      <c r="G385" s="52" t="s">
+      <c r="H385" s="51">
+        <v>45995</v>
+      </c>
+      <c r="I385" s="50"/>
+      <c r="J385" s="51">
+        <v>47090</v>
+      </c>
+      <c r="K385" s="44" t="s">
         <v>2083</v>
       </c>
-      <c r="H385" s="60">
-[...9 lines deleted...]
-    <row r="386" spans="1:11" ht="45">
+    </row>
+    <row r="386" spans="1:11" ht="21">
       <c r="A386" s="11">
         <v>384</v>
       </c>
-      <c r="B386" s="52" t="s">
+      <c r="B386" s="43" t="s">
+        <v>2084</v>
+      </c>
+      <c r="C386" s="43">
+        <v>40203621483</v>
+      </c>
+      <c r="D386" s="43" t="s">
         <v>2085</v>
       </c>
-      <c r="C386" s="66">
-[...2 lines deleted...]
-      <c r="D386" s="52" t="s">
+      <c r="E386" s="43" t="s">
         <v>2086</v>
       </c>
-      <c r="E386" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F386" s="53" t="s">
+      <c r="F386" s="44" t="s">
         <v>2087</v>
       </c>
-      <c r="G386" s="52" t="s">
+      <c r="G386" s="43" t="s">
         <v>2088</v>
       </c>
-      <c r="H386" s="60">
+      <c r="H386" s="51">
         <v>45995</v>
       </c>
-      <c r="J386" s="60">
+      <c r="I386" s="50"/>
+      <c r="J386" s="51">
         <v>47090</v>
       </c>
-      <c r="K386" s="53" t="s">
+      <c r="K386" s="44" t="s">
         <v>2089</v>
       </c>
     </row>
-    <row r="387" spans="1:11" ht="22.5">
+    <row r="387" spans="1:11" ht="21">
       <c r="A387" s="11">
         <v>385</v>
       </c>
-      <c r="B387" s="52" t="s">
+      <c r="B387" s="43" t="s">
         <v>2090</v>
       </c>
-      <c r="C387" s="66">
-[...2 lines deleted...]
-      <c r="D387" s="52" t="s">
+      <c r="C387" s="43">
+        <v>40103764487</v>
+      </c>
+      <c r="D387" s="43" t="s">
+        <v>1404</v>
+      </c>
+      <c r="E387" s="43" t="s">
+        <v>1404</v>
+      </c>
+      <c r="F387" s="44" t="s">
         <v>2091</v>
       </c>
-      <c r="E387" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F387" s="53" t="s">
+      <c r="G387" s="43" t="s">
         <v>2092</v>
       </c>
-      <c r="G387" s="52" t="s">
+      <c r="H387" s="51">
+        <v>46002</v>
+      </c>
+      <c r="I387" s="50"/>
+      <c r="J387" s="51">
+        <v>47097</v>
+      </c>
+      <c r="K387" s="44" t="s">
         <v>2093</v>
       </c>
-      <c r="H387" s="60">
-[...9 lines deleted...]
-    <row r="388" spans="1:11" ht="22.5">
+    </row>
+    <row r="388" spans="1:11" ht="21">
       <c r="A388" s="11">
         <v>386</v>
       </c>
-      <c r="B388" s="52" t="s">
+      <c r="B388" s="43" t="s">
+        <v>2094</v>
+      </c>
+      <c r="C388" s="43">
+        <v>40203699037</v>
+      </c>
+      <c r="D388" s="43" t="s">
         <v>2095</v>
       </c>
-      <c r="C388" s="66">
-[...2 lines deleted...]
-      <c r="D388" s="66" t="s">
+      <c r="E388" s="43" t="s">
+        <v>2095</v>
+      </c>
+      <c r="F388" s="44" t="s">
         <v>2096</v>
       </c>
-      <c r="E388" s="52" t="s">
+      <c r="G388" s="43" t="s">
         <v>2097</v>
       </c>
-      <c r="F388" s="53" t="s">
+      <c r="H388" s="51">
+        <v>46009</v>
+      </c>
+      <c r="I388" s="50"/>
+      <c r="J388" s="51">
+        <v>47104</v>
+      </c>
+      <c r="K388" s="44" t="s">
         <v>2098</v>
       </c>
-      <c r="G388" s="52" t="s">
-[...12 lines deleted...]
-    <row r="389" spans="1:11" ht="33.75">
+    </row>
+    <row r="389" spans="1:11" ht="21">
       <c r="A389" s="11">
         <v>387</v>
       </c>
-      <c r="B389" s="52" t="s">
+      <c r="B389" s="43" t="s">
+        <v>2099</v>
+      </c>
+      <c r="C389" s="43">
+        <v>57102001801</v>
+      </c>
+      <c r="D389" s="43" t="s">
+        <v>2100</v>
+      </c>
+      <c r="E389" s="43" t="s">
         <v>2101</v>
       </c>
-      <c r="C389" s="52">
-[...8 lines deleted...]
-      <c r="F389" s="53" t="s">
+      <c r="F389" s="44" t="s">
         <v>2102</v>
       </c>
-      <c r="G389" s="52" t="s">
+      <c r="G389" s="43" t="s">
         <v>2103</v>
       </c>
-      <c r="H389" s="60">
-[...5 lines deleted...]
-      <c r="K389" s="53" t="s">
+      <c r="H389" s="51">
+        <v>46009</v>
+      </c>
+      <c r="I389" s="50"/>
+      <c r="J389" s="51">
+        <v>47104</v>
+      </c>
+      <c r="K389" s="44" t="s">
         <v>2104</v>
       </c>
     </row>
-    <row r="390" spans="1:11" ht="33.75">
+    <row r="390" spans="1:11" ht="21">
       <c r="A390" s="11">
         <v>388</v>
       </c>
-      <c r="B390" s="52" t="s">
+      <c r="B390" s="43" t="s">
         <v>2105</v>
       </c>
-      <c r="C390" s="52">
-[...2 lines deleted...]
-      <c r="D390" s="52" t="s">
+      <c r="C390" s="43">
+        <v>45403030084</v>
+      </c>
+      <c r="D390" s="43" t="s">
+        <v>387</v>
+      </c>
+      <c r="E390" s="43" t="s">
+        <v>387</v>
+      </c>
+      <c r="F390" s="44" t="s">
         <v>2106</v>
       </c>
-      <c r="E390" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F390" s="53" t="s">
+      <c r="G390" s="43" t="s">
         <v>2107</v>
       </c>
-      <c r="G390" s="52" t="s">
+      <c r="H390" s="51">
+        <v>46009</v>
+      </c>
+      <c r="I390" s="50"/>
+      <c r="J390" s="51">
+        <v>47104</v>
+      </c>
+      <c r="K390" s="44" t="s">
         <v>2108</v>
       </c>
-      <c r="H390" s="60">
-[...9 lines deleted...]
-    <row r="391" spans="1:11" ht="22.5">
+    </row>
+    <row r="391" spans="1:11" ht="21">
       <c r="A391" s="11">
         <v>389</v>
       </c>
-      <c r="B391" s="52" t="s">
+      <c r="B391" s="43" t="s">
+        <v>2109</v>
+      </c>
+      <c r="C391" s="43">
+        <v>40103566927</v>
+      </c>
+      <c r="D391" s="43" t="s">
         <v>2110</v>
       </c>
-      <c r="C391" s="52">
-[...2 lines deleted...]
-      <c r="D391" s="52" t="s">
+      <c r="E391" s="43" t="s">
         <v>2111</v>
       </c>
-      <c r="E391" s="52" t="s">
+      <c r="F391" s="44" t="s">
         <v>2112</v>
       </c>
-      <c r="F391" s="53" t="s">
+      <c r="G391" s="43" t="s">
         <v>2113</v>
       </c>
-      <c r="G391" s="52" t="s">
-[...2 lines deleted...]
-      <c r="H391" s="60">
+      <c r="H391" s="51">
         <v>46009</v>
       </c>
-      <c r="J391" s="60">
+      <c r="I391" s="50"/>
+      <c r="J391" s="51">
         <v>47104</v>
       </c>
-      <c r="K391" s="53" t="s">
-[...3 lines deleted...]
-    <row r="392" spans="1:11" ht="33.75">
+      <c r="K391" s="44" t="s">
+        <v>2108</v>
+      </c>
+    </row>
+    <row r="392" spans="1:11" ht="21">
       <c r="A392" s="11">
         <v>390</v>
       </c>
-      <c r="B392" s="52" t="s">
+      <c r="B392" s="43" t="s">
+        <v>2114</v>
+      </c>
+      <c r="C392" s="43">
+        <v>50203667781</v>
+      </c>
+      <c r="D392" s="43" t="s">
+        <v>2115</v>
+      </c>
+      <c r="E392" s="43" t="s">
+        <v>2115</v>
+      </c>
+      <c r="F392" s="44" t="s">
         <v>2116</v>
       </c>
-      <c r="C392" s="52">
-[...8 lines deleted...]
-      <c r="F392" s="53" t="s">
+      <c r="G392" s="43" t="s">
         <v>2117</v>
       </c>
-      <c r="G392" s="52" t="s">
+      <c r="H392" s="51">
+        <v>46009</v>
+      </c>
+      <c r="I392" s="50"/>
+      <c r="J392" s="51">
+        <v>47104</v>
+      </c>
+      <c r="K392" s="44" t="s">
         <v>2118</v>
       </c>
-      <c r="H392" s="60">
-[...9 lines deleted...]
-    <row r="393" spans="1:11" ht="22.5">
+    </row>
+    <row r="393" spans="1:11" ht="21">
       <c r="A393" s="11">
         <v>391</v>
       </c>
-      <c r="B393" s="52" t="s">
+      <c r="B393" s="43" t="s">
+        <v>2119</v>
+      </c>
+      <c r="C393" s="43">
+        <v>40103925941</v>
+      </c>
+      <c r="D393" s="43" t="s">
+        <v>246</v>
+      </c>
+      <c r="E393" s="43" t="s">
+        <v>246</v>
+      </c>
+      <c r="F393" s="44" t="s">
         <v>2120</v>
       </c>
-      <c r="C393" s="52">
-[...2 lines deleted...]
-      <c r="D393" s="52" t="s">
+      <c r="G393" s="43" t="s">
         <v>2121</v>
       </c>
-      <c r="E393" s="52" t="s">
+      <c r="H393" s="51">
+        <v>46020</v>
+      </c>
+      <c r="I393" s="50"/>
+      <c r="J393" s="51">
+        <v>47115</v>
+      </c>
+      <c r="K393" s="44" t="s">
         <v>2122</v>
       </c>
-      <c r="F393" s="53" t="s">
-[...15 lines deleted...]
-    <row r="394" spans="1:11" ht="33.75">
+    </row>
+    <row r="394" spans="1:11" ht="21">
       <c r="A394" s="11">
         <v>392</v>
       </c>
-      <c r="B394" s="52" t="s">
+      <c r="B394" s="43" t="s">
+        <v>2123</v>
+      </c>
+      <c r="C394" s="43">
+        <v>40203700942</v>
+      </c>
+      <c r="D394" s="43" t="s">
+        <v>2095</v>
+      </c>
+      <c r="E394" s="43" t="s">
+        <v>2095</v>
+      </c>
+      <c r="F394" s="44" t="s">
+        <v>2124</v>
+      </c>
+      <c r="G394" s="43" t="s">
         <v>2125</v>
       </c>
-      <c r="C394" s="52">
-[...2 lines deleted...]
-      <c r="D394" s="52" t="s">
+      <c r="H394" s="51">
+        <v>46020</v>
+      </c>
+      <c r="I394" s="50"/>
+      <c r="J394" s="51">
+        <v>47115</v>
+      </c>
+      <c r="K394" s="44" t="s">
         <v>2126</v>
       </c>
-      <c r="E394" s="52" t="s">
-[...18 lines deleted...]
-    <row r="395" spans="1:11" ht="22.5">
+    </row>
+    <row r="395" spans="1:11">
       <c r="A395" s="11">
         <v>393</v>
       </c>
-      <c r="B395" s="52" t="s">
+      <c r="B395" s="43" t="s">
+        <v>2127</v>
+      </c>
+      <c r="C395" s="43">
+        <v>40203682168</v>
+      </c>
+      <c r="D395" s="43" t="s">
+        <v>2128</v>
+      </c>
+      <c r="E395" s="43" t="s">
+        <v>2128</v>
+      </c>
+      <c r="F395" s="43" t="s">
+        <v>2129</v>
+      </c>
+      <c r="G395" s="43" t="s">
         <v>2130</v>
       </c>
-      <c r="C395" s="52">
-[...8 lines deleted...]
-      <c r="F395" s="53" t="s">
+      <c r="H395" s="51">
+        <v>46020</v>
+      </c>
+      <c r="I395" s="50"/>
+      <c r="J395" s="51">
+        <v>47115</v>
+      </c>
+      <c r="K395" s="44" t="s">
         <v>2131</v>
       </c>
-      <c r="G395" s="52" t="s">
-[...12 lines deleted...]
-    <row r="396" spans="1:11" ht="33.75">
+    </row>
+    <row r="396" spans="1:11" ht="84">
       <c r="A396" s="11">
         <v>394</v>
       </c>
-      <c r="B396" s="52" t="s">
+      <c r="B396" s="43" t="s">
+        <v>2132</v>
+      </c>
+      <c r="C396" s="43">
+        <v>40203698582</v>
+      </c>
+      <c r="D396" s="43" t="s">
+        <v>2133</v>
+      </c>
+      <c r="E396" s="43" t="s">
+        <v>2133</v>
+      </c>
+      <c r="F396" s="44" t="s">
         <v>2134</v>
       </c>
-      <c r="C396" s="52">
-[...8 lines deleted...]
-      <c r="F396" s="53" t="s">
+      <c r="G396" s="43" t="s">
         <v>2135</v>
       </c>
-      <c r="G396" s="52" t="s">
+      <c r="H396" s="51">
+        <v>46044</v>
+      </c>
+      <c r="I396" s="50"/>
+      <c r="J396" s="51">
+        <v>47139</v>
+      </c>
+      <c r="K396" s="44" t="s">
         <v>2136</v>
       </c>
-      <c r="H396" s="60">
-[...9 lines deleted...]
-    <row r="397" spans="1:11">
+    </row>
+    <row r="397" spans="1:11" ht="42">
       <c r="A397" s="11">
         <v>395</v>
       </c>
-      <c r="B397" s="52" t="s">
+      <c r="B397" s="43" t="s">
+        <v>2137</v>
+      </c>
+      <c r="C397" s="43">
+        <v>40103851430</v>
+      </c>
+      <c r="D397" s="43" t="s">
         <v>2138</v>
       </c>
-      <c r="C397" s="52">
-[...2 lines deleted...]
-      <c r="D397" s="52" t="s">
+      <c r="E397" s="43" t="s">
         <v>2139</v>
       </c>
-      <c r="E397" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F397" s="52" t="s">
+      <c r="F397" s="44" t="s">
         <v>2140</v>
       </c>
-      <c r="G397" s="52" t="s">
+      <c r="G397" s="43" t="s">
         <v>2141</v>
       </c>
-      <c r="H397" s="60">
-[...5 lines deleted...]
-      <c r="K397" s="53" t="s">
+      <c r="H397" s="51">
+        <v>46052</v>
+      </c>
+      <c r="I397" s="50"/>
+      <c r="J397" s="51">
+        <v>47147</v>
+      </c>
+      <c r="K397" s="44" t="s">
         <v>2142</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="F66" r:id="rId1" display="mailto:info@qbis.lv" xr:uid="{88CCD015-E15A-4A66-91C1-74B3947079FE}"/>
+    <hyperlink ref="F66" r:id="rId1" display="mailto:info@qbis.lv" xr:uid="{A12C6C1C-8558-496D-986F-D6CB861760FD}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>